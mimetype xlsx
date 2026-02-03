--- v0 (2025-11-29)
+++ v1 (2026-02-03)
@@ -858,81 +858,81 @@
   <si>
     <t>15737</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 026, de 1º de abril de 2024, e autoria do Prefeito do Município, que dispõe sobre o “Programa Feira da Mulher Empreendedora”, de ações de inclusão social, econômica e incentivo ao empreendedorismo feminino e dá outras providências.</t>
   </si>
   <si>
     <t>15961</t>
   </si>
   <si>
     <t>Todos os Edis</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/emenda_modificativa_002_-_pl_055_-_ldo.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 055, de 06 de maio de 2024, de autoria do Prefeito do Município, que “Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o exercício financeiro de 2025 e dá outras providências.”.</t>
   </si>
   <si>
     <t>15962</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/emenda_modificativa_003_-_pl_055_ldo.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf</t>
   </si>
   <si>
     <t>16195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/emenda_modificativa_004_-_pl_094_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 094/2024 - REMANEJAMENTO</t>
   </si>
   <si>
     <t>16196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/emenda_modificativa_005_-_pl_094_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>16197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/emenda_modificativa_006_-_pl_094_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>16198</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 091/2024</t>
   </si>
   <si>
     <t>15467</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BIGODE, RAFAEL PACHECO</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf</t>
   </si>
@@ -8736,51 +8736,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/emenda_modificativa_002_-_pl_055_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/emenda_modificativa_003_-_pl_055_ldo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/emenda_modificativa_004_-_pl_094_orcamento.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/emenda_modificativa_005_-_pl_094_orcamento.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/emenda_modificativa_006_-_pl_094_orcamento.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H776"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="227" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">