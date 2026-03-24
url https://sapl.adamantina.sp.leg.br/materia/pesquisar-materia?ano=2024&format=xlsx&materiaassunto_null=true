--- v1 (2026-02-03)
+++ v2 (2026-03-24)
@@ -51,8388 +51,8388 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15432</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CIRCU</t>
   </si>
   <si>
     <t>Circular Sessão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, em atendimento ao Ofício nº 012/2024-GAB do Senhor Prefeito, CONVOCO Vossa Excelência para a 45ª Sessão Extraordinária a se realizar no dia 15 de janeiro, segunda-feira, às 17:00 horas</t>
   </si>
   <si>
     <t>15437</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 65ª Sessão Ordinária, a se realizar no dia 05 de fevereiro, segunda-feira, às 19h, no Plenário Vereador José Ikeda.</t>
   </si>
   <si>
     <t>15438</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 116 e 118/2023, 004 a 010/2024 e Projetos de Lei Complementar nºs 001 e 002/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15457</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, convoco Vossa Excelência para participar da 5ª Sessão Solene que será realizada no dia 15 de fevereiro, quinta-feira, às 20h, no Plenário Vereador José Ikeda, para a apresentação da Campanha da Fraternidade 2024 –  Fraternidade e Amizade Social.</t>
   </si>
   <si>
     <t>15518</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 66ª Sessão Ordinária, a se realizar no dia 19 de fevereiro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15519</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 258 do Regimento Interno da Câmara Municipal de Adamantina, encaminho a Vossa Excelência cópia do parecer prévio do Tribunal de Contas referente ao Processo TC-00007176.989.20-0 do exercício financeiro de 2021 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>15520</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 256 do Regimento Interno da Câmara Municipal de Adamantina, encaminho a Vossa Excelência cópia do parecer prévio do Tribunal de Contas referente ao Processo Processo TC-00007176.989.20-0  do exercício financeiro de 2021 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>15570</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 67ª Sessão Ordinária, a se realizar no dia 04 de março, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15571</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Resolução nº 001/2024, Projeto de Decreto Legislativo nº 001/2024 e Projetos de Lei nºs 011 a 015/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15572</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 68ª Sessão Ordinária, a se realizar no dia 18 de março, segunda-feira, às 19h, no Plenário Vereador José Ikeda,</t>
   </si>
   <si>
     <t>15573</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Decreto Legislativo nºs 002 e 003/2024, Projetos de Lei nºs 016 a 019/2024 e Projetos de Lei Complementar nºs 003 a 005/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15574</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 46ª Sessão Extraordinária a se realizar no dia 20 de março, quarta-feira, às 17:00 horas</t>
   </si>
   <si>
     <t>15575</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 47ª Sessão Extraordinária a se realizar no dia 22 de março, sexta-feira, às 10:00 horas</t>
   </si>
   <si>
     <t>15576</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 69ª Sessão Ordinária, a se realizar no dia 1º de abril, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15585</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 020 a 027/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15648</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, convoco Vossa Excelência para participar da 6ª Sessão Solene, que será realizada no dia 10 de abril de 2024, às 19h00, no Lions Clube de Adamantina, sito na Al. das Margaridas, 674 – Vila Jamil de Lima, onde será concedido o Título de Cidadão Adamantinense ao Ilustríssimo Senhor Sérgio Vanderlei da Silva.</t>
   </si>
   <si>
     <t>15649</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 70ª Sessão Ordinária, a se realizar no dia 15 de abril, segunda-feira, às 19h, no Plenário Vereador José Ikeda.</t>
   </si>
   <si>
     <t>15650</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 028 a 039/2024 e Projetos de Lei Complementar nºs 006 e 007/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15651</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 48ª Sessão Extraordinária a se realizar no dia 18 de abril, quinta-feira, às 16:00 horas</t>
   </si>
   <si>
     <t>15687</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 71ª Sessão Ordinária, a se realizar no dia 06 de maio, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15688</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Decreto Legislativo nºs 004 e 005/24 e Projetos de Lei nºs 040 a 048/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15689</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa. Excelência para a 49a Sessão Extraordinária a se realizar no dia 08 de maio, quarta-feira, às 17:00 horas.</t>
   </si>
   <si>
     <t>15711</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, convoco Vossa Excelência para participar da 7ª Sessão Solene que será realizada no dia 10 de maio, sexta-feira, às 20h, no Plenário Vereador José Ikeda, em comemoração ao Centenário do Tribunal de Contas do Estao de São Paulo.</t>
   </si>
   <si>
     <t>15796</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 72ª Sessão Ordinária, a se realizar no dia 20 de maio, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15797</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 049 a 054/24 e Projeto de Lei Complementar nº 008/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15798</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 50ª Sessão Extraordinária a se realizar no dia 23 de maio, quinta-feira, às 16:00 horas</t>
   </si>
   <si>
     <t>15799</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 73ª Sessão Ordinária, a se realizar no dia 03 de junho, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15800</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 055 a 060/24, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15801</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 51ª Sessão Extraordinária a se realizar no dia 05 de junho, quarta-feira, às 17:00 horas</t>
   </si>
   <si>
     <t>15805</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 74ª Sessão Ordinária, a se realizar no dia 17 de junho, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15806</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Decreto Legislativo nº 006/2024 e Projetos de Leis Complementares nºs 009 e 010/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15839</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 75ª Sessão Ordinária, a se realizar no dia 1º de julho, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15840</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Leis nºs 061 a 064/2024 e Projeto de Resolução nºs 002/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15879</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 76ª Sessão Ordinária, a se realizar no dia 15 de julho, segunda-feira, às 19h,</t>
   </si>
   <si>
     <t>15880</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Leis nºs 065 e 066/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15920</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 77ª Sessão Ordinária, a se realizar no dia 05 de agosto, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15921</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Leis nºs 067 a 075/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15923</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 52ª Sessão Extraordinária a se realizar no dia 08 de agosto, quinta-feira, às 16:00 horas</t>
   </si>
   <si>
     <t>15924</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 258 do Regimento Interno da Câmara Municipal de Adamantina, encaminho a Vossa Excelência cópia do parecer prévio do Tribunal de Contas referente ao Processo TC-004223.989.22-9 do exercício financeiro de 2022 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>15925</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf</t>
   </si>
   <si>
     <t>15963</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, encaminho a Vossa Excelência, para conhecimento, cópia do Veto nº 01/2024 à Emenda nº 02 ao Projeto de Lei nº 55, de 06 de maio de 2024, que “Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2025 e dá outras providências” de autoria de todos os Vereadores.</t>
   </si>
   <si>
     <t>15970</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 78ª Sessão Ordinária, a se realizar no dia 19 de agosto, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>15971</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Decreto Legislativo nº 007/2024, Projetos de Lei nºs 076 a 079/2024 e  Projeto de Lei Complementar nº 011/2024 para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>15999</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 53ª Sessão Extraordinária a se realizar no dia 22 de agosto, quinta-feira, às 16:00 horas para apreciação, em caráter de urgência especial,</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 79ª Sessão Ordinária, a se realizar no dia 02 de setembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda.</t>
   </si>
   <si>
     <t>16008</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 080/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16032</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 80ª Sessão Ordinária, a se realizar no dia 16 de setembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>16033</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 081, 082 e 083/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16054</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 81ª Sessão Ordinária, a se realizar no dia 14 de outubro, segunda-feira, às 19h, no Plenário Vereador José Ikeda.</t>
   </si>
   <si>
     <t>16055</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 084 a 093/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16063</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 54ª Sessão Extraordinária a se realizar no dia 16 de outubro, quarta-feira, às 15:00 horas para apreciação, em caráter de urgência especial,</t>
   </si>
   <si>
     <t>16076</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 82ª Sessão Ordinária, a se realizar no dia 21 de outubro, segunda-feira, às 19h, no Plenário Vereador José Ikeda,</t>
   </si>
   <si>
     <t>16077</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 094 e 095/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 83ª Sessão Ordinária, a se realizar no dia 04 de novembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>16139</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 096 a 100/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16140</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 55ª Sessão Extraordinária a se realizar no dia 12 de novembro, terça-feira, às 16:00 horas</t>
   </si>
   <si>
     <t>16141</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 84ª Sessão Ordinária, a se realizar no dia 18 de novembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>16142</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 101 a 105/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16164</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 56ª Sessão Extraordinária a se realizar no dia 25 de novembro, segunda-feira, às 09:30 horas</t>
   </si>
   <si>
     <t>16165</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 85ª Sessão Ordinária, a se realizar no dia 02 de dezembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>16166</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 106  e 107/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16192</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 57ª Sessão Extraordinária a se realizar no dia 09 de dezembro, segunda-feira, às 10h.</t>
   </si>
   <si>
     <t>16193</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 86ª Sessão Ordinária, a se realizar no dia 16 de dezembro, segunda-feira, às 19h, no Plenário Vereador José Ikeda</t>
   </si>
   <si>
     <t>16194</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 108/2024, para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>16200</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 58ª Sessão Extraordinária a se realizar no dia 19 de dezembro, quinta-feira, às 10:00 horas</t>
   </si>
   <si>
     <t>16205</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições constantes da Lei Orgânica do Município de Adamantina, artigos 35 e 71, comunico a Vossa Senhoria que a Sessão Solene de Posse de Instalação da 19ª Legislatura, posse dos Senhores Vereadores, Prefeito, Vice-Prefeita e eleição da Mesa da Câmara para o biênio 2025/2026, acontecerá no dia 1º de janeiro de 2025, às 9:00 horas, no Auditório Miguel Reale da FAI – Centro Universitário de Adamantina.</t>
   </si>
   <si>
     <t>15737</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 026, de 1º de abril de 2024, e autoria do Prefeito do Município, que dispõe sobre o “Programa Feira da Mulher Empreendedora”, de ações de inclusão social, econômica e incentivo ao empreendedorismo feminino e dá outras providências.</t>
   </si>
   <si>
     <t>15961</t>
   </si>
   <si>
     <t>Todos os Edis</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 055, de 06 de maio de 2024, de autoria do Prefeito do Município, que “Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o exercício financeiro de 2025 e dá outras providências.”.</t>
   </si>
   <si>
     <t>15962</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf</t>
   </si>
   <si>
     <t>16195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 094/2024 - REMANEJAMENTO</t>
   </si>
   <si>
     <t>16196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>16197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf</t>
   </si>
   <si>
     <t>16198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei nº 091/2024</t>
   </si>
   <si>
     <t>15467</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>BIGODE, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir vários sarjetões para disciplinar o escoamento de água em várias ruas no Jardim Adamantina.</t>
   </si>
   <si>
     <t>15468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de serviços de recapeamento asfáltico a Rua Pedro Turra, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>15469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam providenciar com urgência a instalação de cobertura (abrigo) no ponto de ônibus circular, localizado na Rua Antônio Orazil Bisterso, no Jardim Bandeirantes.</t>
   </si>
   <si>
     <t>15470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder om urgência a poda das árvores, roçagem do matagal e uma completa limpeza no terreno desta municipalidade, onde encontram-se instaladas as antenas retransmissoras dos canais de televisão, localizado no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>15471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam manter contato com a empresa Rumo Logística a fim de proceder a roçagem e limpeza da linha férrea, no trecho do Almoxarifado da Prefeitura até o Restaurante Hangar, que está tomado por enorme matagal, o que vem gerando reclamação de vários munícipes, principalmente aqueles que utilizam a linha para facilitar o acesso ao centro da cidade.</t>
   </si>
   <si>
     <t>15472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência a instalação de duas lombadas na Rua Dante Bolgue, uma antes e outra depois da Rua Francisco Alves de Lima no Bairro Monte Alegre, visando conter o excesso de velocidade praticado no local.</t>
   </si>
   <si>
     <t>15473</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhorar a iluminação da Rua Hanako Endo, proximidades do Parque dos Pioneiros, inclusive com a substituição por lâmpadas de led, a fim de proporcionar melhor visibilidade, conformo e segurança aos pedestres.</t>
   </si>
   <si>
     <t>15474</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor Jorge Munhoz, popularmente conhecido como o “Jorge do Foto” para denominar ruas ou avenidas em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>15475</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência repintura das faixas de pedestres e limite de velocidade na Avenida Rio Branco, no trecho compreendido do Supermercado Sete até o prédio da Vara do Trabalho.</t>
   </si>
   <si>
     <t>15476</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realizar uma parceria entre Prefeitura e Associação Antialcoólica de Adamantina – AAA, visando a concretagem de toda parte externa da sede, com aproximadamente 330m2, orçada em R$ 8 mil.</t>
   </si>
   <si>
     <t>15477</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de construção de calçadas nas áreas e praças públicas, a área verde do Jardim Bela Vista e Jardim Bandeirantes, atendendo desta forma inúmeros pedidos dos moradores destas localidades.</t>
   </si>
   <si>
     <t>15478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a implantação e colocação de lâmpadas de “led” em todas as ruas do bairro Jardim Adamantina a fim de melhorar a iluminação pública do referido bairro.</t>
   </si>
   <si>
     <t>15479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implantar um ponto de ônibus na Avenida 15 de Novembro, Vila Jamil de Lima, proximidades da escola ETEC Prof. Eudécio Luiz Vicente, objetivando favorecer os estudantes que atualmente têm que desembarcar dos ônibus distante da escola, uma vez que os ônibus não podem parar na rua em frente da escola, pois podem ser multados ou até provocar acidentes.</t>
   </si>
   <si>
     <t>15480</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, Hélio José dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam contatar a SABESP proceder reparos nos inúmeros tampões de poço de visita, (tampa PV), da rede coletora de água e esgoto.</t>
   </si>
   <si>
     <t>15481</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, BIGODE</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam fazer a devida manutenção no Ponto/Parada de ônibus localizado junto ao Posto de Saúde da Rua Nove de Julho pois o mesmo encontra-se sem cobertura.</t>
   </si>
   <si>
     <t>15482</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja disponibilizado para a Secretaria de Esportes novos ônibus para os diversos projetos envolvendo viagens com atletas que representam Adamantina em outras cidades da região.</t>
   </si>
   <si>
     <t>15483</t>
   </si>
   <si>
     <t>Obras, Serviços Públicos e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada a manutenção do parquinho do Jardim das Alamandas, uma vez que o mesmo necessita de melhorias e segurança para as crianças da comunidade, em especial, às crianças da APAE que frequentam com frequência o espaço.</t>
   </si>
   <si>
     <t>15484</t>
   </si>
   <si>
     <t>ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada instalação de ponto de ônibus no Residencial Novo Horizonte, atendendo não somente moradores daquele bairro, mas também de bairros adjacentes.</t>
   </si>
   <si>
     <t>15485</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam aos respectivos departamentos jurídicos da Prefeitura Municipal e Centro Universitário de Adamantina a viabilidade do aumento do número de bolsas de estudos de 50%, direcionadas aos estudantes universitários com residência fixa no município de Adamantina e que não têm condições econômicas para arcar com as despesas mensais de um curso superior.</t>
   </si>
   <si>
     <t>15486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam continuidade da adoção de medidas preventivas e de combate ao vírus da Dengue.</t>
   </si>
   <si>
     <t>15487</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, Aguinaldo Pires Galvão, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a reforma de melhorias, iluminação e instalação de câmeras de segurança e monitoramento no Cemitério Municipal de Adamantina.</t>
   </si>
   <si>
     <t>15488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhorias na passagem de pedestres junto à área verde do Parque Itamarati, uma vez que a secretária municipal de obras e serviços está realizando a instalação de escadas no local, atendendo reivindicação de moradores do Parque Itamarati e Conjunto Habitacional Murilo Jacoud, que não possuem veículo próprio.</t>
   </si>
   <si>
     <t>15489</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a realização de recapeamento asfáltico na Rua Duque de Caxias no trecho compreendido entre a Avenida Deputado Cunha Bueno e Alameda Padre Nóbrega.</t>
   </si>
   <si>
     <t>15490</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação de um recipiente coletor de lixo (lixeira) no entorno da Igreja Nossa Senhora Aparecida na Vila Jardim.</t>
   </si>
   <si>
     <t>15491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência a limpeza na área verde do Parque Itamarati, bem como no Conjunto Habitacional - CDHU Murilo Jacoud, que encontra-se tomado por enorme matagal.</t>
   </si>
   <si>
     <t>15492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a roçagem e limpeza da linha férrea, no trecho antigo barracão da Fepasa até o Restaurante Hangar, que está tomado por enorme matagal.</t>
   </si>
   <si>
     <t>15493</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência uma completa limpeza com recolhimento de galhos e folhas que foram podadas e deixadas na área verde do Jardim Bandeirantes, mais precisamente na Rua Armando Citelli, proximidades do nº 110.</t>
   </si>
   <si>
     <t>15494</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação dos tachões (olho de gato) no trevo Adamantina/Mariápolis, pois a falta de sinalização está prejudicando a visibilidade dos motoristas nos horários noturnos, oferecendo risco de acidentes.</t>
   </si>
   <si>
     <t>15495</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder reparos na guia e sarjeta com serviços de concretagem na Rua Hermenegildo Romanini, em frente aos nº 732, 740 e Campus I da FAI, tendo em vista que as águas não estão seguindo o curso normal, ficando parada, o que vem tornando o lugar um verdadeiro criadouro do mosquito da dengue.</t>
   </si>
   <si>
     <t>15496</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam levantamento do sarjetão localizado na Rua 9 de julho, em frente aos nºs 613 e 781.</t>
   </si>
   <si>
     <t>15497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a roçagem e completa limpeza na área verde do Conjunto Habitacional Mario Covas, que margeia toda extensão do Córrego Caldeira, localizada na Rua José de Oliveira Junior, pois, segundo os moradores o local virou criadouro de vários animais peçonhentos, tais como ratos, baratas, escorpiões e cobras.</t>
   </si>
   <si>
     <t>15498</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir uma calçada para a população na Rua Juruva, Parque Tangará.</t>
   </si>
   <si>
     <t>15499</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, ALCIO IKEDA, BIGODE</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja finalizada, em caráter de urgência, a ponte sobre o Córrego do Rancho pois a estrutura que corresponde a cabeceira lá implantada já apresenta sinais de deterioração.</t>
   </si>
   <si>
     <t>15500</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Cid José Aparecido dos Santos, PAULO CERVELHEIRA, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam poda e a substituição de 10 árvores (tipuanas) enormes com troncos totalmente condenados e raízes profundas que estão invadindo as casas próximas prejudicando as estruturas das residências.</t>
   </si>
   <si>
     <t>15501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicitam providenciar a colocação de corrimão na escada do palco do anfiteatro da Biblioteca Municipal Jurema Gomes Moreira Citeli</t>
   </si>
   <si>
     <t>15502</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção ou instalação de bancos na área verde denominada Profª Oneide dos Santos Morelatti no Bairro Tipuanas, atendendo pedidos dos moradores daquela comunidade.</t>
   </si>
   <si>
     <t>15503</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita inserir o nome da Sra Elizabeth Gomes Meirelles na galeria de ex-prefeitos que será instalada no Museu e Arquivo Histórico de Adamantina “Setsu Onishi”.</t>
   </si>
   <si>
     <t>15504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a colocação de tubos na erosão existente na Rua Ovídio Albanez, proximidades do nº 77, Jardim Primaveras, divisa como Parque Itaipus.</t>
   </si>
   <si>
     <t>15505</t>
   </si>
   <si>
     <t>Hélio José dos Santos, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conceder falta justificada às servidoras municipais que se submeterem anualmente ao exame ginecológico (Papanicolau), bem como também conceder falta justificada aos servidores municipais que se realizarem uma vez ao ano o exame da próstata, no entanto, em ambos os casos, o dia somente será considerado como falta justificada após a comprovação dos referidos exames, que poderão ser realizados na rede pública ou rede privada de saúde.</t>
   </si>
   <si>
     <t>15506</t>
   </si>
   <si>
     <t>Hélio José dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam adoção de medidas legais, visando uma nova reestruturação ou adequação na carreira dos empregos permanentes de auxiliares de empregos na área de saúde (Farmácia, Laboratório, Saúde Bucal), bem como os cargos de Topografia, Borracheiro, Funileiro, Ferramenteiro, Almoxarife e os Assistentes de Controle de Vetores, pois entendemos se tratar de uma questão de inteira justiça e de isonomia de carreiras públicas.</t>
   </si>
   <si>
     <t>15507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a substituição e instalação dos bancos quebrados do Parque Caldeira, bem como a manutenção dos aparelhos da academia ao ar livre.</t>
   </si>
   <si>
     <t>15521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência a roçagem e limpeza do enorme matagal existente nos quintais das residências do Conjunto Habitacional Mario Covas, invadidas e retornadas para a Prefeitura.</t>
   </si>
   <si>
     <t>15522</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com a máxima urgência a reforma total da quadra de areia da praça de lazer do bairro Jardim Adamantina.</t>
   </si>
   <si>
     <t>15523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de construção de pista de caminhada o campo de futebol médio da AMJAIP, Associação dos Moradores do Jardim Ipiranga, América e Palmeiras, pois é o único campo que ficou sem receber o benefício.</t>
   </si>
   <si>
     <t>15524</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir calçada ao redor de toda a praça Waldemar Romanini, no Jardim Adamantina, onde estão localizados o campo de futebol, academia ao ar livre, bem como notificar os proprietários dos imóveis do lado esquerdo da avenida para construir calçadas da Av. das Aroeiras, no Parque Itaipus, até o porto de areia.</t>
   </si>
   <si>
     <t>15525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder o recapeamento da Av. Ipiranga, do cruzamento com a Avenida XV de novembro, até a Rua Natal, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>15526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a elaboração de projeto técnico visando o recapeamento da Rua Profª Maria Esther Tofoli, no Bairro Monte Alegre, trecho da Al. Padre Nobrega até a Rua Francisca Dario Tofoli, pois é crítico o seu estado de conservação, necessitando deste serviço com a máxima urgência.</t>
   </si>
   <si>
     <t>15527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder limpeza da área que margeia a Rua Sebastião Cavalini, no Parque do Sol.</t>
   </si>
   <si>
     <t>15528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja contatada a empresa ENERGISA com a finalidade de esclarecer os reais motivos que vêm contribuindo para as quedas e falta de energia nos bairros Vila Jurema e Vila Cristina, em nosso município.</t>
   </si>
   <si>
     <t>15529</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir novamente a Associação Antialcoólica de Adamantina, AAA, no projeto de concessão de subvenções e convênios quando da elaboração do orçamento para o ano de 2025.</t>
   </si>
   <si>
     <t>15530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implantar novamente os testes de Covid nas UBSs de nossa cidade, tendo em vista o aumento de casos positivos em nosso município.</t>
   </si>
   <si>
     <t>15531</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam disponibilizar para todas as ambulâncias, principalmente aquelas que transportam para outros centros médicos, um aparelho de pressão arterial e um oxímetro portátil, para utilização em casos que o paciente venha sofrer algumas alterações no quadro de saúde durante a viagem.</t>
   </si>
   <si>
     <t>15532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos visando a instalação de um ar condicionado ou um ventilador potente a fim de melhorar o ambiente e amenizar o calor da cozinha instalada no Fundo Social de Solidariedade.</t>
   </si>
   <si>
     <t>15533</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder várias ações na Rua Walter Massafero, no Residencial Jaraguá, conforme segue: reparos nas calçadas; substituir a placa do nome da rua, pois a existente está desbotada e quase não dá pra ler a denominação; fazer poda parcial de todas as árvores, pois estão muito altas, comprometendo a rede elétrica, e  colocar lixeiras em toda extensão da rua.</t>
   </si>
   <si>
     <t>15534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar um redutor de velocidade na Alameda Padre Nóbrega, entre as Ruas Santa Catarina e José de Oliveira Junior, a fim de coibir o excesso de velocidade empregado no local pelos motoristas.</t>
   </si>
   <si>
     <t>15535</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudem a possibilidade de destinar um campo de futebol médio, de grama sintética para atender os moradores da Vila Jamil de Lima, um dos mais antigos e mais importantes bairros da nossa urbe.</t>
   </si>
   <si>
     <t>15536</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam elaboração de um projeto de lei, instituindo o programa “Jovem Estagiário - Iniciação ao Mercado de Trabalho”, com oportunidade de estágio aos estudantes do ensino médio.</t>
   </si>
   <si>
     <t>15537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implementar em nossa cidade as chamadas faixas de pedestres elevadas em frente de todas as creches e escolas (públicas e particulares) do nosso município.</t>
   </si>
   <si>
     <t>15538</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir uma academia ao ar livre e uma área de lazer com parquinho no Bairro Monte Carlo.</t>
   </si>
   <si>
     <t>15539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam empreendidos esforços para a criação de uma horta comunitária no Jardim Brasil.</t>
   </si>
   <si>
     <t>15540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam disponibilizar uma área, relativamente afastada do centro da cidade, para a construção de uma pista de motocross.</t>
   </si>
   <si>
     <t>15541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam para instalar um semáforo na Vicinal Moysés Justino da Silva com faixa de pedestres, na altura do no Bairro Bela Vista.</t>
   </si>
   <si>
     <t>15542</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar um redutor de velocidade na Av. Marechal Castelo Branco (do tipo “lombada eletrônica”), nossa principal via de acesso.</t>
   </si>
   <si>
     <t>15543</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhada a esta casa para votação o Projeto de Lei que institui o Plano de Saúde para os funcionários da FAI.</t>
   </si>
   <si>
     <t>15544</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja feita a instalação de EcoPontos em nosso município, que são “Containers Para Entrega Voluntária de Lixos Recicláveis ou não” pela população.</t>
   </si>
   <si>
     <t>15545</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de celebrar convênio junto a FATEC Adamantina, a fim de que sejam instalados ares-condicionados nas salas de aula da instituição. Na impossibilidade jurídica, sejam realizados esforços políticos junto ao Centro Paula Souza a fim de que o órgão estadual providencie a instalação das melhorias solicitadas.</t>
   </si>
   <si>
     <t>15546</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja verificada a possibilidade de estudar a melhoria da iluminação e a instalação de sistema de monitoramento no Cemitério Municipal de Adamantina, ampliando os estudos, também, para as futuras ampliações do cemitério municipal.</t>
   </si>
   <si>
     <t>15596</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>BIGODE</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a constante falta de água em Adamantina, especialmente no bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>15608</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a passagem da máquina motoniveladora na estrada que dá acesso ao Bairro do Pavão e Prata.</t>
   </si>
   <si>
     <t>15609</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a limpeza da área verde localizada na Rua Santa Catarina, esquina com a Al. Padre Nóbrega, no Conjunto Habitacional Mário Covas, bem como estudar a possibilidade de instalar, principalmente nos finais de semana, um banheiro químico em razão da quantidade de pessoas.</t>
   </si>
   <si>
     <t>15610</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita refazer a sinalização de trânsito da rotatória da principal entrada para o Jardim Brasil, no início da Rua Antônio Tiveron, procedendo a sinalização, pintura de solo “pare”, colocação de placas e pintura das faixas de pedestres e demais sinalizações necessárias, tendo em vista que as existentes encontram-se apagadas</t>
   </si>
   <si>
     <t>15611</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder reparos na calçada em frente da Igreja Seicho No Ie, que foi totalmente danificada pelas fortes chuvas que ocorreram em Adamantina recentemente.</t>
   </si>
   <si>
     <t>15612</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam roçagem e limpeza da área verde do Parque Paraíso, a fim de atender inúmeros pedidos dos moradores do referido bairro.</t>
   </si>
   <si>
     <t>15613</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Solicitam seja solucionado o grave problemas que vem ocorrendo na canalização do Córrego do Caldeira, pois as paredes de pedras de sustentação do córrego estão sendo destruídas, necessitando de reparos urgentes, uma avaliação de toda sua estrutura, e de técnicas especializadas para que a canalização não seja destruída.</t>
   </si>
   <si>
     <t>15614</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder, com urgência, a sinalização de trânsito nas Ruas Domingos Milan, Deolindo Ferreira da Silva e Guerino Dorigo, no Residencial Dorigo, procedendo a instalação de placas de sinalização, redutores de velocidades e faixas de pedestres.</t>
   </si>
   <si>
     <t>15615</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos visando analisar a possibilidade de transformar a pequena estrada de servidão que margeia o cemitério municipal e o bairro Jardim Europa em logradouro público, estendendo após a Avenida da Saudade até o final da área do velório da empresa HOS – Haddad Organização Social, com vistas a melhorar as condições de tráfego de pessoas e veículos naquele local e melhorar a urbanização.</t>
   </si>
   <si>
     <t>15616</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam substituição do sistema de iluminação pública no Conjunto Residencial Mário Covas, bem como para instalação de iluminação do Campo de Futebol Médio do bairro.</t>
   </si>
   <si>
     <t>15617</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada a possibilidade de instalação de redutor de velocidade na Avenida Francisco Bellusci, proximidades do estabelecimento Espetinho do Zé (nº 881).</t>
   </si>
   <si>
     <t>15618</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja programada a nebulização contra a dengue nas residências próximas à linha férrea, especialmente nas residências e terrenos localizados à Rua Ucildo Grespi, Vila Cristina.</t>
   </si>
   <si>
     <t>15619</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada a instalação de iluminação de apoio defronte ao PAS II (Posto de Saúde da Vila Jardim), na Alameda das Margaridas.</t>
   </si>
   <si>
     <t>15620</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ALCIO IKEDA, BIGODE, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada a instalação de lixeiras nos pontos necessários nas avenidas centrais da cidade. Inicialmente, indicamos a instalação de lixeira nas proximidades da loja Magazine Parrila, localizada à Av. Rio Branco, 595 e defronte ao estacionamento Central Park, localizado à Av. Rio Branco, 357, local onde inclusive se encontra a base da lixeira, que foi retirada e nunca mais reinstalada.</t>
   </si>
   <si>
     <t>15621</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita substituir a iluminação por lâmpadas de led no trecho da Av. Adhemar de Barros, entre as Ruas Dona Josefina Dal’ Antônia Tiveron e Al. Navarro de Andrade.</t>
   </si>
   <si>
     <t>15622</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada manutenção nas calçadas do Parque dos Pioneiros, considerando o estado precário que vários pontos se encontram, oferecendo riscos eminentes de acidentes.</t>
   </si>
   <si>
     <t>15623</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja feira limpeza ao redor da Horta Comunitária do Jardim Adamantina.</t>
   </si>
   <si>
     <t>15624</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja oferecido de forma emergencial caçambas nos diversos bairros e centro da cidade para o descarte de lixo pela população.</t>
   </si>
   <si>
     <t>15625</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja instalado um semáforo com faixa de pedestres no Bairro Bela Vista, na primeira rotatória (sentido Adamantina - Lucélia) na Rodovia Vicinal Moysés Justino da Silva.</t>
   </si>
   <si>
     <t>15626</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja transformada em via de mão única a Al. João Andrade, rua de trás de Santa Casa.</t>
   </si>
   <si>
     <t>15627</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir calçada no prolongamento da Avenida Rio Branco, abrangendo toda área de lazer do bairro Jardim Adamantina, no trecho entre as Ruas João Caldeira e Dante Mantovani.</t>
   </si>
   <si>
     <t>15628</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma quadra de areia na área de lazer da AMJAIP para a prática de futebol e vôlei de areia.</t>
   </si>
   <si>
     <t>15629</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de reativar o parquinho infantil da área de lazer da AMJAIP com a instalação de novos brinquedos, a exemplo do que foi feito em vários bairros de nossa cidade.</t>
   </si>
   <si>
     <t>15630</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de reformar completamente o gramado do campo de futebol médio da AMJAIP que encontra-se em péssimas condições para a prática esportiva.</t>
   </si>
   <si>
     <t>15631</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam atendidas reivindicações dos moradores do Jardim Bela Vista, tais como: melhorar a sinalização de trânsito, construção de canaleta para passagem de águas fluviais, construção de muro de arrimo nas imediações do Residencial Montagnoli e Jardim Bandeirantes, serviços de calçamento nas áreas verde e de lazer, aplicação de lama asfáltica em várias ruas, limpeza em diversos terrenos, melhoria na identificação dos bairros com instalação de placas de identificação, melhorar o serviço de iluminação pública e conserto e manutenção em postes  de energia.</t>
   </si>
   <si>
     <t>15632</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a poda de uma enorme árvore localizada em uma área da prefeitura, mais precisamente na Rua Cedro, 103, Parque Itaipus, atendendo pedidos dos moradores, pois a árvore está comprometendo as estruturas das casas com raízes ocasionando prejuízos aos moradores.</t>
   </si>
   <si>
     <t>15633</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de cestos de lixo apropriados para dispensação de lixos recicláveis pela população em todas as praças e áreas de lazer públicas da cidade de Adamantina.</t>
   </si>
   <si>
     <t>15634</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantar um redutor de velocidade na Rua José Bechara.</t>
   </si>
   <si>
     <t>15635</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada  a possibilidade de instalação, no âmbito do Município de Adamantina, de um Conselho Municipal de Moradia Popular, com atribuições consultivas, fiscalizadoras e deliberativas, bem como com o intuito de propor as diretrizes para a formulação e implementação da política e do plano municipal de habitação de interesse social, com também para acompanhar e avaliar a sua execução.</t>
   </si>
   <si>
     <t>15636</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a repintura das faixas de pedestres da Alameda Navarro de Andrade, esquina com a Rua Rui Barbosa principalmente, pois as faixas estão tolamente apagadas, prejudicando a orientação do trânsito pelos motoristas e pedestres.</t>
   </si>
   <si>
     <t>15637</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estuda a possibilidade de instalar dois ares condicionados na sede do CAPES – Centro de Atenção Psicossocial de Adamantina, localizado na Av. Adhemar de Barros, esquina com a Al. Armando de Sales Oliveira, centro da cidade, a fim de oferecer bem estar aos residentes e aliviar o forte calor que vem fazendo neste período.</t>
   </si>
   <si>
     <t>15638</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja promovido estudos junto ao curso de Agronomia e Pró-reitora de Extensão, a fim de que seja realizado um convênio de parceria junto à APTA, Agência Paulista de Tecnologia do Agronegócio, visando ampliar a participação da FAI nessa importante agência em nosso município.</t>
   </si>
   <si>
     <t>15639</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico de ruas de nosso município, vários trechos de ruas do Jardim Ipiranga e América que se encontram em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>15640</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita regulamentar e sinalizar trecho da Rua Paulo José Braz Filho entre a Rua Zequinha de Abreu (Jardim Ipiranga) e Takayoshi Morinaga (Parque Iguaçu), uma vez que referido trecho de rua é muito estreito e tem causado transtornos e aumentado consideravelmente a chance de acidentes de trânsito no local.</t>
   </si>
   <si>
     <t>15641</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de parquinho infantil no Jardim CECAP.</t>
   </si>
   <si>
     <t>15642</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover o término urgente das obras da ponte da Estrada Municipal ADM-445, sobre o Córrego Tocantins, bem como da ponte que fica na Estrada Municipal ADM-353, sobre o Córrego dos Ranchos, uma vez que tem sido motivo de reclamações constantes e prejuízos, alegados por usuários das mesmas.</t>
   </si>
   <si>
     <t>15643</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Massao Takeda para denominação em ruas de futuros loteamentos a serem instalados em nossa cidade.</t>
   </si>
   <si>
     <t>15690</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Hélio José dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder uma completa limpeza na Rua Paraíso, 233, no Parque do Sol.</t>
   </si>
   <si>
     <t>15691</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implantar um redutor de velocidade tipo lombada na Rua Vergueiro, proximidades do nº 154, no Parque do Sol, afim de coibir o excesso de velocidade no local.</t>
   </si>
   <si>
     <t>15692</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder no Bairro Lagoa Seca a termonebulização, visando o combate ao mosquito aedes aegypti, transmissor da dengue.</t>
   </si>
   <si>
     <t>15693</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a notificação de todos os proprietários de terrenos baldios no bairro Residencial Vista Verde a fim de procederem a limpeza dos terrenos, inclusiva os que tem plantação de mandioca e cana, que encontram-se com enorme matagal, bem como, sejam notificados os proprietários de terrenos, em situação similar, de outros bairros da cidade.</t>
   </si>
   <si>
     <t>15694</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a roçagem e limpeza da área verde do Jardim das Primaveras, bem como efetuar a poda parcial de todas as árvores.</t>
   </si>
   <si>
     <t>15695</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência completa limpeza em um terreno localizado na Rua Luiz Tebaldi, nº 44, no Jardim dos Bandeirantes.</t>
   </si>
   <si>
     <t>15696</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Hélio José dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder reparos das calçadas no entorno da Escola EMEI-I Raio de Sol, localizada na Rua Luiz Gasparini, com a Rua João Andrade e Olegário Campos Souza, Bairro Oiti/Tipuanas.</t>
   </si>
   <si>
     <t>15697</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam confeccionar e colocar uma lixeira comunitária na Rua Ovídio Albanez, nº 32, esquina com a Rua Antônio Ginez Abelan, no Jardim das Primaveras.</t>
   </si>
   <si>
     <t>15698</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar um redutor de velocidade, tipo lombada, na Rua José Vicente, em frente da Creche Cecília Meirelles, a fim de coibir o excesso de velocidade no local.</t>
   </si>
   <si>
     <t>15699</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam possibilidade de determinar logradouro público ou rua da nossa cidade, que ainda não possui denominação ou futuramente em novos loteamentos que forem lançados em nossa urbe, o nome do ex-vereador e ex-vice prefeito de Adamantina, Kleber César Bragatto.</t>
   </si>
   <si>
     <t>15700</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar dois redutores de velocidade, um na Rua Osvaldo Cruz, entre as ruas Av. Cap. José Antônio de Oliveira e Al. Santa Cruz e outro entre as Alamedas Santa Cruz e dos Expedicionários, na área central da cidade a fim de coibir o excesso de velocidade e evitar possíveis acidentes.</t>
   </si>
   <si>
     <t>15701</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada uma limpeza na área de lazer do bairro AMJAIP, bem como, prestar informações sobre qual providência será tomada em relação a grama que foi plantada e não nasceu.</t>
   </si>
   <si>
     <t>15702</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja feita uma roçagem na área pública que a empresa devolveu para a prefeitura no Parque Itamarati (de frente para o parquinho)</t>
   </si>
   <si>
     <t>15703</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja limpo e roçado a área da torre de comunicação no bairro Bela Vista.</t>
   </si>
   <si>
     <t>15704</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada uma vistoria em todos os novos loteamentos da cidade e os antigos como Califórnia, Vista Verde, aquele bairro abaixo do IBC a direita da Avenida Rio Branco e demais bairros da cidade que tem vários terrenos vazios sem fiscalização do poder público.</t>
   </si>
   <si>
     <t>15705</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja feita uma limpeza e roçagem no campo do Jardim Adamantina.</t>
   </si>
   <si>
     <t>15706</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita feita uma completa limpeza no prédio do IBC que está totalmente abandonado pelo Poder Público municipal.</t>
   </si>
   <si>
     <t>15707</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja incluído na programação de recapeamento asfáltico de ruas de nosso município a Rua Duque de Caxias, do trecho da Avenida Rio Branco até a Alameda Padre Nóbrega, que se encontra em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>15708</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam, sejam providenciadas a sinalização de trânsito e melhorias de iluminação pública em todo o trecho da Avenida Marechal Castelo Branco (Via de Acesso).</t>
   </si>
   <si>
     <t>15709</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhoria na iluminação da Rua Deputado Salles Filho, em todo o seu trecho do centro e região central da cidade.</t>
   </si>
   <si>
     <t>15710</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam realizados serviços de melhorias no sarjetão na esquina da Alameda Padre Nóbrega com a Rua Paulo José Braz Filho, entre os bairros Jardim Ipiranga e Parque Itapuã.</t>
   </si>
   <si>
     <t>15712</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, BIGODE, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada a instalação de um parquinho infantil na Praça Prestes Maia</t>
   </si>
   <si>
     <t>15713</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que as áreas verdes do Bairro Lagoa Seca sejam inseridas no cronograma mensal de roçagem e limpeza.</t>
   </si>
   <si>
     <t>15714</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam realizadas instalações de iluminação pública nas áreas verdes do Bairro Lagoa Seca, especialmente na área verde localizada à Rua Valdemar Cardoso.</t>
   </si>
   <si>
     <t>15715</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, BIGODE, Cid José Aparecido dos Santos, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção de calçada em volta da área verde do bairro Parque Tangará, localizada entre as Ruas Adem, Anambé, Condor e Juruva, no mesmo padrão que vêm sendo construídas em várias praças públicas de nossa cidade.</t>
   </si>
   <si>
     <t>15716</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, NORIKO ONISHI SAITO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o funcionamento ininterrupto dos banheiros públicos localizados no pátio da antiga Fepasa, onde funcionam as feiras livres de quartas-feiras e domingos, até às 22h todos os dias da semana.</t>
   </si>
   <si>
     <t>15717</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construção de uma cobertura na sede da Rede de combate ao Câncer de Adamantina.</t>
   </si>
   <si>
     <t>15718</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração de um projeto técnico objetivando solucionar vários problemas estruturais existentes na Rua Sebastião de Almeida, no Residencial Parque Morada do Sol, na esquina com a Rua Liberdade, sobretudo com o empoçamento permanente de águas pluviais, mas também originárias das residências localizadas nas imediações.</t>
   </si>
   <si>
     <t>15719</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de incluir os Auxiliares de Desenvolvimento Infantil (ADIs), no Plano de Carreira do Magistério Municipal e/ou considerar uma alteração de referência, passando da 5 para 7, permitindo uma valorização justa desses educadores.</t>
   </si>
   <si>
     <t>15720</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de solo “PARE” na Rua Zequinha de Abreu, em frente ao bar da Ninja, no Jardim Ipiranga, a fim de organizar o trânsito neste local.</t>
   </si>
   <si>
     <t>15721</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de faixa de pedestres no perigoso cruzamento da Al. Padre Nóbrega com a Rua Santa Catarina.</t>
   </si>
   <si>
     <t>15722</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade (tipo lombada) na Vicinal José Bocardi, após a empresa Patense, proximidades da estação de tratamento de água da Sabesp, a fim de coibir o excesso de velocidade no local.</t>
   </si>
   <si>
     <t>15723</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a roçagem de áreas verdes em vários bairros de nossa cidade que encontram-se tomadas por enorme matagal.</t>
   </si>
   <si>
     <t>15724</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com a máxima urgência a manutenção da malha asfáltica, bem como do sarjetão, na Rua Constante Ortolan, 58, na Estância Dorigo.</t>
   </si>
   <si>
     <t>15725</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantar um redutor de velocidade, tipo lombada, na Rua Padre Caetano Maria Dolcimásculo, nas proximidades do entroncamento com a Rua José de Almeida Maciel Filho, no Residencial Aliança, a fim de coibir o excesso de velocidade praticado no local.</t>
   </si>
   <si>
     <t>15726</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o recapeamento asfáltico do último quarteirão da Rua Hermenegildo Romanini, entre as Ruas Josefina Dal Antônia Tiveron, e Fernão Dias, pois o local encontra-se com a malha asfáltica totalmente danificada.</t>
   </si>
   <si>
     <t>15727</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam dar início na construção de calçada, conforme programação nas áreas verdes do Jardim Bandeirantes, atendendo inúmeros pedidos dos moradores daquela localidade, melhorando, desta forma, o visual destes locais.</t>
   </si>
   <si>
     <t>15728</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Aguinaldo Pires Galvão, BIGODE, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a repintura de toda sinalização da rotatória entre a Rua Goiás e Av. Antônio Tiveron, no Jardim Brasil, pois a existente encontra-se apagada.</t>
   </si>
   <si>
     <t>15729</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com a máxima urgência e colocação de boca-de-lobo e galeria na Rua Sebastião de Almeida, no bairro Parque Morada do Sol, a fim de absorver as águas das calçadas que ficam acumuladas no final da rua.</t>
   </si>
   <si>
     <t>15730</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, ALCIO IKEDA, Cid José Aparecido dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover uma reunião de urgência a fim de solucionar o grave problemas que vem ocorrendo na canalização do Córrego do Caldeira, pois as paredes de pedras de sustentação do córrego estão sendo destruídas, necessitando de reparos urgentes, uma avaliação de toda sua estrutura, e de técnicas especializadas para que a canalização não seja destruída.</t>
   </si>
   <si>
     <t>15731</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam destinados recursos financeiros no valor de R$10.000,00 (dez mil reais) para auxiliar nas despesas da 32º Festa Junina do Padroeiro de Adamantina (Santo Antônio), pois entendemos se tratar de uma questão de justiça e de reconhecimento pela relevância e grandiosidade desse evento em prol do município de Adamantina e dos municípios circunvizinhos.</t>
   </si>
   <si>
     <t>15732</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja expressamente impedido que os trabalhadores públicos municipais transitem nas caçambas dos caminhões da prefeitura para deslocamento em serviço.</t>
   </si>
   <si>
     <t>15733</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja criada uma horta comunitária no bairro Jardim Brasil.</t>
   </si>
   <si>
     <t>15734</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam criado um cronograma de limpeza semanal com o intuito de manter limpo o entorno da horta comunitária do Jardim Adamantina.</t>
   </si>
   <si>
     <t>15735</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pavimentar a rua que dá acesso entre o Jardim Brasil e o Parque Itamarati, entre as Rua Sergipe e Rua Saldanha Marinho.</t>
   </si>
   <si>
     <t>15736</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome da senhora Elizabet Anabel Malo Lallanes Evangelista para denominar ruas em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>15751</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita notificar os proprietários de dois terrenos, um ao lado e outro na frente da residência localizada na Rua Sebastião Barbosa Nunes, 221, no Residencial Vista Verde, a fim de que procedam a limpeza dos terrenos, pois é grande a quantidade de insetos nocivos à saúde que saem destes terrenos.</t>
   </si>
   <si>
     <t>15752</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a sinalização de trânsito (solo) Pare e faixa de pedestres em frente ao Centro Comunitário São José, localizado na Rua Carmen Miranda, Jardim Ipiranga.</t>
   </si>
   <si>
     <t>15753</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a limpeza da boca de lobo existente na Rua Rio de Janeiro, proximidades do nº 35, no Jardim Brasil.</t>
   </si>
   <si>
     <t>15754</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de passar a máquina niveladora na Rua Pará, trecho próximo ao nº 03, no Jardim Brasil, a fim de melhorar as condições do referido trecho.</t>
   </si>
   <si>
     <t>15755</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de construir calçada ao redor de toda a Praça Waldemar Romanini, no Jardim Adamantina, onde estão localizados o campo de futebol, academia ao ar livre, bem como notificar os proprietários dos imóveis do lado esquerdo da avenida para construir calçadas da Av. das Aroeiras, no Parque Itaipus, até o porto de areia.</t>
   </si>
   <si>
     <t>15756</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de instituir formalmente junto ao Departamento Municipal de Trânsito – DEMTRAM, a inclusão de utilização de vagas de estacionamento destinadas a CARGA e DESCARGA no Município de Adamantina, INCLUSIVE aos SÁBADOS, das 8h às 13h, com a exclusividade que o caso requer.</t>
   </si>
   <si>
     <t>15757</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que oficie o Deputado Estadual Mauro Bragato, solicitando sua interferência junto ao Governo Estadual, objetivando a liberação de recursos financeiros ao nosso município para serem utilizados no recapeamento asfáltico de várias ruas do bairro Jardim Brasil.</t>
   </si>
   <si>
     <t>15758</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção de um poço artesiano e/ou semiartesiano de uso comunitário na área de lazer Celso Osmar Mastellini, Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>15759</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a abertura do último quarteirão da Rua Siqueira Campos após o cruzamento com a Rua Benjamin Constant, no Parque Itamarati.</t>
   </si>
   <si>
     <t>15760</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder instalação de um obstáculo na Rua Mário Olivero, na altura do nº 657 ou 667, entre as Alamedas Antônio Bozzeto e Trasíbulo Pereira de Souza, na Vila Olivero, haja vista o grande fluxo de veículos e de pessoas naquele local.</t>
   </si>
   <si>
     <t>15761</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder inclusão da Associação Antialcoólica de Adamantina no rol de entidades sociais do nosso município que serão beneficiadas com subvenções para o ano de 2025.</t>
   </si>
   <si>
     <t>15762</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam promovidos estudos no sentido de realizar um programa de Recuperação Fiscal (REFIS 2024) juntos aos contribuintes municipais, visando facilitar a quitação de débitos municipais, com descontos sobre o valor de juros e multa e parcelamentos de débitos.</t>
   </si>
   <si>
     <t>15783</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de faixas de pedestres nos seguintes locais: em frente ao Supermercado Godoy; no cruzamento da Rua Fioravante Spósito com a Av. Cap. José Antônio de Oliveira, proximidades do Posto Carreiro.</t>
   </si>
   <si>
     <t>15784</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicitam contratar mais zeladores e/ ou cuidadores para dar a devida manutenção no Parque dos Pioneiros, mantendo assim nosso principal cartão postal limpo.</t>
   </si>
   <si>
     <t>15785</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam para melhorar a iluminação pública no centro da cidade e em especial da Praça Élio Micheloni.</t>
   </si>
   <si>
     <t>15786</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam transformar em via de mão única a Al. João Andrade, rua de trás de Santa Casa.</t>
   </si>
   <si>
     <t>15787</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam disponibilizadas lixeiras para descartar pilhas e baterias em Adamantina, e posteriormente, de o destino adequado a este tipo de material.</t>
   </si>
   <si>
     <t>15788</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Rua Germano Meira de Vasconcelos, próximo ao Bar do Perninha (ou nº 128), Jardim Bela Vista, pois o local é de grande movimento e fluxo de veículos e motocicletas.</t>
   </si>
   <si>
     <t>15789</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Avenida Francisco Belusci em frente a Fábrica de Bolachas, atendendo antiga reivindicação da empresa e funcionários.</t>
   </si>
   <si>
     <t>15790</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Rua Arno Kiefer em frente próximo ao número 1.032, atendendo antiga reivindicação dos moradores do local.</t>
   </si>
   <si>
     <t>15791</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma Unidade Básica de Saúde no Residencial Aliança, atendendo reivindicação dos inúmeros moradores do Residencial Ecoville 1 e 2, Residencial Aliança, Parque do Sol e Bairros Rurais das proximidades.</t>
   </si>
   <si>
     <t>15792</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a construção de cobertura em frente a Unidade Básica de Saúde do Mário Covas, atendendo reivindicação dos cidadãos atendidos na importante unidade de saúde, uma vez que os pacientes chegam para consultas e atendimentos antes das 07h00, horário de abertura da unidade, e enquanto aguardam, acabem ficam expostos à chuva e frio.</t>
   </si>
   <si>
     <t>15793</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor Mário Martinosso, para denominar futuros loteamentos em nosso município.</t>
   </si>
   <si>
     <t>15794</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor Dr. Alceu Adib Maluf, para denominar futuros loteamentos em nosso município.</t>
   </si>
   <si>
     <t>15795</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a colocação de pedras bica corrida nas estradas rurais Estrada ADM 451, Estrada ADM 315 e Estrada ADM 416.</t>
   </si>
   <si>
     <t>15807</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder reparos na calçada de pedestres que liga o Terminal Rodoviário à passagem do Pátio da Feira, acesso à Avenida Deputado Sales Filho, pois encontra-se danificada em vários pontos.</t>
   </si>
   <si>
     <t>15808</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita adquirir um veículo novo, tipo camionete devidamente equipada para a Secretaria de Obras e Serviços, setor de iluminação pública.</t>
   </si>
   <si>
     <t>15809</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam fazer a marcação de área de conflito, que consiste em um quadriculado na cor amarela, no perigoso cruzamento da Rua Santa Catarina com a Al. Padre Nóbrega, a fim de organizar e dar maior segurança no trânsito no referido local.</t>
   </si>
   <si>
     <t>15810</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência a sinalização de trânsito em todas as ruas próximas da FATEC com a pintura de faixas de pedestres, redutores de velocidade, toda a sinalização de solo e colocação de placas e que estes serviços se estendam em todas as ruas do bairro Jardim Brasil.</t>
   </si>
   <si>
     <t>15811</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir um campo de futebol médio com grama sintética na área de lazer do bairro Parque Itamarati, a exemplo do que vêm sendo construído em outros bairros.</t>
   </si>
   <si>
     <t>15812</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja oficiado o Governador Tarcísio de Freitas a fim de solicitar recursos financeiros ao nosso município, para a pavimentação do pequeno trecho da Estrada Vicinal que liga o trevo da Av. Moisés Justino da Silva à SP 294, Comandante João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>15813</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a viabilidade de recapear o pátio da feira-livre, antiga Fepasa, principalmente na entrada dos banheiros.</t>
   </si>
   <si>
     <t>15814</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a construção de calçada em frente das casas, construídas através de doação, localizadas no final da Rua Ceará com a Rua Pernambuco no Jardim Brasil.</t>
   </si>
   <si>
     <t>15815</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a sinalização de trânsito com pintura de faixas e colocação de placas no cruzamento das Ruas das Palmas e das Papoulas, na Vila Jardim.</t>
   </si>
   <si>
     <t>15816</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos visando a construção de seção de tubos no final da Rua Laurindo Simoncelli com a Rua Pernambuco no Jardim Brasil.</t>
   </si>
   <si>
     <t>15817</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir calçada nos locais que foram instalados os pontos de ônibus, principalmente o da Rua João Perroni, em frente ao Posto de Saúde do Jardim Adamantina.</t>
   </si>
   <si>
     <t>15818</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a troca das lâmpadas queimadas da Rua José Bortoleto, principalmente defronte ao nº 117, pois o local encontra-se às escuras, gerando reclamação dos moradores da referida rua.</t>
   </si>
   <si>
     <t>15819</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a construção de um sarjetão no prolongamento, próximo ao ponto de ônibus, entre os bairros Jardim das Primaveras e Parque Itaipus a fim de disciplinar o escoamento de água no local.</t>
   </si>
   <si>
     <t>15820</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita manter aberto o lixão aos sábados e domingos a fim de que a população proceda o descarte de material, pois o portão fica fechado aos finais de semana.</t>
   </si>
   <si>
     <t>15821</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com a máxima urgência reparos nos muros das residências que fazem divisa com o prédio da UBS, Unidade Básica de Saúde, do Conjunto Habitacional Mario Covas, que sofreram abalo nas estruturas em decorrência da construção da unidade.</t>
   </si>
   <si>
     <t>15822</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder sinalização horizontal e vertical, pintura de solo e instalação de placas de trânsito, em todo o bairro Parque do Sol.</t>
   </si>
   <si>
     <t>15823</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de conceder falta justificada às servidoras municipais que se submeterem anualmente ao exame ginecológico (Papanicolau), bem como também conceder falta justificada aos servidores municipais que se realizarem uma vez ao ano o exame da próstata.</t>
   </si>
   <si>
     <t>15824</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Solicitam sejam tomadas providências para instalação do Mastro para colocação da bandeira do Brasil no trevo principal de Adamantina, uma vez que a bandeira já fora adquirida pela secretaria municipal de cultura do município.</t>
   </si>
   <si>
     <t>15825</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder o término da  passagem de pedestres junto à área verde do Parque Itamarati, bem como o término das obras de instalação de escadas no local, atendendo reivindicação de moradores do Parque Itamarati e Conjunto Habitacional Murilo Jacoud, que não possuem veículo próprio.</t>
   </si>
   <si>
     <t>15826</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de estacionamento de 45 graus na Rua Francisco Troncon, no quarteirão da Escola Saint George School Adamantina, no sentido de melhorar o fluxo de veículos e as condições de estacionamento dos carros no local.</t>
   </si>
   <si>
     <t>15827</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita providenciar o fornecimento de sacolas plásticas aos munícipes que são atendidos na Farmácia Municipal, uma vez que recebem os medicamentos sem serem acondicionados em nenhuma embalagem e/ou sacolas plásticas.</t>
   </si>
   <si>
     <t>15828</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências para manutenção da boca de lobo da Avenida Adhemar de Barros esquina com a Alameda Padre Nóbrega, bem como o conserto da barra de proteção existente no local.</t>
   </si>
   <si>
     <t>15829</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15830</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências para manutenção, reforma e iluminação da quadra esportiva existente no Parque Residencial Iguaçu, uma vez que o local encontra-se abandonado, deteriorado e muito escuro, sendo motivo de reclamações dos munícipes residentes no local.</t>
   </si>
   <si>
     <t>15846</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a roçagem, limpeza e poda das árvores na área verde do Parque dos Pássaros.</t>
   </si>
   <si>
     <t>15847</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a poda total das árvores plantadas nos fundos do cemitério municipal, tendo em vista que estão sujando e até provocando danos aos túmulos próximos do referido local.</t>
   </si>
   <si>
     <t>15848</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja elaborado um calendário diferenciado para as EMEI, Escola Municipal de Ensino Infantil, de zero a quatro anos (creches), a fim de que mantenham abertas, o ano todo, não seguindo o calendário das demais escolas de outras faixas etárias, pois as mães que trabalham têm encontrado dificuldade para deixar seus filhos nos períodos de férias e que o horário de funcionamento seja das 06h30 às 18h30.</t>
   </si>
   <si>
     <t>15849</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam solicita a reforma do círculo, no chão, da Estação Recreio de Adamantina a fim de realizar as apresentações de capoeira e movimentar o consumo nas barracas da feira-livre. Tais encontros serão realizados uma vez por mês, às quartas-feiras, no período noturno.</t>
   </si>
   <si>
     <t>15850</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a poda de uma árvore, em um terreno, visivelmente abandonada, pois a mesma está correndo o risco de desabar na residência vizinha localizada na Rua Mato Grosso, 25, Jardim Brasil.</t>
   </si>
   <si>
     <t>15851</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a extensão de galeria na Rua Rio de Janeiro, no Jardim Brasil, bem como a colocação de guias e sarjetas e o asfaltamento, resolvendo desta forma a grande erosão daquele local.</t>
   </si>
   <si>
     <t>15852</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a construção de uma cobertura para as pessoas que estão na fila do posto de saúde, localizado no bairro Jardim Brasil, a fim de protegê-los do sol e da chuva enquanto aguardam o atendimento.</t>
   </si>
   <si>
     <t>15853</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir um sarjetão na Rua Amazonas entre o nº 231, esquina com a Rua Paraná, nº 37, Jardim Brasil, a fim de disciplinar as águas pluviais (chuvas) para que não forme buracos e não ocorra destruição de parte do asfalto neste local.</t>
   </si>
   <si>
     <t>15854</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir uma boca de lobo na Rua Paraná entre os números 270 e 280 ao lado do Centro Comunitário do Jardim Brasil, para retirada da água de chuva pois a mesma invade as residências.</t>
   </si>
   <si>
     <t>15855</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar o nome do ex-secretário Municipal de Planejamento e Desenvolvimento, João Vitor Marega para denominar o Espaço Gastronômico do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>15856</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico de ruas de nosso município, vários trechos de ruas do Jardim Ipiranga, Jardim América e Vila Joaquina que se encontram em péssimo estado de conservação, sendo motivo de constantes reclamações dos munícipes e morados dos referidos bairros.</t>
   </si>
   <si>
     <t>15857</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam regulamentar  e sinalizar o trecho da Rua Paulo José Braz Filho entre a Rua Zequinha de Abreu (Jardim Ipiranga) e Takayoshi Morinaga (Parque Iguaçu/Jardim Itapuã), bem como construir calçadas ao redor da área de lazer  existente no trecho, uma vez que referido trecho de rua é muito estreito, havendo no local muitas árvores na passagem de pedestres, obrigando estes a transitarem pela rua (faixa de rolamento), situação que tem causado insegurança e transtornos, aumentado consideravelmente a chance de acidentes de trânsito no local e atropelamento de pedestres.</t>
   </si>
   <si>
     <t>15858</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o término das obras da ponte da Estrada Municipal ADM-445, sobre o Córrego Tocantins, bem como da ponte que fica na Estrada Municipal ADM-353, sobre o Córrego dos Ranchos, uma vez que tem sido motivo de reclamações constantes e prejuízos, alegados por usuários das mesmas.</t>
   </si>
   <si>
     <t>15859</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a criação da Zona de Estacionamento no quarteirão em frente a Biblioteca Municipal, na Avenida Adhemar de Barros, entre a Avenida Rio Branco e Alameda Navarro de Andrade, bem como regulamentando estacionamento para motocicletas no referido quarteirão, atendendo reivindicação dos comerciantes e profissionais liberais do local.</t>
   </si>
   <si>
     <t>15860</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita oficie os Correios, Agência de Adamantina, para que providencie a entrega de correspondências no Jardim Monte Carlo, atendendo reinvindicação dos moradores do local.</t>
   </si>
   <si>
     <t>15861</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja incluída na programação de recapeamento asfáltico de ruas de nosso município, a Rua Francisco Troncon, trecho entre a Avenida Marechal Castelo Branco e Avenida 15 de Novembro na Vila Jamil de Lima, referido trecho encontra-se em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>15862</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a iluminação pública no trecho da Alameda Porto Alegre, entre as Ruas dos Antúrios e Valter Mota Ramazini (Vila Jamil de Lima/Vila Jardim das Flores), atendendo requerimento dos munícipes, contribuintes e moradores do local.</t>
   </si>
   <si>
     <t>15863</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja implementado um cronograma de recolhimento do lixo nas “novas lixeiras” instaladas na cidade, pois as mesmas estão acumulando muito lixo e acumulando sujeira nos seus entornos.</t>
   </si>
   <si>
     <t>15864</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam voltar a oferecer a distribuição de sacos de lixo verdes (de forma gratuita) em todas as residências de Adamantina para descarte de materiais recicláveis.</t>
   </si>
   <si>
     <t>15865</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada a possibilidade de destinar um campo de futebol médio, de grama sintética para atender os moradores do Jardim Paulista, um dos mais antigos e mais importantes bairros da nossa urbe.</t>
   </si>
   <si>
     <t>15866</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada a possibilidade de instalação de redutor de velocidade na Rua Princesa Isabel, proximidades da residência nº 400.</t>
   </si>
   <si>
     <t>15867</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar estudos para construção de pátio de estacionamento para caminhões na área localizada próximo ao trevo principal e imagem de Nossa Senhora Aparecida, entre o Campus III da UniFAI (Centro Universitário de Adamantina) e o Recinto Poliesportivo, a fim de organizar o trânsito local.</t>
   </si>
   <si>
     <t>15868</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorar a iluminação pública na Via Marginal Antônio Barberato, que margeia o campus II da UNIFAI, pois a referida rua encontra-se às escuras.</t>
   </si>
   <si>
     <t>15897</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaborar Projeto de Lei, para ser apreciado por esta Câmara Municipal, que conceda um dia de folga ao servidor com pagamento de um abono de R$ 100, creditado junto aos seus vencimentos no mês do aniversário.</t>
   </si>
   <si>
     <t>15898</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos técnico e financeiro visando a isenção do pagamento do IPTU – Imposto Predial e Territorial Urbano, às pessoas com mais de 60 anos de idade, com renda mensal de um salário mínimo, que possui um único imóvel e que seja utilizado exclusivamente como sua residência fixa.</t>
   </si>
   <si>
     <t>15899</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência a sinalização da Rua Nair Quinto Zambão, que liga os Bairros Oiti e Tipuanas ao Bairro Monte Carlo, a fim de organizar o trânsito e proporcionar segurança aos pedestres.</t>
   </si>
   <si>
     <t>15900</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15901</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, Hélio José dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhorar o acesso de passagem entre a Rua Florianópolis e 15 de novembro, na Vila Jamil de Lima, proximidades do antigo barracão da Fepasa, que liga a Rua Hermenegildo Romanini, jogando pedras a fim de amenizar a poeira que vem incomodando os moradores da região.</t>
   </si>
   <si>
     <t>15902</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a poda das árvores que estão afetando a rede pública de energia nos bairros Vila Jardim, Jamil de Lima, Belas Vista e Vila Cicma, e outros bairros que necessitam deste serviço.</t>
   </si>
   <si>
     <t>15903</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam designar um servidor para realizar serviços gerais no Museu e Arquivo Histórico “Setsu Onishi”</t>
   </si>
   <si>
     <t>15904</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a sinalização de trânsito com pintura de faixa de pedestres e de solo “PARE”, bem como a identificação da rua nos postes da Rua Antônio Schmidt Vilela, entre a Rua Luiz Endo, até a Rua José de Azevedo, nas Vilas Fudimori e Fátima.</t>
   </si>
   <si>
     <t>15905</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico a Rua Antônio Schimdt Vilela, esquina com a Rua Luiz Endo, Vila Fudimore.</t>
   </si>
   <si>
     <t>15906</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de recapeamento asfáltico a Rua Hermenegildo Romanini, pois é grande quantidade e buracos, que dificulta a passagem de veículos.</t>
   </si>
   <si>
     <t>15907</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico o quarteirão da Alameda do Expedicionários, entre a Rua 9 de julho e Rua Joaquim Nabuco, substituindo assim, o trecho de pedras de paralelepípedos, a pedido de munícipes da localidade.</t>
   </si>
   <si>
     <t>15908</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de iluminação da parte frontal do cemitério municipal, bem como a instalação de câmeras de monitoramento e segurança nas partes interna e externa do cemitério.</t>
   </si>
   <si>
     <t>15909</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam resolva o problema da falta de medicamentos para a população.</t>
   </si>
   <si>
     <t>15910</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja criada uma força tarefa junto aos médicos do município para a realização de cirurgias de eletivas, muitas das quais cirurgias simples como: Ressecção de lesões cutâneas. Ressecção de tumores de pele. Correção de pequenas cicatrizas. Eletrocoagulação de verrugas. Vasectomia. Postectomia (cirurgia de fimose). Biópsia de lesões. Exérese de lipoma.</t>
   </si>
   <si>
     <t>15911</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam disponibilizas lixeiras para descartar pilhas e baterias em Adamantina, e posteriormente, providencie a correta devolução aos fabricantes, OU, obrigue os fabricantes a disponibilizar locais para o devido descarte como determina a lei.</t>
   </si>
   <si>
     <t>15912</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação de um quebra-molas (redutor de velocidade) na Rua José Bechara, na altura da casa número 148.</t>
   </si>
   <si>
     <t>15913</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação de um quebra-molas (redutor de velocidade) na Avenida Antônio Tiveron, um pouco antes da rotatória ou no mesmo local que já existia a lombada.</t>
   </si>
   <si>
     <t>15914</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam liberação de recursos financeiros junto ao Governo Estadual ou Federal para a instalação de uma Academia ao Ar Livre no Parque CECAP.</t>
   </si>
   <si>
     <t>15915</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15916</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam iniciar estudos no sentido de apresentar um projeto de lei visando instituir o plano de cargos e carreiras e remuneração dos servidores profissionais da saúde do Município de Adamantina.</t>
   </si>
   <si>
     <t>15917</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estabelecimento de um cronograma planejado para a troca de lâmpadas no município.</t>
   </si>
   <si>
     <t>15918</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o recapeamento asfáltico da Rua dos Antúrios, especialmente no quarteirão entre a Av. Marechal Castelo Branco e a Al. Belo Horizonte.</t>
   </si>
   <si>
     <t>15919</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada a possibilidade de instalação de redutor de velocidade na Av. Rio Branco, quarteirão antes do campo do Jardim Adamantina.</t>
   </si>
   <si>
     <t>15938</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam uma academia ao ar livre que deverá ser instalada ao lado do bairro Parque do Sol.</t>
   </si>
   <si>
     <t>15939</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a colocação de placas indicativas dos nomes das ruas do bairro Jardim Adamantina, pois as existentes estão apagadas, dificultando a identificação.</t>
   </si>
   <si>
     <t>15940</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir uma calçada na área verde localizada na Rua Vitório Belomo, proximidades do nº 21, no Conjunto Habitacional Jardim Primavera.</t>
   </si>
   <si>
     <t>15941</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam do setor competente proceder à instalação de um recipiente coletor de lixo na Avenida das Rosas, esquina com a Rua Vitória Régia, proximidades da Igreja Nossa Senhora Aparecida na Vila Jardim.</t>
   </si>
   <si>
     <t>15942</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizada a manutenção das lâmpadas da praça na entrada do bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>15943</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Setor de Planejamento que seja estudada a possibilidade de colocarem lâmpadas de LED nos bairros Jardim Bela Vista, Bandeirante e dos Poetas.</t>
   </si>
   <si>
     <t>15944</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que arrume o asfalto da Rua Zequinha de Abreu, esquina com a Rua Santa Catarina (ponto de referência Bar da Ninja).</t>
   </si>
   <si>
     <t>15945</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria Municipal de Planejamento, uma vistoria nas 02 (duas) passarelas do pontilhão da entrada da cidade, que dá acesso à Rua Joaquim Nabuco.</t>
   </si>
   <si>
     <t>15946</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria Municipal de Obras e Serviços, construção ou instalação de bancos na área verde denominada Profa. Oneide dos Santos Morelatti, no Bairro Tipuanas.</t>
   </si>
   <si>
     <t>15947</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria Municipal de Obras e Serviços agendar na sua programação de serviços, reparos na calçada em frente da Igreja Seicho No Ie, que foi totalmente danificada pelas fortes chuvas que ocorreram em Adamantina.</t>
   </si>
   <si>
     <t>15948</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam das secretarias municipais competentes objetivando promover uma reunião de urgência a fim de solucionar o grave problemas que vem ocorrendo na canalização do Córrego do Caldeira, pois as paredes de pedras de sustentação do córrego estão sendo destruídas, necessitando de reparos urgentes.</t>
   </si>
   <si>
     <t>15949</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da secretaria municipal competente que inclua na programação de recapeamento asfáltico de ruas de nosso município, o trecho da Rua Osvaldo Cruz entre Avenida Capitão José Antônio de Oliveira e a Alameda Maria Cândida Romanini.</t>
   </si>
   <si>
     <t>15950</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita das secretarias de Obras e Serviços e de Planejamento, o nivelamento dos sarjetão no trecho recapeado entre a Avenida Deputado Cunha Bueno e Alameda Padre Nóbrega.</t>
   </si>
   <si>
     <t>15951</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita das secretarias de Obras e Serviços e de Planejamento e a Secretaria de Agricultura e Abastamento, diversas melhorias na área verde e de lazer do Residencial Monte Carlo, atendendo reivindicações reiteradas dos moradores do bairro.</t>
   </si>
   <si>
     <t>15952</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria municipal competente criação de uma força tarefa para solucionar os problemas com as árvores da nossa cidade que necessitam ser arrancadas e/ou podadas.</t>
   </si>
   <si>
     <t>15953</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria municipal competente sejam empreendidos esforços para melhorar a iluminação pública no Centro da cidade e em especial da Praça Élio Micheloni.</t>
   </si>
   <si>
     <t>15954</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria municipal competente proceder instalação de um semáforo inteligente com faixa de pedestres no Bairro Bella Vista, na primeira rotatória (sentido Adamantina - Lucélia) na Rodovia Moysés Justino da Silva.</t>
   </si>
   <si>
     <t>15955</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria municipal competente sejam empreendidos esforços para melhorar para que seja oferecida Internet de forma gratuita em todos parques e áreas verdes do nosso município, especialmente na Praça Élio Micheloni, no Parque dos Pioneiros, na Praça José Parrila (Praça da Estrela), no Parque do Caldeira, nos Campos do Jardim Adamantina e do Jardim Brasil, e em todas as demais Praças nos Bairros da nossa cidade com área de lazer.</t>
   </si>
   <si>
     <t>15956</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria municipal competente sejam empreendidos esforços para  instalar um redutor de velocidade na Av. Marechal Castelo Branco (do tipo “lombada eletrônica”), nossa principal via de acesso.</t>
   </si>
   <si>
     <t>15957</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria municipal competente estudar  a viabilidade da construção de uma rampa de acesso ao Rio Aguapeí, conhecido popularmente como “Rio Feio”, nas proximidades da ponte de concreto localizada sobre o referido rio, na Rodovia Vicinal Plácido Rocha, próxima ao Bairro Lagoa Seca e à Usina Branco Peres.</t>
   </si>
   <si>
     <t>15958</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria municipal competente estudar a possibilidade de homenagear o senhor Antônio Libarino Bassan, nomeando a área de esportes em construção no Parque dos Pioneiros, que abrigará a futura Arena de Grama Sintética de Futebol Médio, em sua honra.</t>
   </si>
   <si>
     <t>15959</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>BIGODE, Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria Municipal de Planejamento elaborar um projeto de construção de uma ciclovia em nossa cidade, mais precisamente na Vicinal pavimentada José Bocardi, ao lado contrário da faixa de rodagem, fazendo o alargamento no trecho do bairro Jardim Europa até o antigo matadouro.</t>
   </si>
   <si>
     <t>15960</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da secretaria municipal competente estudar a possibilidade de construir calçada ao redor de toda a Praça Waldemar Romanini, no Jardim Adamantina, onde estão localizados o campo de futebol, academia ao ar livre, bem como notificar os proprietários dos imóveis do lado esquerdo da avenida para construir calçadas da Av. das Aroeiras, no Parque Itaipus, até o porto de areia.</t>
   </si>
   <si>
     <t>15972</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja providenciada a instalação de alguns brinquedos, novos ou restaurados, na área verde, cuidada pelos moradores do Parque Universitário, pois segundo os moradores, foi prometido pela Administração e até o momento não foi atendido.</t>
   </si>
   <si>
     <t>15973</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja contatada a SABESP a fim de que a mesma providencie reparos nos inúmeros tampões de poço de visita (tampa PV) da rede coletora de esgoto.</t>
   </si>
   <si>
     <t>15974</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a poda e a substituição de 10 árvores (tipuanas) enormes com troncos totalmente condenados e raízes profundas que estão invadindo as casas próximas prejudicando as estruturas das residências.</t>
   </si>
   <si>
     <t>15975</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação de lixeiras em frente aos restaurantes e lanchonetes de nossa cidade.</t>
   </si>
   <si>
     <t>15976</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a recuperação da quadra de areia da Praça Euclides Romanini, totalmente abandonada, necessitando de limpeza, troca de areia e colocação dos equipamentos para a prática esportiva.</t>
   </si>
   <si>
     <t>15977</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder com urgência, antes do período das chuvas, o prolongamento da galeria localizada no final da Rua Amazonas, no Jardim Brasil.</t>
   </si>
   <si>
     <t>15978</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a reforma e manutenção dos brinquedos instalados no parquinho infantil do Parque Caldeira.</t>
   </si>
   <si>
     <t>15979</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estabelecer cronograma de realização de serviços cotidianos, bem como ações específicas de conservação, limpeza e manutenção do cemitério municipal, sobretudo, em função do Dia de Finados (2 de novembro), inclusive com aquisição de um de um veículo para o transporte regular dos materiais e equipamentos utilizados no cumprimento das importantes atividades prestadas pelos servidores municipais lotados em nossa necrópole pública.</t>
   </si>
   <si>
     <t>15980</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir no Orçamento Municipal de 2025 os recursos necessários para a realização de obras de infraestrutura voltadas à reestruturação da rede de captação de águas pluviais na área central, visando à melhoria da qualidade sanitária do município e à solução dos problemas de alagamento que afetam diversos pontos da cidade, ocasionando danos, prejuízos e muitos transtornos para diversos munícipes.</t>
   </si>
   <si>
     <t>15981</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover a pintura dos nomes das Ruas em postes nos diversos Bairros da cidade.</t>
   </si>
   <si>
     <t>15982</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada uma campanha que estimule as pessoas a deixarem os números de suas residências bem a vista a fim de facilitar a localização das casas.</t>
   </si>
   <si>
     <t>15983</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja feita uma campanha para zerar a fila de espera das pessoas que aguardam operações eletivas na nossa cidade.</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam empreendidos esforços para resolver o problema da falta de medicamentos para a população.</t>
   </si>
   <si>
     <t>15985</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação dos serviços de aplicação de lama asfáltica o bairro Parque Universitário.</t>
   </si>
   <si>
     <t>15986</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a pintura de faixa de pedestres na Alameda da Padre Nóbrega, esquina com a Rua Tsunekishi Sakai, Vila Joaquina, visando oferecer segurança aos pedestres no local, tendo em vista o grande fluxo de veículos.</t>
   </si>
   <si>
     <t>15987</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada a possibilidade de instalação de redutor de velocidade ou outra medida para amenizar o problema de veículos transitando em alta velocidade na Avenida Antônio Tiveron, proximidades do imóvel nº 1288.</t>
   </si>
   <si>
     <t>15988</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>16009</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar na programação de recapeamento asfáltico a Rua Turquesa, Residencial Eldorado.</t>
   </si>
   <si>
     <t>16010</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a iluminação da rotatória localizada no prolongamento da Avenida da Saudade, em frente ao Bellagio Residencial Clube, inaugurado recentemente.</t>
   </si>
   <si>
     <t>16011</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder aplicação de micro revestimento asfáltico na Rua João Perroni, esquina com a Rua Joaquim Marques Caldeira, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>16012</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam substituir o pavimento de paralelepípedo por asfalto na Avenida Capitão José Antônio de Oliveira, no trecho entre a Rua General Isidoro e a Rua Arno Kieffer, devido ao estado precário de conservação desse trecho, que apresenta inúmeras imperfeições e grandes desníveis, dificultando o tráfego de veículos e pedestres.</t>
   </si>
   <si>
     <t>16013</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de uma calçada na Rua Juruva, no trecho compreendido entre a Rua Adem e a Rua Condor, no Parque Tangará. A ausência dessa obra pública tem forçado os pedestres a transitarem pela pista de rolamento, expondo-os a riscos significativos, especialmente durante o período noturno e em dias de chuva.</t>
   </si>
   <si>
     <t>16014</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam contatar a SABESP objetivando implementar urgentemente os procedimentos necessários para solucionar os problemas com a falta d’água em diversos locais da nossa cidade, que tem causado muitos transtornos e enormes prejuízos para uma parcela significativa da nossa municipalidade.</t>
   </si>
   <si>
     <t>16015</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Francisco Minatel para denominar um logradouro público ou rua de nossa cidade, que ainda não possua denominação, ou futuramente em novos loteamentos que venham a ser lançados em nosso município.</t>
   </si>
   <si>
     <t>16016</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de iluminação da praça e área verde entre o Jardim Palmeira e Jardim Ipiranga, atendendo reinvindicação dos moradores dos referidos bairros.</t>
   </si>
   <si>
     <t>16017</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a reforma e iluminação da quadra esportiva do Parque Iguaçu, atendendo reivindicação dos moradores do bairro.</t>
   </si>
   <si>
     <t>16018</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a compra de medicamentos nas farmácias e drogarias de Adamantina, em forma de rodízio, como já de costume, sendo os medicamentos de baixo custo de responsabilidade do município constantemente estão em falta na farmácia do Centro de Saúde do município.</t>
   </si>
   <si>
     <t>16019</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o serviço de transportes de pacientes com ambulância para outras centros médicos mantenha os serviços no horário noturno, tendo em vista reclamação de munícipes que os serviços não são efetuados no horário noturno, principalmente para os portadores de plano de saúde.</t>
   </si>
   <si>
     <t>16020</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover, juntamente com a empresa recentemente contratada, uma operação com a finalidade de substituir todas as lâmpadas queimadas das ruas, avenidas e praças de nossa cidade, tanto no centro, como em todos os bairros.</t>
   </si>
   <si>
     <t>16021</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estabelecer as medidas abaixo durante o evento da Expoverde 2024: 1 – Não seja proibido a população adentrar no Recinto do Poliesportivo portando suas garrafas ou copos de água; 2 – Seja oferecida água gratuitamente a toda a população durante o evento, seja por meio de bebedouros capaz de atender toda a população ou por meio de oferecimento de água engarrafada ou em copos gratuitos.</t>
   </si>
   <si>
     <t>16022</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam asfaltar a Av Ademar de Barros, entre as ruas Av, Capitão José Antônio de Oliveira e a Alameda Dr Armando Salles de Oliveira.</t>
   </si>
   <si>
     <t>16023</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam asfaltar a Alameda Doutor Armando de Salles Oliveira, entre a Av, Ademar de Barros e Rua Osvaldo Cruz.</t>
   </si>
   <si>
     <t>16024</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam termine as finalize a reforma de diversas pontes danificadas na área rural da cidade de Adamantina.</t>
   </si>
   <si>
     <t>16025</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam destinadas mais verbas para o Pronto Socorro da Santa Casa de Adamantina.</t>
   </si>
   <si>
     <t>16034</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>BIGODE, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam inserir, com urgência, monitores em todos os ônibus de transporte escolar que prestam serviço para o município, objetivando organizar o transporte de alunos, evitar acidentes, brigas, e outras eventualidades internas que atrapalham os motoristas e apresentam riscos à segurança dos alunos que utilizam do serviço.</t>
   </si>
   <si>
     <t>16035</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar o nome do Senhor Érico Fernando da Silva, popular Kin Som, para denominar o campo sintético do Jardim Brasil, a fim de homenagear saudoso membro da comunidade.</t>
   </si>
   <si>
     <t>16036</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar redutor de velocidade, tipo lombada, em frente ao Posto de Saúde do Jardim Brasil a fim de coibir o excesso de velocidade praticado no local.</t>
   </si>
   <si>
     <t>16037</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar na programação de serviços de aplicação de revestimento asfáltico o final da Av. Ipiranga, proximidades do nº 505, e os demais quarteirões que se encontram totalmente danificados.</t>
   </si>
   <si>
     <t>16038</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de construção de calçadas nas áreas e praças públicas, a área verde do Jardim Bela Vista e Jardim Bandeirantes, atendendo desta forma inúmeros dos moradores destas localidades.</t>
   </si>
   <si>
     <t>16039</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder sinalização de trânsito com pintura de faixa de pedestres na Av. Rio Branco, proximidades da Igreja Deus é Amor e Borracharia Moderna, a fim de regulamentar o trânsito no local.</t>
   </si>
   <si>
     <t>16040</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a pintura de faixa de pedestres na Alameda Padre Nóbrega, esquina com a Rua Tsunekishi Sakai, Vila Joaquina, visando oferecer segurança aos pedestres no local, tendo em vista o grande fluxo de veículos.</t>
   </si>
   <si>
     <t>16041</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja realizada visita e vistoria técnica na residência localizada à Rua Sergipe nº 314, a fim de verificar a possibilidade de ação preventiva ou repressiva para conter a entrada de águas pluviais da casa em questão.</t>
   </si>
   <si>
     <t>16042</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de conceder aos valorosos servidores públicos (docentes e funcionários administrativos) do Centro Universitário de Adamantina, FAI, um “abono natalino” ao final deste ano de 2024, pois acreditamos que essa proposta está revestida de inteira justiça e de reconhecimento pelo exemplar trabalho que eles têm desenvolvido em favor da FAI e do nosso município.</t>
   </si>
   <si>
     <t>16043</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de conceder aos abnegados funcionários da Prefeitura Municipal de Adamantina um “abono natalino” ao final deste ano de 2024, a exemplo do que já ocorreu nos anos anteriores, pois, entendemos que essa proposta está revestida de inteira justiça e de reconhecimento pelo exemplar trabalho que os funcionários da prefeitura têm desenvolvido em favor da prefeitura e da nossa comunidade.</t>
   </si>
   <si>
     <t>16044</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de conceder aos valorosos servidores da Câmara Municipal de Adamantina um “abono natalino” ao final deste ano de 2024, pois acreditamos que essa proposta está revestida de inteira justiça e de reconhecimento pelo exemplar trabalho que eles têm desenvolvido em favor da nossa municipalidade e na otimização da atuação dos vereadores no atendimento das justas e legítimas reivindicações da nossa comunidade.</t>
   </si>
   <si>
     <t>16045</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir no Orçamento Municipal para o ano de 2025, recursos financeiros visando aumento real dos vencimentos dos servidores públicos municipais (Prefeitura e FAI), com no mínimo o índice aplicado neste ano de 2024 (8%), bem como para majoração no valor do vale-alimentação (Prefeitura e FAI), sendo que em relação aos servidores da prefeitura esse valor poderia ser estabelecido em no mínimo de R$35,00, com vigência em ambos os casos a partir do dia 01 de janeiro de 2025.</t>
   </si>
   <si>
     <t>16046</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir no Orçamento Municipal para o ano de 2025, recursos financeiros à título de subvenção à COOPERADAM, objetivando reconhecer e valorizar à atuação da Cooperativa em nosso município, possibilitando, dessa forma, ampliar e dinamizar as suas importantes atividades em favor de Adamantina, gerando emprego e renda para a nossa municipalidade.</t>
   </si>
   <si>
     <t>16047</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam redutor de velocidade, tipo lombada, na Rua João Pachione, trecho entre os números 85 e 94, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>16048</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder, com a máxima urgência, ações visando melhorar as condições do campo de gateball de nossa cidade</t>
   </si>
   <si>
     <t>16049</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam se criado projeto para atrair empresas para o nosso município.</t>
   </si>
   <si>
     <t>16050</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam empreendidos esforços no sentido de diminuir as filas de espera para o atendimento da população nos Postos de Saúde dos bairros e da nossa cidade.</t>
   </si>
   <si>
     <t>16051</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam oferecidas caçambas gratuitas em todos os bairros da cidade para dispensa de lixos como móveis antigos, sofás velhos, pneus, etc.</t>
   </si>
   <si>
     <t>16052</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade na Av. Marechal Castelo Branco (do tipo “lombada eletrônica”), nossa principal via de acesso.</t>
   </si>
   <si>
     <t>16053</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de EcoPontos em nosso município, que são “Containers Para Entrega Voluntária de Lixos Recicláveis ou não” pela população.</t>
   </si>
   <si>
     <t>16080</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de rampa de acessibilidade às pessoas com deficiência em frente ao parquinho infantil da Praça José Costa, proximidades do pátio da antiga Fepasa.</t>
   </si>
   <si>
     <t>16081</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos visando resolver definitivamente o acúmulo de água que fica em frente das residências da Rua Francisco Alves de Lima, proximidades do nº 53, no Residencial Monte Alegre.</t>
   </si>
   <si>
     <t>16082</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaborar um projeto de construção de uma ciclovia em nossa cidade, mais precisamente na Vicinal pavimentada José Bocardi, ao lado contrário da faixa de rodagem, fazendo o alargamento no trecho do bairro Jardim Europa até o antigo matadouro.</t>
   </si>
   <si>
     <t>16083</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de proceder o recuo dos bancos que estão sendo instalados em volta do campo de futebol médio que está sendo construído no Jardim Bela Vista, ou proceder a colocação de alambrados a fim de oferecer segurança aos atletas quando da utilização do referido campo.</t>
   </si>
   <si>
     <t>16084</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a instalação de redutor de velocidade, tipo lombada, na Rua Francisco Alves de Lima, entre as Ruas José Miguel e Juvenal dos Santos, no Residencial Monte Alegre.</t>
   </si>
   <si>
     <t>16085</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>16086</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita providenciar a colocação de corrimão na escada do palco do anfiteatro da Biblioteca Municipal Jurema Gomes Moreira Citeli.</t>
   </si>
   <si>
     <t>16087</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja requisitado à SABESP proceder reparos nos inúmeros tampões de poço de visita, (tampa PV), da rede coletora de água e esgoto.</t>
   </si>
   <si>
     <t>16088</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de colocar grade de proteção em todas a bocas de lobo existentes na parte interna do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>16089</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja construído sistema de escoamento de águas pluviais (sarjetão) no entroncamento da rua Cedro, ao final do parque Itaipus.</t>
   </si>
   <si>
     <t>16090</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder recapeamento das ruas localizadas no Bairro Residencial Eldorado I, pois algumas delas estão em péssimo estado de conservação, cujo estado de deterioração em alguns trechos está prejudicando sobremaneira tráfego de veículos e pessoas.</t>
   </si>
   <si>
     <t>16091</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>Solicita proceder construção da cobertura da arquibancada da quadra de esportes do Projeto Asa, bem como para instalação de uma academia ao ar livre para atender aos moradores daquela importante região da nossa cidade, sobretudo para os moradores dos bairros: Jardim Paulista, Vila Nilza e Jardim San Fernando.</t>
   </si>
   <si>
     <t>16092</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar um amplo trabalho de recuperação de algumas ruas pavimentadas do Distrito Comercial Valentim Gatti que ainda não foram incluídas nos programas de recapeamentos, pois algumas dessas ruas estão em péssimo estado de conservação, cujo estado de deterioração em alguns trechos está prejudicando sobremaneira tráfego de veículos e pessoas.</t>
   </si>
   <si>
     <t>16093</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico de ruas de nosso município, o quarteirão da Rua Tsunekishi Sakai, entre a Alameda Maria Cândida Romanini e a Alameda Padre Anchieta, substituindo assim, o trecho de pedras de paralelepípedos, a pedido de munícipes da localidade, uma vez que o quarteirão está em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>16094</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico de ruas de nosso município, o trecho da Rua Heitor Feire de Carvalho entre a Avenida Miguel Veiga e Avenida Vitório Romanini, uma vez que o quarteirão está em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>16095</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico de ruas de nosso município, o quarteirão da Alameda do Expedicionários, entre a Rua 9 de julho e Rua Joaquim Nabuco, substituindo assim, o trecho de pedras de paralelepípedos, a pedido de munícipes da localidade.</t>
   </si>
   <si>
     <t>16096</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a implantação de iluminação da parte frontal do cemitério municipal, bem como a instalação de câmeras de monitoramento e segurança nas partes internas e externas do cemitério.</t>
   </si>
   <si>
     <t>16097</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja diminuído ou até mesmo inutilizado o bolsão de motos situado na Avenida Ademar de Barros na altura no número 343, pois poucas motos estacionam ali e é um local com poucas vagar para estacionar veículos.</t>
   </si>
   <si>
     <t>16098</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja feito um estudo para solucionar o problema do canaletão próximo a ponte no Parque dos Caldeiras.</t>
   </si>
   <si>
     <t>16099</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de EcoPontos em nosso município, que são “Containers Para Entrega Voluntária de Lixos Recicláveis ou não” pela população.</t>
   </si>
   <si>
     <t>16100</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam disponibilizadas lixeiras para descartar pilhas e baterias em Adamantina, e posteriormente, providencie a correta devolução aos fabricantes, OU, obrigue os fabricantes a disponibilizar locais para o devido descarte como determina a lei.</t>
   </si>
   <si>
     <t>16101</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a poda total e retirada dos troncos das árvores localizadas na área institucional entre os bairros Parque Itamarati e Conjunto Habitacional Murilo Jacooud.</t>
   </si>
   <si>
     <t>16102</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de solo “PARE” e faixas de pedestres em vários pontos do centro e bairros da cidade, pois encontram-se apagadas.</t>
   </si>
   <si>
     <t>16103</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir calçada no entorno da horta comunitária do Jardim Adamantina, nas laterais das Ruas Domingos Fratini, Dante Mantovani e José Bortoleto.</t>
   </si>
   <si>
     <t>16104</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de instalar ponto de ônibus no interior dos bairros Parque Residencial Itamarati e Conjunto Habitacional Murillo Jaccoud, pois, segundo os moradores os ônibus não adentram os bairros para o embarque e desembarque dos usuários.</t>
   </si>
   <si>
     <t>16105</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam dar início na construção de calçada nas áreas verdes do Jardim Bandeirantes, atendendo inúmeros pedidos dos moradores daquela localidade, melhorando, desta forma, o visual destes locais.</t>
   </si>
   <si>
     <t>16116</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder sinalização de trânsito com pintura de faixa de pedestres na Av. Rio Branco, proximidades da Igreja Deus é Amor e Borracharia Moderna a fim de regulamentar o trânsito no local.</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de faixa de pedestres na Alameda Padre Nóbrega, esquina com a Rua Tsunekishi Sakai, Vila Joaquina, visando oferecer segurança aos pedestres no local, tendo em vista o grande fluxo de veículos.</t>
   </si>
   <si>
     <t>16118</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder roçagem e limpeza da área verde do Parque Paraíso, a fim de atender inúmeros pedidos dos moradores do referido bairro.</t>
   </si>
   <si>
     <t>16119</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder roçagem e limpeza da área de esportes do conjunto Oiti/Tipuanas, a fim de atender inúmeros pedidos dos moradores desta localidade.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Rua Germano Meira de Vasconcelos, próximo ao Bar do Perninha (ou nº 128), Jardim Bela Vista, pois o local é de grande movimento e fluxo de veículos e motocicletas, sendo que alguns motoristas trafegam constantemente em alta velocidade, colocando em risco a vida dos moradores do local.</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Avenida Francisco Belusci em frente a Fábrica de Bolachas, atendendo antiga reivindicação da empresa e funcionários, uma vez que o local é de grande concentração de pedestres, e muitos veículos trafegam em alta velocidade.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lombada na Rua Arno Kiefer em frente próximo ao número 1.032, atendendo antiga reivindicação dos moradores do local, uma vez que o local é de grande concentração de pedestres, especialmente crianças, e muitos veículos trafegam em alta velocidade.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>16148</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada uma limpeza na área de lazer do bairro AMJAIP, pois está coberta de matos.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a roçagem e limpeza da área verde do Jardim das Primaveras, bem como efetuar a poda parcial de todas as árvores.</t>
   </si>
   <si>
     <t>16150</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a notificação de todos os proprietários de terrenos baldios no bairro Residencial Vista Verde a fim de procederem a limpeza dos terrenos, inclusiva os que tem plantação de mandioca e cana, que encontram-se com enorme matagal, bem como, que sejam notificados todos os proprietários de terrenos nos outros bairros da cidade.</t>
   </si>
   <si>
     <t>16152</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de proceder a iluminação da rotatória localizada no prolongamento da Avenida da Saudade, em frente ao Bellagio Residencial Clube, inaugurado recentemente.</t>
   </si>
   <si>
     <t>16153</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de instalação de lombadas e/ou redutores de velocidade, ou ainda radares eletrônicos, entre a Rua Santos Dumont e a ponte do Parque Caldeira, na alameda Padre Nóbrega entre os bairros Eldorado e Monte Alegre, a pedido de munícipes da localidade, em razão da frequente prática de excesso de velocidade por alguns motoristas de veículos que trafegam frequentemente pelo local.</t>
   </si>
   <si>
     <t>16154</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de instalação de lombadas, e/ou redutores de velocidade, ou ainda radares eletrônicos, no trecho da Avenida Marechal Castelo Branco (Via de Acesso), a pedido de empresários da localidade, em razão frequente prática de excesso de velocidade por alguns motoristas de veículos que trafegam frequentemente pelo local de grande fluxo de veículos e pedestres.</t>
   </si>
   <si>
     <t>16155</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita oficiar com urgência a empresa EIXO, concessionária responsável pelo Trevo de Acesso de Adamantina, para que instale protetores sob os pontilhões da rodovia (trevo principal de Adamantina), como muretas de proteção aos pedestres, pois o local encontra-se muito perigoso para travessia de moradores que constantemente passam sob os pontilhões, pois no local já houve ocorrência recentemente de atropelamento de pedestre com vítima fatal.</t>
   </si>
   <si>
     <t>16156</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de Moderno Sistema Climatização específico nos locais fechados e abafados, que são utilizados para práticas esportivas, sendo indicado o Centro Esportivo Professor Carlos Santana localizado na Avenida Adhemar de Barros, e o Ginásio de Esporte Paulo Camargo localizado na Via de Acesso da cidade.</t>
   </si>
   <si>
     <t>16157</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja ofertada a devida manutenção no local destinado ao parquinho do Bairro Oiti/Tipuanas, pois devido as chuvas o mato cresceu muito e a utilização do local se torna impossível para os moradores.</t>
   </si>
   <si>
     <t>16158</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada uma ampla campanha de conscientização para a população respeitar a faixa de pedestres, conforme a legislação de trânsito vigente.</t>
   </si>
   <si>
     <t>16159</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Etelvino Cardim para denominar vicinal de nosso município.</t>
   </si>
   <si>
     <t>16169</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhorar a iluminação pública na Via Marginal Antônio Barberato, que margeia o campus II da UNIFAI, pois a referida rua encontra-se às escuras.</t>
   </si>
   <si>
     <t>16170</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja avaliado, junto aos departamentos jurídicos da Prefeitura Municipal e Centro Universitário de Adamantina - FAI, a viabilidade de aumentar o número de bolsas de estudo de 50% (cinquenta por cento) a partir do ano de 2025.</t>
   </si>
   <si>
     <t>16171</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja designado um servidor para realizar serviços gerais no Museu e Arquivo Histórico “Setsu Onishi” como higienização, organização e limpeza do acervo, bem como serviços de copa, cozinha, recepção, limpeza dos sanitários como um todo, e que permaneça no local em todo o período da semana, pois o museu vem recebendo muitas visitas, e por hora conta com somente dois funcionários.</t>
   </si>
   <si>
     <t>16172</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a completa reforma do Centro Comunitário da Vila Cicma, pois o local encontra-se em situação precária.</t>
   </si>
   <si>
     <t>16173</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agilizar as licitações e tomadas de preços dos medicamentos da rede pública de saúde e que as compras sejam efetuadas em grande volume, visando sanar a falta de medicamentos e principalmente os mais utilizados e de uso contínuo que a população procura e não tem encontrado.</t>
   </si>
   <si>
     <t>16201</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15465</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Casa Afro de Adamantina, pela comemoração de um ano de existência, demonstrando que a diversidade pode ser celebrada e que o entendimento mútuo pode fortalecer laços comunitários.</t>
   </si>
   <si>
     <t>15466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15508</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos policiais do 25º batalhão de Polícia Militar do Interior Rafael Pereira Fenille (1º TEN), Felipe Thomaz Morandi (1º TEN), João Gabriel Garcia Fernandes Santos (2º SGT), Fabiano Alves da Silva (CB), Marco Aurélio Maccagnan (Cb), Rodrigo Batista Lopes (Cb), Eduardo José Maria (Cb), Rodrigo De La Viuda Andrade (Cb) e Rafael Rodrigues Defácio (Sd),  liderados pelo Major Marcelo Cavalcante,  pelos serviços de socorro às vítimas do alagamento ocorrido no dia 29 de novembro de 2023 em Adamantina, o que motivou o destaque em uma nota de OCORRÊNCIA DESTAQUE DO MÊS DE DEZEMBRO DE 2023 da Polícia Militar do Estado de São Paulo.</t>
   </si>
   <si>
     <t>15553</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS à APAE de Adamantina que completou, no mês de fevereiro, seu Jubileu de Ouro – 50 anos de fundação.</t>
   </si>
   <si>
     <t>15586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Sicoob Nosso, pela inauguração de suas novas, modernas e confortáveis instalações, preservando alguns elementos culturais e históricos do prédio do antigo Cine Santo Antônio.</t>
   </si>
   <si>
     <t>15587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Associação Antialcoólica de Adamantina por alcançar essa marcante data de 40 anos desde sua fundação em nosso município.</t>
   </si>
   <si>
     <t>15588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos Gestores, Professores e Estudantes da E. E. Profa. Fleurides Cavallini pelo desenvolvimento desse relevante projeto pedagógico sobre o conhecimento histórico dos povos africanos.</t>
   </si>
   <si>
     <t>15589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos empresários João Paulo Soares de Figueiredo e Adão Messias Júnior pela inauguração do “Imperial JJ - Produtos de Limpeza”.</t>
   </si>
   <si>
     <t>15590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos empresários Vinícius Pravato Rocha Peres e Ericson Diego Nishijima Fabri pela inauguração da nova sede da “Imobiliária Novo Lar” e do “Escritório de Arquitetura Diego Fabri” em Adamantina.</t>
   </si>
   <si>
     <t>15591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos senhores Prof. Márcio Cardim, Prefeito Municipal; Ronaldo Pereira Dutra, Secretário Municipal de Esportes; Luciano Neto, Diretor Municipal de Esportes; Empresário e Arquiteto Paulinho, proprietário da Empresa Unipedras; Empresário e Esportista José Dirceu Xavier de Andrade, proprietário da Vidraçaria Osti e o Prof. Alexandre Teixeira de Souza, Reitor da FAI, pela realização da 16ª Edição da Copa Regional Unipedras/Selar/FAI de Futsal.</t>
   </si>
   <si>
     <t>15592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos professores Tiago Rafael dos Santos Alves e Magali Aparecida Bernardineli Tavone, pelo Programa Ensino Integral (PEI) na Escola Helen Keller.</t>
   </si>
   <si>
     <t>15670</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos valorosos Policiais Militares: Rafael Eduardo Revolta de Amaral (Cabo Revolta) e Fernando Rogério Rissi Herrera (Cabo Herrera), pelo excepcional desempenho no Torneio de Táticas, Técnicas e Tiro Policial, realizado na cidade de Presidente Prudente e por serem verdadeiros exemplos de profissionalismo, dedicação e bravura.</t>
   </si>
   <si>
     <t>15682</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao adamantinense Vinícius Prado, pela sua aprovação no concurso público da Polícia Civil paulista, sendo nomeado Delegado de Polícia no Diário Oficial do dia 02 de maio de 2024.</t>
   </si>
   <si>
     <t>15683</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à atleta Izabela Rodrigues da Silva, pela conquista do índice olímpico no lançamento de disco, com 64,66 metros, sendo também sua melhor marca pessoal na etapa de Xangai da Diamond League, o nobre circuito de meetings na World Athletics.</t>
   </si>
   <si>
     <t>15749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Congresso Nacional, em razão do movimento ofensivo ao Conselho Federal de Medicina, iniciando com a publicação de Resolução CFM 2.378/24, que seja desagravado o referido Conselho e mantido em suas atribuições próprias.</t>
   </si>
   <si>
     <t>15750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Equipe de Adamantina por ter conquistado 02 medalhas de prata nos Jogos da Melhor Idade (JOMI), que ocorreu de 12 a 18 de agosto em Itatiba/SP.</t>
   </si>
   <si>
     <t>15782</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao pedido da ETEC Eng. Herval Bellusci (Colégio Agrícola) pela implantação do curso de Ensino Médio com Habilitação Profissional de Técnico em Desenvolvimento de Sistemas (Formação Articulada Médio-Técnica e Superior).</t>
   </si>
   <si>
     <t>15831</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS ao Cabo Gerson Adriano Carvalho dos Santos, pelos relevantes serviços prestados ao Corpo de Bombeiros de Adamantina.</t>
   </si>
   <si>
     <t>15832</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à adamantinense ZIL SILVA (Euzimeria Silva de Jesus), por representar o Brasil e conquistar dois títulos de campeã mundial nas categorias Figure Master 40 anos e Figure Extreme no Campeonato AM/PRO de Fisiculturismo da WFF, realizado nos dias 7, 8 e 9, na cidade de Curitiba/PR, que contou com a participação de 300 atletas representando 20 países.</t>
   </si>
   <si>
     <t>15869</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Loja Maçônica Estrela de Adamantina, que completou 75 anos de fundação no último dia 24 de junho (segunda-feira).</t>
   </si>
   <si>
     <t>15870</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao adamantinense LUAN DE SOUZA, por representar o Brasil e conquistar quatro troféus pela maior Federação de Fisiculturismo a Muscle Contest (NPC) no dia 1º de junho, em Curitiba/PR.</t>
   </si>
   <si>
     <t>15871</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Projeto de Lei nº 1573/2023, de autoria do Deputado Estadual Rogério Nogueira, que reconhece os pacientes com fibromialgia como Pessoas com Deficiência (PcD) em todo o Estado de São Paulo, para todos os efeitos legais e de direitos.</t>
   </si>
   <si>
     <t>15894</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO à aprovação do PLP nº 68/24, que exclui importantes demandas do setor de insumos agrícolas.</t>
   </si>
   <si>
     <t>15926</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulações e Aplausos ao Padre José Carlos Vicentin, Pároco da Matriz de Santo Antônio; ao Padre José Afonso Maniscalco, Pároco da Paróquia Nossa Senhora de Fátima; e ao Padre Paulo Joaquim de Souza (Padre Quinzinho), Pároco da Paróquia de São Francisco de Assis, não apenas em função da celebração do Dia do Padre, mas principalmente pelos relevantes serviços sacerdotais e sociais prestados à nossa comunidade por essas consagradas lideranças religiosas da igreja católica de Adamantina.</t>
   </si>
   <si>
     <t>15989</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, PAULO CERVELHEIRA, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS ao Dr. Alan Vitor Sachetin Dalbello, proprietário e fundador do Centro Veterinário Petsmed.</t>
   </si>
   <si>
     <t>15990</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Jornalista e Publicitário Sérgio Vanderlei da Silva, Secretário Municipal de Cultura e Turismo, pela exemplar realização da 1ª Semana Municipal da Capoeira de Adamantina, ocorrida de 3 a 9 de agosto de 2024.</t>
   </si>
   <si>
     <t>15991</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à nova Diretoria da Associação Gangazumba de Cultura Negra de Adamantina, eleita e empossada no último dia 14 de agosto, durante uma concorrida assembleia realizada na Casa Afro.</t>
   </si>
   <si>
     <t>15992</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Categoria de Corretores de Imóveis, celebrado no dia 27 de agosto de 2024.</t>
   </si>
   <si>
     <t>15993</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao jovem José Guilherme Vergílio Morita, pela sua grande participação no AQHYA – World Champion ocorrido no Oklahoma City no último dia 09 de agosto de 2024.</t>
   </si>
   <si>
     <t>16007</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à senhora Rosemeire dos Santos da Cunha Bagolin, conhecida como Profa. Meire Cunha, Supervisora da Casa Afro de Adamantina, pela conquista do Prêmio Ruth de Souza 2024.</t>
   </si>
   <si>
     <t>16029</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Osvaldo José, Secretário Municipal de Educação; às Professoras Adriana Maria Muniz e Maria Angélica dos Santos Feitoza, Assessoras Técnico-Pedagógicas; à Profa. Valéria Cristina de Souza Porfírio, Diretora da EMEF Navarro de Andrade; à Profa. Fernanda Shimada, Diretora da EMEF Profa. Teruyo Kikuta; e ao Prof. Ricardo Mendes Antônio, Diretor da EMEF Prof. Eurico Leite de Moraes, em razão do excelente desempenho no Índice de Desenvolvimento da Educação Básica (IDEB) referente ao ano de 2023, alcançando a pontuação de 6,5 no IDEB para os Anos Iniciais do Ensino Fundamental (do 1º ao 5º Ano).</t>
   </si>
   <si>
     <t>16030</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Profa. Irmes Mary Moreno Roque Mattara, Dirigente Regional de Ensino da Diretoria de Ensino - Região de Adamantina, bem como aos demais participantes e organizadores da II Feira de Ciências e Tecnologia.</t>
   </si>
   <si>
     <t>16113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à jovem Eloá Isadora de Almeida, pela sua convocação para a Seleção Brasileira Sub 15 de Basquete para o Sul-Americano, na Venezuela.</t>
   </si>
   <si>
     <t>16130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS à empresa de ônibus Guerino Seiscento, pelo excelente trabalho desenvolvido na nossa cidade e região no transporte de passageiros para vários destinos como São Paulo, Brasília, Campo Grande, Uberlândia, Três Lagoas e Santos.</t>
   </si>
   <si>
     <t>16131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS à talentosa cantora Rafe Shiver, em razão do notável lançamento de seu primeiro EP, intitulado Cerne, composto por produções musicais autorais.</t>
   </si>
   <si>
     <t>16132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS ao empresário Edson de Oliveira, pela reinauguração da Pró-Luz.</t>
   </si>
   <si>
     <t>16160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES e APLAUSOS ao adamantinense Tiago Cicotti Furtado, em reconhecimento à sua notável conquista do título de Mestre Nacional em Xadrez, certificado obtido recentemente no Campeonato Aberto de Xadrez, realizado na cidade de Londrina/PR, cujo título, concedido pela Confederação Brasileira de Xadrez (CBX), é um marco de excelência no esporte.</t>
   </si>
   <si>
     <t>16161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS, ao Coletivo Camaleão e a todos que contribuem para o sucesso da Feira Camaleão, reconhecendo a importância de suas ações para o fortalecimento da identidade cultural e para o desenvolvimento social de Adamantina e região.</t>
   </si>
   <si>
     <t>16202</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, PAULO CERVELHEIRA, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Professora, Gestora e Vereadora Noriko Onishi Saito, mulher de trajetória marcante e de inestimáveis contribuições para o município de Adamantina, tanto no âmbito da educação quanto no exercício da vereança em dois mandatos eletivos (2013/2016 e 2021/2024) altamente produtivos em favor da nossa coletividade.</t>
   </si>
   <si>
     <t>16203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Padre José Afonso Maniscalco, em reconhecimento pelos relevantes serviços religiosos, missionários e sociais prestados à comunidade adamantinense.</t>
   </si>
   <si>
     <t>16204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao escritor Nivaldo Martins do Nascimento, "Londrina", pela criação de mais uma obra literária de inestimável contribuição para a reflexão e o entendimento de questões ambientais, políticas e sociais que impactam diretamente a vida de nossa comunidade.</t>
   </si>
   <si>
     <t>15560</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Antônio Garcia Donha o Título de Cidadão Adamantinense</t>
   </si>
   <si>
     <t>15566</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação das contas da Prefeitura do Município de Adamantina, exercício 2021 – TC 007176989.20-0</t>
   </si>
   <si>
     <t>15567</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Massao Takeda o título de Cidadão Adamantinense.</t>
   </si>
   <si>
     <t>15680</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, BIGODE</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor João Eduardo Barbosa Pacheco o Título de Cidadão Adamantinense</t>
   </si>
   <si>
     <t>15681</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Yuske Miyamura o Título de Cidadão Adamantinense</t>
   </si>
   <si>
     <t>15804</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Hélio Vieira Malheiros o Título de Cidadão Adamantinense</t>
   </si>
   <si>
     <t>15964</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação das contas da Prefeitura do Município de Adamantina, exercício 2022 – TC 004223.989.22.9”</t>
   </si>
   <si>
     <t>15446</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar n.º 362, de 20 de março de 2020, que dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar Concessão de Direito Real de Uso Onerosa de Imóvel à PRO TEMPER VIDROS EIRELI.</t>
   </si>
   <si>
     <t>15447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego em Comissão de Diretor de Planejamento e Transito e de Diretor de Obras e Serviços, a criação de vagas de empregos permanentes de Inspetor de Aluno de Escola Pública, Auxiliar de Enfermagem, Psicólogo e Agente de Vetores e alteração do Anexo I, II e IV da Lei Complementar n.º 445, de 14 de dezembro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>15565</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão e aumento real sobre os vencimentos, salários, proventos e pensões dos servidores públicos ativos, inativos e pensionistas da Câmara Municipal de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>15568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Coordenadoria Municipal de Proteção e Defesa Civil - COMPDEC do Município de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>15569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar Concessão de Direito Real de Uso Onerosa de Imóvel à “ADAGRO COMERCIO DE PRODUTOS AGRICOLAS LTDA”.</t>
   </si>
   <si>
     <t>15661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf</t>
   </si>
   <si>
     <t>15662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de emprego permanente de Auxiliar de Atendimento Especializado, Ajudante Geral – Feminino, Motorista e Operador de Máquina Manual,  e alteração do Anexo I, da Lei Complementar n.º 448, de 20 de março de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>15745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 274, de 25 de maio de 2017 e dá outras providências´.</t>
   </si>
   <si>
     <t>15802</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Chefe do Poder Executivo alienar, por doação, à empresa VANILDE ADEIR BOTTASSO LANGUER o imóvel que específica.</t>
   </si>
   <si>
     <t>15803</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre loteamentos urbanos com características rurais (chácaras de recreio), e dá outras providencias.</t>
   </si>
   <si>
     <t>15969</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar n.º 313, de 04 de julho de 2018, que dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar Concessão de Direito Real de Uso de Imóvel à Gustavo Garcia Lopes Ribeira 37680424802 e dá outras providências.</t>
   </si>
   <si>
     <t>15433</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.748, de 08 de março de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>15434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 345.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 400.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 3º da Lei Complementar nº 432, de 18 de maio de 2023, que dispõe sobre atribuição de gratificação de função para servidores que desempenham atividades de suporte ao Departamento de Licitações e Contratos e dá outras providências.</t>
   </si>
   <si>
     <t>15439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 3.133.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf</t>
   </si>
   <si>
     <t>15441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor de R$ 190.358,85 e dá outras providências.</t>
   </si>
   <si>
     <t>15442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação das áreas descritas e dá outras providências.</t>
   </si>
   <si>
     <t>15443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 3.955, de 18 de dezembro de 2019, que dispõe sobre a denominação de logradouro público e prolongamento da Avenida da Saudade e dá outras providências.</t>
   </si>
   <si>
     <t>15444</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA, BIGODE, Cid José Aparecido dos Santos, Hélio José dos Santos, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf</t>
   </si>
   <si>
     <t>Estabelece a data base para revisão anual e reajuste dos vencimentos e salários dos servidores públicos da Câmara Municipal de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>15554</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público do Residencial “Recanto dos Pássaros”</t>
   </si>
   <si>
     <t>15555</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 62.457,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15556</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 316.377,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15557</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 160.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15558</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operações de crédito com a Caixa Econômica Federal, e dá outras providências</t>
   </si>
   <si>
     <t>15561</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 156.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15562</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 275.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de função gratificada de Supervisor da Divisão de Serviços Administrativos, de Encarregado da Usina de Resíduos da Construção Civil, Encarregado da Coleta de Lixo e Varrição e Encarregado da Equipe de Pavimentação Asfáltica, bem como sobre seu exercício, no âmbito da Administração Direta do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>15564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Associação Lar São Francisco de Assis na Providência de Deus – Santa Casa de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>15577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no Calendário Municipal de Eventos, o Dia do Movimentador de Mercadorias (27 de agosto)</t>
   </si>
   <si>
     <t>15578</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.520.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf</t>
   </si>
   <si>
     <t>Institui o 2º Programa de Desligamento Voluntário – PDV no âmbito do Centro Universitário de Adamantina – UNIFAI e dá outras providências.</t>
   </si>
   <si>
     <t>15580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 210.000,00 (duzentos e dez mil reais).</t>
   </si>
   <si>
     <t>15581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 63.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 128.926,30 e dá outras providências.</t>
   </si>
   <si>
     <t>15583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o "Programa Feira da Mulher Empreendedora", de ações de inclusão social, econômica e incentivo ao empreendedorismo feminino e dá outras providências.</t>
   </si>
   <si>
     <t>15584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei 3.669, de 03 de julho de 2015, que dispõe sobre a criação do Órgão Municipal Executivo de Transito e Rodoviário DEMTRAM  - Adamantina (Departamento Municipal de Trânsito de Adamantina/SP) e dá outras providencias.</t>
   </si>
   <si>
     <t>15645</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Associação Lar São Francisco de Assis na Providência de Deus – Santa Casa de Adamantina, Associação de Repouso Nosso Lar e Apae – Associação de Pais Amigo do Excepcional, recursos Tabela SUS Paulista e dá outras providências.</t>
   </si>
   <si>
     <t>15646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão no Calendário de Comemorações Oficiais do Município de Adamantina o Evento Auto de Páscoa</t>
   </si>
   <si>
     <t>15647</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 360.000,00 e dá outras providências</t>
   </si>
   <si>
     <t>15652</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 290.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15653</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 344.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15654</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 190.700,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15655</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 226.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15656</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 170.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15657</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 90.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Brigada de Incêndio do Município de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>15659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei Municipal nº 3.244, de 04 de julho de 2007, e dá outras providencias.</t>
   </si>
   <si>
     <t>15660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aprovação da revisão do Plano Diretor de Turismo de Adamantina e dá outras providencias.</t>
   </si>
   <si>
     <t>15671</t>
   </si>
   <si>
     <t>Hélio José dos Santos, BIGODE, NORIKO ONISHI SAITO, PAULO CERVELHEIRA, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf</t>
   </si>
   <si>
     <t>Institui e inclui, no Calendário Oficial do Município de Adamantina, a "Semana Municipal da Capoeira", contido nela o "Dia Municipal da Capoeira" e dá outras providências.</t>
   </si>
   <si>
     <t>15672</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 500.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15673</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 339.909,21 e dá outras providências.</t>
   </si>
   <si>
     <t>15674</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 87.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15675</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 87.471,50 e dá outras providências.</t>
   </si>
   <si>
     <t>15676</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 920.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15677</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Associação Lar São Francisco de Assis na Providência de Deus – Santa Casa de Adamantina, Associação de Repouso Nosso Lar de Adamantina e Apae – Associação de Pais Amigo do Excepcional, recursos Tabela SUS Paulista e dá outras providências.</t>
   </si>
   <si>
     <t>15678</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 4.169, de 26 de outubro de 2022 e dá outras providências</t>
   </si>
   <si>
     <t>15679</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.700.000,00 (dois milhão e setecentos mil reais).</t>
   </si>
   <si>
     <t>15739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público do Residencial Hosoume</t>
   </si>
   <si>
     <t>15740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 60.000,00 (sessenta mil reais).</t>
   </si>
   <si>
     <t>15741</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 220.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 539.100,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 35.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15744</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 43.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15763</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>15764</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 933.488,58 e dá outras providências.</t>
   </si>
   <si>
     <t>15765</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina realizar a abertura de crédito adicional suplementar e repassar à Organização Não Governamental Apelos e Patas de Adamantina, sob a forma de subvenção, recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>15766</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 90.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15767</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina realizar a abertura de crédito especial e repassar à Associação de Repouso Nosso Lar (Clínica de Repouso Nosso Lar), sob a forma de subvenção e auxílio, recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>15768</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, ALCIO IKEDA, Hélio José dos Santos, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre infância sem pornografia</t>
   </si>
   <si>
     <t>15841</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a COOPERADAM – Cooperativa de Trabalho dos Catadores de Materiais Recicláveis de Adamantina</t>
   </si>
   <si>
     <t>15842</t>
   </si>
   <si>
     <t>Hélio José dos Santos, BIGODE, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, RAFAEL PACHECO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouros públicos do Residencial Altos da Colina II</t>
   </si>
   <si>
     <t>15843</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.420.000,00 (um milhão e quatrocentos e vinte mil reais).</t>
   </si>
   <si>
     <t>15844</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Associação de Repouso Nosso Lar de Adamantina recursos do governo federal e dá outras providências.</t>
   </si>
   <si>
     <t>15895</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf</t>
   </si>
   <si>
     <t>“Estabelece o direito da mulher, vítima de violência doméstica e familiar e de seus dependentes, à prioridade em matrícula ou rematrícula em instituições municipais de ensino, no âmbito do Município de Adamantina”</t>
   </si>
   <si>
     <t>15896</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Centro Universitário de Adamantina - Unifai abrir crédito especial e repassar à Associação Lar São Francisco de Assis na Providência de Deus e dá outras providências.</t>
   </si>
   <si>
     <t>15922</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina realizar a abertura de crédito especial e repassar à Associação de Repouso Nosso Lar (Clínica Pai Nosso Lar), sob a forma de subvenções sociais, recursos financeiros próprios e dá outras providências.</t>
   </si>
   <si>
     <t>15930</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.571.518,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15931</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 100.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15932</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 740.000,00 (setecentos e quarenta mil reais).</t>
   </si>
   <si>
     <t>15933</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.451.600,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15934</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 560.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15935</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Municipal n.º 4.302, de 15 de dezembro de 2023, que autoriza o Poder Executivo a contratar operações de crédito com a Caixa Econômica Federal, e dá outras providências.</t>
   </si>
   <si>
     <t>15936</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.200.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15937</t>
   </si>
   <si>
     <t>BIGODE, Hélio José dos Santos, NORIKO ONISHI SAITO, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reconhecimento da capoeira como patrimônio cultural imaterial do município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>15965</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público do Residencial Porto Seguro”</t>
   </si>
   <si>
     <t>15966</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 269.173,11 e dá outras providências.</t>
   </si>
   <si>
     <t>15967</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público do Residencial Espanha</t>
   </si>
   <si>
     <t>15968</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf</t>
   </si>
   <si>
     <t>Dispõe Sobre Regulamentação do Uso do Cordão de Girassol como Instrumento Auxiliar de Orientação para Identificação de Pessoas com Deficiência Oculta no Âmbito do Município de Adamantina e dá outras providencias.</t>
   </si>
   <si>
     <t>16001</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 269.351,75 e dá outras providências.</t>
   </si>
   <si>
     <t>16026</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.223.626,81 e dá outras providências.</t>
   </si>
   <si>
     <t>16027</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>16028</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Saneamento Ambiental e Infraestrutura – FMSAI e dá outras providências.</t>
   </si>
   <si>
     <t>16056</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.200.000,00 (um milhão e duzentos mil reais).</t>
   </si>
   <si>
     <t>16057</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.350.000,00 (um milhão, trezentos e cinquenta mil reais).</t>
   </si>
   <si>
     <t>16058</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Arena de Grama Sintética Érico Fernando da Silva “Kin Som”.</t>
   </si>
   <si>
     <t>16059</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Arena de Grama Sintética “Antônio Libarino Bassan”.</t>
   </si>
   <si>
     <t>16060</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf</t>
   </si>
   <si>
     <t>16061</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.020.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16062</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 3.567.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16064</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenções, auxílios, contribuições e convênios, termo de colaboração/fomento.</t>
   </si>
   <si>
     <t>16065</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Arena de Grama Sintética Fernando Bueno “Ratão”.</t>
   </si>
   <si>
     <t>16066</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 5.016.500,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Adamantina para o exercício de 2025.</t>
   </si>
   <si>
     <t>16115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar ao Lar dos Velhos Obra Unida a Sociedade de São Vicente de Paulo de Adamantina (Lar dos Velhos Adamantina), recurso financeiro e dá outras providências.</t>
   </si>
   <si>
     <t>16133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal para a Primeira Infância e dá outras providências.</t>
   </si>
   <si>
     <t>16134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Bolsa de Preceptoria dos Programas de Residência Médica aos profissionais médicos no âmbito do Município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>16135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de Auxílio-Moradia a médicos residentes de programas de residência médica no âmbito do Município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>16136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 5.005.000,00 (cinco milhões e cinco mil reais).</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 150.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do espaço Gastronômico “João Vitor Marega”</t>
   </si>
   <si>
     <t>16144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 67.380,88 e dá outras providências.</t>
   </si>
   <si>
     <t>16145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Associação Lar São Francisco de Assis na Providência de Deus – Santa Casa de Adamantina, Associação de Repouso Nosso Lar de Adamantina e APAE – Associação de Pais Amigo do Excepcional, recursos Tabela SUS Paulista e dá outras providências.</t>
   </si>
   <si>
     <t>16146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 800.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 498.255,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.009.800,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 10.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>16199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.000.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>15559</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição e inclusão, junto ao Regimento Interno da Câmara Municipal de Adamantina, das FRENTES PARLAMENTARES e dá outras providências.</t>
   </si>
   <si>
     <t>15845</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf</t>
   </si>
   <si>
     <t>Cria a Frente Parlamentar em Defesa da Vida e da Família, desde a concepção até a morte natural e que fortaleçam a família tradicional com base da sociedade e dá outras providências.</t>
   </si>
   <si>
     <t>15448</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o pagamento dos valores do Piso Salarial Nacional dos profissionais da Enfermagem aos funcionários.</t>
   </si>
   <si>
     <t>15449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual situação jurídica a ponte sobre o Córrego Tocantins se encontra, considerando que a obra foi paralisada há anos.</t>
   </si>
   <si>
     <t>15450</t>
   </si>
   <si>
     <t>ALCIO IKEDA, BIGODE, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre qual fase se encontra a execução da Emenda no valor de R$ 100 mil reais do então Deputado Estadual Delegado Bruno Lima.</t>
   </si>
   <si>
     <t>15451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni no sentido de viabilizar R$100.000,00 para infraestrutura da instituição Lar Cristão de Adamantina.</t>
   </si>
   <si>
     <t>15452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a avaliação de concessão de auxílio para construção de obras de contenção para evitar desabamento de muro em uma residência localizada no Jardim Brasil.</t>
   </si>
   <si>
     <t>15453</t>
   </si>
   <si>
     <t>Hélio José dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Paulo Freire Costa, solicitando uma emenda no valor de R$ 100 mil, a serem alocados no custeio do Lar Cristão de Adamantina.</t>
   </si>
   <si>
     <t>15454</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao deputado federal Fausto Pinato, emenda no valor de R$ 500 mil, a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) no município de Adamantina.</t>
   </si>
   <si>
     <t>15455</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao deputado federal Miguel Lombardi, emenda no valor de R$ 100 mil, para custeio e manutenção das atividades do Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>15456</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Oséias de Madureira, objetivando obter recurso no valor de R$ 200.000,00 à Clínica de Repouso Nosso Lar.</t>
   </si>
   <si>
     <t>15458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, objetivando obter recurso no valor de R$ 380.000,00 à APAE de Adamantina.</t>
   </si>
   <si>
     <t>15459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, objetivando obter recurso no valor de R$ 300.000,00 para reforma de melhorias, iluminação e instalação de câmeras de monitoramento e segurança no Cemitério Municipal de nosso município.</t>
   </si>
   <si>
     <t>15460</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Alex de Madureira, objetivando obter recurso no valor de R$ 200.000,00 para aquisição de uma Van para a Secretaria da Saúde.</t>
   </si>
   <si>
     <t>15461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Marco Feliciano, objetivando obter recurso no valor de R$ 200.000,00 à Clínica PAI Nosso Lar.</t>
   </si>
   <si>
     <t>15462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Gilberto Nascimento, objetivando obter recurso no valor de R$ 380.000,00 à APAE de Adamantina.</t>
   </si>
   <si>
     <t>15463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as obras para implantação do novo Cemitério Municipal.</t>
   </si>
   <si>
     <t>15464</t>
   </si>
   <si>
     <t>RIQUINHA DO BAR, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, Hélio José dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre os recursos prometidos pelo Senhor Governador Tarcísio de Freitas, quando da inauguração do Pronto Socorro no dia 16/06/2023, para o asfaltamento do pequeno trecho da estrada vicinal que liga o trevo da Av. Moisés Justino da Silva à SP 294, já está depositado na conta da Prefeitura?</t>
   </si>
   <si>
     <t>15509</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito à ponte do Córrego do Rancho na estrada ADM Geraldo Jordão (acesso a Estrada 2).</t>
   </si>
   <si>
     <t>15510</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual André do Prado, alterar a Lei Complementar n° 1.093/2009, de modo a possibilitar a contratação dos agentes de organização escolar pelo prazo máximo de 3 (três) anos.</t>
   </si>
   <si>
     <t>15511</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Arlindo Chinaglia, emenda no valor de R$ 150 mil, para custeio do PAI Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>15512</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Vice-Presidente Geraldo Alckmin, a liberação de recursos para a construção de um Ginásio Poliesportivo - Modelo I, na área atualmente ocupada pelo “Campo do Marroco”, situado na Vila Joaquina.</t>
   </si>
   <si>
     <t>15513</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Estadual Letícia Aguiar, a liberação de recursos no valor de R$ 100 mil, a serem alocados no custeio e manutenção das imprescindíveis atividades desenvolvidas pela Rede de Combate ao Câncer de Adamantina.</t>
   </si>
   <si>
     <t>15514</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Márcio Alvino, emenda no valor de R$ 100 mil, a serem alocados no custeio e manutenção das imprescindíveis atividades desenvolvidas pela APAE de Adamantina.</t>
   </si>
   <si>
     <t>15515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Rogério Santos, a liberação de emenda no valor de R$ 62.444,86, para ser repassado ao Lar Cristão de Adamantina.</t>
   </si>
   <si>
     <t>15516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cópia da tabela atualizada dos preços sobre os seguintes serviços: serviços de hora/máquina, caminhões pipa, caminhão de terra, bem como cópia das guias referentes aos serviços prestados dos últimos 6 meses.</t>
   </si>
   <si>
     <t>15517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a contratação de operações de crédito com a Caixa Federal no valor de R$ 13.000.000,00 para recapeamento asfáltico e reestruturação da rede de captação de águas pluviais.</t>
   </si>
   <si>
     <t>15547</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Prof. Renato Feder, Secretário Estadual de Educação, uma revisão imediata dos critérios estabelecidos para a alocação dos profissionais do Projeto de Apoio à Tecnologia e Inovação nas unidades escolares da Secretaria Estadual de Educação.</t>
   </si>
   <si>
     <t>15548</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Dr. Tarcísio de Freitas, Governador do Estado e ao Prof. Renato Feder, Secretário Estadual de Educação, conceder um reajuste de 20% a todos os gestores, professores e funcionários da ativa, aposentados e pensionistas, pertencentes à Pasta da Educação do Estado de São Paulo.</t>
   </si>
   <si>
     <t>15549</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Senhora Letícia Aguiar, Deputada Estadual, a liberação de recursos no valor de R$ 100 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas pela APAE de Adamantina.</t>
   </si>
   <si>
     <t>15550</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja expedido Ofício à Coordenação de Infraestrutura do Centro Paula Souza, para que seja considerado como prioridade a instalação de ares-condicionados nas salas de aula da FATEC de Adamantina.</t>
   </si>
   <si>
     <t>15551</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre as câmeras de segurança adquiridas por meio de convênio do Poder Judiciário em 2017, as quais dezenas foram retiradas e não reinstaladas.</t>
   </si>
   <si>
     <t>15552</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a não entrega de correspondências pelos Correios no bairro Residencial Parque dos Pássaros.</t>
   </si>
   <si>
     <t>15593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Dr. Márcio França, Ministro do Empreendedorismo, da Microempresa e da Empresa de Pequeno Porte, a liberação de recursos financeiros destinados à construção de um Ginásio Poliesportivo - Modelo I no "Campo do Marroco", localizado na Vila Joaquina.</t>
   </si>
   <si>
     <t>15594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Prof. André do Prado, Deputado Estadual a liberação de kits de livros à Biblioteca Pública Municipal “Jurema Gomes Moreira Citelli”.</t>
   </si>
   <si>
     <t>15595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a falta de vacinas em nosso município.</t>
   </si>
   <si>
     <t>15599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>15597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Márcio Alvino a liberação de recursos financeiros destinados à APAE no valor de R$ 200 mil reais, para compra de equipamentos e custeio da entidade.</t>
   </si>
   <si>
     <t>15598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Eduardo Bolsonaro, recursos financeiros no valor de R$ 800 mil reais, para que seja construída uma ciclovia e pista de caminhada na cidade de Adamantina, na Rodovia Vicinal Moysés Justino da Silva, interligando os bairros Jardim Bela Vista e demais adjacências.</t>
   </si>
   <si>
     <t>15600</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Cid José Aparecido dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre os imóveis locados pela Prefeitura para uso próprio e de terceiros, bem como o valor individual e total dos aluguéis.</t>
   </si>
   <si>
     <t>15601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a demora na realização dos exames de imagem, principalmente o ultrassom, na Rede Municipal de Saúde.</t>
   </si>
   <si>
     <t>15602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Federal Renata a destinação de R$ 200 mil, visando-se a aquisição de materiais pedagógicos, inclusive uma brinquedoteca para a APAE.</t>
   </si>
   <si>
     <t>15603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Estadual Letícia Aguiar, a liberação de kits de sementes de hortaliças, a serem distribuídos às entidades assistenciais, unidades escolares e comunidades do nosso município.</t>
   </si>
   <si>
     <t>15604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Estadual Letícia Aguiar, a possibilidade da inclusão do município de Adamantina na “Campanha Inverno Solidário/2024”.</t>
   </si>
   <si>
     <t>15605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o andamento da construção das barracas das entidades do Poliesportivo de Adamantina.</t>
   </si>
   <si>
     <t>15606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Oseias de Madureira, recursos financeiros no valor de R$ 100 mil reais ao IAMA - Instituto de Assistência ao Menor de Adamantina.</t>
   </si>
   <si>
     <t>15607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Gilberto Nascimento, solicitando sua interferência junto ao governo estadual, para obtenção de recurso no valor de R$ 100 mil reais ao IAMA - Instituto de Assistência ao Menor de Adamantina.</t>
   </si>
   <si>
     <t>15644</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quantos loteamentos foram lançados e aprovados em nossa cidade no período 2016 a 2024.</t>
   </si>
   <si>
     <t>15663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Senadora Dra. Mara Gabrilli, a liberação de recursos no valor de R$500 mil, a serem alocados no custeio e manutenção da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>15664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato incluir o município de Adamantina na relação daqueles que serão contemplados com uma unidade da Casa da Juventude.</t>
   </si>
   <si>
     <t>15665</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Federal Adriana Miguel Ventura, recursos financeiros no valor de R$ 100 mil reais para a Clínica PAI Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>15666</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Oséias de Madureira, recursos financeiros no valor de R$ 100 mil reais para ser destinado ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>15667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Gilberto Nascimento, recursos financeiros no valor de R$ 100 mil reais para ser destinado ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>15668</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Organização Não Governamental “Apelos e Patas” informações em relação aos convênios e planos de trabalhos firmados junto a Prefeitura Municipal</t>
   </si>
   <si>
     <t>15669</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o Cemitério Municipal.</t>
   </si>
   <si>
     <t>15684</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhado ofício à EIXO SP – Concessionária da Rodovias S/A, com cópia para a ARTESP, solicitando a antecipação da construção das referidas passarelas previstas sobre a rodovia Comandante João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>15685</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Caio França, Deputado Estadual, a liberação de recursos no montante de R$ 100 mil, destinados ao custeio e manutenção das imprescindíveis atividades promovidas pela APAE de Adamantina.</t>
   </si>
   <si>
     <t>15686</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Dr. Fausto Pinato, Deputado Federal, a liberação de recursos financeiros para a construção de um Ginásio Poliesportivo - Modelo I, na área atualmente ocupada pelo “Campo do Marroco”, situado na Vila Joaquina.</t>
   </si>
   <si>
     <t>15746</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Fausto Pinato, Deputado Federal, a inclusão de uma emenda no valor de R$ 100 mil, a serem alocados na construção de arquibancada no campo de futebol médio localizado no Jardim das Alamandas.</t>
   </si>
   <si>
     <t>15747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Estadual Letícia Aguiar, a inclusão de uma Emenda no valor de R$500 mil, destinados a execução de serviços de reforma e construção da cobertura da Quadra de Esportes da Escola Técnica Estadual Engenheiro Herval Bellusci.</t>
   </si>
   <si>
     <t>15748</t>
   </si>
   <si>
     <t>Obras, Serviços Públicos e Meio Ambiente, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a rede adutora de água ligando a central da Sabesp (Jardim Paulista à Rua Arno Kieffer) com as proximidades do Alto das Colinas, a fim de abastecer os bairros daquela altura (Parque Universitário, Jardim das Primaveras, Parque Itaipus, Jardim Adamantina e Residencial Rio Branco).</t>
   </si>
   <si>
     <t>15769</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as obras de ampliação da área em frente ao Cemitério Municipal.</t>
   </si>
   <si>
     <t>15770</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quantas crianças, adolescentes e adultos são cadastrados no Centro de Saúde para receber alguns medicamentos, referente ao período de 01/01/2024 até a presente data.</t>
   </si>
   <si>
     <t>15771</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quantos alunos estão sendo atendidos no Programa Centro de Atendimento Especializado.</t>
   </si>
   <si>
     <t>15772</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Deputada Federal Renata Abreu R$ 200 mil reais para construção de uma cobertura na pista de skate no Vale das Pedrinhas e reformas para ampliação da “Casa Afro Adamantina, no Jardim Primavera.</t>
   </si>
   <si>
     <t>15773</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam do Governador Tarcísio de Freitas e do Prof. Renato Feder, Secretário Estadual de Educação, conceder um reajuste de no mínimo 20% a todos os gestores, professores e funcionários da ativa, aposentados e pensionistas, pertencentes à Pasta da Educação do Estado de São Paulo.</t>
   </si>
   <si>
     <t>15774</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador Tarcísio de Freitas e Dr. Arthur Lima, Secretário Chefe da Casa Civil, conceder um reajuste de no mínimo 20% a todos os servidores da ativa, aposentados e pensionistas, pertencentes ao quadro do funcionalismo público estadual.</t>
   </si>
   <si>
     <t>15775</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Deputada Estadual Letícia Aguiar, a liberação de recursos financeiros para aquisição de novos uniformes e instrumentos musicais para a Banda Marcial de Adamantina.</t>
   </si>
   <si>
     <t>15776</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Deputada Federal Adriana Miguel Ventura, recursos financeiros no valor de R$ 500 mil reais ao nosso município, para infraestrutura urbana como recapeamento asfáltico de vias urbanas deterioradas dos bairros Jardim Ipiranga e Jardim América.</t>
   </si>
   <si>
     <t>15777</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Gilberto Nascimento, apoiar a instalação de uma unidade da Escola Cívico-Militar em nossa cidade.</t>
   </si>
   <si>
     <t>15778</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Oséias de Madureira, a criação do Programa Bom Prato.</t>
   </si>
   <si>
     <t>15779</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Francisco Everaldo Oliveira Silva (Tiririca), a inclusão de uma emenda no valor de R$ 200 mil reais, a serem utilizado no custeio da Clínica Pai Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>15780</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Gilberto Nascimento, emenda ao orçamento da União no valor de R$ 200 mil reais, a serem utilizado no custeio do IAMA.</t>
   </si>
   <si>
     <t>15781</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações dos requerimentos protocolados por cidadãos acerca de serviços de interesse público, registrados sob os números 3574/1/2022 (11/10/22) e 2531/1/2023 (13/07/23).</t>
   </si>
   <si>
     <t>15833</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o contrato com a empresa responsável pela troca de lâmpadas queimadas da rede elétrica de nossa cidade.</t>
   </si>
   <si>
     <t>15834</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Milton Leite Filho, recursos no valor de R$ 300 mil reais, para compra de medicamentos de uso contínuo pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>15835</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o imóvel localizado na Rua Minas Gerais, próximo do nº 465, no Jardim Brasil, se já foi notificado para proceder a sua limpeza.</t>
   </si>
   <si>
     <t>15836</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cópia do contrato firmado em relação à contratação de escritório de advocacia para atuar junto aos Processos nº 0001736-04.2023.8260081, nº 206.9679-19.2024.8260000 e nº 2069768-42.2024.826.000.</t>
   </si>
   <si>
     <t>15837</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador Astronauta Marcos Pontes, a liberação de recursos extra orçamentários neste ano de 2024 no valor de R$500 mil, para serem alocados no custeio e manutenção da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>15838</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador Dr. Tarcísio de Freitas, esforços com o objetivo de aumentar o valor do auxílio alimentação dos profissionais da educação do Estado de São Paulo, passando dos atuais R$12,00 para R$25,00.</t>
   </si>
   <si>
     <t>15872</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre as lâmpadas queimadas das ruas e avenidas de nosso município.</t>
   </si>
   <si>
     <t>15873</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, a liberação de recursos extra orçamentários para instalação de academia ao ar livre no Bairro Jardim Paulista.</t>
   </si>
   <si>
     <t>15874</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Prof. André do Prado, prorrogar a vigência dos contratos dos Professores da Categoria “O”, firmados no ano de 2021, ou de proceder à alteração na Resolução SEDUC-43/2024.</t>
   </si>
   <si>
     <t>15875</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o valor do auxílio enchente.</t>
   </si>
   <si>
     <t>15876</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre as casas populares do Bairro Mário Covas.</t>
   </si>
   <si>
     <t>15877</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações acerca da produtividade da secretaria de assuntos jurídicos, de março deste ano até o presente momento.</t>
   </si>
   <si>
     <t>15878</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o convênio do Município junto ao DETRAM, no que diz respeito às lombadas eletrônicas.</t>
   </si>
   <si>
     <t>15881</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretária Estadual de Esporte Coronel Helena Reis, recursos financeiros visando a instalação de uma academia ao ar livre no Bairro Jardim Paulista.</t>
   </si>
   <si>
     <t>15882</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretária Estadual de Esporte Coronel Helena Reis, a liberação de kits de material esportivo para Adamantina contendo: bolas de futebol, basquete, voleibol, handebol, uniformes esportivos, redes, jogos de dama, xadrez, dominó e baralho, entre outros.</t>
   </si>
   <si>
     <t>15883</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Sebastião Santos, a liberação de recursos financeiros para aquisição de uma academia ao ar livre, bem como a destinação de kits de material esportivo neste ano de 2024 ou para o ano de 2025.</t>
   </si>
   <si>
     <t>15884</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quantas ruas do bairro Jardim Adamantina serão recapeadas.</t>
   </si>
   <si>
     <t>15885</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a previsão do término da ponte do bairro Córrego do Rancho e da ponte perto da Usina de Reciclagem de Lixo.</t>
   </si>
   <si>
     <t>15886</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, a liberação de recursos para a instalação de uma academia ao ar livre na Estância Dorigo e adjacências.</t>
   </si>
   <si>
     <t>15887</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Vice-Governador Felício Ramuth, a liberação de recursos extra orçamentários no valor de R$ 300.000,00 para aquisição de um veículo tipo van totalmente adaptada, para o transporte de pacientes para tratamento especializado nas cidades de Marília, Jaú, Bauru e Barretos.</t>
   </si>
   <si>
     <t>15888</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, a liberação de recursos para a instalação de uma academia ao ar livre no Jardim Europa e adjacências.</t>
   </si>
   <si>
     <t>15889</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a declaração/atestado de horas entregues dos funcionários públicos municipais.</t>
   </si>
   <si>
     <t>15890</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Oseias de Madureira, recursos financeiros no valor de 50 mil reais ao IAMA - Instituto de Assistência ao Menor de Adamantina.</t>
   </si>
   <si>
     <t>15891</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Gilberto Nascimento, recurso financeiro no valor de 50 mil reais ao IAMA - Instituto de Assistência ao Menor de Adamantina.</t>
   </si>
   <si>
     <t>15892</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o motivo pelo qual os nomes dos Vereadores estão sendo preteridos das placas alusivas a obras feitas no município, realizadas no período da administração atual, fato que não ocorria nas administrações anteriores.</t>
   </si>
   <si>
     <t>15893</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre qual situação se encontra o projeto de ampliação do Cemitério Municipal de Adamantina na área já aprovada por esta Casa de Leis?</t>
   </si>
   <si>
     <t>15927</t>
   </si>
   <si>
     <t>Cid José Aparecido dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, BIGODE, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o valor exato que foi gasto com a ExpoVerde 2023, bem como qual o valor previsto para realização da ExpoVerde 2024.</t>
   </si>
   <si>
     <t>15928</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam do Deputado Federal Dr. Fausto Pinato, contemplar o município de Adamantina com a liberação de 500 moradias para famílias de baixa renda.</t>
   </si>
   <si>
     <t>15929</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita qual o motivo do atendimento no CIS ser só através de agendamento, sendo que algumas UBSs encaminham o paciente que vão até o CIS e que quando procuram, não conseguem atendimento.</t>
   </si>
   <si>
     <t>15994</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre quantas ruas do bairro Jardim Adamantina serão recapeadas.</t>
   </si>
   <si>
     <t>15995</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a contratação da nova empresa para executar os serviços de iluminação pública.</t>
   </si>
   <si>
     <t>15996</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Arlindo Chinaglia, a liberação de recursos no valor de R$ 150 mil, ainda no presente ano de 2024, destinados ao custeio do Polo de Atividades Integradas (PAI) de Adamantina.</t>
   </si>
   <si>
     <t>15997</t>
   </si>
   <si>
     <t>BIGODE, Cid José Aparecido dos Santos, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações e documentos acerca de todos os procedimentos licitatórios referente a Expo Verde 2024.</t>
   </si>
   <si>
     <t>15998</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito ao plantio de flores em canteiros e em praças do município, todas as contratações realizadas nos últimos dois anos, detalhando valores e informações do contrato.</t>
   </si>
   <si>
     <t>16002</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a retomada das obras das pontes que estão paralisadas no Córrego do Rancho e da estrada que dá acesso ao bairro Boa Vista.</t>
   </si>
   <si>
     <t>16003</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre por que não foram retirados os paralelepípedos para o asfaltamento da Rua Noel Rosa, onde as pedras seriam utilizadas na construção de sarjetões em vários pontos da cidade?</t>
   </si>
   <si>
     <t>16004</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Marcos Damásio, recursos financeiros para instalação de um parquinho infantil nas dependências da chácara da APAE.</t>
   </si>
   <si>
     <t>16005</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Marcos Damásio, recursos financeiros no valor de R$ 100.000,00 para ser destinado ao IAMA de Adamantina.</t>
   </si>
   <si>
     <t>16006</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a situação que se encontra o projeto de ampliação do Cemitério Municipal de Adamantina na área já aprovada pelos órgãos competentes.</t>
   </si>
   <si>
     <t>16031</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao deputado federal Fausto Pinato, a inclusão de uma emenda visando à aquisição de um veículo utilitário para a COOPERADAM.</t>
   </si>
   <si>
     <t>16067</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Senadora Dra. Mara Gabrili, uma emenda no valor de R$ 500 mil, para obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) no município de Adamantina.</t>
   </si>
   <si>
     <t>16068</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao deputado federal Miguel Lombardi, uma emenda no valor de R$ 100 mil, a serem alocados no custeio e manutenção das atividades promovidas pelo Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>16069</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Dr. Arlindo Chinaglia, recursos orçamentários no valor de R$ 150 mil, ainda no presente ano de 2024, destinados ao custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>16070</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Dr. Fausto Pinato, a liberação de 250 moradias para famílias de baixa renda.</t>
   </si>
   <si>
     <t>16071</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Dr. Fausto Pinato, a liberação de recursos financeiros para a construção de um Ginásio Poliesportivo - Modelo I, na área atualmente ocupada pelo “Campo do Marroco”, situado na Vila Joaquina.</t>
   </si>
   <si>
     <t>16072</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Estadual Letícia Aguiar, emenda no valor de R$ 500 mil, destinados a execução de serviços de reforma e construção da cobertura da Quadra de Esportes da Escola Técnica Estadual Engenheiro Herval Bellusci.</t>
   </si>
   <si>
     <t>16074</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a Deputada Estadual Letícia Aguiar, emenda no valor de R$ 100 mil para 2025, para custeio e manutenção das atividades desenvolvidas pela APAE.</t>
   </si>
   <si>
     <t>16073</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador Astronauta Marcos Pontes, a liberação de recursos no valor de R$500 mil para custeio e manutenção da Santa Casa de Adamantina.</t>
   </si>
   <si>
     <t>16075</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as famílias foram atendidas com a destinação das 11 casas reformadas pela Prefeitura no Conjunto Habitacional Mário Covas.</t>
   </si>
   <si>
     <t>16078</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Ricardo Salles, apresentar emenda no valor de R$ 100.000,00 à APAE de Adamantina.</t>
   </si>
   <si>
     <t>16079</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, solicitando sua interferência junto ao Governo do Estado, objetivando elaborar projeto para instalação de uma unidade do AME – Ambulatório Médico de Especialidades em nosso município</t>
   </si>
   <si>
     <t>16106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Oséias de Madureira, emenda no valor de R$ 100 mil reais ao IAMA.</t>
   </si>
   <si>
     <t>16107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Gilberto Nascimento, apresentar emenda no valor de R$ 100 mil reais ao IAMA.</t>
   </si>
   <si>
     <t>16108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o valor exato dos cofres públicos que foi gasto com a ExpoVerde 2024, bem como encaminhar documentação contábil circunstanciada comprovando os gastos.</t>
   </si>
   <si>
     <t>16109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, emenda para 2025, a serem alocados no custeio e manutenção das atividades desenvolvidas pelo Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>16110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Senhor Mauro Bragato, emenda no valor de R$ 100 mil, a serem alocados no custeio da OSC - Lar Cristão de Adamantina.</t>
   </si>
   <si>
     <t>16111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais providências estão sendo tomadas em relação aos problemas estruturais de água e esgoto em nosso município, com base no plano municipal de saneamento básico e no contrato firmado com a SABESP.</t>
   </si>
   <si>
     <t>16112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o prédio localizado no bairro Tucuruvi, antigo prédio da E.E.P.G. Profa. Maria Ester Toffoli.</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, emenda no valor de R$ 100 mil reais à APAE de Adamantina.</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Léo Siqueira, a instalação de um ambulatório de especialidades médicas (AME) para o atendimento da população de nosso município e da microrregião.</t>
   </si>
   <si>
     <t>16126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Adriana Ventura, emenda no valor de R$ 200 mil reais ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador Dr. Alexandre Giordano, emenda no valor de R$500 mil, a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) no município de Adamantina.</t>
   </si>
   <si>
     <t>16128</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Senadora Dra. Mara Gabrilli, emenda no valor de R$250 mil, para custeio e manutenção dos serviços da atenção básica da rede municipal de saúde, por intermédio das Unidades Básicas de Saúde (UBS), bem como pelo Centro Integrado de Saúde (CIS).</t>
   </si>
   <si>
     <t>16129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações acerca do atendimento (ou não atendimento) da Indicação nº 033/2023, que a falta de publicação de atos normativos no site da Prefeitura.</t>
   </si>
   <si>
     <t>16162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>16163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Senhor Sebastião Santos, sua interferência junto à Coronel Helena Reis, Secretária Estadual de Esporte, objetivando a liberação de recursos financeiros para aquisição de uma academia ao ar livre, bem como a destinação de kits de material esportivo para o município de Adamantina para o ano de 2025.</t>
   </si>
   <si>
     <t>16174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador Dr. Tarcísio de Freitas, conceder um reajuste de no mínimo 20% a todos os gestores, professores e funcionários da ativa, aposentados e pensionistas, pertencentes à Pasta da Educação do Estado de São Paulo.</t>
   </si>
   <si>
     <t>16175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador Dr. Tarcísio de Freitas, conceder um reajuste de no mínimo 20% a todos os servidores da ativa, aposentados e pensionistas, pertencentes ao quadro do funcionalismo público estadual.</t>
   </si>
   <si>
     <t>16176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador Dr. Tarcísio de Freitas, aumentar o valor do auxílio alimentação dos profissionais da educação do Estado de São Paulo, passando dos atuais R$12,00 para R$25,00.</t>
   </si>
   <si>
     <t>16177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, recursos para a aquisição de uma Van de 16 lugares adaptada para a utilização da APAE de Adamantina.</t>
   </si>
   <si>
     <t>16178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Marcos Pereira, recursos para a aquisição de uma Van de 16 lugares adaptada, para a utilização da APAE de Adamantina.</t>
   </si>
   <si>
     <t>16179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, emenda no valor de R$100.000,00, para o custeio da APAE de Adamantina.</t>
   </si>
   <si>
     <t>16180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, emenda no valor de R$ 200.000,00 para o custeio da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>16181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador da República Astronauta Marcos Pontes (PL), solicitando a intervenção política no sentido de viabilizar, por meio de Emenda Parlamentar, R$ 200.000,00 (duzentos mil reais) para o custeio da Santa Casa de Misericórdia de Adamantina (Associação Lar São Francisco de Assis na Providência de Deus).</t>
   </si>
   <si>
     <t>16182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador da República astronauta Marcos Pontes (PL), solicitando a intervenção política no sentido de viabilizar, por meio de Emenda Parlamentar, recursos para a aquisição de uma Van de 16 lugares adaptada, para a utilização da APAE, Associação de Pais e Amigos dos Excepcionais de Adamantina/SP.</t>
   </si>
   <si>
     <t>16183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Ministério da Educação (MEC), por meio da pessoa de seu Excelentíssimo Ministro Camilo Santana, a fim de solicitar a destinação de uma Van adaptada de 16 lugares para a utilização da APAE, Associação de Pais e Amigos dos Excepcionais de Adamantina/SP.</t>
   </si>
   <si>
     <t>16184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Ministério da Educação a destinação de um Ônibus Urbano Escolar Acessível (ONUREA) para a utilização da Secretaria Municipal de Educação de Adamantina.</t>
   </si>
   <si>
     <t>16185</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, BIGODE, Hélio José dos Santos, PAULO CERVELHEIRA, RAFAEL PACHECO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, que a Casa Afro de Adamantina seja reconhecida a nível nacional como Casa de Guarda de Memória Afro diaspórica.</t>
   </si>
   <si>
     <t>16186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, recursos e programas habitacionais para construção de casas populares ao município de Adamantina.</t>
   </si>
   <si>
     <t>16187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Fernando Marangoni, emenda no valor de R$ 100.000,00, para o Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>16188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Delegado Bruno Lima, emenda no valor de R$100.000,00, para custeio de ações voltadas à castração de animais no município de Adamantina.</t>
   </si>
   <si>
     <t>16189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Ministro do Turismo Celso Sabino, que a Casa Afro de Adamantina seja reconhecida a nível nacional como Casa de Guarda de Memória Afro diaspórica.</t>
   </si>
   <si>
     <t>16190</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senador da República Marcos Pontes, emenda no valor de R$ 100.000,00 para o do Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>16191</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, ALCIO IKEDA, BIGODE, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Deputada Federal Renata Abreu, emenda no valor de R$150.000,00 para a Clínica PAI Nosso Lar.</t>
   </si>
   <si>
     <t>15738</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf</t>
   </si>
   <si>
     <t>Adiciona norma ao o Projeto de Lei nº 026, de 1º de abril de 2024, e autoria do Prefeito do Município, que dispõe sobre o “Programa Feira da Mulher Empreendedora”, de ações de inclusão social, econômica e incentivo ao empreendedorismo feminino e dá outras providências.</t>
   </si>
   <si>
     <t>16206</t>
   </si>
   <si>
     <t>OFCIR</t>
   </si>
   <si>
     <t>Ofício Circular</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf</t>
   </si>
   <si>
     <t>A Edilidade Adamantinense tem a grata satisfação de convidar Vossa Senhoria para a Sessão Solene de posse dos Senhores Vereadores, do Vice-Prefeito e do Prefeito Municipal de Adamantina, eleitos em 06 de outubro de 2024, bem como para a instalação da 19ª Legislatura - 2025/2028 e eleição da Mesa da Câmara Municipal para o biênio 2025/2026.</t>
   </si>
   <si>
     <t>16207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -8736,68 +8736,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15432/circular_001_-_45a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15437/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15457/circular_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15518/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15519/circular_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15520/circular_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15570/circular_008_-_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15571/circular_009_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15572/circular_010_-_68a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15573/circular_011_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15574/circular_12_-_46a_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15575/circular_013_-_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15576/circular_014_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15585/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15648/circular_016_comissoes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15649/circular_017_-_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15650/circular_018_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15651/circular_019_-_48a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15687/circular_020_-_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15688/circular_021_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15689/circular_022_-_49aextraordinaria.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15711/circular_023_-_7a_sessao_solene.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15796/circular_024_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15797/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15798/circular_026_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15799/circular_027_-_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15800/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15801/circular_029_-_51a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15805/circular_030_-_74a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15806/circular_031_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15839/circular_032_-_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15840/circular_033_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15879/circular_034_-_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15880/circular_035_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15920/77a_sessao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15921/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15923/circular_038_-_52a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15924/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15925/circular_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15963/circular_041_-_veto_01_a_emenda_02.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15970/circular_042_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15971/circular_043_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15999/circular__53_extra.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16000/circular_045_-_79a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16008/circular_046_-_projeto_lido.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16032/circular_047_-_80a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16033/circular_048_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16054/circular_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16055/circular_050_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16063/circular_051_-_54a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16076/circular_052_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16077/circular_053_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16138/circular_054_-_83a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16139/circular_055_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16140/circular_056_-_55a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16141/circular_057_-_84a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16142/circular_58_comissao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16164/56a_extra_circular.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16165/circular_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16166/circular_061_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16192/circular_062_-_57a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16193/circular_063_-_86a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16194/circular_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16200/circular_065_-_58a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16205/circular_066_-_sessao_de_posse.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15737/emenda_modificativa_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15961/2024_ldo_emenda_02.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15962/2024_ldo_emenda_03.24_lei_4376.24.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16195/2024_loa_emenda_04.24_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16196/2024_loa_emenda_05.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16197/2024_loa_emenda_06.24_-_lei_4409.24.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16198/emenda_modificativa_007_-_pl_091_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15467/indicacao_001_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15468/indicacao_002_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15469/indicacao_003_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15470/indicacao_004_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15471/indicacao_005_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15472/indicacao_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15473/indicacao_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15474/indicacao_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15475/indicacao_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15476/indicacao_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15477/indicacao_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15478/indicacao_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15479/indicacao_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15480/indicacao_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15481/indicacao_015_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15482/indicacao_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15483/indicacao_017_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15484/indicacao_018_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15485/indicacao_019_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15486/indicacao_020_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15487/indicacao_021_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15488/indicacao_022_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15489/indicacao_023_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15490/indicacao_024_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15491/indicacao_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15492/indicacao_026_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15493/indicacao_027_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15494/indicacao_028_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15495/indicacao_029_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15496/indicacao_030_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15497/indicacao_031_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15498/indicacao_032_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15499/indicacao_033_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15500/indicacao_034_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15501/indicacao_035_66a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15502/indicacao_036_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15503/indicacao_037_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15504/indicacao_038_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15505/indicacao_039_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15506/indicacao_040_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15507/indicacao_041_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15521/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15522/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15523/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15524/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15525/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15526/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15527/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15528/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15529/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15530/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15531/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15532/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15533/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15534/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15535/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15536/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15537/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15538/indicacao_059_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15539/indicacao_060_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15540/indicacao_061_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15541/indicacao_062_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15542/indicacao_063_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15543/indicacao_064_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15544/indicacao_065_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15545/indicacao_066_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15546/indicacao_067_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15596/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15608/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15609/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15610/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15611/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15612/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15614/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15615/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15616/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15617/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15618/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15619/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15620/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15621/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15622/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15623/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15624/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15625/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15626/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15627/indicacao_088_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15628/indicacao_089_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15629/indicacao_090_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15630/indicacao_091_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15631/indicacao_092_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15632/indicacao_093_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15633/indicacao_094_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15634/indicacao_095_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15635/indicacao_096_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15636/indicacao_097_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15637/indicacao_098_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15638/indicacao_099_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15639/indicacao_100_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15640/indicacao_101_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15641/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15642/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15643/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15690/indicacao_105_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15691/indicacao_106_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15692/indicacao_107_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15693/indicacao_108_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15694/indicacao_109_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15695/indicacao_110_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15696/indicacao_111_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15697/indicacao_112_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15698/indicacao_113_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15699/indicacao_114_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15700/indicacao_115_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15701/indicacao_116_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15702/indicacao_117_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15703/indicacao_118_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15704/indicacao_119_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15705/indicacao_120_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15706/indicacao_121_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15707/indicacao_122_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15708/indicacao_123_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15709/indicacao_124_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15710/indicacao_125_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15712/indicacao_126_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15713/indicacao_127_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15714/indicacao_128_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15715/indicacao_129_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15716/indicacao_130_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15717/indicacao_131_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15718/indicacao_132_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15719/indicacao_133_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15720/indicacao_134_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15721/indicacao_135_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15722/indicacao_136_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15723/indicacao_137_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15724/indicacao_138_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15725/indicacao_139_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15726/indicacao_140_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15727/indicacao_141_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15728/indicacao_142_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15729/indicacao_143_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15730/indicacao_144_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15731/indicacao_145_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15732/indicacao_146_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15733/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15734/indicacao_148_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15735/indicacao_149_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15736/indicacao_147_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15751/indicacao_151_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15752/indicacao_152_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15753/indicacao_153_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15754/indicacao_154_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15755/indicacao_155_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15756/indicacao_156_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15757/indicacao_157_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15758/indicacao_158_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15759/indicacao_159_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15760/indicacao_160_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15761/indicacao_161_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15762/indicacao_162_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15783/indicacao_163_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15784/indicacao_164_73a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15785/indicacao_165_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15786/indicacao_166_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15787/indicacao_167_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15788/indicacao_168_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15789/indicacao_169_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15790/indicacao_170_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15791/indicacao_171_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15792/indicacao_172_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15793/indicacao_173_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15794/indicacao_174_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15795/indicacao_175_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15807/indicacao_176_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15808/indicacao_177_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15809/indicacao_178_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15810/indicacao_179_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15811/indicacao_180_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15812/indicacao_181_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15813/indicacao_182_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15814/indicacao_183_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15815/indicacao_184_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15816/indicacao_185_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15817/indicacao_186_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15818/indicacao_187_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15819/indicacao_188_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15820/indicacao_189_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15821/indicacao_190_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15822/indicacao_191_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15823/indicacao_192_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15825/indicacao_194_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15826/indicacao_195_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15827/indicacao_196_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15828/indicacao_197_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15829/indicacao_198_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15830/indicacao_199_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15846/indicacao_200_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15847/indicacao_201_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15848/indicacao_202_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15849/indicacao_203_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15850/indicacao_204_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15851/indicacao_205_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15852/indicacao_206_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15853/indicacao_207_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15854/indicacao_208_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15855/indicacao_209_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15856/indicacao_210_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15857/indicacao_211_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15858/indicacao_212_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15859/indicacao_213_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15860/indicacao_214_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15861/indicacao_215_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15862/indicacao_216_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15863/indicacao_217_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15864/indicacao_218_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15865/indicacao_219_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15866/indicacao_220_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15867/indicacao_221_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15868/indicacao_222_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15897/indicacao_223_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15898/indicacao_224_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15899/indicacao_225_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15900/indicacao_226_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15901/indicacao_227_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15902/indicacao_228_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15903/indicacao_229_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15904/indicacao_230_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15905/indicacao_231_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15906/indicacao_232_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15907/indicacao_233_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15908/indicacao_234_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15909/indicacao_235_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15910/indicacao_236_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15911/indicacao_237_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15912/indicacao_238_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15913/indicacao_239_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15914/indicacao_240_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15915/indicacao_241_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15916/indicacao_242_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15917/indicacao_243_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15918/indicacao_244_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15919/indicacao_245_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15938/indicacao_246_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15939/indicacao_247_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15940/indicacao_248_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15941/indicacao_249_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15942/indicacao_250_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15943/indicacao_251_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15944/indicacao_252_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15945/indicacao_253_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15946/indicacao_254_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15947/indicacao_255_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15948/indicacao_256_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15949/indicacao_257_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15950/indicacao_258_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15951/indicacao_259_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15952/indicacao_260_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15953/indicacao_261_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15954/indicacao_262_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15955/indicacao_263_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15956/indicacao_264_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15957/indicacao_265_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15958/indicacao_266_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15959/indicacao_267_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15960/indicacao_268_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15972/indicacao_269_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15973/indicacao_270_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15974/indicacao_271_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15975/indicacao_272_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15976/indicacao_273_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15977/indicacao_274_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15978/indicacao_275_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15979/indicacao_276_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15980/indicacao_277_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15981/indicacao_278_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15982/indicacao_279_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15983/indicacao_280_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15984/indicacao_281_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15985/indicacao_282_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15986/indicacao_283_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15987/indicacao_284_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15988/indicacao_285_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16009/indicacao_286_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16010/indicacao_287_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16011/indicacao_288_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16012/indicacao_289_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16013/indicacao_290_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16014/indicacao_291_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16015/indicacao_292_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16016/indicacao_293_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16017/indicacao_294_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16018/indicacao_295_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16019/indicacao_296_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16020/indicacao_297_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16021/indicacao_298_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16022/indicacao_299_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16023/indicacao_300_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16024/indicacao_301__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16025/indicacao_302__79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16034/indicacao_303_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16035/indicacao_304_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16036/indicacao_305_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16037/indicacao_306_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16039/indicacao_308_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16040/indicacao_309_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16041/indicacao_310_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16042/indicacao_311_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16043/indicacao_312_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16044/indicacao_313_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16045/indicacao_314_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16046/indicacao_315_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16047/indicacao_316_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16048/indicacao_317_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16049/indicacao_318_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16050/indicacao_319_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16051/indicacao_320_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16052/indicacao_321_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16053/indicacao_322_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16080/indicacao_323_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16081/indicacao_324_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16082/indicacao_325_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16083/indicacao_326_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16084/indicacao_327_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16085/indicacao_328_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16086/indicacao_329_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16087/indicacao_330_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16088/indicacao_331_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16089/indicacao_332_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16090/indicacao_333_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16092/indicacao_335_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16093/indicacao_336_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16094/indicacao_337_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16095/indicacao_338_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16096/indicacao_339_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16097/indicacao_340_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16098/indicacao_341_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16099/indicacao_342_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16100/indicacao_343_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16101/indicacao_344_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16102/indicacao_345_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16103/indicacao_346_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16104/indicacao_347_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16105/indicacao_348_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16116/indicacao_349_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16117/indicacao_350_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16118/indicacao_351_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16119/indicacao_352_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16120/indicacao_353_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16121/indicacao_354_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16122/indicacao_355_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16123/indicacao_356_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16148/indicacao_357_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16149/indicacao_358_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16150/indicacao_359_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16151/indicacao_360_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16152/indicacao_361_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16153/indicacao_362_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16154/indicacao_363_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16155/indicacao_364_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16157/indicacao_366_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16158/indicacao_367_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16159/indicacao_368_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16169/indicacao_369_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16170/indicacao_370_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16171/indicacao_371_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16172/indicacao_372_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16173/indicacao_373_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16201/indicacao_374_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15465/mocao_001_-_casa_afro_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15466/mocao_002_-_dom_cristiano_guilherme_borro_barbosa_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15508/mocao_003_-_policiais_do_25o_bpmi_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15553/mocao_004_-_apae_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15586/mocao_005_-_sicoob_nosso_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15587/mocao_006_-_associacao_antialcoolica_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15588/mocao_007_-_e._e._fleurides_c._menechino_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15589/mocao_008_-_imperial_jj_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15590/mocao_009_-_imobiliaria_novo_lar_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15591/mocao_010_-_16a_copa_regional_unipedras_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15592/mocao_011_-_programa_ensino_integral_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15670/mocao_012_-_torneio_de_taticas_tecnicas_e_tiro_policial_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15682/mocao_013_-_vinicius_prado_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15683/mocao_014_-_izabela_rodrigues_da_silva_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15749/mocao_015_-_manifestacao_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15750/mocao_016_-__72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15782/mocao_017_-_colegio_agricola_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15831/mocao_018_-_mencao_honrosa_cb_pm_adriano_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15832/mocao_019_-_zil_silva_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15869/mocao_020_-_loja_maconica_estrela_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15870/mocao_021_-_luan_de_souza_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15871/mocao_022_-_apoio_ao_projeto_de_lei_1573.2023_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15894/mocao_023_-_mocao_de_repudio_a_aprovacao_do_plp_68_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15926/mocao_024_-_padres_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15989/mocao_025_-_alan_vitor_sachetin_dalbello_-_veterinario_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15990/mocao_026_-_sergio_vanderlei_da_silva_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15991/mocao_027_-_associacao_gangazumba_de_cultura_negra_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15992/mocao_028_-_corretores_de_imoveis_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15993/mocao_029_-_jose_guilherme_vergilio_morita_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16007/mocao_030_-_rosemeire_dos_santos_da_cunha_bagolin_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16029/mocao_031_-_rede_municipal_de_educacao_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16030/mocao_032_-_profa._irmes_mary_moreno_roque_mattara_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16113/mocao_033_-_mocao_de_aplausos_eloa_almeida_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16130/mocao_000_-_guerino_seiscento_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16131/mocao_035_-_rafe_shiver_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16132/mocao_036_-_edson_de_oliveira_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16160/mocao_037_-_tiago_furtado_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16161/mocao_038_-_coletivo_camaleao_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16202/mocao_039_-_noriko_onishi_saito_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16203/mocao_040_-_padre_jose_afonso_maniscalco_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16204/mocao_041_-_nivaldo_martins_do_nascimento_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15560/aprovado_projeto_de_decreto_legislativo_001_-_titulo_antonio_garcia_donha_67a_ordinaria.docx.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15566/projeto_de_decreto_legislativo_002_-_contas_da_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15567/projeto_de_decreto_legislativo_003_-_massao_takeda.docx.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15680/71a_projeto_de_decreto_legislativo_004_-_joao_eduardo_barbosa_pacheco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15681/71a_projeto_de_decreto_legislativo_005_-_yuske_miyamura.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15804/projeto_de_decreto_legislativo_006_-_titulo_helio_malheiros.docx.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15964/78a_projeto_de_decreto_legislativo_007_-_contas_da_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15446/65a_projeto_de_lei_complementar_001_m_004_-__revoga_lc_362_-_reversao_de_lote_cidade_joia_-_pro_temper_vidros_eireli.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15447/65a_projeto_de_lei_complementar_002_m_010_-_criacao_emp._em_comiss_e_perman_-_dir._de_planej._e_transito_dir._obras_e_aux._de_enfermagem__e_inspetor.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15565/68a_projeto_de_lei_complementar_003_-_revisao_camara.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15568/68a_projeto_de_lei_complementar_004_m_016_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15569/68a_projeto_de_lei_complementar_005_m_019_-_autoriza_concessao_onerosa_de_lote__-_adagro_comercio_de_produtos_agriolas_ltda.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15661/70a_projeto_de_lei_complementar_006_m_028_-_cria_a_coordenadoria_municipal_de_protecao_e_defesa_civil_-_compdec.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15662/70a_projeto_de_lei_complementar_007_m_029_-_criacao_emprego_permanente_-_aux._de_at._especializado_motorista_op.__maq._manual_e_aj._geral-fem.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15745/72a_projeto_de_lei_complementar_008_m_054_-__altera_a_lei_complementar_n._274_-_cargos_encarregado_unifai.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15802/74a_projeto_de_lei_complementar_009_m_060_-_dispoe_sobre_autorizacao_para_a_doacao_de_area_que_especifica_-_vanilde_adeir_botasso.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15803/projeto_de_lei_complementar_010_-_chacaras_de_recreio.docx.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15969/78a_projeto_de_lei_complementar_011_m_073_-__revoga_lc_313_-_reversao_de_lote_valentin_gatti_-gustavo_garcia_lopes_ribeira.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15433/projeto_de_lei_001_-_m_001_-_descontos_para_alunos_do_centro_universitario_de_adamantina__unifai.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15434/projeto_de_lei_002_-_m_002_-_autoriza_abertura_de_credito_r_345.00000_-iluminacao_posto_de_saude.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15435/projeto_de_lei_003_-_m_003_-_autoriza_abertura_de_credito_r_400.00000_-emenda_eleuses_paiva.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15436/65a_projeto_de_lei_004_m_005_-_abertura_de_credito_suplementar_unifai_-_r_1.071.99840.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15439/65a_projeto_de_lei_005_m_006_-_abertura_de_credito_suplementar_r_3_436_50000_-__recape.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15440/65a_projeto_de_lei_006_m_007_-_altera_o_lc_432_-_gratificacao_de_funcao_dep_licitacao.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15441/65a_projeto_de_lei_007_m_008_-abertura_de_credito_r_190.35885_-_reforma_rodoviaria_mit.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15442/65a_projeto_de_lei_008_m_009_-_desafetacao_areas_-_ruas_continental_loteamentos_mv.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15443/65a_projeto_de_lei_009_-_prolongamento_av._da_saudade.docx.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15444/65a_projeto_de_lei_010_-_altera_data_base_05-02-23.docx.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15554/67a_projeto_de_lei_011_-_paulo_e_aguinaldo_denominacao_de_ruas_recanto_dos_passaros.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15555/67a_projeto_de_lei_012_m_011_-_abertura_de_credito_r_62.45700_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15556/67a_projeto_de_lei_013_m_012_-_abertura_de_credito_r_316.37700_-_dengue.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15557/67a_projeto_de_lei_014_m_013_-_abertura_de_credito_r_160.00000_-_ensino_fundamental_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15558/67a_projeto_de_lei_015_m_014_-_autoriza_contratar_financiamento_caixa_federal_r_20_000_00000-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15561/projeto_de_lei_016_m_015_-_abertura_de_credito_r_156.00000_-_assistencia_social_-_acolhimento_mulher.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15562/68a_projeto_de_lei_017_m_017_-_abertura_de_credito_r_275.00000_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15563/68a_projeto_de_lei_018_m_018_-_cria_funcoes_gratificadas_-_encarregado_rcc_coleta_de_lixo_pavimentacao_e_supervisor_rh.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15564/68a_projeto_de_lei_019_m_020-_autoriza_repasse_para_sta_casa_r_250.00000.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15577/projeto_de_lei_020_-_dia_do_movimentador_de_mercadorias.docx.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15578/69a_projeto_de_lei_021_m_021_-_abertura_de_credito_r_2.520.00000_-_saude_assistencia_e_obras.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15579/69a_projeto_de_lei_022_m_022_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15580/69a_projeto_de_lei_023_m_023_-_abertura_de_credito_especial_unifai_-_r__210.00000.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15581/69a_projeto_de_lei_024_m_024_-abertura_de_credito_especial_r_63.00000_-_seguranca_monitorada.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15582/69a_projeto_de_lei_025_m_025_-abertura_de_credito_especial_r_128.92630_-sorria_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15583/69a_projeto_de_lei_026_m_026_programa_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15584/69a_projeto_de_lei_027_m_027_-altera_a_lei_3669_-_dentram.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15645/70a_projeto_de_lei_028_m_030_-_repasse_santa_casa_apae_e_nosso_lar_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15646/70a_projeto_de_lei_029_-_evento_auto_de_pascoa.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15647/70a_projeto_de_lei_030_m_031_-_abertura_de_credito_r_360.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15652/70a_projeto_de_lei_031_m_032_-_abertuar_decredito_r_290.00000_-_benfeitorias_no_pq_dos_pioneiros.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15653/70a_projeto_de_lei_032_m_033_-_abertura_de_credito_r_344.00000-_iluminacao_do_b_lagoa_seca_certo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15654/projeto_de_lei_033_m_034_-_abertura_de_credito_r_190.70000_-_recape_rua_noel_rosa.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15655/24_msg_035_-_abertura_de_credito_r_226.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15656/70a_projeto_de_lei_035_m_036_-_abertura_de_credito_r_170.00000_-__sec._de_cultura_e_turismo_-_museu_historico.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15657/70a_projeto_de_lei_036_m_037_-_abertura_de_credito_r90.00000_fundo_idoso_-ir_do_bem.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15658/70a_projeto_de_lei_037_m_038_-_cria_a_brigada_de_incendio_do_municipio_de_adamantina.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15659/70a_projeto_de_lei_038_m_039__-altera_a_lei_3244_-_conselho_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15660/70a_projeto_de_lei_039_m_040_-_revisao_plano_diretor_de_turismo_2024.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15671/projeto_de_lei_040_-_semana_municipal_da_capoeira.docx.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15672/71a_projeto_de_lei_041_m_041_-_abertura_de_credito_r_500.00000_pab_estadual.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15673/71a_projeto_de_lei_042_m_042_-abertura_de_credito_r_339.90921_educacao_-_vaar.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15674/71a_projeto_de_lei_043_m_043_-_abertura_de_credito_especial_r87.00000__sec_esporte_e_lazer.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15675/71a_projeto_de_lei_044_m_044_-_abertura_de_credito_r_87.47150_saude_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15676/71a_projeto_de_lei_045_m_045_-_abertura_de_credito_r_920.00000_-_merenda_estadual_e_federal.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15677/71a_projeto_de_lei_046_m_046_-_repasse_sta_casa_clinica_n_lar__e_apae_-_sus_paulista.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15678/71a_projeto_de_lei_047_m_047_-__altera_lei_4169_-_bolsas_de_estudos_unifai.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15679/71a_projeto_de_lei_048_m_049_-_abertura_de_credito_especial_unifai_r_2.700.00000.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15739/projeto_de_lei_049_-_logradouro_publico_residencia_hosoume.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15740/72a_projeto_de_lei_050_m_050_-_abertura_de_credito_r_60.00000_unifai_empresa_plano_de_carreira.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15741/72a_projeto_de_lei_051_m_051_-_abertura_de_credito_r_220.00000_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15742/72a_projeto_de_lei_052_m_052_-_abertura_de_credito_r_539.10000_-_suplementacao_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15743/72a_projeto_de_lei_053_m_053_-_abertura_de_credito_especial_r_35.00000_-_teto_mac_clinica_fisio_fai.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15744/72a_projeto_de_lei_054_m_055_-_abertura_de_credito_especial_r_43.00000_-_des._economico_-_adamantina_qualifica.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15763/73a_projeto_de_lei_055_m_048_-_diretrizes_orcamentarias_-_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15764/projeto_de_lei_056_m_056_-_abertura_de_credito_r_r_933.48858_saude_federal.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15765/projeto_de_lei_057_m_057_-_autoriza_repasse_apelos_e_patas_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15766/projeto_de_lei_058_m_058_-_abertura_de_credito_r_90.00000_-_aterro_sanitario.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15767/projeto_de_lei_059_m_059_-_autoriza_repasse_pai_nosso_lar_r_824.86673__-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15768/projeto_de_lei_060_-_infancia_sem_pornografia.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15841/75a_projeto_de_lei_061_-_cooperadam.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15842/75a_projeto_de_lei_062_-_revoga_lei_4.317_altos_da_colina_ii.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15843/75a_projeto_de_lei_063_m_061_-_abertura_de_credito_especial_unifai_-_r_1.420.00000.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15844/75a_projeto_de_lei_064_m_062_-_autoriza_repasse_clinica_rep_nosso_lar_-_emenda_dep_fernando_marangoni_r_150.00000.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15895/76a_projeto_de_lei_065_-_vereador_cid_santos.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15896/76a_projeto_de_lei_066_m_063_-_autoriza_repasse_para_sta_casa_r_8926790_unifai.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15922/77a_projeto_de_lei_067_m_064_-_autoriza_repasse_pai_nosso_lar_r_335.20320_-_centro_dia.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15930/77a_projeto_de_lei_068_m_065_-_abertura_de_credito_suplementar_r_2.571.51800__-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15931/77a_projeto_de_lei_069_m_066_-_abertura_de_credito_suplementar_saude_-_cirurgia_de_caes_de_gatos_r_100.00000.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15932/77a_projeto_de_lei_070_m_067_-_abertura_de_credito_suplementar_r_740.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15933/77a_projeto_de_lei_071_m_068_-_abertura_de_credito_suplementar_r_r_1.451.60000__-_varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15934/77a_projeto_de_lei_072_m_069_-_abertura_de_credito_suplementar_r_560.00000_educacao.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15935/77a_projeto_de_lei_073_m_070_-_revoga_a_lei_4302_-_finisa.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15936/77a_projeto_de_lei_074_m_071_abertura_de_credito_especial_r_1.200.00000_iluminacao_publica.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15937/projeto_de_lei_075_-_reconhecimento_da_capoeira.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15965/78a_projeto_de_lei_076_-_residencial_porto_seguro.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15966/78a_projeto_de_lei_077_m_072_-_abertura_de_credito_especial_r_269.17311_-_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15967/78a_projeto_de_lei_078_-_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15968/78a_projeto_de_lei_079_m_074_-_regulamenta_o_cordao_girassol.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16001/79a_projeto_de_lei_080_m_075_-_abertura_de_credito_suplementar_r_269.35175_-_devolucao_convenio_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16026/80a_projeto_de_lei_081_m_077_-_abertura_de_credito_suplementar_r1.223.62681_-_convenio_cmil_no_054-630-20524_pontes_rurais.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16027/80a_projeto_de_lei_082_m_078_-_abertura_de_credito_suplementar_r_100.00000_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16028/80a_projeto_de_lei_083_m_079_-_cria_o_fundo_municipal_de_saneamento_ambiental_e_infraestrutura__fmsai.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16056/81a_projeto_de_lei_084_m_080_-_abertura_de_credito_suplementar_r_1.200.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16057/81a_projeto_de_lei_085_m_081_-_abertura_de_credito_suplementar_r_1.350.00000_unifai.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16058/81a_projeto_de_lei_086_m_082_-denomina_arena_de_grama_sintetica_do_jd_brasil_-_erico_fernando_da_silva_kin_som.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16059/81a_projeto_de_lei_087_m_083_-denomina_arena_de_grama_sintetica_do_pq_pioneiros_-_antonio_libarino_bassan.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16060/81a_projeto_de_lei_088_-_revoga_lei_4.381_residencial_espanha.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16061/81a_projeto_de_lei_089_m_084_-_abertura_de_credito_suplementar_r_1.020.00000_-_nefrologia.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16062/81a_projeto_de_lei_090_m_085_-_abertura_de_credito_suplementar_r_3.567.50000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16064/81a_projeto_de_lei_091_m_086_-_concessao_de_subvencoes_e_contribuicoes_-_2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16065/81a_projeto_de_lei_092_m_087_-denomina_arena_de_grama_sintetica_do_jd._bela_vista_-fernando_bueno_ratao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16066/81a_projeto_de_lei_093_m_088_-_abertura_de_credito_suplementar_r_5.016.50000_-_custeio_das_secretarias.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16114/24_msg_076_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16115/82a_projeto_de_lei_095_m_089_-_repasse_lar_dos_velhos_r_60.00000.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16133/83a_projeto_de_lei_096_m_090__dispoe_sobre_a_aprovacao_do_plano_municipal_para_primeira_infancia.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16134/83a_projeto_de_lei_097_m_091_-_concessao_de_bolsa_de_preceptoria_para_residencia_medica.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16135/83a_projeto_de_lei_098_m_092_-_concessao_auxilio_moradia_aos_medicos_residentes.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16136/83a_projeto_de_lei_099_m_093_-_abertura_de_credito_suplementar_fai_-_r_5.005.00000.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16137/83a_projeto_de_lei_100_m_094_-_abertura_de_credito_r_150.00000_-_eventos_cultura.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16143/84a_projeto_de_lei_101_m_095_-denomina_espaco_gastronomico_do_pq_dos_pioneiros_-_joao_vitor_marega.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16144/84a_projeto_de_lei_102_m_096_-_abertura_de_credito_sup_r_r_67.38088__-_saude_teto_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16145/84a_projeto_de_lei_103_m_097__-_repasse_sta_casa_pai_nosso_lar__e_apae_-_sus_paulista_r_1.200.00000.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16146/84a_projeto_de_lei_104_m_098_-_abertura_de_credito_r_suplementar_r_800.00000_-_pasep_e_depre.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16147/84a_projeto_de_lei_105_m_099_-_abertura_de_credito_especial_r_498.25500_-_campo_de_futebol_itamarati.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16167/85a_projeto_de_lei_106_m_100_-_abertura_de_credito_suplementar_r_1.009.80000_-_vencimentos.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16168/85a_projeto_de_lei_107_m_101_-_abertura_de_credito_suplementar_r_10.00000_-_educacao_qse.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16199/86a_projeto_de_lei_108_m_102_-_abertura_de_credito_suplementar_r_2.000.00000_-_vencimentos_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15559/aprovado_projeto_de_resolucao_001_-_frentes_parlamentares.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15845/75a_projeto_de_resolucao_-_defesa_da_vida_e_da_familia.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15448/requerimento_001_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15449/requerimento_002_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15450/requerimento_003_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15451/requerimento_004_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15452/requerimento_005_-_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15453/requerimento_006_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15454/requerimento_007_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15455/requerimento_008_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15456/requerimento_009_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15458/requerimento_010_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15459/requerimento_011_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15460/requerimento_012_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15461/requerimento_013_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15462/requerimento_014_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15463/requerimento_015_-_65a_ordinaria_-_novo_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15464/requerimento_016_65a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15509/requerimento_017_-_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15510/requerimento_018_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15511/requerimento_019_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15512/requerimento_020_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15513/requerimento_021_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15514/requerimento_022_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15515/requerimento_023_-_rogerio_santos_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15516/requerimento_024_-_pedido_de_informacao_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15517/requerimento_025_66a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15547/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15548/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15549/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15550/requerimento_029_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15551/requerimento_030_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15552/requerimento_031_-_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15593/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15594/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15595/requerimento_034_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15599/requerimento_035_-_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15597/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15598/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15600/requerimento_038_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15601/requerimento_039_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15602/requerimento_040_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15603/requerimento_041_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15604/requerimento_042_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15605/requerimento_043_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15606/requerimento_044_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15607/requerimento_045_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15644/requerimento_046_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15663/requerimento_047_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15664/requerimento_048_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15665/requerimento_049_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15666/requerimento_050_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15667/requerimento_051_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15668/requerimento_052_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15669/requerimento_053_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15684/requerimento_054_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15685/requerimento_055_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15686/requerimento_056_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15746/requerimento_057_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15747/requerimento_058_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15748/requerimento_059_-_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15769/requerimento_060_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15770/requerimento_061_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15771/requerimento_062_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15772/requerimento_063_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15773/requerimento_064_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15774/requerimento_065_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15775/requerimento_066_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15776/requerimento_067_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15777/requerimento_068_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15778/requerimento_069_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15779/requerimento_070_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15780/requerimento_071_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15781/requerimento_072_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15833/requerimento_073_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15834/requerimento_074_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15835/requerimento_075_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15836/requerimento_076_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15837/requerimento_077_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15838/requerimento_078_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15872/requerimento_079_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15873/requerimento_080_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15874/requerimento_081_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15875/requerimento_082_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15876/requerimento_083_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15877/requerimento_084_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15878/requerimento_085_-_pedido_de_informacao_convenio_com_detram_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15881/requerimento_086_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15882/requerimento_087_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15883/requerimento_088_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15884/requerimento_089_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15885/requerimento_090_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15886/requerimento_091_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15887/requerimento_092_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15888/requerimento_093_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15889/requerimento_094_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15890/requerimento_095_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15891/requerimento_096_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15892/requerimento_097_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15893/requerimento_098_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15927/requerimento_099_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15928/requerimento_100_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15929/requerimento_101_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15994/requerimento_102_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15995/requerimento_103_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15996/requerimento_104_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15997/requerimento_105_-_expoverde_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15998/requerimento_106_-_flores_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16002/requerimento_107_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16003/requerimento_108_-_pedido_de_informacao_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16004/requerimento_109_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16005/requerimento_110_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16006/requerimento_111_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16031/requerimento_112_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16067/requerimento_113_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16068/requerimento_114_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16069/requerimento_115_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16070/requerimento_116_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16071/requerimento_117_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16072/requerimento_118_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16074/requerimento_119_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16073/requerimento_120_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16075/requerimento_121_-_pedido_de_informacao_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16078/requerimento_122_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16079/requerimento_123_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16106/requerimento_124_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16107/requerimento_125_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16108/requerimento_126_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16109/requerimento_127_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16110/requerimento_128_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16111/requerimento_129_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16112/requerimento_130_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16124/requerimento_131_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16125/requerimento_132_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16126/requerimento_133_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16127/requerimento_134_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16128/requerimento_135_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16129/requerimento_136_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16162/requerimento_137_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16163/requerimento_138_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16174/requerimento_139_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16175/requerimento_140_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16176/requerimento_141_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16177/requerimento_142_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16178/requerimento_143_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16179/requerimento_144_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16180/requerimento_145_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16181/requerimento_146_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16182/requerimento_147_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16183/requerimento_148_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16184/requerimento_149_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16185/requerimento_150_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16186/requerimento_151_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16187/requerimento_152_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16188/requerimento_153_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16189/requerimento_154_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16190/requerimento_155_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16191/requerimento_156_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/15738/emenda_aditiva_001_-_pl_026_feira_da_mulher_empreendedora.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16206/oficio_circular_001_-_jose_carlos_martins_tiveron.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2024/16207/oficio_circular_002_-_lucia_yassuko_nakamura_haga.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H776"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="227" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="226.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>