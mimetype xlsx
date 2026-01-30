--- v0 (2025-10-14)
+++ v1 (2026-01-30)
@@ -878,108 +878,108 @@
   <si>
     <t>14798</t>
   </si>
   <si>
     <t>Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14798/emenda_modificativa_003_-_plc_020_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>Altera artigo 3ª do Projeto de Lei Complementar nº 020/2023, de autoria do Prefeito do Município, que “Dispõe sobre a alteração da Lei Complementar nº 163, de 07 de abril de 2011, que dispõe sobre a Política Municipal de Atendimento dos Direitos da Criança e do Adolescente, reestrutura o Conselho Municipal dos Direitos da Criança e do Adolescente, o Fundo Municipal dos Direitos da Criança e do Adolescente e o Conselho Tutelar, e dá outras providências.”</t>
   </si>
   <si>
     <t>14948</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14948/emenda_modificativa_004_-_plc_040_-_desligamento_voluntario_unifai.pdf</t>
   </si>
   <si>
     <t>Modifica o Art 7º, II do Projeto de Lei nº 040/2023,que institui o Programa de Desligamento Voluntário – PDV no âmbito do Centro Universitário de Adamantina – UNIFAI e dá outras providências.</t>
   </si>
   <si>
     <t>14949</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14949/emenda_modificativa_005_-_pl_038_ldo.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14949/2023_ldo_emenda_05.23_-_lei_4254.23.pdf</t>
   </si>
   <si>
     <t>Modifica artigo do Projeto de Lei nº 038/2023, de autoria do Prefeito do Município, que dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>15003</t>
   </si>
   <si>
     <t>Todos os Edis</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15003/emenda_modificativa_006_-_pl_038_ldo.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15003/2023_ldo_emenda_06.23_-_lei_4254.23.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 038/2023, de autoria do Prefeito do Município, que dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>15092</t>
   </si>
   <si>
     <t>Hélio José dos Santos</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15092/emenda_modificativa_007_-_plc_027_-.pdf</t>
   </si>
   <si>
     <t>Modifica Projeto de Lei Complementar nº 027, de 19 de junho de 2023, de autoria do Prefeito do Município, que "Dispõe sobre a alteração da Lei Complementar Municipal nº 94, de 22 de novembro de 2007 e dá outras providências."</t>
   </si>
   <si>
     <t>15368</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15368/emenda_modificativa_008_-_pl_087_auxilios_e_subvencoes.pdf</t>
   </si>
   <si>
     <t>Modifica a tabela dos auxílios, subvenções, contribuições, convênios e termo de colaboração/fomento para o exercício de 2024, do Projeto de Lei nº 087/2023, de autoria do Executivo.</t>
   </si>
   <si>
     <t>15369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15369/emenda_modificativa_009_-_pl_088_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15369/2023_loa_emenda_09.23_-_lei_4305.23.pdf</t>
   </si>
   <si>
     <t>Tipo de Emenda: Remanejamento - Projeto de Lei nº 088/2023, que Estima a Receita e Fixa a Despesa do Município de Adamantina para o exercício de 2024, de autoria do Prefeito Municipal</t>
   </si>
   <si>
     <t>15370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15370/emenda_modificativa_010_-_pl_088_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15370/2023_loa_emenda_10.23_-_lei_4305.23.pdf</t>
   </si>
   <si>
     <t>15371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15371/emenda_modificativa_011_-_pl_088_orcamento.pdf</t>
+    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15371/2023_loa_emenda_11.23_-_lei_4305.23.pdf</t>
   </si>
   <si>
     <t>15425</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, Cid José Aparecido dos Santos, NORIKO ONISHI SAITO, RIQUINHA DO BAR</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15425/emenda_modificativa_012_-_pl_117.pdf</t>
   </si>
   <si>
     <t>Modifica parágrafo único do Artigo 1º do Projeto de Lei nº 117/2023.</t>
   </si>
   <si>
     <t>15426</t>
   </si>
   <si>
     <t>RAFAEL PACHECO, ALCIO IKEDA, BIGODE, PAULO CERVELHEIRA</t>
   </si>
   <si>
     <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15426/emenda_modificativa_013_-_pl_117.pdf</t>
   </si>
   <si>
     <t>Modifica parágrafo único do artigo 1º do Projeto de Lei nº 117/2023</t>
   </si>
@@ -11186,51 +11186,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14438/circular_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14440/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14465/circular_003.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14502/circular_004_-_44a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14504/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14505/circular_006_-_29a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14544/circular_007_solene.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14545/circular_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14568/circular_009_projetos_lidos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14602/circular_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14604/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14612/circular_012_-_30a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14658/31a_sessao_extraordinaria..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14660/47a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14707/circ015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14708/32a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14712/48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14713/comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14714/circular_019_-_33a_extra.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14715/circular_020_-_34a_extra.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14773/circular_021_-_49a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14774/circular_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14780/circular_35a_extra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14799/circular_024_-_50a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14816/circular_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14847/circular_026_-_36a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14848/circular_027_-_51a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14864/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14908/circular_029_-_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14910/circular_030_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14950/circular_031_-_53a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14951/circular_032_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15002/circular_033_-_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15007/circular_034_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15008/circular_035_-_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15056/circular_036_-_55a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15057/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15093/circular_038_-_56a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15094/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15095/circular_040_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15145/circualr_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15146/circular_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15167/circular_043_-_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15168/circular_044_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15169/circular_045_-_39a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15212/circular_046_-_59a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15213/circular_47_comissoes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15214/circular_48_-_comissao_constituicao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15215/circular_049_-_40a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15270/circular_50_-_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15271/circular_051_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15308/61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15309/circular_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15310/circular_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15311/circular_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15336/circular_056_-_42a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15337/62a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15338/circular_58_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15365/circular_059_-_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15366/circular_60_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15367/circular_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15375/circular_062_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15376/circular_063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15377/circular_064_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15431/circular_065_-_44a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14439/emenda_modificativa_001_-_plc_001-23_-_revisao_-_remocao_termo_agente_politico.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14709/emenda_modificativa_002_-_plc_013-23_-_art_3_e_8.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14798/emenda_modificativa_003_-_plc_020_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14948/emenda_modificativa_004_-_plc_040_-_desligamento_voluntario_unifai.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14949/emenda_modificativa_005_-_pl_038_ldo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15003/emenda_modificativa_006_-_pl_038_ldo.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15092/emenda_modificativa_007_-_plc_027_-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15368/emenda_modificativa_008_-_pl_087_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15369/emenda_modificativa_009_-_pl_088_orcamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15370/emenda_modificativa_010_-_pl_088_orcamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15371/emenda_modificativa_011_-_pl_088_orcamento.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15425/emenda_modificativa_012_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15426/emenda_modificativa_013_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14466/indicacao_001_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14467/indicacao_002_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14468/indicacao_003_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14469/indicacao_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14470/indicacao_005_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14471/indicacao_006_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14472/indicacao_007_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14473/indicacao_008_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14474/indicacao_009_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14475/indicacao_010_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14476/indicacao_011_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14477/indicacao_012_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_013_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_014_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14480/indicacao_015_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_016_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14482/indicacao_017_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14483/indicacao_018_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14484/indicacao_019_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14485/indicacao_020_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14486/indicacao_021_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14487/indicacao_022_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14488/indicacao_023_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14489/indicacao_024_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14490/indicacao_025_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14491/indicacao_026_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14492/indicacao_027_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14493/indicacao_028_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14494/indicacao_029_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14495/indicacao_030_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14496/indicacao_031_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14497/indicacao_032_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14498/indicacao_033_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14499/indicacao_034_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14500/indicacao_035_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14501/indicacao_036_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14517/indicacao_037_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_038_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14519/indicacao_039_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14520/indicacao_040_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_041_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14522/indicacao_042_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14523/indicacao_043_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14524/indicacao_044_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14525/indicacao_045_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14526/indicacao_046_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14527/indicacao_047_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14528/indicacao_048_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14529/indicacao_049_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14530/indicacao_050_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14531/indicacao_051_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14532/indicacao_052_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14533/indicacao_053_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14534/indicacao_054_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14535/indicacao_055_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14536/indicacao_056_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14537/indicacao_057_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14538/indicacao_058_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14539/indicacao_059_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14540/indicacao_060_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14541/indicacao_061_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14542/indicacao_062_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14543/indicacao_063_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14569/indicacao_064_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14570/indicacao_065_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14571/indicacao_066_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14572/indicacao_067_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14573/indicacao_068_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14574/indicacao_069_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14575/indicacao_070_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14576/indicacao_071_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14577/indicacao_072_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14578/indicacao_073_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14579/indicacao_074_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14580/indicacao_075_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14581/indicacao_076_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14582/indicacao_077_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14583/indicacao_078_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14584/indicacao_079_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14585/indicacao_080_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14586/indicacao_081_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14587/indicacao_082_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14588/indicacao_083_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14589/indicacao_084_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14590/indicacao_085_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14591/indicacao_086_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14592/indicacao_087_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14593/indicacao_088_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14594/indicacao_089_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14595/indicacao_090_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14596/indicacao_091_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14597/indicacao_092_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_093_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14599/indicacao_094_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14600/indicacao_095_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14601/indicacao_096_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14627/indicacao_097_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14628/indicacao_098_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14629/indicacao_099_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14630/indicacao_100_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14631/indicacao_101_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14632/indicacao_102_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14633/indicacao_103_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14634/indicacao_104_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14635/indicacao_105_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14636/indicacao_106_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14637/indicacao_107_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14638/indicacao_108_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14639/indicacao_109_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14640/indicacao_110_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14641/indicacao_111_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14642/indicacao_112_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14643/indicacao_113_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14644/indicacao_114_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14645/indicacao_115_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14646/indicacao_116_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14647/indicacao_117_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14648/indicacao_118_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14649/indicacao_119_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14650/indicacao_120_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14651/indicacao_121_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14652/indicacao_122_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14653/indicacao_123_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14654/indicacao_124_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14655/indicacao_125_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14656/indicacao_126_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14657/indicacao_127_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14679/indicacao_128_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14680/indicacao_129_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14681/indicacao_130_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14682/indicacao_131_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14683/indicacao_132_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14684/indicacao_133_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14685/indicacao_134_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14686/indicacao_135_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14687/indicacao_136_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14688/indicacao_137_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14689/indicacao_138_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14690/indicacao_139_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14691/indicacao_140_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14692/indicacao_141_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14693/indicacao_142_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14694/indicacao_143_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14695/indicacao_144_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14696/indicacao_145_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14697/indicacao_146_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14698/indicacao_147_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14699/indicacao_148_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14700/indicacao_149_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14701/indicacao_150_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14702/indicacao_151_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14703/indicacao_152_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14704/indicacao_153_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14705/indicacao_154_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14706/indicacao_155_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14736/indicacao_156_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14737/indicacao_157_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14738/indicacao_158_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14739/indicacao_159_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14740/indicacao_160_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14741/indicacao_161_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14742/indicacao_162_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14743/indicacao_163_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14744/indicacao_164_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14745/indicacao_165_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14746/indicacao_166_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14747/indicacao_167_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14748/indicacao_168_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14749/indicacao_169_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14750/indicacao_170_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14751/indicacao_171_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14752/indicacao_172_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14753/indicacao_173_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14754/indicacao_174_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14755/indicacao_175_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14756/indicacao_176_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14757/indicacao_177_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_178_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_179_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14777/indicacao_180_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14778/indicacao_181_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14779/indicacao_182_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14781/indicacao_183_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14782/indicacao_184_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14783/indicacao_185_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14784/indicacao_186_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14785/indicacao_187_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14786/indicacao_188_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14787/indicacao_189_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14788/indicacao_190_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14789/indicacao_191_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14790/indicacao_192_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14791/indicacao_193_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14792/indicacao_194_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14793/indicacao_195_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14794/indicacao_196_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14795/indicacao_197_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14796/indicacao_198_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14797/indicacao_199_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14817/indicacao_200_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14818/indicacao_201_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14819/indicacao_202_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14820/indicacao_203_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14821/indicacao_204_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14822/indicacao_205_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14823/indicacao_206_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14824/indicacao_207_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14825/indicacao_208_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14826/indicacao_209_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14827/indicacao_210_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14828/indicacao_211_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14829/indicacao_212_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14830/indicacao_213_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14831/indicacao_214_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14832/indicacao_215_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14833/indicacao_216_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14834/indicacao_217_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14835/indicacao_218_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14836/indicacao_219_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14837/indicacao_220_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14838/indicacao_221_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14839/indicacao_222_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14840/indicacao_223_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14841/indicacao_224_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14842/indicacao_225_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14843/indicacao_226_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14844/indicacao_227_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14845/indicacao_228_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14846/indicacao_229_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14883/indicacao_230_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14884/indicacao_231_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14885/indicacao_232_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14886/indicacao_233_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14887/indicacao_234_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14888/indicacao_235_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14889/indicacao_236_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14890/indicacao_237_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14891/indicacao_238_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14892/indicacao_239_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14893/indicacao_240_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14894/indicacao_241_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_242_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14896/indicacao_243_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14897/indicacao_244_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_245_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14899/indicacao_246_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14900/indicacao_247_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14901/indicacao_248_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14902/indicacao_249_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14903/indicacao_250_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14904/indicacao_251_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14905/indicacao_252_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_253_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14907/indicacao_254_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14912/indicacao_255_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14913/indicacao_256_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14914/indicacao_257_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14915/indicacao_258_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14916/indicacao_259_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14917/indicacao_260_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14918/indicacao_261_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14919/indicacao_262_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14920/indicacao_263_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14921/indicacao_264_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14922/indicacao_265_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14923/indicacao_266_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14924/indicacao_267_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14925/indicacao_268_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14926/indicacao_269_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14927/indicacao_270_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14928/indicacao_271_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14968/indicacao_272_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14969/indicacao_273_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_274_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14971/indicacao_275_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14972/indicacao_276_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14973/indicacao_277_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14974/indicacao_278_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14975/indicacao_279_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14976/indicacao_280_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_281_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14978/indicacao_282_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14979/indicacao_283_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14980/indicacao_284_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14981/indicacao_285_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14982/indicacao_286_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14983/indicacao_287_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14984/indicacao_288_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14985/indicacao_289_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14986/indicacao_290_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14987/indicacao_291_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14988/indicacao_292_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14989/indicacao_293_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14990/indicacao_294_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_295_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14992/indicacao_296_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14993/indicacao_297_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14994/indicacao_298_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14995/indicacao_299_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14996/indicacao_300_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14997/indicacao_301_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14998/indicacao_302_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14999/indicacao_303_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15000/indicacao_304_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15001/indicacao_305_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15017/indicacao_306_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15018/indicacao_307_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15019/indicacao_308_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15020/indicacao_309_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15021/indicacao_310_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15022/indicacao_311_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15023/indicacao_312_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15024/indicacao_313_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15025/indicacao_314_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15026/indicacao_314_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15027/indicacao_316_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15028/indicacao_317_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15029/indicacao_318_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15030/indicacao_319_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15031/indicacao_320_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15032/indicacao_321_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15033/indicacao_322_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15034/indicacao_323_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15035/indicacao_324_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15036/indicacao_325_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15037/indicacao_326_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15038/indicacao_327_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15039/indicacao_328_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15040/indicacao_329_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15041/indicacao_330_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15042/indicacao_331_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15043/indicacao_332_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15044/indicacao_333_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15045/indicacao_334_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15046/indicacao_335_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15047/indicacao_336_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15058/indicacao_337_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15059/indicacao_338_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15060/indicacao_339_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15061/indicacao_340_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15062/indicacao_341_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15063/indicacao_342_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15064/indicacao_343_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15065/indicacao_344_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15066/indicacao_345_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15067/indicacao_346_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15068/indicacao_347_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15069/indicacao_348_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15070/indicacao_349_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15071/indicacao_350_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15072/indicacao_351_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15073/indicacao_352_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15074/indicacao_353_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15075/indicacao_354_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15076/indicacao_355_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15077/indicacao_356_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15078/indicacao_357_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15079/indicacao_358_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15080/indicacao_359_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15106/indicacao_360_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15107/indicacao_361_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15108/indicacao_362_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15109/indicacao_363_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15110/indicacao_364_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15111/indicacao_365_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15112/indicacao_366_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15113/indicacao_367_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15114/indicacao_368_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15115/indicacao_369_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15116/indicacao_370_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15117/indicacao_371_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15118/indicacao_372_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15119/indicacao_373_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15120/indicacao_374_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15121/indicacao_375_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15122/indicacao_376_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15123/indicacao_376_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15124/indicacao_378_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_379_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15126/indicacao_380_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15127/indicacao_381_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15128/indicacao_382_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15129/indicacao_383_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15147/indicacao_384_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15148/indicacao_385_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15149/indicacao_386_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15150/indicacao_387_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15151/indicacao_388_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15152/indicacao_389_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15153/indicacao_390_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15154/indicacao_391_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15155/indicacao_392_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15156/indicacao_393_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_394_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15158/indicacao_395_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15159/indicacao_396_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15160/indicacao_397_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15161/indicacao_398_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15162/indicacao_399_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15163/indicacao_400_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15164/indicacao_401_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15165/indicacao_402_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15166/indicacao_403_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15175/indicacao_404_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15176/indicacao_405_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15177/indicacao_406_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15178/indicacao_407_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15179/indicacao_408_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15180/indicacao_409_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15181/indicacao_410_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15182/indicacao_411_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15183/indicacao_412_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15184/indicacao_413_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15185/indicacao_414_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15186/indicacao_415_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15187/indicacao_416_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15188/indicacao_417_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15189/indicacao_418_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15190/indicacao_419_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15191/indicacao_420_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15192/indicacao_421_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15193/indicacao_422_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15194/indicacao_423_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15195/indicacao_424_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15196/indicacao_425_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15197/indicacao_426_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15231/indicacao_427_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15232/indicacao_428_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15233/indicacao_429_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15234/indicacao_430_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15235/indicacao_431_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15236/indicacao_432_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15237/indicacao_433_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15238/indicacao_434_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15239/indicacao_435_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15240/indicacao_436_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15241/indicacao_437_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15242/indicacao_438_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15243/indicacao_439_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15244/indicacao_440_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15245/indicacao_441_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15246/indicacao_442_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15247/indicacao_443_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15248/indicacao_444_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15249/indicacao_445_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15250/indicacao_446_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15251/indicacao_447_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15252/indicacao_448_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15253/indicacao_449_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15254/indicacao_450_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15255/indicacao_451_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15256/indicacao_452_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15257/indicacao_453_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15258/indicacao_454_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15259/indicacao_455_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15260/indicacao_456_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15261/indicacao_457_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15272/indicacao_458_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15273/indicacao_459_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_460_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15275/indicacao_461_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15276/indicacao_462_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15277/indicacao_463_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15278/indicacao_464_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15279/indicacao_465_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15280/indicacao_466_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15281/indicacao_467_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15282/indicacao_468_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15283/indicacao_469_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15284/indicacao_470_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15285/indicacao_471_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15286/indicacao_472_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15287/indicacao_473_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15288/indicacao_474_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15289/indicacao_475_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15320/indicacao_476_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15321/indicacao_477_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15322/indicacao_478_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15323/indicacao_479_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15324/indicacao_480_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15325/indicacao_481_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_482_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15327/indicacao_483_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_484_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15329/indicacao_485_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15330/indicacao_486_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15331/indicacao_487_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15332/indicacao_488_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15333/indicacao_489_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15334/indicacao_490_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15335/indicacao_491_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15356/indicacao_492_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15357/indicacao_493_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15358/indicacao_494_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15359/indicacao_495_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15378/indicacao_496_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15379/indicacao_497_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15380/indicacao_498_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15381/indicacao_499_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15382/indicacao_500_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15383/indicacao_501_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15384/indicacao_502_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15385/indicacao_503_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15386/indicacao_504_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15387/indicacao_505_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15388/indicacao_506_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15389/indicacao_507_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15390/indicacao_508_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15391/indicacao_509_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15392/indicacao_510_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15393/indicacao_511_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15394/indicacao_512_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15395/indicacao_513_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15396/indicacao_514_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15397/indicacao_515_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15398/indicacao_516_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15399/indicacao_517_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15400/indicacao_518_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15401/indicacao_519_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15402/indicacao_520_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14452/mocao_001_-_jaqueline_gil_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14558/mocao_002_-_maiart_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14559/mocao_003_-_coletores_de_lixo_que_salvaram_cachorros_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14611/mocao_004_-_andre_do_prado_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14674/mocao_005_-_charles_hartin_-_conclusao_do_curso_cop_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14716/mocao_006_-_ricardo_alfredo_bassio_haddad_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14767/mocao_007_-_irmes_mary_moreno_roque_mattara_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14807/mocao_008_-_casa_das_embalagens_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14865/mocao_009_-_portage_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14866/mocao_010_-_policia_penal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14867/mocao_de_repudio_011_-_tjsp.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14868/mocao_de_apoio_012_-_agentes_comunitarios_de_saude_e_controle.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14911/mocao_013_-_sergio_barbosa_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14952/mocao_014_-_arthur_daniel_conceicao_martinez_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14953/mocao_015_-_mauricio_konrad_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14954/mocao_016_-_padre_jose_afonso_maniscalco_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14955/mocao_017_-_padre_jose_carlos_vicentin_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15009/mocao_018_-_nova_diretoria_do_rotary_club_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15081/mocao_019_-_padres_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15082/mocao_020_-_zil_silva_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15097/mocao_021_-_dom_luiz_antonio_cipolini_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15130/mocao_022_-_arlette_motoki_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15198/mocao_023_-_repudio_a_adpf_442_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15199/mocao_024_-_repudio_ao_asilo_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15228/mocao_025_-_miguel_moreira_correa_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15229/mocao_026_-_sophia_gabriel_e_guilherme_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15230/mocao_027_-_apoio_ao_congresso_nacional_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15290/mocao_028_-_1o_festival_da_primavera_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15291/mocao_029_-_wesley_sebastiao_moreira_da_silva_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15312/mocao_030_-_izabela_rodrigues_da_silva_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15313/mocao_031_-_guilherme_piai_silva_fillizzola_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15403/mocao_032_-_centro_comercial_elpidio_sgobbi_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15404/mocao_033_-_amauri_robinsdon_dos_santos_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15405/mocao_034_-_chuvas_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15406/mocao_035_-_1o_festival_de_teatro_estudantil_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15407/mocao_036_-_sara_rocha_e_suelen_rocha_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14565/45a_projeto_de_decreto_legislativo_001_-_rafael_e_outros_titulo_de_cidadao_luis_carlos_galvao.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15211/projeto_de_decreto_legislativo_002_-_nelly_junqueira_de_freitas_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14436/plc_001_-_m_001_-_plc_-_revisao_geral_anual_do_servidores_da_prefeitura_-80.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14437/plc_002_-_m_002_-_plc_-_revisao_geral_anual_dos_servidores_unifai_-8.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14448/43a_-_projeto_de_lei_complementar_003_-_mesa_revoga_lc_396_-_vale_alimentacao_camara.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14449/43a_-_projeto_de_lei_complementar_004_-_m_008_-_dipoe_sobre_autorizacao_para_abert._de_lic._para_concessao_de_direito_real_de_uso_-_rev.lc__259278_e_355.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14450/43a_-_projeto_de_lei_complementar_005_-_m_009_-__autorizacao_para_alienacao_de_imoveis_area_circo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14451/43a_-_projeto_de_lei_complementar_006_m_010_-_projeto_de_lei_-altera_a_lei_2_328_ctm_-_isencao_taxa_de_publicidade.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14566/45a_projeto_de_lei_complementar_007_m_014_-_dispoe_sobre_a_criacao_emprego_permanente_auxiliar_de_desenvolvimento_escolar__motorista_e_auxiliar_de_enfermagem_2.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14567/45a_projeto_de_lei_complementar_008_m_015_-_autorizacao_para_alienacao_de_imoveis_area_circo.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14623/46a_projeto_de_lei_complementar_009_m_023-__alienacao_de_imovel_por_investidura_-_paulo_sergio_andrade__-_q_e_lote_16.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14624/46a_projeto_de_lei_complementar_010_m_024_-_alienacao_de_imovel_por_investidura_-_anexo_-_lucinalva_ap._fukushima_fagundes_-_q_f_-_lote_01.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14625/46a_projeto_de_lei_complementar_011_m_025_-_alienacao_de_imovel_por_investidura_-_aparecida_dos_santos_-_q_07_-_lote_22.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14626/46a_projeto_de_lei_complementar_012_m_026_-__anexo_-_alienacao_de_imovel_por_investidura_-_joao_eduardo_barbosa_pacheco__-_q_3_lote__1.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14669/47a_projeto_de_lei_complementar_013_m_031_-_altera_lc_163.11_-_politica_mun._de_atend._dos_direitos_da_crianca__reestrutura_o_cmdca_e_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14670/47a_projeto_de_lei_complementar_014_m_035_-_autoriza_receber_em_doacao_imovel_der_-_pq_do_sol.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14671/47a_projeto_de_lei_complementar_015_m_037_-_dispoe_sobre_atribuicao_de_gratificacao_de_funcao_mediador_polo_univesp.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14672/47a_projeto_de_lei_complementar_016_m_041_-_criacao_emprego_permanente_nutricionista_orientador_social_chefe_museu_e_tec_seg_trabalho.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14673/47a_projeto_de_lei_complementar_017_m_042_-_dispoe_sobre_atribuicao_de_gratificacao_dos_autores_da_licitacao.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14711/48a_projeto_de_lei_complementar_018_-_mesa_-_revisao_dos_vencimentos_camara.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14760/49a_projeto_de_lei_complementar_019_m_043-_altera_a_lei_compl._386_-_concessao_area_valentin_gatti_-_geo_analitica.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14761/49a_projeto_de_lei_complementar_020_m_046_-_altera_lei_complementar_163_2011_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14762/49a_projeto_de_lei_complementar_021_m_047_-_dispoe_sobre_atribuicao_de_gratificacao_dos_autores_da_licitacao.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14763/49a_projeto_de_lei_complementar_022_m_048_-__autorizacao_para_alienacao_de_imovel_por_investidura_-_jose_de_oliveira_neto.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14803/50a_projeto_de_lei_complementar_023_m_050_-_autorizacao_para_a_doacao_de_area_que_especifica_-_construtora_rotoli.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14804/50a_projeto_de_lei_complementar_024_m_053_-_revisao_geral_anual_do_servidores_da_prefeitura_-_15.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14805/50a_projeto_de_lei_complementar_025_m_054-_altera_a_lc_428_-_gratificacao_de_funcao_mediador_polo_univesp.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14863/51a_projeto_de_lei_complementar_026_m_066_-__altera_a_lc_284_-_limita_verba_hoboraria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14909/52a_projeto_de_lei_complementar_027_m_069_-_altera_a_lc_94-2007_-_plano_de_carreira_magisterio.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14967/53a_projeto_de_lei_complementar_028_m_076_-_revoga_lc_340_-_reversao_de_lote_valentin_gatti_-dias_neto_representacoes_ltda.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15054/55a_projeto_de_lei_complementar_029_m_087_-_atribuicao_de_gratificacao_dos_autores_da_licitacao_unifai.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15055/55a_projeto_de_lei_complementar_030_m_088_-_altera_o_anexo_i_da_lei_407_-_cria10_empregos_de_educador_30hs_e_10_de_40hs.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15266/59a_projeto_de_lei_complementar_031_m_100_-__atribuicoes_agente_da_receita_tributaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15307/61a_projeto_de_lei_complementar_032_-_m_116_-_altera_a_lc_440_-_tira_a_retroatividade_da_lei.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15351/62a_projeto_de_lei_complementar_033_m_125_-_criacao_emprego_permanente_tec._informatica_tec._contabilidade_e_inspetor_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15352/62a_projeto_de_lei_complementar_034_m_128_-_altera_o_anexo_ii_da_lei_440_-_cria_10_emp.de_educador_30hs_e_10_de_40hs_10_prof._peb_i_e_02__dm_da_ou_dv.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15353/62a_projeto_de_lei_complementar_035_m_133_-_plc_-_revisao_geral_anual_do_servidores_da_prefeitura_-8.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15354/62a_projeto_de_lei_complementar_036_m_134_-_dispoe_sobre_a_alteracao_do_artigo_5o_da_lei_274-2017_-_2a_opcao.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15355/62a_projeto_de_lei_complementar_037_m_136_-_plc_-_revisao_geral_anual_dos_servidores_unifai_-8.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14441/43a_-_projeto_de_lei_001_-_noriko_e_outros_praca_lariele_veronica_boldrin.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14442/43a_-_projeto_de_lei_002_-_m_003_-_abertura_de_credito_suplementar_unifai_-_r_2.500.00000.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14443/43a_-_projeto_de_lei_003_-_m_004_autoriza_repassar_para_sta_casa_r_104.35510_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14444/43a_-_projeto_de_lei_004_-_m_005_abertura_de_credito_especial_-_vigilancia_socioass._e_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14445/43a_-_projeto_de_lei_005_-_m_006_-_autoriza_repasse_apae_r_47.00000_-residencia_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14446/43a_-_projeto_de_lei_006_-_m_007_autoriza_repasse_r_60.00000__lar_dos_velhos_saude.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14447/43a_-_projeto_de_lei_007_-_alcio_e_outros_altera_a_lei_3.369_-_loteamento_fechado_acesso_controlado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14503/44a_-_projeto_de_lei_008_-_m_011_-_dispoe_sobre_reajuste_estagiario.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14560/45a_projeto_de_lei_009_-_aguinaldo_e_outros_-_residencial_sol_nascente.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14561/45a_projeto_de_lei_010_m_016_-_aquisicao_de_area_dist__industrial_r_2_000_00000.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14562/45a_projeto_de_lei_011_m_017_-_aquisicao_de_nova_area_administrativa_-_credito_adicional_especial_r_3.520.00000.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14563/45a_projeto_de_lei_012_m_020_-_recape_convenio_10359-2022_-_abertura_de_credito_r_237.68413.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14564/45a_projeto_de_lei_013_m_021_-_pronto_pagamento_para_a_cobertura_de_despesas_-_lei_federal_n.o_14.133.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14613/46a_projeto_de_lei_014_m_012_-_projeto_de_lei__educacao_merenda_transporte_e_qse.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14614/46a_projeto_de_lei_015_m_013_-_projeto_de_lei_subvencao_para_apelos_e_patas_-_r_60_00000.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14615/46a_projeto_de_lei_016_m_019_-_abertura_de_credito_r_100mil_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14616/46a_projeto_de_lei_017_m_022_-_abertura_de_credito_suplementar_unifai_-_r_1.850.00000.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14617/46a_projeto_de_lei_018_m_027_-_abertura_de_credito_-_r_540.00000_-___ampliacao_de_area_para_o_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14618/46a_projeto_de_lei_019_m_028_-_autoriza_repassar_para_sta_casa_1_000_00000_atencao_basica_estadual.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14619/46a_projeto_de_lei_020_-_denominacao_predio_e_plenario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14620/46a_projeto_de_lei_021_m_029_abertura_de_credito_r_1.79000000_-_srt_e_pai_nossso_lar.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14621/46a_projeto_de_lei_022_m_030_autoriza_repassar_para_sta_casa_r_94.57302_mac_estadual_proc__cirur.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14622/46a_projeto_de_lei_023_m_018_-_programa_nossa_rua_-_r_3.705.000_00.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14661/47a_projeto_de_lei_024_m_032_-_abertura_de_credito_r_560.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14662/47a_projeto_de_lei_025_m_033_-_abertura_de_credito_especial_unifai_-_r_480.00000.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14663/47a_projeto_de_lei_026_m_034_-_autoriza_celebrar_convenio_com_a_ceeteps.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14664/47a_projeto_de_lei_027_m_036_-_abertura_de_credito_r_415.95699_-_devolucao_ipva.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14665/47a_projeto_de_lei_028_m_038_-__auxilio_atiradores.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14666/47a_projeto_de_lei_029_m_039_-_abertura_de_credito_r_760.00000_atencao_basica_pab_fixo.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14667/47a_projeto_de_lei_030_m_040_-_abertura_de_credito_r_1.000.00000_atencao_basica_estadual.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14668/47a_projeto_de_lei_031_-_presenca_de_profissionais_doulas_durante_o_parto_nas_maternidades_e_hospitais.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14764/49a_projeto_de_lei_032_m_044_autoriza_pagar_despesa_de_manutencao_de_ar_condicionado_-_pm.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14765/49a_projeto_de_lei_033_m_045_-_abertura_de_credito_r_1.370.00000.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14766/49a_projeto_de_lei_034_m_049_-_abertura_de_credito_-_r_5.000.00000_-_recapeamento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14800/50a_projeto_de_lei_035_m_051_-_abertura_de_credito_suplementar_unifai_-_r_805.00000.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14801/50a_projeto_de_lei_036_m_052_-_repasse_sta_casa_r_81.26761_mac_estadual_proc_cirur_res_45_e_49-23.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14802/50a_projeto_de_lei_037_m_055_-_abertura_de_credito_r_35.15300__-_saude_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14849/51a_projeto_de_lei_038_m_056_-_diretrizes_orcamentarias_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14850/51a_projeto_de_lei_039_aguinaldo_e_outros_-_denomina_ruas_monte_siao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14851/51a_projeto_de_lei_040_m_057_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14852/51a_projeto_de_lei_041_m_058_-_aditivo_termo_de_colaboracao_unifai_e_sta_ccasa_-_res._magnetica_r_74.51854.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14853/51a_projeto_de_lei_042_m_059_-_altera_a_lei_n._4.187_-_honorario_sucumbencia_unifai.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14854/51a_projeto_de_lei_043_m_061-_autoriza_reembolso_publicacao_artigo_cientifico_docentes_unifai.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14855/51a_projeto_de_lei_044_m_062_-_abertuta_de_credito_saude_-r_1_45465053_-_portaria_gm-ms__443_23.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14856/51a_projeto_de_lei_045_m_063_-_abertura_de_credito_especial_r_150.00000_-_emenda_fausto_pinato.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14857/51a_projeto_de_lei_046_m_064_-_abertura_de_credito_especial_unifai_-_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14858/51a_projeto_de_lei_047_m_065_-_altera_lei_4169__-_concessao_bolsa_de_estudos_unifai_altera_valor_bolsa_iniciacao_cient..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14859/51a_projeto_de_lei_048_m_060_-altera_lei_3610_-_mais_medicos_-_aumenta_valor_auxilio.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14860/51a_projeto_de_lei_049_m_067_-_abertura_credito_especial_-_vig_socioassistencia.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14861/51a_projeto_de_lei_050_-_alcio_e_outros_altera_lei_das_doulas.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14862/51a_projeto_de_lei_051_m_068-_dispoe_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14960/53a_projeto_de_lei_052_m_070_-_abertura_de_credito_r_113.00000_-_pranchas_para_pontes.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14961/53a_projeto_de_lei_053_m_071_-_abertura_de_credito_r_267.88407_-_calcadas_acessiveis.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14962/53a_projeto_de_lei_054_m_072_-_abertura_de_credito_r_220.00000-_materiais_grama_sintetica.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14963/53a_projeto_de_lei_055_m_073_-_abertura_de_credito_r_r_280.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14964/53a_projeto_de_lei_056_m_074_-_autoriza_repassar_para_sta_casa_r_56.89206_mac_proc._cirururgico_res._ss_-_179.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14965/53a_projeto_de_lei_057_m_075_-_abertura_de_credito_r_62.10000_-_irrigacao_gramado_do_estadio.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14966/53a_projeto_de_lei_058_m_077_-_abertura_de_credito_-_r_r_139.91401-_assit__social_-_serv._acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15004/54a_projeto_de_lei_059_m_078_-_abertura_de_credito_-_r_408.00000_-_convenio_transporte.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15005/54a_projeto_de_lei_060_m_079_-__abertura_de_credito_-_r_30.00000_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15006/54a_projeto_de_lei_061_m_080_-_abertura_de_credito_-_r_66.09403__-_repasse_santa_casa_-_portaria_gm_-_ms_90-2023.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15048/55a_projeto_de_lei_062_m_081_-_sta_casa_r27.35618_mac_estadual_proc._cirur_-_res_ss_82.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15049/55a_projeto_de_lei_063_m_082_-_repasse_r_36.18090_para_apae.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15050/55a_projeto_de_lei_064_m_083_-_repasse_r24.03810_carlos_pegoraro.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15051/55a_projeto_de_lei_065_m_084_-_abertura_de_credito_r_350.00000_-_emendas_dep_miguel_lombardi_e_enrico_misasi.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15052/55a_projeto_de_lei_066_m_085_-_abertura_de_credito_suplementar_unifai_-_r_r_4.410.00000.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15053/55a_projeto_de_lei_067_m_086_-_abertura_de_credito_saude_r_450.00000_-_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15096/56_projeto_de_lei_068_m_089_-_dispoe_o_conselho_municipal_de_promocao_e_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15132/57a_projeto_de_lei_069_m_090_-_abertura_de_credito_especial_assit_social_-_gestao_vig_socio_assist._r_12.00000.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15133/57a_projeto_de_lei_070_m_092_-_piso_enfermagem_cnm.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15134/57a_projeto_de_lei_071_m_093_-_dispoe_sobre_proibicao_de_queimadas_urbanas.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15135/57a_projeto_de_lei_072_m_091_-__ratifica_convalidacao_contrato_consorcio_amnap.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15170/58a_projeto_de_lei_073_m_094_-_abertura_de_credito_especial__-_r_143.00000_-_servico_de_acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15171/58a_projeto_de_lei_074_m_095_-_abertura_de_credito_especial_r_323.37178_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15172/58a_projeto_de_lei_075_m_096_-_abertura_de_credito_-_r_1.778.40000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15173/58a_projeto_de_lei_076_m_097_-_dispoe_sobre_o_prolongamento_da_rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15174/58a_projeto_de_lei_077_m_098_-_desafetacao_areas_lc_421_422_423_e_424_-_investiduras.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15216/59a_projeto_de_lei_078_m_099_-_abertura_de_credito_suplementar_r_100.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15217/59a_projeto_de_lei_079_m_101_-_repasse_clinica_pai_nosso_lar_r_100_00000_-_portaria_gm_-_ms_544-2023.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15218/59a_projeto_de_lei_080_m_102_-_abertura_de_credito_especial_unifai_-_r__70.00000.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15219/59a_projeto_de_lei_081_m_103_-_abertura_de_credito_r_445.00000_campos_de_futebol_e_pdv.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15220/59a_projeto_de_lei_082_m_104_-_plano_de_demissao_voluntario_incentivado_-_pdv_-_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15262/59a_projeto_de_lei_083_m_105_-_abertura_de_credito_r_2.455.90000__varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15263/59a_projeto_de_lei_084_m_106_-_abertura_de_credito_r_386.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15264/59a_projeto_de_lei_085_m_107_-_repasse_cooperadam_r_r_59.00000.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15265/59a_projeto_de_lei_086_m_108_-_abertura_de_credito_r_4.890.00000_-_saude_e_educacao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15267/60a_projeto_de_lei_087_m_109_-_concessao_subvencoes_e_contribuicoes_2024.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15268/60a_projeto_de_lei_088_m_110_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15269/60a_projeto_de_lei_089_m_111_-_abertura_de_credito_saude_teto_mac_-_r_900.0000.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15299/61a_projeto_de_lei_090_-_residencial_jardim_botanico.doc.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15300/61a_projeto_de_lei_091_m_112_-_pl_abono_natalino_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15301/61a_projeto_de_lei_092_m_113_-_abertura_de_credito_r_645.00000_-_saude_assistencia_e_rcc.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15302/61a_projeto_de_lei_093_m_114_-_repasse_p_sta_casa_r500.00000.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15303/61a_projeto_de_lei_094_m_115_-_abertura_de_credito_especial_unifai_-_r__1.650.00000.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15304/61a_projeto_de_lei_095_-_m_117_-_repasse_lar_dos_velhos_r100.00000.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15305/61a_projeto_de_lei_096_-_m_118_-_autoriza_celebrar_convenio_lucelia_e_osvaldo_cruz_-_serv._acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15306/61a_projeto_de_lei_097_-_m_119_-_autoriza_majorar__subsidio_tarifario_mensal_para_operacionalizacao_do_transporte_coletivo_-_3.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15339/62a_projeto_de_lei_098_m_120_-_repasse_clinica_pai_nosso_lar_r_80.00000_-_portaria_gm_-_ms_1_300-2023.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15340/62a_projeto_de_lei_099_m_121_-_abertura_de_credito__especial_-_academia_ao_ar_livre_r_42.00000.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15341/62a_projeto_de_lei_100_m_122_-_abertura_de_cred.__especial_vestiario_jd_brasil_r_251.00000.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15342/62a_projeto_de_lei_101_m_123_-_pl_abono_natalino_aos_servidores_unifai.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15343/62a_projeto_de_lei_102_m_124_-_abertura_de_credito_r_44.00000_-_transporte_educacao.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15344/62a_projeto_de_lei_103_m_126_-_abertura_de_credito_suplementar_-_convenio_polesportivo_r_91.00000.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15345/62a_projeto_de_lei_104_m_127_-_denomina_a_praca_celso_osmar_mastellini.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15346/62a_projeto_de_lei_105_m_129_-_abertura_de_credito_-_devolucao_cdhu_r_51.30000.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15347/62a_projeto_de_lei_106_m_130_-_abertura_de_credito_educacao_fundeb_r_2.763.90000.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15348/62a_projeto_de_lei_107_m_131_-_abertura_de_credito_suplementar_unifai_-_r_5_390_00000.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15349/62a_projeto_de_lei_108_m_132_-_abertura_de_credito_r_20.00000_-_transporte_educacao_proprio.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15350/62a_projeto_de_lei_109_m_135_-_autoriza_contratar_financiamento_caixa_federal.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15360/63a_projeto_de_lei_110_-_subsidio_prefeito_vice_e_secretarios.docx.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15361/63a_projeto_de_lei_111_m_137_-_abertura_de_credito_-_repasse_cdhu_r_51.30000_proj_tec_social.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15362/63a_projeto_de_lei_112_m_138_-_concessao_de_beneficio_eventual_-_situacao_de_desastre_e_calamidade_2.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15363/63a_projeto_de_lei_113_m_139_-_autoriza_contratar_financiamento_caixa_federal_-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15372/64a_projeto_de_lei_114_-_m_140_-_atualizacao_lei_das_antenas_-_5g.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15373/64a_projeto_de_lei_115_m_141_-_renovacao_termo_de_colaboracao_unifai_e_santa_casa_-_estgio_e_atividades_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15429/65a_projeto_de_lei_116.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15428/projeto_de_lei_117__m_142_-_autoriza_contratar_financiamento_caixa_federal_-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15445/65a_projeto_de_lei_118_m_143_-_altera_o_artigo_2o_da_lei_3765_-_altera_composicao_comtur.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14806/50a_projeto_de_resolucao_001_mesa_da_camara_-_conducao_de_veiculos_oficiais_da_cma.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15364/63a_projeto_de_resolucao_002_-_subsidio_dos_vereadores_para_19a_legislatura.docx.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14453/requerimento_001_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14454/requerimento_002_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14455/requerimento_003_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14456/requerimento_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14457/requerimento_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14458/requerimento_005_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14459/requerimento_007_-_unifai_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14460/requerimento_008_-_parque_itaipus_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14461/requerimento_009_-_assistencia_social_casas_populares_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14462/requerimento_010_-_saude_-_rename_-_medicamentos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14463/requerimento_011_-_unifai_-_emendas_projetos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14464/requerimento_012_-_prefeitura_-_emendas_projetos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14506/requerimento_013_-_pedra_bica_corrida_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14507/requerimento_014_-_recapeamento_asfaltico_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14508/requerimento_015_-_publicacao_em_redes_sociais_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14509/requerimento_016_-_emenda_bruno_lima_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14510/requerimento_017_-_castramovel_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14511/requerimento_018_-_transporte_de_alunos_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14512/requerimento_019_-_plano_de_carreira_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14513/requerimento_020_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14514/requerimento_021_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14515/requerimento_022_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14516/requerimento_023_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14546/requerimento_024_-_mara_gabrilli_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14547/requerimento_025_-_pedido_de_informacao_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14548/requerimento_026_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14549/requerimento_027_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14550/requerimento_028_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14551/requerimento_029_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14552/requerimento_030_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14553/requerimento_031_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14554/requerimento_032_-_ecoville_i_e_ii_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14555/requerimento_033_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14556/requerimento_034_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14557/requerimento_035_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14603/requerimento_036_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14605/requerimento_037_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14606/requerimento_038_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14607/requerimento_039_-_via_de_acesso_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14608/requerimento_040_-_vale_aimentacao_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14609/requerimento_041_-_desenvolve_sp_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14610/requerimento_042_-_sabesp_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14675/requerimento_043_-_pedido_de_informacao_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14676/requerimento_044_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14677/requerimento_045_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14678/requerimento_046_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14717/requerimento_047_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14718/requerimento_048_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14719/requerimento_049_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14720/requerimento_050_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14721/requerimento_051_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14722/requerimento_052_-_convocacao_secretario_de_planejamento_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14724/requerimento_054_-_reitera_murilo_jaccoud_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14725/requerimento_055_-_doacao_materiais_mario_covas_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14726/requerimento_056_-_pedido_de_recursos_-_apae_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14727/requerimento_057_-_recursos_van_apae_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14728/requerimento_058_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14729/requerimento_059_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14730/requerimento_060_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14731/requerimento_061_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14732/requerimento_062_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14733/requerimento_063_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14734/requerimento_064_-_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14735/requerimento_065_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14768/requerimento_066_-_arnaldo_jardim_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14769/requerimento_067_-_mara_gabrilli_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14770/requerimento_068_-__equipamentos_recursos_covid-19_-_tomografo_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14771/requerimento_069_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14772/requerimento_070_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14808/requerimento_071_-_dani_alonso_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14809/requerimento_072_-_capitao_augusto_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14810/requerimento_073_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14811/requerimento_074_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14812/requerimento_075_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14813/requerimento_076_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14814/requerimento_077_-__piso_enfermagem_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14815/requerimento_078_-_pedido_de_informacao_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14869/requerimento_079_-_fernando_marangoni_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14870/requerimento_080_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14871/requerimento_090_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14872/requerimento_082_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14873/requerimento_083_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14874/requerimento_084_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14875/requerimento_085_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14876/requerimento_086_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14877/requerimento_087_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14878/requerimento_088_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14879/requerimento_089_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14880/requerimento_090_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14881/requerimento_091_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14882/requerimento_092_-_criancas_deficientes_nas_escolas_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14929/requerimento_093_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14930/requerimento_094_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14931/requerimento_095_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14932/requerimento_096_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14933/requerimento_097_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14934/requerimento_098_-_clarice_ganem_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14935/requerimento_099_-_informacao_expoverde_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14936/requerimento_100_-_castramovel_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14937/requerimento_101_-_marcos_pereira_-_san_miguel_ii_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14938/requerimento_102_-_marcos_pereira_-_van_16_lugares_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14939/requerimento_103_-_marcos_pereira_-_pai_nosso_lar_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14940/requerimento_104_-_renata_abreu_-_sec._cultura_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14941/requerimento_105_-_fernando_marangoni_-_equip._cultura_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14942/requerimento_106_-_fernando_marangoni_-_van_16_lugares_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14943/requerimento_107_-_fernando_marangoni_-_san_miguel_ii_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14944/requerimento_108_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14945/requerimento_109_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14946/requerimento_110_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14947/requerimento_111_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14956/requerimento_112_-_pedido_de_informacao_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14957/requerimento_113_-_pedido_de_informacao_pdv_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14958/requerimento_114_-_pedido_de_informacao_pavimentacao_da_rua_sergipe_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14959/requerimento_115_-_pedido_de_informacao_laudos_de_insalubridade_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15010/requerimento_116_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15011/requerimento_117_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15012/requerimento_118_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15013/requerimento_119_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15014/requerimento_120_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15015/requerimento_121_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15016/requerimento_122_-_renato_feder_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15083/requerimento_123_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15084/requerimento_124_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15085/requerimento_125_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15086/requerimento_126_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15087/requerimento_127_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15088/requerimento_128_-_pedido_de_informacao_santa_casa_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15089/requerimento_129_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15090/requerimento_130_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15091/requerimento_131_-_concessao_dos_terrenos_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15098/requerimento_132_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15099/requerimento_133_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15100/requerimento_134_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15101/requerimento_135_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15102/requerimento_136_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15103/requerimento_137_-_pedido_de_informacao_piso_salarial_enfermagem_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15104/requerimento_138_-_pedido_de_informacao_quiosques_e_decks_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15105/requerimento_138_-_pedido_de_informacao_quiosques_e_decks_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15136/requerimento_140_-_fernando_marangoni_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15137/requerimento_141_-_fernando_marangoni_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15138/requerimento_142_-_fernando_marangoni_casa_do_garoto_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15139/requerimento_143_-_fernando_marangoni_santa_casa_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15140/requerimento_144_-_fernando_marangoni_apae_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15141/requerimento_145_-_informacao_expoverde_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15142/requerimento_146_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15144/requerimento_148_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15200/requerimento_149_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15201/requerimento_150_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15202/requerimento_151_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15203/requerimento_152_-_gerente_cdhu_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15204/requerimento_153_-_gerente_cdhu_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15205/requerimento_154_-_conjunto_habitacional_naur_bellusci_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15206/requerimento_155_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15207/requerimento_156_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15208/requerimento_157_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15209/requerimento_158_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15210/requerimento_159_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15221/requerimento_160_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15222/requerimento_161_-_carlos_giannazi_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15223/requerimento_162_-_felipe_franco_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15224/requerimento_163_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15225/requerimento_164_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15226/requerimento_165_-_informacao_cemiterio_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15227/requerimento_166_-_valeria_bolsonaro_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15292/requerimento_167_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15293/requerimento_168_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15294/requerimento_169_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15295/requerimento_170_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15296/requerimento_171_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15297/requerimento_172_-_ponte_corrego_do_rancho_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15298/requerimento_173_-_lar_cristao_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15314/requerimento_174_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15315/requerimento_175_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15316/requerimento_176_-_viagens_prefeito_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15317/requerimento_177_-_quiosquer_parque_dos_pioneiros_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15318/requerimento_178_-_valeria_bolsonaro_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15319/requerimento_179_-_guilherme_piai_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15408/requerimento_180_62a_ordinaria_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15409/requerimento_181_-_62a_ordinaria_unifai.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15410/requerimento_182_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15411/requerimento_183_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15412/requerimento_184_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15413/requerimento_185_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15414/requerimento_186_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15415/requerimento_187_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15416/requerimento_188_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15417/requerimento_189_-_fernando_marangoni_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15418/requerimento_190_-_pedido_de_informacao_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15419/requerimento_191_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15420/requerimento_192_-_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15421/requerimento_193_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15422/requerimento_194_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15423/requerimento_195_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15424/requerimento_196_-_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15374/emenda__supressiva_-_pl_112_-_auxilio_desastre_-_enchente.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14710/emenda__aditiva_001_-_plc_013-23_-_consolidacao_da_lei.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15427/emenda_aditiva_002_-_pl_117_-_caixa_economica_federal_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15131/anteprojeto_de_lei_001_-__medalha_bombeiro.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14438/circular_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14440/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14465/circular_003.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14502/circular_004_-_44a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14504/circular_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14505/circular_006_-_29a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14544/circular_007_solene.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14545/circular_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14568/circular_009_projetos_lidos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14602/circular_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14604/digitalizar.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14612/circular_012_-_30a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14658/31a_sessao_extraordinaria..pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14660/47a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14707/circ015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14708/32a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14712/48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14713/comissao.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14714/circular_019_-_33a_extra.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14715/circular_020_-_34a_extra.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14773/circular_021_-_49a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14774/circular_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14780/circular_35a_extra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14799/circular_024_-_50a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14816/circular_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14847/circular_026_-_36a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14848/circular_027_-_51a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14864/circular_028_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14908/circular_029_-_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14910/circular_030_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14950/circular_031_-_53a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14951/circular_032_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15002/circular_033_-_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15007/circular_034_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15008/circular_035_-_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15056/circular_036_-_55a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15057/circular_037_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15093/circular_038_-_56a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15094/circular_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15095/circular_040_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15145/circualr_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15146/circular_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15167/circular_043_-_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15168/circular_044_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15169/circular_045_-_39a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15212/circular_046_-_59a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15213/circular_47_comissoes.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15214/circular_48_-_comissao_constituicao.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15215/circular_049_-_40a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15270/circular_50_-_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15271/circular_051_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15308/61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15309/circular_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15310/circular_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15311/circular_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15336/circular_056_-_42a_sessao_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15337/62a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15338/circular_58_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15365/circular_059_-_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15366/circular_60_-_comissoes.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15367/circular_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15375/circular_062_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15376/circular_063.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15377/circular_064_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15431/circular_065_-_44a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14439/emenda_modificativa_001_-_plc_001-23_-_revisao_-_remocao_termo_agente_politico.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14709/emenda_modificativa_002_-_plc_013-23_-_art_3_e_8.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14798/emenda_modificativa_003_-_plc_020_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14948/emenda_modificativa_004_-_plc_040_-_desligamento_voluntario_unifai.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14949/2023_ldo_emenda_05.23_-_lei_4254.23.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15003/2023_ldo_emenda_06.23_-_lei_4254.23.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15092/emenda_modificativa_007_-_plc_027_-.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15368/emenda_modificativa_008_-_pl_087_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15369/2023_loa_emenda_09.23_-_lei_4305.23.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15370/2023_loa_emenda_10.23_-_lei_4305.23.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15371/2023_loa_emenda_11.23_-_lei_4305.23.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15425/emenda_modificativa_012_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15426/emenda_modificativa_013_-_pl_117.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14466/indicacao_001_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14467/indicacao_002_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14468/indicacao_003_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14469/indicacao_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14470/indicacao_005_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14471/indicacao_006_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14472/indicacao_007_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14473/indicacao_008_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14474/indicacao_009_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14475/indicacao_010_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14476/indicacao_011_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14477/indicacao_012_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14478/indicacao_013_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14479/indicacao_014_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14480/indicacao_015_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14481/indicacao_016_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14482/indicacao_017_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14483/indicacao_018_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14484/indicacao_019_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14485/indicacao_020_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14486/indicacao_021_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14487/indicacao_022_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14488/indicacao_023_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14489/indicacao_024_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14490/indicacao_025_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14491/indicacao_026_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14492/indicacao_027_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14493/indicacao_028_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14494/indicacao_029_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14495/indicacao_030_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14496/indicacao_031_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14497/indicacao_032_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14498/indicacao_033_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14499/indicacao_034_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14500/indicacao_035_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14501/indicacao_036_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14517/indicacao_037_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14518/indicacao_038_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14519/indicacao_039_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14520/indicacao_040_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14521/indicacao_041_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14522/indicacao_042_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14523/indicacao_043_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14524/indicacao_044_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14525/indicacao_045_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14526/indicacao_046_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14527/indicacao_047_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14528/indicacao_048_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14529/indicacao_049_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14530/indicacao_050_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14531/indicacao_051_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14532/indicacao_052_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14533/indicacao_053_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14534/indicacao_054_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14535/indicacao_055_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14536/indicacao_056_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14537/indicacao_057_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14538/indicacao_058_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14539/indicacao_059_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14540/indicacao_060_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14541/indicacao_061_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14542/indicacao_062_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14543/indicacao_063_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14569/indicacao_064_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14570/indicacao_065_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14571/indicacao_066_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14572/indicacao_067_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14573/indicacao_068_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14574/indicacao_069_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14575/indicacao_070_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14576/indicacao_071_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14577/indicacao_072_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14578/indicacao_073_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14579/indicacao_074_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14580/indicacao_075_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14581/indicacao_076_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14582/indicacao_077_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14583/indicacao_078_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14584/indicacao_079_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14585/indicacao_080_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14586/indicacao_081_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14587/indicacao_082_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14588/indicacao_083_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14589/indicacao_084_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14590/indicacao_085_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14591/indicacao_086_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14592/indicacao_087_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14593/indicacao_088_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14594/indicacao_089_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14595/indicacao_090_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14596/indicacao_091_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14597/indicacao_092_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14598/indicacao_093_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14599/indicacao_094_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14600/indicacao_095_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14601/indicacao_096_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14627/indicacao_097_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14628/indicacao_098_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14629/indicacao_099_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14630/indicacao_100_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14631/indicacao_101_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14632/indicacao_102_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14633/indicacao_103_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14634/indicacao_104_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14635/indicacao_105_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14636/indicacao_106_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14637/indicacao_107_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14638/indicacao_108_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14639/indicacao_109_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14640/indicacao_110_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14641/indicacao_111_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14642/indicacao_112_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14643/indicacao_113_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14644/indicacao_114_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14645/indicacao_115_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14646/indicacao_116_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14647/indicacao_117_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14648/indicacao_118_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14649/indicacao_119_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14650/indicacao_120_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14651/indicacao_121_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14652/indicacao_122_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14653/indicacao_123_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14654/indicacao_124_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14655/indicacao_125_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14656/indicacao_126_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14657/indicacao_127_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14679/indicacao_128_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14680/indicacao_129_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14681/indicacao_130_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14682/indicacao_131_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14683/indicacao_132_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14684/indicacao_133_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14685/indicacao_134_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14686/indicacao_135_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14687/indicacao_136_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14688/indicacao_137_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14689/indicacao_138_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14690/indicacao_139_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14691/indicacao_140_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14692/indicacao_141_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14693/indicacao_142_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14694/indicacao_143_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14695/indicacao_144_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14696/indicacao_145_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14697/indicacao_146_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14698/indicacao_147_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14699/indicacao_148_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14700/indicacao_149_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14701/indicacao_150_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14702/indicacao_151_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14703/indicacao_152_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14704/indicacao_153_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14705/indicacao_154_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14706/indicacao_155_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14736/indicacao_156_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14737/indicacao_157_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14738/indicacao_158_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14739/indicacao_159_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14740/indicacao_160_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14741/indicacao_161_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14742/indicacao_162_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14743/indicacao_163_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14744/indicacao_164_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14745/indicacao_165_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14746/indicacao_166_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14747/indicacao_167_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14748/indicacao_168_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14749/indicacao_169_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14750/indicacao_170_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14751/indicacao_171_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14752/indicacao_172_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14753/indicacao_173_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14754/indicacao_174_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14755/indicacao_175_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14756/indicacao_176_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14757/indicacao_177_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14775/indicacao_178_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14776/indicacao_179_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14777/indicacao_180_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14778/indicacao_181_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14779/indicacao_182_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14781/indicacao_183_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14782/indicacao_184_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14783/indicacao_185_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14784/indicacao_186_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14785/indicacao_187_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14786/indicacao_188_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14787/indicacao_189_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14788/indicacao_190_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14789/indicacao_191_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14790/indicacao_192_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14791/indicacao_193_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14792/indicacao_194_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14793/indicacao_195_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14794/indicacao_196_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14795/indicacao_197_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14796/indicacao_198_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14797/indicacao_199_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14817/indicacao_200_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14818/indicacao_201_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14819/indicacao_202_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14820/indicacao_203_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14821/indicacao_204_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14822/indicacao_205_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14823/indicacao_206_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14824/indicacao_207_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14825/indicacao_208_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14826/indicacao_209_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14827/indicacao_210_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14828/indicacao_211_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14829/indicacao_212_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14830/indicacao_213_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14831/indicacao_214_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14832/indicacao_215_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14833/indicacao_216_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14834/indicacao_217_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14835/indicacao_218_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14836/indicacao_219_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14837/indicacao_220_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14838/indicacao_221_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14839/indicacao_222_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14840/indicacao_223_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14841/indicacao_224_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14842/indicacao_225_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14843/indicacao_226_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14844/indicacao_227_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14845/indicacao_228_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14846/indicacao_229_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14883/indicacao_230_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14884/indicacao_231_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14885/indicacao_232_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14886/indicacao_233_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14887/indicacao_234_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14888/indicacao_235_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14889/indicacao_236_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14890/indicacao_237_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14891/indicacao_238_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14892/indicacao_239_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14893/indicacao_240_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14894/indicacao_241_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14895/indicacao_242_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14896/indicacao_243_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14897/indicacao_244_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14898/indicacao_245_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14899/indicacao_246_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14900/indicacao_247_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14901/indicacao_248_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14902/indicacao_249_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14903/indicacao_250_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14904/indicacao_251_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14905/indicacao_252_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14906/indicacao_253_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14907/indicacao_254_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14912/indicacao_255_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14913/indicacao_256_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14914/indicacao_257_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14915/indicacao_258_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14916/indicacao_259_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14917/indicacao_260_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14918/indicacao_261_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14919/indicacao_262_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14920/indicacao_263_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14921/indicacao_264_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14922/indicacao_265_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14923/indicacao_266_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14924/indicacao_267_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14925/indicacao_268_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14926/indicacao_269_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14927/indicacao_270_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14928/indicacao_271_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14968/indicacao_272_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14969/indicacao_273_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14970/indicacao_274_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14971/indicacao_275_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14972/indicacao_276_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14973/indicacao_277_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14974/indicacao_278_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14975/indicacao_279_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14976/indicacao_280_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14977/indicacao_281_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14978/indicacao_282_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14979/indicacao_283_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14980/indicacao_284_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14981/indicacao_285_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14982/indicacao_286_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14983/indicacao_287_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14984/indicacao_288_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14985/indicacao_289_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14986/indicacao_290_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14987/indicacao_291_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14988/indicacao_292_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14989/indicacao_293_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14990/indicacao_294_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14991/indicacao_295_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14992/indicacao_296_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14993/indicacao_297_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14994/indicacao_298_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14995/indicacao_299_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14996/indicacao_300_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14997/indicacao_301_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14998/indicacao_302_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14999/indicacao_303_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15000/indicacao_304_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15001/indicacao_305_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15017/indicacao_306_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15018/indicacao_307_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15019/indicacao_308_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15020/indicacao_309_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15021/indicacao_310_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15022/indicacao_311_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15023/indicacao_312_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15024/indicacao_313_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15025/indicacao_314_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15026/indicacao_314_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15027/indicacao_316_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15028/indicacao_317_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15029/indicacao_318_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15030/indicacao_319_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15031/indicacao_320_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15032/indicacao_321_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15033/indicacao_322_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15034/indicacao_323_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15035/indicacao_324_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15036/indicacao_325_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15037/indicacao_326_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15038/indicacao_327_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15039/indicacao_328_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15040/indicacao_329_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15041/indicacao_330_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15042/indicacao_331_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15043/indicacao_332_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15044/indicacao_333_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15045/indicacao_334_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15046/indicacao_335_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15047/indicacao_336_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15058/indicacao_337_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15059/indicacao_338_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15060/indicacao_339_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15061/indicacao_340_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15062/indicacao_341_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15063/indicacao_342_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15064/indicacao_343_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15065/indicacao_344_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15066/indicacao_345_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15067/indicacao_346_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15068/indicacao_347_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15069/indicacao_348_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15070/indicacao_349_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15071/indicacao_350_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15072/indicacao_351_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15073/indicacao_352_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15074/indicacao_353_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15075/indicacao_354_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15076/indicacao_355_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15077/indicacao_356_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15078/indicacao_357_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15079/indicacao_358_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15080/indicacao_359_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15106/indicacao_360_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15107/indicacao_361_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15108/indicacao_362_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15109/indicacao_363_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15110/indicacao_364_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15111/indicacao_365_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15112/indicacao_366_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15113/indicacao_367_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15114/indicacao_368_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15115/indicacao_369_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15116/indicacao_370_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15117/indicacao_371_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15118/indicacao_372_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15119/indicacao_373_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15120/indicacao_374_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15121/indicacao_375_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15122/indicacao_376_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15123/indicacao_376_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15124/indicacao_378_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15125/indicacao_379_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15126/indicacao_380_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15127/indicacao_381_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15128/indicacao_382_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15129/indicacao_383_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15147/indicacao_384_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15148/indicacao_385_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15149/indicacao_386_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15150/indicacao_387_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15151/indicacao_388_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15152/indicacao_389_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15153/indicacao_390_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15154/indicacao_391_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15155/indicacao_392_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15156/indicacao_393_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15157/indicacao_394_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15158/indicacao_395_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15159/indicacao_396_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15160/indicacao_397_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15161/indicacao_398_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15162/indicacao_399_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15163/indicacao_400_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15164/indicacao_401_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15165/indicacao_402_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15166/indicacao_403_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15175/indicacao_404_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15176/indicacao_405_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15177/indicacao_406_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15178/indicacao_407_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15179/indicacao_408_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15180/indicacao_409_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15181/indicacao_410_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15182/indicacao_411_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15183/indicacao_412_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15184/indicacao_413_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15185/indicacao_414_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15186/indicacao_415_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15187/indicacao_416_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15188/indicacao_417_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15189/indicacao_418_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15190/indicacao_419_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15191/indicacao_420_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15192/indicacao_421_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15193/indicacao_422_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15194/indicacao_423_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15195/indicacao_424_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15196/indicacao_425_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15197/indicacao_426_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15231/indicacao_427_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15232/indicacao_428_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15233/indicacao_429_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15234/indicacao_430_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15235/indicacao_431_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15236/indicacao_432_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15237/indicacao_433_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15238/indicacao_434_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15239/indicacao_435_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15240/indicacao_436_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15241/indicacao_437_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15242/indicacao_438_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15243/indicacao_439_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15244/indicacao_440_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15245/indicacao_441_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15246/indicacao_442_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15247/indicacao_443_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15248/indicacao_444_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15249/indicacao_445_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15250/indicacao_446_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15251/indicacao_447_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15252/indicacao_448_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15253/indicacao_449_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15254/indicacao_450_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15255/indicacao_451_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15256/indicacao_452_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15257/indicacao_453_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15258/indicacao_454_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15259/indicacao_455_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15260/indicacao_456_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15261/indicacao_457_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15272/indicacao_458_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15273/indicacao_459_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15274/indicacao_460_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15275/indicacao_461_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15276/indicacao_462_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15277/indicacao_463_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15278/indicacao_464_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15279/indicacao_465_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15280/indicacao_466_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15281/indicacao_467_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15282/indicacao_468_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15283/indicacao_469_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15284/indicacao_470_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15285/indicacao_471_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15286/indicacao_472_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15287/indicacao_473_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15288/indicacao_474_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15289/indicacao_475_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15320/indicacao_476_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15321/indicacao_477_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15322/indicacao_478_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15323/indicacao_479_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15324/indicacao_480_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15325/indicacao_481_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15326/indicacao_482_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15327/indicacao_483_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15328/indicacao_484_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15329/indicacao_485_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15330/indicacao_486_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15331/indicacao_487_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15332/indicacao_488_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15333/indicacao_489_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15334/indicacao_490_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15335/indicacao_491_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15356/indicacao_492_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15357/indicacao_493_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15358/indicacao_494_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15359/indicacao_495_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15378/indicacao_496_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15379/indicacao_497_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15380/indicacao_498_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15381/indicacao_499_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15382/indicacao_500_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15383/indicacao_501_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15384/indicacao_502_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15385/indicacao_503_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15386/indicacao_504_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15387/indicacao_505_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15388/indicacao_506_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15389/indicacao_507_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15390/indicacao_508_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15391/indicacao_509_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15392/indicacao_510_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15393/indicacao_511_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15394/indicacao_512_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15395/indicacao_513_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15396/indicacao_514_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15397/indicacao_515_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15398/indicacao_516_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15399/indicacao_517_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15400/indicacao_518_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15401/indicacao_519_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15402/indicacao_520_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14452/mocao_001_-_jaqueline_gil_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14558/mocao_002_-_maiart_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14559/mocao_003_-_coletores_de_lixo_que_salvaram_cachorros_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14611/mocao_004_-_andre_do_prado_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14674/mocao_005_-_charles_hartin_-_conclusao_do_curso_cop_policia_civil.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14716/mocao_006_-_ricardo_alfredo_bassio_haddad_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14767/mocao_007_-_irmes_mary_moreno_roque_mattara_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14807/mocao_008_-_casa_das_embalagens_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14865/mocao_009_-_portage_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14866/mocao_010_-_policia_penal.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14867/mocao_de_repudio_011_-_tjsp.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14868/mocao_de_apoio_012_-_agentes_comunitarios_de_saude_e_controle.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14911/mocao_013_-_sergio_barbosa_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14952/mocao_014_-_arthur_daniel_conceicao_martinez_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14953/mocao_015_-_mauricio_konrad_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14954/mocao_016_-_padre_jose_afonso_maniscalco_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14955/mocao_017_-_padre_jose_carlos_vicentin_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15009/mocao_018_-_nova_diretoria_do_rotary_club_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15081/mocao_019_-_padres_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15082/mocao_020_-_zil_silva_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15097/mocao_021_-_dom_luiz_antonio_cipolini_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15130/mocao_022_-_arlette_motoki_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15198/mocao_023_-_repudio_a_adpf_442_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15199/mocao_024_-_repudio_ao_asilo_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15228/mocao_025_-_miguel_moreira_correa_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15229/mocao_026_-_sophia_gabriel_e_guilherme_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15230/mocao_027_-_apoio_ao_congresso_nacional_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15290/mocao_028_-_1o_festival_da_primavera_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15291/mocao_029_-_wesley_sebastiao_moreira_da_silva_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15312/mocao_030_-_izabela_rodrigues_da_silva_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15313/mocao_031_-_guilherme_piai_silva_fillizzola_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15403/mocao_032_-_centro_comercial_elpidio_sgobbi_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15404/mocao_033_-_amauri_robinsdon_dos_santos_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15405/mocao_034_-_chuvas_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15406/mocao_035_-_1o_festival_de_teatro_estudantil_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15407/mocao_036_-_sara_rocha_e_suelen_rocha_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14565/45a_projeto_de_decreto_legislativo_001_-_rafael_e_outros_titulo_de_cidadao_luis_carlos_galvao.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15211/projeto_de_decreto_legislativo_002_-_nelly_junqueira_de_freitas_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14436/plc_001_-_m_001_-_plc_-_revisao_geral_anual_do_servidores_da_prefeitura_-80.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14437/plc_002_-_m_002_-_plc_-_revisao_geral_anual_dos_servidores_unifai_-8.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14448/43a_-_projeto_de_lei_complementar_003_-_mesa_revoga_lc_396_-_vale_alimentacao_camara.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14449/43a_-_projeto_de_lei_complementar_004_-_m_008_-_dipoe_sobre_autorizacao_para_abert._de_lic._para_concessao_de_direito_real_de_uso_-_rev.lc__259278_e_355.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14450/43a_-_projeto_de_lei_complementar_005_-_m_009_-__autorizacao_para_alienacao_de_imoveis_area_circo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14451/43a_-_projeto_de_lei_complementar_006_m_010_-_projeto_de_lei_-altera_a_lei_2_328_ctm_-_isencao_taxa_de_publicidade.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14566/45a_projeto_de_lei_complementar_007_m_014_-_dispoe_sobre_a_criacao_emprego_permanente_auxiliar_de_desenvolvimento_escolar__motorista_e_auxiliar_de_enfermagem_2.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14567/45a_projeto_de_lei_complementar_008_m_015_-_autorizacao_para_alienacao_de_imoveis_area_circo.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14623/46a_projeto_de_lei_complementar_009_m_023-__alienacao_de_imovel_por_investidura_-_paulo_sergio_andrade__-_q_e_lote_16.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14624/46a_projeto_de_lei_complementar_010_m_024_-_alienacao_de_imovel_por_investidura_-_anexo_-_lucinalva_ap._fukushima_fagundes_-_q_f_-_lote_01.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14625/46a_projeto_de_lei_complementar_011_m_025_-_alienacao_de_imovel_por_investidura_-_aparecida_dos_santos_-_q_07_-_lote_22.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14626/46a_projeto_de_lei_complementar_012_m_026_-__anexo_-_alienacao_de_imovel_por_investidura_-_joao_eduardo_barbosa_pacheco__-_q_3_lote__1.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14669/47a_projeto_de_lei_complementar_013_m_031_-_altera_lc_163.11_-_politica_mun._de_atend._dos_direitos_da_crianca__reestrutura_o_cmdca_e_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14670/47a_projeto_de_lei_complementar_014_m_035_-_autoriza_receber_em_doacao_imovel_der_-_pq_do_sol.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14671/47a_projeto_de_lei_complementar_015_m_037_-_dispoe_sobre_atribuicao_de_gratificacao_de_funcao_mediador_polo_univesp.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14672/47a_projeto_de_lei_complementar_016_m_041_-_criacao_emprego_permanente_nutricionista_orientador_social_chefe_museu_e_tec_seg_trabalho.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14673/47a_projeto_de_lei_complementar_017_m_042_-_dispoe_sobre_atribuicao_de_gratificacao_dos_autores_da_licitacao.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14711/48a_projeto_de_lei_complementar_018_-_mesa_-_revisao_dos_vencimentos_camara.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14760/49a_projeto_de_lei_complementar_019_m_043-_altera_a_lei_compl._386_-_concessao_area_valentin_gatti_-_geo_analitica.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14761/49a_projeto_de_lei_complementar_020_m_046_-_altera_lei_complementar_163_2011_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14762/49a_projeto_de_lei_complementar_021_m_047_-_dispoe_sobre_atribuicao_de_gratificacao_dos_autores_da_licitacao.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14763/49a_projeto_de_lei_complementar_022_m_048_-__autorizacao_para_alienacao_de_imovel_por_investidura_-_jose_de_oliveira_neto.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14803/50a_projeto_de_lei_complementar_023_m_050_-_autorizacao_para_a_doacao_de_area_que_especifica_-_construtora_rotoli.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14804/50a_projeto_de_lei_complementar_024_m_053_-_revisao_geral_anual_do_servidores_da_prefeitura_-_15.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14805/50a_projeto_de_lei_complementar_025_m_054-_altera_a_lc_428_-_gratificacao_de_funcao_mediador_polo_univesp.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14863/51a_projeto_de_lei_complementar_026_m_066_-__altera_a_lc_284_-_limita_verba_hoboraria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14909/52a_projeto_de_lei_complementar_027_m_069_-_altera_a_lc_94-2007_-_plano_de_carreira_magisterio.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14967/53a_projeto_de_lei_complementar_028_m_076_-_revoga_lc_340_-_reversao_de_lote_valentin_gatti_-dias_neto_representacoes_ltda.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15054/55a_projeto_de_lei_complementar_029_m_087_-_atribuicao_de_gratificacao_dos_autores_da_licitacao_unifai.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15055/55a_projeto_de_lei_complementar_030_m_088_-_altera_o_anexo_i_da_lei_407_-_cria10_empregos_de_educador_30hs_e_10_de_40hs.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15266/59a_projeto_de_lei_complementar_031_m_100_-__atribuicoes_agente_da_receita_tributaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15307/61a_projeto_de_lei_complementar_032_-_m_116_-_altera_a_lc_440_-_tira_a_retroatividade_da_lei.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15351/62a_projeto_de_lei_complementar_033_m_125_-_criacao_emprego_permanente_tec._informatica_tec._contabilidade_e_inspetor_de_alunos.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15352/62a_projeto_de_lei_complementar_034_m_128_-_altera_o_anexo_ii_da_lei_440_-_cria_10_emp.de_educador_30hs_e_10_de_40hs_10_prof._peb_i_e_02__dm_da_ou_dv.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15353/62a_projeto_de_lei_complementar_035_m_133_-_plc_-_revisao_geral_anual_do_servidores_da_prefeitura_-8.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15354/62a_projeto_de_lei_complementar_036_m_134_-_dispoe_sobre_a_alteracao_do_artigo_5o_da_lei_274-2017_-_2a_opcao.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15355/62a_projeto_de_lei_complementar_037_m_136_-_plc_-_revisao_geral_anual_dos_servidores_unifai_-8.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14441/43a_-_projeto_de_lei_001_-_noriko_e_outros_praca_lariele_veronica_boldrin.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14442/43a_-_projeto_de_lei_002_-_m_003_-_abertura_de_credito_suplementar_unifai_-_r_2.500.00000.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14443/43a_-_projeto_de_lei_003_-_m_004_autoriza_repassar_para_sta_casa_r_104.35510_mac_estadual.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14444/43a_-_projeto_de_lei_004_-_m_005_abertura_de_credito_especial_-_vigilancia_socioass._e_bolsa_familia.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14445/43a_-_projeto_de_lei_005_-_m_006_-_autoriza_repasse_apae_r_47.00000_-residencia_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14446/43a_-_projeto_de_lei_006_-_m_007_autoriza_repasse_r_60.00000__lar_dos_velhos_saude.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14447/43a_-_projeto_de_lei_007_-_alcio_e_outros_altera_a_lei_3.369_-_loteamento_fechado_acesso_controlado.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14503/44a_-_projeto_de_lei_008_-_m_011_-_dispoe_sobre_reajuste_estagiario.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14560/45a_projeto_de_lei_009_-_aguinaldo_e_outros_-_residencial_sol_nascente.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14561/45a_projeto_de_lei_010_m_016_-_aquisicao_de_area_dist__industrial_r_2_000_00000.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14562/45a_projeto_de_lei_011_m_017_-_aquisicao_de_nova_area_administrativa_-_credito_adicional_especial_r_3.520.00000.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14563/45a_projeto_de_lei_012_m_020_-_recape_convenio_10359-2022_-_abertura_de_credito_r_237.68413.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14564/45a_projeto_de_lei_013_m_021_-_pronto_pagamento_para_a_cobertura_de_despesas_-_lei_federal_n.o_14.133.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14613/46a_projeto_de_lei_014_m_012_-_projeto_de_lei__educacao_merenda_transporte_e_qse.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14614/46a_projeto_de_lei_015_m_013_-_projeto_de_lei_subvencao_para_apelos_e_patas_-_r_60_00000.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14615/46a_projeto_de_lei_016_m_019_-_abertura_de_credito_r_100mil_-_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14616/46a_projeto_de_lei_017_m_022_-_abertura_de_credito_suplementar_unifai_-_r_1.850.00000.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14617/46a_projeto_de_lei_018_m_027_-_abertura_de_credito_-_r_540.00000_-___ampliacao_de_area_para_o_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14618/46a_projeto_de_lei_019_m_028_-_autoriza_repassar_para_sta_casa_1_000_00000_atencao_basica_estadual.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14619/46a_projeto_de_lei_020_-_denominacao_predio_e_plenario_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14620/46a_projeto_de_lei_021_m_029_abertura_de_credito_r_1.79000000_-_srt_e_pai_nossso_lar.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14621/46a_projeto_de_lei_022_m_030_autoriza_repassar_para_sta_casa_r_94.57302_mac_estadual_proc__cirur.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14622/46a_projeto_de_lei_023_m_018_-_programa_nossa_rua_-_r_3.705.000_00.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14661/47a_projeto_de_lei_024_m_032_-_abertura_de_credito_r_560.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14662/47a_projeto_de_lei_025_m_033_-_abertura_de_credito_especial_unifai_-_r_480.00000.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14663/47a_projeto_de_lei_026_m_034_-_autoriza_celebrar_convenio_com_a_ceeteps.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14664/47a_projeto_de_lei_027_m_036_-_abertura_de_credito_r_415.95699_-_devolucao_ipva.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14665/47a_projeto_de_lei_028_m_038_-__auxilio_atiradores.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14666/47a_projeto_de_lei_029_m_039_-_abertura_de_credito_r_760.00000_atencao_basica_pab_fixo.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14667/47a_projeto_de_lei_030_m_040_-_abertura_de_credito_r_1.000.00000_atencao_basica_estadual.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14668/47a_projeto_de_lei_031_-_presenca_de_profissionais_doulas_durante_o_parto_nas_maternidades_e_hospitais.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14764/49a_projeto_de_lei_032_m_044_autoriza_pagar_despesa_de_manutencao_de_ar_condicionado_-_pm.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14765/49a_projeto_de_lei_033_m_045_-_abertura_de_credito_r_1.370.00000.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14766/49a_projeto_de_lei_034_m_049_-_abertura_de_credito_-_r_5.000.00000_-_recapeamento_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14800/50a_projeto_de_lei_035_m_051_-_abertura_de_credito_suplementar_unifai_-_r_805.00000.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14801/50a_projeto_de_lei_036_m_052_-_repasse_sta_casa_r_81.26761_mac_estadual_proc_cirur_res_45_e_49-23.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14802/50a_projeto_de_lei_037_m_055_-_abertura_de_credito_r_35.15300__-_saude_vacinacao.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14849/51a_projeto_de_lei_038_m_056_-_diretrizes_orcamentarias_-_ldo_2024.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14850/51a_projeto_de_lei_039_aguinaldo_e_outros_-_denomina_ruas_monte_siao.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14851/51a_projeto_de_lei_040_m_057_-_pdv_unifai.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14852/51a_projeto_de_lei_041_m_058_-_aditivo_termo_de_colaboracao_unifai_e_sta_ccasa_-_res._magnetica_r_74.51854.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14853/51a_projeto_de_lei_042_m_059_-_altera_a_lei_n._4.187_-_honorario_sucumbencia_unifai.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14854/51a_projeto_de_lei_043_m_061-_autoriza_reembolso_publicacao_artigo_cientifico_docentes_unifai.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14855/51a_projeto_de_lei_044_m_062_-_abertuta_de_credito_saude_-r_1_45465053_-_portaria_gm-ms__443_23.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14856/51a_projeto_de_lei_045_m_063_-_abertura_de_credito_especial_r_150.00000_-_emenda_fausto_pinato.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14857/51a_projeto_de_lei_046_m_064_-_abertura_de_credito_especial_unifai_-_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14858/51a_projeto_de_lei_047_m_065_-_altera_lei_4169__-_concessao_bolsa_de_estudos_unifai_altera_valor_bolsa_iniciacao_cient..pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14859/51a_projeto_de_lei_048_m_060_-altera_lei_3610_-_mais_medicos_-_aumenta_valor_auxilio.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14860/51a_projeto_de_lei_049_m_067_-_abertura_credito_especial_-_vig_socioassistencia.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14861/51a_projeto_de_lei_050_-_alcio_e_outros_altera_lei_das_doulas.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14862/51a_projeto_de_lei_051_m_068-_dispoe_o_sistema_municipal_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14960/53a_projeto_de_lei_052_m_070_-_abertura_de_credito_r_113.00000_-_pranchas_para_pontes.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14961/53a_projeto_de_lei_053_m_071_-_abertura_de_credito_r_267.88407_-_calcadas_acessiveis.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14962/53a_projeto_de_lei_054_m_072_-_abertura_de_credito_r_220.00000-_materiais_grama_sintetica.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14963/53a_projeto_de_lei_055_m_073_-_abertura_de_credito_r_r_280.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14964/53a_projeto_de_lei_056_m_074_-_autoriza_repassar_para_sta_casa_r_56.89206_mac_proc._cirururgico_res._ss_-_179.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14965/53a_projeto_de_lei_057_m_075_-_abertura_de_credito_r_62.10000_-_irrigacao_gramado_do_estadio.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14966/53a_projeto_de_lei_058_m_077_-_abertura_de_credito_-_r_r_139.91401-_assit__social_-_serv._acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15004/54a_projeto_de_lei_059_m_078_-_abertura_de_credito_-_r_408.00000_-_convenio_transporte.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15005/54a_projeto_de_lei_060_m_079_-__abertura_de_credito_-_r_30.00000_-_agricultura.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15006/54a_projeto_de_lei_061_m_080_-_abertura_de_credito_-_r_66.09403__-_repasse_santa_casa_-_portaria_gm_-_ms_90-2023.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15048/55a_projeto_de_lei_062_m_081_-_sta_casa_r27.35618_mac_estadual_proc._cirur_-_res_ss_82.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15049/55a_projeto_de_lei_063_m_082_-_repasse_r_36.18090_para_apae.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15050/55a_projeto_de_lei_064_m_083_-_repasse_r24.03810_carlos_pegoraro.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15051/55a_projeto_de_lei_065_m_084_-_abertura_de_credito_r_350.00000_-_emendas_dep_miguel_lombardi_e_enrico_misasi.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15052/55a_projeto_de_lei_066_m_085_-_abertura_de_credito_suplementar_unifai_-_r_r_4.410.00000.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15053/55a_projeto_de_lei_067_m_086_-_abertura_de_credito_saude_r_450.00000_-_teto_mac.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15096/56_projeto_de_lei_068_m_089_-_dispoe_o_conselho_municipal_de_promocao_e_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15132/57a_projeto_de_lei_069_m_090_-_abertura_de_credito_especial_assit_social_-_gestao_vig_socio_assist._r_12.00000.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15133/57a_projeto_de_lei_070_m_092_-_piso_enfermagem_cnm.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15134/57a_projeto_de_lei_071_m_093_-_dispoe_sobre_proibicao_de_queimadas_urbanas.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15135/57a_projeto_de_lei_072_m_091_-__ratifica_convalidacao_contrato_consorcio_amnap.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15170/58a_projeto_de_lei_073_m_094_-_abertura_de_credito_especial__-_r_143.00000_-_servico_de_acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15171/58a_projeto_de_lei_074_m_095_-_abertura_de_credito_especial_r_323.37178_-_lei_paulo_gustavo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15172/58a_projeto_de_lei_075_m_096_-_abertura_de_credito_-_r_1.778.40000_-_vencimento_e_vantagens.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15173/58a_projeto_de_lei_076_m_097_-_dispoe_sobre_o_prolongamento_da_rua_santa_catarina.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15174/58a_projeto_de_lei_077_m_098_-_desafetacao_areas_lc_421_422_423_e_424_-_investiduras.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15216/59a_projeto_de_lei_078_m_099_-_abertura_de_credito_suplementar_r_100.00000_-_assistencia.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15217/59a_projeto_de_lei_079_m_101_-_repasse_clinica_pai_nosso_lar_r_100_00000_-_portaria_gm_-_ms_544-2023.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15218/59a_projeto_de_lei_080_m_102_-_abertura_de_credito_especial_unifai_-_r__70.00000.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15219/59a_projeto_de_lei_081_m_103_-_abertura_de_credito_r_445.00000_campos_de_futebol_e_pdv.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15220/59a_projeto_de_lei_082_m_104_-_plano_de_demissao_voluntario_incentivado_-_pdv_-_outubro_1.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15262/59a_projeto_de_lei_083_m_105_-_abertura_de_credito_r_2.455.90000__varias_secretarias.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15263/59a_projeto_de_lei_084_m_106_-_abertura_de_credito_r_386.00000_-_merenda.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15264/59a_projeto_de_lei_085_m_107_-_repasse_cooperadam_r_r_59.00000.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15265/59a_projeto_de_lei_086_m_108_-_abertura_de_credito_r_4.890.00000_-_saude_e_educacao_fundeb.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15267/60a_projeto_de_lei_087_m_109_-_concessao_subvencoes_e_contribuicoes_2024.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15268/60a_projeto_de_lei_088_m_110_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15269/60a_projeto_de_lei_089_m_111_-_abertura_de_credito_saude_teto_mac_-_r_900.0000.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15299/61a_projeto_de_lei_090_-_residencial_jardim_botanico.doc.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15300/61a_projeto_de_lei_091_m_112_-_pl_abono_natalino_aos_servidores.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15301/61a_projeto_de_lei_092_m_113_-_abertura_de_credito_r_645.00000_-_saude_assistencia_e_rcc.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15302/61a_projeto_de_lei_093_m_114_-_repasse_p_sta_casa_r500.00000.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15303/61a_projeto_de_lei_094_m_115_-_abertura_de_credito_especial_unifai_-_r__1.650.00000.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15304/61a_projeto_de_lei_095_-_m_117_-_repasse_lar_dos_velhos_r100.00000.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15305/61a_projeto_de_lei_096_-_m_118_-_autoriza_celebrar_convenio_lucelia_e_osvaldo_cruz_-_serv._acolhimento_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15306/61a_projeto_de_lei_097_-_m_119_-_autoriza_majorar__subsidio_tarifario_mensal_para_operacionalizacao_do_transporte_coletivo_-_3.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15339/62a_projeto_de_lei_098_m_120_-_repasse_clinica_pai_nosso_lar_r_80.00000_-_portaria_gm_-_ms_1_300-2023.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15340/62a_projeto_de_lei_099_m_121_-_abertura_de_credito__especial_-_academia_ao_ar_livre_r_42.00000.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15341/62a_projeto_de_lei_100_m_122_-_abertura_de_cred.__especial_vestiario_jd_brasil_r_251.00000.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15342/62a_projeto_de_lei_101_m_123_-_pl_abono_natalino_aos_servidores_unifai.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15343/62a_projeto_de_lei_102_m_124_-_abertura_de_credito_r_44.00000_-_transporte_educacao.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15344/62a_projeto_de_lei_103_m_126_-_abertura_de_credito_suplementar_-_convenio_polesportivo_r_91.00000.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15345/62a_projeto_de_lei_104_m_127_-_denomina_a_praca_celso_osmar_mastellini.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15346/62a_projeto_de_lei_105_m_129_-_abertura_de_credito_-_devolucao_cdhu_r_51.30000.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15347/62a_projeto_de_lei_106_m_130_-_abertura_de_credito_educacao_fundeb_r_2.763.90000.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15348/62a_projeto_de_lei_107_m_131_-_abertura_de_credito_suplementar_unifai_-_r_5_390_00000.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15349/62a_projeto_de_lei_108_m_132_-_abertura_de_credito_r_20.00000_-_transporte_educacao_proprio.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15350/62a_projeto_de_lei_109_m_135_-_autoriza_contratar_financiamento_caixa_federal.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15360/63a_projeto_de_lei_110_-_subsidio_prefeito_vice_e_secretarios.docx.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15361/63a_projeto_de_lei_111_m_137_-_abertura_de_credito_-_repasse_cdhu_r_51.30000_proj_tec_social.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15362/63a_projeto_de_lei_112_m_138_-_concessao_de_beneficio_eventual_-_situacao_de_desastre_e_calamidade_2.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15363/63a_projeto_de_lei_113_m_139_-_autoriza_contratar_financiamento_caixa_federal_-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15372/64a_projeto_de_lei_114_-_m_140_-_atualizacao_lei_das_antenas_-_5g.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15373/64a_projeto_de_lei_115_m_141_-_renovacao_termo_de_colaboracao_unifai_e_santa_casa_-_estgio_e_atividades_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15429/65a_projeto_de_lei_116.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15428/projeto_de_lei_117__m_142_-_autoriza_contratar_financiamento_caixa_federal_-_recape_e_galerias.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15445/65a_projeto_de_lei_118_m_143_-_altera_o_artigo_2o_da_lei_3765_-_altera_composicao_comtur.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14806/50a_projeto_de_resolucao_001_mesa_da_camara_-_conducao_de_veiculos_oficiais_da_cma.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15364/63a_projeto_de_resolucao_002_-_subsidio_dos_vereadores_para_19a_legislatura.docx.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14453/requerimento_001_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14454/requerimento_002_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14455/requerimento_003_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14456/requerimento_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14457/requerimento_004_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14458/requerimento_005_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14459/requerimento_007_-_unifai_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14460/requerimento_008_-_parque_itaipus_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14461/requerimento_009_-_assistencia_social_casas_populares_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14462/requerimento_010_-_saude_-_rename_-_medicamentos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14463/requerimento_011_-_unifai_-_emendas_projetos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14464/requerimento_012_-_prefeitura_-_emendas_projetos_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14506/requerimento_013_-_pedra_bica_corrida_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14507/requerimento_014_-_recapeamento_asfaltico_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14508/requerimento_015_-_publicacao_em_redes_sociais_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14509/requerimento_016_-_emenda_bruno_lima_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14510/requerimento_017_-_castramovel_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14511/requerimento_018_-_transporte_de_alunos_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14512/requerimento_019_-_plano_de_carreira_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14513/requerimento_020_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14514/requerimento_021_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14515/requerimento_022_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14516/requerimento_023_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14546/requerimento_024_-_mara_gabrilli_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14547/requerimento_025_-_pedido_de_informacao_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14548/requerimento_026_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14549/requerimento_027_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14550/requerimento_028_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14551/requerimento_029_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14552/requerimento_030_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14553/requerimento_031_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14554/requerimento_032_-_ecoville_i_e_ii_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14555/requerimento_033_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14556/requerimento_034_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14557/requerimento_035_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14603/requerimento_036_45a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14605/requerimento_037_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14606/requerimento_038_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14607/requerimento_039_-_via_de_acesso_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14608/requerimento_040_-_vale_aimentacao_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14609/requerimento_041_-_desenvolve_sp_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14610/requerimento_042_-_sabesp_46a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14675/requerimento_043_-_pedido_de_informacao_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14676/requerimento_044_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14677/requerimento_045_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14678/requerimento_046_47a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14717/requerimento_047_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14718/requerimento_048_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14719/requerimento_049_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14720/requerimento_050_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14721/requerimento_051_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14722/requerimento_052_-_convocacao_secretario_de_planejamento_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14724/requerimento_054_-_reitera_murilo_jaccoud_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14725/requerimento_055_-_doacao_materiais_mario_covas_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14726/requerimento_056_-_pedido_de_recursos_-_apae_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14727/requerimento_057_-_recursos_van_apae_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14728/requerimento_058_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14729/requerimento_059_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14730/requerimento_060_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14731/requerimento_061_-_recursos_cultura_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14732/requerimento_062_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14733/requerimento_063_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14734/requerimento_064_-_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14735/requerimento_065_-_recursos_pai_nosso_lar_48a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14768/requerimento_066_-_arnaldo_jardim_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14769/requerimento_067_-_mara_gabrilli_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14770/requerimento_068_-__equipamentos_recursos_covid-19_-_tomografo_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14771/requerimento_069_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14772/requerimento_070_49a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14808/requerimento_071_-_dani_alonso_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14809/requerimento_072_-_capitao_augusto_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14810/requerimento_073_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14811/requerimento_074_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14812/requerimento_075_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14813/requerimento_076_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14814/requerimento_077_-__piso_enfermagem_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14815/requerimento_078_-_pedido_de_informacao_50a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14869/requerimento_079_-_fernando_marangoni_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14870/requerimento_080_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14871/requerimento_090_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14872/requerimento_082_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14873/requerimento_083_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14874/requerimento_084_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14875/requerimento_085_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14876/requerimento_086_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14877/requerimento_087_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14878/requerimento_088_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14879/requerimento_089_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14880/requerimento_090_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14881/requerimento_091_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14882/requerimento_092_-_criancas_deficientes_nas_escolas_51a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14929/requerimento_093_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14930/requerimento_094_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14931/requerimento_095_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14932/requerimento_096_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14933/requerimento_097_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14934/requerimento_098_-_clarice_ganem_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14935/requerimento_099_-_informacao_expoverde_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14936/requerimento_100_-_castramovel_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14937/requerimento_101_-_marcos_pereira_-_san_miguel_ii_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14938/requerimento_102_-_marcos_pereira_-_van_16_lugares_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14939/requerimento_103_-_marcos_pereira_-_pai_nosso_lar_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14940/requerimento_104_-_renata_abreu_-_sec._cultura_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14941/requerimento_105_-_fernando_marangoni_-_equip._cultura_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14942/requerimento_106_-_fernando_marangoni_-_van_16_lugares_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14943/requerimento_107_-_fernando_marangoni_-_san_miguel_ii_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14944/requerimento_108_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14945/requerimento_109_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14946/requerimento_110_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14947/requerimento_111_52a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14956/requerimento_112_-_pedido_de_informacao_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14957/requerimento_113_-_pedido_de_informacao_pdv_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14958/requerimento_114_-_pedido_de_informacao_pavimentacao_da_rua_sergipe_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14959/requerimento_115_-_pedido_de_informacao_laudos_de_insalubridade_53a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15010/requerimento_116_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15011/requerimento_117_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15012/requerimento_118_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15013/requerimento_119_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15014/requerimento_120_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15015/requerimento_121_-_roberto_de_lucena_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15016/requerimento_122_-_renato_feder_54a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15083/requerimento_123_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15084/requerimento_124_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15085/requerimento_125_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15086/requerimento_126_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15087/requerimento_127_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15088/requerimento_128_-_pedido_de_informacao_santa_casa_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15089/requerimento_129_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15090/requerimento_130_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15091/requerimento_131_-_concessao_dos_terrenos_55a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15098/requerimento_132_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15099/requerimento_133_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15100/requerimento_134_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15101/requerimento_135_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15102/requerimento_136_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15103/requerimento_137_-_pedido_de_informacao_piso_salarial_enfermagem_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15104/requerimento_138_-_pedido_de_informacao_quiosques_e_decks_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15105/requerimento_138_-_pedido_de_informacao_quiosques_e_decks_56a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15136/requerimento_140_-_fernando_marangoni_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15137/requerimento_141_-_fernando_marangoni_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15138/requerimento_142_-_fernando_marangoni_casa_do_garoto_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15139/requerimento_143_-_fernando_marangoni_santa_casa_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15140/requerimento_144_-_fernando_marangoni_apae_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15141/requerimento_145_-_informacao_expoverde_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15142/requerimento_146_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15144/requerimento_148_57a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15200/requerimento_149_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15201/requerimento_150_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15202/requerimento_151_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15203/requerimento_152_-_gerente_cdhu_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15204/requerimento_153_-_gerente_cdhu_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15205/requerimento_154_-_conjunto_habitacional_naur_bellusci_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15206/requerimento_155_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15207/requerimento_156_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15208/requerimento_157_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15209/requerimento_158_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15210/requerimento_159_58a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15221/requerimento_160_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15222/requerimento_161_-_carlos_giannazi_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15223/requerimento_162_-_felipe_franco_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15224/requerimento_163_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15225/requerimento_164_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15226/requerimento_165_-_informacao_cemiterio_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15227/requerimento_166_-_valeria_bolsonaro_59a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15292/requerimento_167_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15293/requerimento_168_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15294/requerimento_169_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15295/requerimento_170_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15296/requerimento_171_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15297/requerimento_172_-_ponte_corrego_do_rancho_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15298/requerimento_173_-_lar_cristao_60a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15314/requerimento_174_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15315/requerimento_175_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15316/requerimento_176_-_viagens_prefeito_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15317/requerimento_177_-_quiosquer_parque_dos_pioneiros_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15318/requerimento_178_-_valeria_bolsonaro_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15319/requerimento_179_-_guilherme_piai_61a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15408/requerimento_180_62a_ordinaria_pronto_socorro.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15409/requerimento_181_-_62a_ordinaria_unifai.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15410/requerimento_182_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15411/requerimento_183_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15412/requerimento_184_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15413/requerimento_185_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15414/requerimento_186_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15415/requerimento_187_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15416/requerimento_188_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15417/requerimento_189_-_fernando_marangoni_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15418/requerimento_190_-_pedido_de_informacao_62a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15419/requerimento_191_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15420/requerimento_192_-_63a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15421/requerimento_193_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15422/requerimento_194_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15423/requerimento_195_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15424/requerimento_196_-_64a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15374/emenda__supressiva_-_pl_112_-_auxilio_desastre_-_enchente.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/14710/emenda__aditiva_001_-_plc_013-23_-_consolidacao_da_lei.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15427/emenda_aditiva_002_-_pl_117_-_caixa_economica_federal_-_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2023/15131/anteprojeto_de_lei_001_-__medalha_bombeiro.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H994"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="239.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">