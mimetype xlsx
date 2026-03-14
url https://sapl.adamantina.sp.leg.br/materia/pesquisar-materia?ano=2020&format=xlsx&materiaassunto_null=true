--- v0 (2025-11-29)
+++ v1 (2026-03-14)
@@ -51,12036 +51,12036 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CIRCU</t>
   </si>
   <si>
     <t>Circular Sessão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10915/circular_001_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10915/circular_001_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 67ª Sessão Ordinária, a se realizar no dia 03 de fevereiro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>10916</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10916/circular_002_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10916/circular_002_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 001 a 008/2020, Projetos de Lei Complementar nºs 001 a 004/2020 e Projetos de Decreto Legislativo nºs 001 e 002/2020 lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11022/circular_003_37a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11022/circular_003_37a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 37ª Sessão Extraordinária a se realizar no dia 10 de fevereiro, às 13h30 .</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11023/circular_004_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11023/circular_004_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 68ª Sessão Ordinária, a se realizar no dia 17 de fevereiro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11024/circular_005_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11024/circular_005_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 009 a 011/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11089</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11089/circular_006_-_69a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11089/circular_006_-_69a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 69ª Sessão Ordinária, a se realizar no dia 02 de março, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11098/circular_007_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11098/circular_007_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 012 a 017/2020 e Projetos de Lei Complementar nºs 005 e 006/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11157/circular_008_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11157/circular_008_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 70ª Sessão Ordinária, a se realizar no dia 16 de março, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11158/circular_009_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11158/circular_009_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 018/2020 e do Projeto de Lei Complementar nº 007/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11159/circular_010_38a_extra_f3lYOgm.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11159/circular_010_38a_extra_f3lYOgm.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 38ª Sessão Extraordinária a se realizar no dia 18 de março, às 10h30.</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11185/circular_011_39a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11185/circular_011_39a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 39ª Sessão Extraordinária a se realizar no dia 26 de março, às 9h.</t>
   </si>
   <si>
     <t>11186</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11186/circular_012_-_40a_sessao_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11186/circular_012_-_40a_sessao_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 40ª Sessão Extraordinária a se realizar no dia 26 de março, às 09h30.</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11222/circular_71a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11222/circular_71a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 71ª Sessão Ordinária, a se realizar no dia 06 de abril, segunda-feira, às 20h00min, nada consta para ser apreciado na Ordem do Dia.</t>
   </si>
   <si>
     <t>11251</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11251/circular_014_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11251/circular_014_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 72ª Sessão Ordinária, a se realizar no dia 22 de abril, quarta-feira, às 20h.</t>
   </si>
   <si>
     <t>11252</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11252/circular_015.20.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11252/circular_015.20.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 021, 022 e 023/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11294</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11294/circular_016_-_73a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11294/circular_016_-_73a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 73ª Sessão Ordinária, a se realizar no dia 04 de maio, segunda-feira, às 20h00min</t>
   </si>
   <si>
     <t>11295</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11295/circular_017_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11295/circular_017_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 025/2020, lido na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11333</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11333/circular_018_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11333/circular_018_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 74ª Sessão Ordinária, a se realizar no dia 18 de maio, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11334</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11334/circular_019_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11334/circular_019_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei Complementar nº 009/2020 e Projetos de Lei nºs 026, 027 e 028/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11335</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11335/circular_020_41a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11335/circular_020_41a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 41ª Sessão Extraordinária a se realizar no dia 20 de maio, às 11h.</t>
   </si>
   <si>
     <t>11352</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11352/circular_021_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11352/circular_021_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 75ª Sessão Ordinária, a se realizar no dia 1º de junho, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11353</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11353/circular_022_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11353/circular_022_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 029 a 033/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11361</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11361/circular_023_42a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11361/circular_023_42a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 42ª Sessão Extraordinária a se realizar no dia 04 de junho, às 11:00 horas.</t>
   </si>
   <si>
     <t>11430</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11430/circular_024_76a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11430/circular_024_76a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 76ª Sessão Ordinária, a se realizar no dia 15 de junho, segunda-feira, às 20h00min</t>
   </si>
   <si>
     <t>11435</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11435/circular_025_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11435/circular_025_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 034, 035 e 036/2020 e Projeto de Resolução nº 001/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11436</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11436/circular_026_43a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11436/circular_026_43a_extra.pdf</t>
   </si>
   <si>
     <t>disposições regimentais, CONVOCO Vossa Excelência para a 43ª Sessão Extraordinária a se realizar no dia 17 de junho, às 16h.</t>
   </si>
   <si>
     <t>11468</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11468/circular_027_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11468/circular_027_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 77ª Sessão Ordinária, a se realizar no dia 06 de julho, segunda-feira, às 20h00min</t>
   </si>
   <si>
     <t>11469</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11469/circular_028_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11469/circular_028_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 037/2020 e Projeto de Lei Complementar nº 010/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11470</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11470/circular_029_-_44a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11470/circular_029_-_44a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 44ª Sessão Extraordinária a se realizar no dia 10 de julho, às 11:00 horas</t>
   </si>
   <si>
     <t>11493</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11493/circular_030_45a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11493/circular_030_45a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 45ª Sessão Extraordinária a se realizar no dia 15 de julho, às 11:00 horas</t>
   </si>
   <si>
     <t>11535</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11535/circular_031_-_78a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11535/circular_031_-_78a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 78ª Sessão Ordinária, a se realizar no dia 03 de agosto, segunda-feira, às 20h</t>
   </si>
   <si>
     <t>11536</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11536/circular_032_-_78a_comissoes.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11536/circular_032_-_78a_comissoes.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 040 a 042/2020 e Projeto de Lei Complementar nº 011/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11537</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11537/circular_033_-_46a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11537/circular_033_-_46a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 46ª Sessão Extraordinária a se realizar no dia 05 de agosto, às 9h15.</t>
   </si>
   <si>
     <t>11594</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11594/circular_034_-_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11594/circular_034_-_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 79ª Sessão Ordinária, a se realizar no dia 17 de agosto, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11595</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11595/circular_035.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11595/circular_035.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 043/2020, lido na última Sessão Ordinária para conhecimento, análise e estudo.</t>
   </si>
   <si>
     <t>11643</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11643/circular_036_47a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11643/circular_036_47a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 47ª Sessão Extraordinária a se realizar no dia 25 de agosto, terça-feira, às 16h30.</t>
   </si>
   <si>
     <t>11644</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11644/circular_037_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11644/circular_037_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 80ª Sessão Ordinária a se realizar no dia 08 de setembro, terça-feira, às 20:00 horas</t>
   </si>
   <si>
     <t>11645</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11645/circular_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11645/circular_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 044 a 047/2020, e Projeto de Resolução nº 002/2020, lidos na última Sessão Ordinária para conhecimento, análise e estudo.</t>
   </si>
   <si>
     <t>11702</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11702/circular_039_48a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11702/circular_039_48a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 48ª Sessão Extraordinária a se realizar no dia 17 de setembro, quinta-feira, às 09h30 .</t>
   </si>
   <si>
     <t>11703</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11703/circular_040_-_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11703/circular_040_-_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 81ª Sessão Ordinária a se realizar no dia 21 de setembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11704</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11704/circular_041_-_comissao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11704/circular_041_-_comissao.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 048 a 051/2020, lidos na última Sessão Ordinária para conhecimento, análise e estudo.</t>
   </si>
   <si>
     <t>11705</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11705/circular_042_-_49a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11705/circular_042_-_49a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 49ª Sessão Extraordinária a se realizar no dia 25 de setembro, sexta-feira, às 10h.</t>
   </si>
   <si>
     <t>11744</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11744/circular_043_-_82a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11744/circular_043_-_82a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 82ª Sessão Ordinária, a se realizar no dia 05 de outubro, segunda-feira, às 20h</t>
   </si>
   <si>
     <t>11745</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11745/circular_044_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11745/circular_044_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 052 e 053/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11787</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11787/circular_045_-_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11787/circular_045_-_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 83ª Sessão Ordinária, a se realizar no dia 19 de outubro, segunda-feira, às 20h</t>
   </si>
   <si>
     <t>11788</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11788/circular_046_-_encaminha_projetos_lidos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11788/circular_046_-_encaminha_projetos_lidos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 054, 055, 056, 057, 058 e 059/2020 e Projeto de Lei Complementar nº 012/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11789</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11789/circular_047_-_50a_extraordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11789/circular_047_-_50a_extraordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 50ª Sessão Extraordinária a se realizar no dia 23 de outubro, sexta-feira, às 10h</t>
   </si>
   <si>
     <t>11841</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11841/circular_048_comissao_de_financas_-_parecer_tribunal_de_contas.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11841/circular_048_comissao_de_financas_-_parecer_tribunal_de_contas.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 258 do Regimento Interno da Câmara Municipal de Adamantina, encaminho a Vossa Excelência cópia do parecer prévio do Tribunal de Contas referente ao Processo TC-4504.989.18/7 do exercício financeiro de 2018 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>11842</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11842/circular_049_vereadores_-_parecer_tribunal_de_contas.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11842/circular_049_vereadores_-_parecer_tribunal_de_contas.pdf</t>
   </si>
   <si>
     <t>11843</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11843/circular_050_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11843/circular_050_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 84ª Sessão Ordinária, a se realizar no dia 09 de novembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11844</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11844/circular_051_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11844/circular_051_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 060/2020 e Projeto de Emenda à LOMA nº 001/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11886</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11886/digitalizar0004.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11886/digitalizar0004.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 85ª Sessão Ordinária, a se realizar no dia 30 de novembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>11887</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11887/circular_053_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11887/circular_053_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 061, 062, 063 e 064/2020, Projeto de Lei Complementar nº 013/2020, Projeto de Resolução nº 003/2020 e Projetos de Decretos Legislativos nºs 003 e 004/2020, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>11905</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11905/circular_054_51a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11905/circular_054_51a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 51ª Sessão Extraordinária a se realizar no dia 03 de dezembro, quinta-feira, às 10h.</t>
   </si>
   <si>
     <t>11933</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11933/circular_055_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11933/circular_055_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 86ª Sessão Ordinária, a se realizar no dia 09 de dezembro, quarta-feira, às 20h.</t>
   </si>
   <si>
     <t>11944</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11944/circular_no_056.2020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11944/circular_no_056.2020.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 87ª Sessão Ordinária, a se realizar no dia 14 de dezembro, segunda- feira, às 20h.</t>
   </si>
   <si>
     <t>11972</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11972/circular_057_-_leitura_de_projeto.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11972/circular_057_-_leitura_de_projeto.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 065/2020, lido na última Sessão Ordinária para conhecimento, análise e estudo.</t>
   </si>
   <si>
     <t>12002</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12002/circular_058.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12002/circular_058.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 52ª Sessão Extraordinária a se realizar no dia 21 de dezembro, segunda-feira, às 11h.</t>
   </si>
   <si>
     <t>12004</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Cumprindo disposições constantes da Lei Orgânica do Município de Adamantina, artigos 35 e 71, comunico a Vossa Senhoria que a Sessão Solene de Posse de Instalação da 18ª Legislatura, posse dos Senhores Vereadores, Prefeito, Vice-Prefeita e eleição da Mesa da Câmara para o biênio 2021/2022, acontecerá no dia 1º de janeiro de 2021, às 9:00 horas, no Plenário da Câmara Municipal de Adamantina.</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11099/emenda_modificativa_001_-_pl_009.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11099/emenda_modificativa_001_-_pl_009.pdf</t>
   </si>
   <si>
     <t>Modifica o Projeto de Lei nº 009, de 13 de fevereiro de 2020, de autoria do Prefeito do Município</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
     <t>ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11100/emenda_modificativa_002_-_pl_010.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11100/emenda_modificativa_002_-_pl_010.pdf</t>
   </si>
   <si>
     <t>Modifica artigo do Projeto de Lei nº 009, de 13 de fevereiro de 2020, de autoria do Prefeito do Município.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
     <t>Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11101/emenda_modificativa_003_-_pl_011.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11101/emenda_modificativa_003_-_pl_011.pdf</t>
   </si>
   <si>
     <t>Altera a ementa do Projeto de Lei nº 011/2020, de 17 de fevereiro de 2020, de autoria dos Vereadores Paulo César Cervelheira de Oliveira, Alcio Roberto Ikeda Júnior, Eder do Nascimento Ruete e Eduardo Rodrigues Fiorillo.</t>
   </si>
   <si>
     <t>11162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11162/emenda_modificativa_004_-_pl_017.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11162/emenda_modificativa_004_-_pl_017.pdf</t>
   </si>
   <si>
     <t>Modifica item "a" do artigo 3º  do Projeto de Lei nº 017, de 02 de março de 2020 de autoria do Prefeito do Município.</t>
   </si>
   <si>
     <t>11163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11163/emenda_modificativa_005_-_pl_018.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11163/emenda_modificativa_005_-_pl_018.pdf</t>
   </si>
   <si>
     <t>Altera  o artigo 3º do Projeto de Lei nº 018, de 16 de março de 2020, de autoria do Prefeito do Município.</t>
   </si>
   <si>
     <t>11296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11296/emenda_modificativa_006_-_pl_021.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11296/emenda_modificativa_006_-_pl_021.pdf</t>
   </si>
   <si>
     <t>Modifica o § 1º do Artigo 1º do Projeto de Lei nº 021, de 17 de abril de 2020, de autoria do Prefeito do Município</t>
   </si>
   <si>
     <t>11297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11297/emenda_modificativa_007_-_pl_022.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11297/emenda_modificativa_007_-_pl_022.pdf</t>
   </si>
   <si>
     <t>Modifica o Artigo 3º do Projeto de Lei nº 022, de 22 de abril de 2020 de autoria dos Vereadores Alcio Roberto Ikeda Júnior, Acácio Rocha Perez Guerrero, Eder do Nascimento Ruete, Paulo César Cervelheira de Oliveira, João Davoli e Hélio José dos Santos</t>
   </si>
   <si>
     <t>11357</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Aguinaldo Pires Galvão, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11357/emenda_modificativa_008_-_plc_009.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11357/emenda_modificativa_008_-_plc_009.pdf</t>
   </si>
   <si>
     <t>Modifica o § 1º do artigo 1º do Projeto de Lei Complementar nº 009/2020, de autoria dos Vereadores Acácio Rocha Perez Guerrero e Alcio Roberto Ikeda Júnior, que autoriza o Poder Executivo a suspender a contagem de prazos dos Termos de Concessão de Direito Real de Uso de Imóveis concedidos nos parâmetros dos artigos 173 e 174 da Lei Orgânica do Município de Adamantina, da Lei Municipal nº 3.214, de 19 de dezembro de 2006 e da Lei Complementar nº 259, 05 de abril de 2016, alterada pela Lei Complementar nº 278, de 07 de junho de 2017 e pela Lei Complementar 355, de 10 de dezembro de 2019.</t>
   </si>
   <si>
     <t>11362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11362/emenda_modificativa_009_-_pl_032.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11362/emenda_modificativa_009_-_pl_032.pdf</t>
   </si>
   <si>
     <t>Modifica os incisos I e XI do Artigo 2º  do Projeto de Lei Nº 032/2020, de 04 de junho de 2020, de autoria do Prefeito do Município, que autoriza o regular funcionamento dos estabelecimentos comerciais e prestadores de serviço no Município, em consonância com as normas aqui estabelecidas, enquanto durar a propagação da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11467</t>
   </si>
   <si>
     <t>ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11467/emenda_modificativa_010_-_pl_036.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11467/emenda_modificativa_010_-_pl_036.pdf</t>
   </si>
   <si>
     <t>Modifica a Ementa e o artigo 1º do Projeto de Lei nº 036/2020 de autoria do Prefeito do Município.</t>
   </si>
   <si>
     <t>11495</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11495/emenda_modificativa_011_-_pl_030.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11495/emenda_modificativa_011_-_pl_030.pdf</t>
   </si>
   <si>
     <t>Modifica os incisos I, II e III e os §§ 1º e 2º do artigo 10 do Projeto de Lei nº 030/2020, de autoria do Prefeito do Município que Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>11710</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11710/emenda_modificativa_012_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11710/emenda_modificativa_012_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
   </si>
   <si>
     <t>Modifica o Artigo 6º, o inciso VI do Artigo 24, o inciso I do Artigo 26, os incisos I e II do Artigo 31, Os incisos I, II, III, IV e V do Artigo 34, o artigo 51, e o inciso III do Artigo 58 do Projeto de Lei Nº 047/2020, de 08 de setembro de 2020 de autoria do Prefeito do Município que dispõe sobre atualização Código Municipal de Arborização, criado através da Lei nº 3.286, 27 de dezembro de 2007.</t>
   </si>
   <si>
     <t>11937</t>
   </si>
   <si>
     <t>Todos os Edis</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11937/emenda_modificativa_013_-_pl_056_auxilios_e_subvencoes.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11937/emenda_modificativa_013_-_pl_056_auxilios_e_subvencoes.pdf</t>
   </si>
   <si>
     <t>Modifica a tabela dos auxílios, subvenções, contribuições, convênios e termo de colaboração/fomento para o exercício de 2021, referente ao Projeto de Lei nº 056/2020</t>
   </si>
   <si>
     <t>11938</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11938/emenda_modificativa_014_-_pl_055_orcamento.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11938/emenda_modificativa_014_-_pl_055_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Remanejamento refente ao Projeto de Lei nº 055/2020</t>
   </si>
   <si>
     <t>11939</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11939/emenda_modificativa_015_-_pl_055_orcamento.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11939/emenda_modificativa_015_-_pl_055_orcamento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Remanejamento referente ao Projeto de Lei nº 055/2020</t>
   </si>
   <si>
     <t>11940</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11940/emenda_modificativa_016_-_pl_055_orcamento.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11940/emenda_modificativa_016_-_pl_055_orcamento.pdf</t>
   </si>
   <si>
     <t>11941</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, ALCIO IKEDA, DINHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11941/emenda_modificativa_017_-_pr_003.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11941/emenda_modificativa_017_-_pr_003.pdf</t>
   </si>
   <si>
     <t>Modifica artigos do Projeto de Resolução nº 003/2020</t>
   </si>
   <si>
     <t>11942</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11942/emenda__moditicativa_018_-_pr_003_-_regimento_interno.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11942/emenda__moditicativa_018_-_pr_003_-_regimento_interno.pdf</t>
   </si>
   <si>
     <t>12003</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12003/emenda_modificativa_019_-_pl_066_-_academia_ao_ar_livre.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12003/emenda_modificativa_019_-_pl_066_-_academia_ao_ar_livre.pdf</t>
   </si>
   <si>
     <t>Altera Art. 2º do Projeto de Lei nº 066/2020, de 17 de dezembro de 2020, de autoria do Prefeito do Município, que dispõe sobre a desafetação de área, a fim de instalação de Academias ao Ar Livre.</t>
   </si>
   <si>
     <t>11364</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11364/emenda__substitutiva_001_-_pl_032.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11364/emenda__substitutiva_001_-_pl_032.pdf</t>
   </si>
   <si>
     <t>Substitui o Art. 6º do Projeto de Lei nº 032 de 04 de junho de 2020, de autoria do Prefeito do Município, que autoriza o regular funcionamento dos estabelecimentos comerciais e prestadores de serviço no Município, em consonância com as normas aqui estabelecidas, enquanto durar a propagação da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11974</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11974/emenda_substitutiva_002_-_pl_061.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11974/emenda_substitutiva_002_-_pl_061.pdf</t>
   </si>
   <si>
     <t>Substitui o artigo 1º do Projeto de Lei nº 061, de 23 de novembro de 2020, de autoria do Poder Executivo que dispõe Dispõe sobre a denominação do Campus II do Centro Universitário de Adamantina – UNIFAI de ‘Prefeito Tino Romanini’</t>
   </si>
   <si>
     <t>10917</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10917/indicacao_001_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10917/indicacao_001_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade na Rua Domingos Milan, nas imediações do nº 138.</t>
   </si>
   <si>
     <t>10918</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10918/indicacao_002_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10918/indicacao_002_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita confeccionar lixeiras grandes para serem instaladas nas estradas rurais de nosso município, principalmente, Estrada 14, proximidades do Bairro Monte Alegre, Bairro do Pavão e Estrada do Córrego Lambari.</t>
   </si>
   <si>
     <t>10919</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10919/indicacao_003_67a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10919/indicacao_003_67a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicita a viabilidade de proceder o desassoreamento do córrego que liga a Estrada ADM 432 entre a estrada que liga o bairro Aidelândia ao Bairro Fazenda Jandaia.</t>
   </si>
   <si>
     <t>10920</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10920/indicacao_004_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10920/indicacao_004_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a sinalização de faixas divisórias e laterais na Rodovia Plácido Rocha até o Bairro Lagoa Seca, bem como a colocação de placas 80Km/h – R19, R25A e R25B do Código de Trânsito Brasileiro.</t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10921/indicacao_005_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10921/indicacao_005_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam tomar providências quanto aos reparos que tem que ser feitos nos passeios públicos (calçadas) em toda a nossa cidade, principalmente na área central.</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10922/indicacao_006_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10922/indicacao_006_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam recolhimento de entulhos, lixo, galhos de árvores, móveis usados, depositados nas vias públicas há mais de um ano sem recolher nos bairros de nossa cidade, bem como nos bairros rurais Aidelândia, Lagoa Seca e Tupanzinho.</t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10923/indicacao_007_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10923/indicacao_007_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de parceria com a UNIFAI a fim de reformar e construir novas coberturas dos pontos de ônibus circular de nossa cidade.</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10924/indicacao_008_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10924/indicacao_008_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de retornar o serviço de pinturas dos nomes das ruas nos postes de iluminação pública a fim de orientar as pessoas, principalmente os carteiros e entregadores de compras e encomendas.</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10925/indicacao_009_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10925/indicacao_009_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder uma completa reforma, inclusive na parte elétrica e hidráulica e pintura dos banheiros no pátio da antiga Fepasa, onde são realizadas as feiras livres de quarta-feira e domingo, bem como aplicação de lama asfáltica em todo o pátio.</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
     <t>DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10926/indicacao_010_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10926/indicacao_010_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de solo “pare” e faixa de pedestres nas ruas do Jardim Brasil, mais precisamente, Ruas Ceará e Pernambuco.</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10927/indicacao_011_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10927/indicacao_011_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor José Gomes para denominar ruas ou avenidas em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10928/indicacao_012_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10928/indicacao_012_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade (quebra mola) na Rua Goiás, no Jardim Brasil.</t>
   </si>
   <si>
     <t>10929</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10929/indicacao_013_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10929/indicacao_013_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita tapar o enorme buraco, provocado pelas fortes chuvas, na Rua Joaquim Luiz Vian, entre a Rua José Vicente e linha férrea no Jardim Brasil.</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10930/indicacao_014_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10930/indicacao_014_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita capinação de limpeza nas áreas próximas ao Pontilhão Antônia Geralda Tineti, no Jardim Brasil, que encontram-se tomadas por enorme matagal.</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
     <t>JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10931/indicacao_015_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10931/indicacao_015_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Antônio Libarino Bassan para denominar ruas, avenidas ou prédios públicos, a fim de eternizar na memória da população o nome deste ilustre adamantinense.</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10932/indicacao_016_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10932/indicacao_016_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de recapeamento asfáltico a Alameda Curitiba em toda a sua extensão, localizada na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10933/indicacao_017_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10933/indicacao_017_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos financeiros a fim de adquirir uma nova área construção de um novo cemitério municipal, tendo em vista o esgotamento do espaço físico do atual.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10934/indicacao_018_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10934/indicacao_018_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza das guias e construção de vários trechos que encontram-se quebrados no final da Rua Cristóvão Goulart Marmo.</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10935/indicacao_019_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10935/indicacao_019_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de lixeira comunitária, grande, no interior da pequena área de lazer localizada no Jardim Primavera, na parte final do bairro, entre as Ruas Fausto Oliveira e Benedito Camargo.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10936/indicacao_020_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10936/indicacao_020_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira comunitária, grande, no final da Rua João Perroni, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10937/indicacao_021_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10937/indicacao_021_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de poda de árvores, as localizadas na Rua Germano Meira Vasconcelos, no Jardim Bela Vista.</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10938/indicacao_022_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10938/indicacao_022_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de redutor de velocidade (lombada) ou outro mais eficaz, no final da Rua Fioravante Spósito, atrás do Velório Municipal.</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10939/indicacao_023_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10939/indicacao_023_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir 4 (quatro) bocas de lobo nas Ruas Tio Jura, Juvenal de Santis, João Miguel e Francisco Alves de Lima.</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10940/indicacao_024_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10940/indicacao_024_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias nas instalações e obras de acessibilidade nos banheiros públicos localizados na Praça Élio Micheloni, Praça Euclydes Romanini e no pátio da Feira Livre, junto à Praça José Costa.</t>
   </si>
   <si>
     <t>10941</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10941/indicacao_025_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10941/indicacao_025_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias no playground infantil localizado na área de lazer do Jardim das Alamandas, esquina da Rua Santa Catarina com a Alameda Santa Cruz.</t>
   </si>
   <si>
     <t>10942</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10942/indicacao_026_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10942/indicacao_026_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza da área de esportes do conjunto Oiti/Tipuanas, bem como a poda e eventual supressão e substituição de espécies arbóreas sobrepostas, ao longo da via pública.</t>
   </si>
   <si>
     <t>10943</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10943/indicacao_027_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10943/indicacao_027_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que as Secretarias Municipais realizem audiências públicas em período noturno.</t>
   </si>
   <si>
     <t>10944</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10944/indicacao_028_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10944/indicacao_028_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na Vicinal ADM 332, João Pachioni.</t>
   </si>
   <si>
     <t>10945</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10945/indicacao_029_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10945/indicacao_029_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de tapa buracos a Rua Syrlene Rodrigues de Castro, entre as Ruas Padre Anchieta e Maria Cândida Romanini.</t>
   </si>
   <si>
     <t>10946</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10946/indicacao_030_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10946/indicacao_030_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de solo “pare” e faixas de pedestres em toda a extensão da Av. Capitão José Antônio de Oliveira e Av. Rio Branco, a partir da Igreja Assembleia de Deus Ministério Madureira, até a Rua Tetsushi Haga, acesso ao Campus II da Unifai.</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10947/indicacao_031_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10947/indicacao_031_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda total dos eucaliptos plantados depois da Praça Euclides Romanini, (lagoa dos patos).</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10948/indicacao_032_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10948/indicacao_032_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita retirada da rotatória existente na Av. Antônio Tiveron, no cruzamento da Av. XV de novembro, sendo substituído por dois obstáculos, um em frente ao barracão da antiga Fepasa, onde estão instaladas várias empresas e um no início da Alameda Curitiba.</t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10949/indicacao_033_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10949/indicacao_033_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita programar a construção de bocas-de-lobo a fim de aumentar a captação de água na Rua José Cardim proximidades do nº 15, no Conjunto Bandeirantes, divisa com o bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10950/indicacao_034_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10950/indicacao_034_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder uma limpeza geral na Rua Rio de Janeiro, mais precisamente nas proximidades do nº 609.</t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10951/indicacao_035_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10951/indicacao_035_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita fazer a troca de vários postinhos que sustentam o alambrado do parquinho da Associação de Moradores do Conjunto Alamandas.</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10952/indicacao_036_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10952/indicacao_036_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a passagem de motoniveladora na Estrada 14, vicinal que encontra-se com muitos buraco.</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10953/indicacao_037_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10953/indicacao_037_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recape das ruas e avenidas da cidade o quarteirão da Rua Valentin Gentil, entre as Ruas Antônio Buzeto e Gervásio Rodolfo Pozzeti, mais precisamente em frente a construtora Lais, na Vila Cicma.</t>
   </si>
   <si>
     <t>10954</t>
   </si>
   <si>
     <t>Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10954/indicacao_038_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10954/indicacao_038_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração de um projeto de recuperação, reurbanização e revitalização do Parque Caldeira, com reparos nas obras de canalização do córrego existente naquele local e a consequente preservação da referida área.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10955/indicacao_039_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10955/indicacao_039_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração de um de projeto técnico/arquitetônico visando à reforma e/ou ampliação do Centro Comunitário do Conjunto Habitacional das Azaléias, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>10956</t>
   </si>
   <si>
     <t>Hélio José dos Santos, EDUARDO FIORILLO, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10956/indicacao_040_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10956/indicacao_040_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam continuidade da adoção de medidas preventivas e de combate ao vírus da Dengue, Leishmaniose e aos escorpiões que tem infestado o nosso município.</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10957/indicacao_041_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10957/indicacao_041_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover a demarcação de faixa de pedestres nas vias ao redor da Paróquia Santo Antônio (esquinas da Av. Santo Antônio e Al. Navarro de Andrade).</t>
   </si>
   <si>
     <t>10958</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10958/indicacao_042_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10958/indicacao_042_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências no Parque Morada do Sol, no sentido de realizar estudos para acabar com os pontos de acúmulo de água, em especial nas ruas Sebastião Almeida e Hugo Miguel (proximidades dos números 25, 35 e 45).</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10959/indicacao_043_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10959/indicacao_043_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificado as condições das áreas localizadas na Rua Constante Ortolan, no Bairro Dorigo, a fim de notificar os proprietários ou solicitar ao departamento competente para a limpeza (roçagem) em questão, caso se tratar de espaço público.</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10960/indicacao_044_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10960/indicacao_044_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita programar, para este ano, ações de incentivos a prática esportiva mais precisamente nas escolas de nosso município promovendo competições em várias modalidades de quadra como voleibol, basquete, futsal e handebol.</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10961/indicacao_045_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10961/indicacao_045_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o atendimento da população do Pronto Socorro seja realizado com a presença de dois médicos de plantão para o bom atendimento dos pacientes.</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10962/indicacao_046_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10962/indicacao_046_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma reforma total e várias adequações, inclusive com a construção de uma pista de caminhada e atletismo, no campo Carlos Nakadaira no Jardim Brasil.</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10963/indicacao_047_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10963/indicacao_047_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover uma operação exclusiva, para a revisão, em todas as bocas-de-lobo (bueiros) do município procedendo reforma, limpeza e colocação de grade.</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10964/indicacao_048_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10964/indicacao_048_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza de todas as áreas públicas, institucionais, verdes, terrenos e canteiros centrais, bem como em todos os bairros como Jardim Adamantina, Brasil, Europa, Vila Jamil de Lima, e outros.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10965/indicacao_049_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10965/indicacao_049_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita avaliar o custo/benefício de uma possível terceirização dos serviços médicos prestados pelo município.</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10966/indicacao_050_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10966/indicacao_050_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um posto de atendimento exclusivo para o atendimento dos pacientes que vieram a ser infectados pelo mosquito Aedes aegypti, a fim de agilizar o diagnóstico e tratamento da doença.</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10967/indicacao_051_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10967/indicacao_051_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de obstáculo, tipo lombada de sinalização de trânsito, na movimentada Avenida Rio Branco, proximidades do Supermercado Primavera, nº 2630.</t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10968/indicacao_052_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10968/indicacao_052_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de sarjetão ou obra mais adequada para disciplinar o escoamento de água parada, que pode abrigar mosquitos, no prolongamento da Avenida Miguel Veiga, esquina da Rua Ernesto Zerbini nº 77.</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10969/indicacao_053_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10969/indicacao_053_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos objetivando o aproveitamento de espaços disponíveis em volta de praças e logradouros públicos comunitários para o plantio de árvores frutíferas.</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10970/indicacao_054_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10970/indicacao_054_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de estudos para reativar o hidrante da Av. Rio Branco nº 595, esquina com a Av. Santo Antônio.</t>
   </si>
   <si>
     <t>10971</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10971/indicacao_055_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10971/indicacao_055_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um aparelho de ar condicionado na sala de curativo do PAS II da Vila Jardim.</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10972/indicacao_056_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10972/indicacao_056_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de recapeamento asfáltico o último quarteirão da Rua Osvaldo Cruz, antes do Parque dos Pioneiros e na Rua Gervásio Rodolfo Pozzeti, na altura do número 416 – Vila Oliveiro.</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10973/indicacao_057_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10973/indicacao_057_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita transformar em mão única a Rua José Caliman no Parque Residencial Jaraguá a fim de organizar o trânsito neste local.</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10974/indicacao_058_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10974/indicacao_058_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que encaminhe ofício à empresa Energisa, para determinar a poda parcial de todas as árvores localizadas na Rua Augusto Menegassi, ao lado do Centro Comunitário do Conjunto Oiti e Jardim Tipuanas.</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11025/indicacao_059_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11025/indicacao_059_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico dos três quarteirões faltantes da Av, 15 de novembro, trecho entre as Ruas José Frisão e São João, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11026</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11026/indicacao_060_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11026/indicacao_060_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas com o nome de Praça Vereador José Parrila no jardim público da Vila Endo.</t>
   </si>
   <si>
     <t>11027</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11027/indicacao_061_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11027/indicacao_061_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeira grande no canteiro central da Av. Dep. Cunha Bueno, entre a Av. Santo Antônio e a Rua Euclides da Cunha, em frente ao número 645.</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11028/indicacao_062_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11028/indicacao_062_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza nos acostamentos da Rodovia Plácido Rocha que liga Adamantina ao Bairro Lagoa Seca, bem como a Vicinal pavimentada José Bocardi e Pedro Mônego, Bairro Tupanzinho.</t>
   </si>
   <si>
     <t>11029</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11029/indicacao_063_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11029/indicacao_063_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reativar o canil municipal a fim de diminuir a quantidade cães e gatos soltos nas ruas da cidade.</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11030/indicacao_064_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11030/indicacao_064_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o agendamento dos senhores João Andery e Fernando Chagas Fraga para denominar ruas, alamedas, avenidas ou próprio público com o nome destes ilustres adamantinenses.</t>
   </si>
   <si>
     <t>11031</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11031/indicacao_065_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11031/indicacao_065_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a colocação de cascalho na estrada de servidão localizada ao lado do cemitério municipal principal acesso a várias propriedades rurais nos fundos do Jardim Europa.</t>
   </si>
   <si>
     <t>11032</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11032/indicacao_066_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11032/indicacao_066_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam roçagem e completa limpeza no enorme matagal que cobre toda a malha ferroviária, pincipalmente em torno do barracão da antiga Fepasa onde está instalado várias empresas de nossa cidade.</t>
   </si>
   <si>
     <t>11033</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11033/indicacao_067_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11033/indicacao_067_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de placas indicativas, como: Santa Casa, Pronto Socorro, Fórum, Paço Municipal, Câmara Municipal, Delegacias, UNIFAI Campus I, II e III, Vara do Trabalho e as principais empresas , bem como os novos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>11034</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11034/indicacao_068_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11034/indicacao_068_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na operação tapa buracos a Rua Diamante, Residencial Eldorado I em toda sua extensão.</t>
   </si>
   <si>
     <t>11035</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11035/indicacao_069_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11035/indicacao_069_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos, limpeza das guias e sarjetas na Rua Turquesa, no Residencial Eldorado.</t>
   </si>
   <si>
     <t>11036</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11036/indicacao_070_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11036/indicacao_070_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita passar motoniveladora nos dois últimos quarteirões da rua João Latini, atrás da Horta Comunitária no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11037</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11037/indicacao_071_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11037/indicacao_071_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita denominar a estrada 2 (dois), zona rural de nosso município, de Estrada Elpídio Sgob,</t>
   </si>
   <si>
     <t>11038</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11038/indicacao_072_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11038/indicacao_072_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de radares (tipo pardais) em vários pontos de nossa cidade, mais precisamente na Av. Rio Branco, em frente a conveniência do Wilian e Avenida Marechal Castelo Branco, em frente ao Campus III da Unifai.</t>
   </si>
   <si>
     <t>11039</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11039/indicacao_073_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11039/indicacao_073_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de parque infantil ao lado da academia recentemente instalada no Parque Caldeira, em frente à Rua Turquesa.</t>
   </si>
   <si>
     <t>11040</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11040/indicacao_074_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11040/indicacao_074_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorar a sinalização nas proximidades da Escola Eleva, procedendo a pintura de faixa de pedestre na Av. Marechal Castelo branco e pintura de faixa divisória na Rua Francisco Troncon, em frente da escola.</t>
   </si>
   <si>
     <t>11041</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11041/indicacao_075_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11041/indicacao_075_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita tapar os buracos existentes em frente ao poliesportivo, esquina do centro de convivência do idoso.</t>
   </si>
   <si>
     <t>11042</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11042/indicacao_076_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11042/indicacao_076_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção dos brinquedos do parque infantil do Conjunto Habitacional Jardim das Tipuanas.</t>
   </si>
   <si>
     <t>11043</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11043/indicacao_077_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11043/indicacao_077_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na Praça José Parrilla.</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>ALCIO IKEDA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11044/indicacao_078_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11044/indicacao_078_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam verificar a viabilidade da demarcação de uma vaga de carga e descarga na Rua Euclides da Cunha, proximidades do nº 300 (próximo ao entroncamento com a Av. Rio Branco).</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11045/indicacao_079_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11045/indicacao_079_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja solicitado aos Agentes de Saúde, Farmacêuticos, e outros profissionais da área, que reforcem a comunicação aos pacientes insulinodependentes, que fazem uso de seringas, agulhas e lancetas, bem como os de uso de medicamentos injetáveis e outros materiais perfurocortantes, sobre a orientação da forma correta do descarte desses materiais. Indicamos, ainda, se cabível, que seja adotado o método de “troca”, onde o paciente retira do Posto de Saúde os insumos necessários, mediante a devolução do lixo hospitalar devidamente descartado em suas embalagens.</t>
   </si>
   <si>
     <t>11046</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11046/indicacao_080_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11046/indicacao_080_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de placas indicando a proibição de descarte de lixo e a previsão de multas, no início da Estrada 14, após a entrada pela Avenida Rio Branco (sentido trevo para a lagoa seca).</t>
   </si>
   <si>
     <t>11047</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11047/indicacao_081_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11047/indicacao_081_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o Parque do Sol seja contemplado no cronograma de recape asfáltico da Secretaria, em especial a Avenida José Urbano Luize, via que dá acesso às ruas do bairro e que se encontra esburacada.</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11048/indicacao_082_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11048/indicacao_082_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificada a possibilidade de reforças as demarcações de faixas de pedestres e demais sinalizações de trânsito nas escolas municipais, em especial na Escola Prof. Durvalino Grion.</t>
   </si>
   <si>
     <t>11049</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11049/indicacao_083_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11049/indicacao_083_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de reforças as demarcações das sinalizações de trânsito nas vias do Jardim Brasil, em especial nos seguintes entroncamentos: Rua São Paulo x Rua Rio Grande; Rua Rio Grande x Rua Rio de Janeiro; Rua Rio Grande x Rua Paraná.</t>
   </si>
   <si>
     <t>11050</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11050/indicacao_084_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11050/indicacao_084_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita possibilidade de instalar placas de sinalização nas áreas de alagamento da cidade, sugerindo que seja evitado o estacionamento nos locais em caso de chuva forte.</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11051/indicacao_085_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11051/indicacao_085_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação da iluminação pública na Rua José Modesto, Jardim Primavera.</t>
   </si>
   <si>
     <t>11052</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11052/indicacao_086_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11052/indicacao_086_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza dos terrenos públicos (área verde, sistema de lazer e área institucional) do Loteamento Rio Branco, bem como seja procedida a notificação de proprietários particulares para que promova a roçagem e limpeza de suas áreas.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11053/indicacao_087_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11053/indicacao_087_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita para instalação de bolsão de carga e descarga na Rua Euclides da Cunha, proximidades do cruzamento com a Avenida Rio Branco.</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11054/indicacao_088_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11054/indicacao_088_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a execução de calçamento e outras melhorias no ponto de ônibus localizado na Avenida Moysés Justino da Silva, altura do bairro Estância Dorigo.</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11055/indicacao_089_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11055/indicacao_089_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita varrição para remoção de pedriscos e se proceda a poda de árvores no passeio público da Avenida Rio Branco, trecho de descida na altura da Escola Estadual Fleurides Cavalini Menechino, proximidades da esquina com a Rua Arno Kieffer.</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11056/indicacao_090_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11056/indicacao_090_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza, melhorias e manutenção na Praça Mário Bérgamo, na confluência da Rua Minas Gerais com a Rua Sergipe, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11057/indicacao_091_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11057/indicacao_091_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de redutor de velocidade na Rua Padre Caetano Maria Dolcimásculo, no acesso Instituição Carlos Pegoraro/Residencial Aliança/Residencial EcoVille 1 e EcoVille 2.</t>
   </si>
   <si>
     <t>11058</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11058/indicacao_092_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11058/indicacao_092_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a elaboração de projeto técnico para asfaltar o trecho não pavimentado da Rua Pernambuco, iniciando-se no cruzamento com a Rua Bahia até o final da referida via pública, percorrendo uma distância de menos de 100 metros ou ao menos a realização de obras de serviços de aterramento e terraplanagem daquele local.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11059/indicacao_093_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11059/indicacao_093_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação asfáltica ou a realização de obras de conservação e manutenção do trecho não pavimentado no final da Rua Sergipe, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11060/indicacao_094_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11060/indicacao_094_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um recipiente coletor de lixo (lixeira), na Rodovia Plácido Rocha, nas proximidades da Estrada Vicinal que dá acesso ao Bairro Córrego da Onça.</t>
   </si>
   <si>
     <t>11061</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11061/indicacao_095_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11061/indicacao_095_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar um amplo trabalho de recuperação de algumas ruas pavimentadas do Bairro Parque do Sol, que ainda não foram incluídas nos programas de recapeamentos.</t>
   </si>
   <si>
     <t>11062</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11062/indicacao_096_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11062/indicacao_096_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita verificar a escala de recolhimento do lixo orgânico, bem como do lixo reciclável no Parque do Sol.</t>
   </si>
   <si>
     <t>11063</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11063/indicacao_097_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11063/indicacao_097_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaborar um projeto de lei, objetivando incorporar ao salário dos aposentados e pensionistas, vinculados ao antigo Fundo de Aposentadorias e Pensões do Município de Adamantina (FAPEN).</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11064/indicacao_098_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11064/indicacao_098_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita, ao Presidente desta Casa de Leis, uma reunião com todos os vereadores, objetivando discutir e analisar o momento atual que está sendo vivenciado pela UniFAI, bem como sobre as medidas que deverão ser adotadas com vistas à preservação da nossa autarquia municipal, um dos maiores patrimônios da nossa municipalidade.</t>
   </si>
   <si>
     <t>11065</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11065/indicacao_099_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11065/indicacao_099_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de lixeiras grandes nos bairros de nossa cidade a fim de melhorar e facilitar os serviços de coleta e limpeza pública.</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11066/indicacao_100_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11066/indicacao_100_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de obras e serviços, para este semestre, uma completa reforma nos banheiros de nosso cemitério municipal.</t>
   </si>
   <si>
     <t>11067</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11067/indicacao_101_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11067/indicacao_101_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita levantar o sartejão, construído para disciplinar o escoamento de água, existente no cruzamento da Rua Osvaldo Cruz e Av. Cap. José Antônio de Oliveira, próximo a MAPEL.</t>
   </si>
   <si>
     <t>11120</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11120/indicacao_102_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11120/indicacao_102_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam demolir o barracão abandonado que foi construído para guardar o material quando da construção das casas populares do Conjunto Bandeirantes.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11121/indicacao_103_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11121/indicacao_103_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar na sua programação reparos na cobertura do prédio do Tiro de Guerra de Adamantina.</t>
   </si>
   <si>
     <t>11122</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11122/indicacao_104_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11122/indicacao_104_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a iluminação na academia e parque já instalados no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11123/indicacao_105_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11123/indicacao_105_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma completa reforma na cobertura do ponto de ônibus localizado na Rua Osvaldo Cruz, em frente a corretora Grion Seguros, próximo da Praça Élio Michelloni.</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11124/indicacao_106_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11124/indicacao_106_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja estudada a possibilidade de reativação do futsal em nosso município, objetivando disputar uma das competições promovidas pela Federação Paulista de Futsal, talvez disputar a Copa Paulista do Interior de Futsal.</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11125/indicacao_107_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11125/indicacao_107_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor José Maria Marques para denominar ruas e avenidas em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11126/indicacao_108_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11126/indicacao_108_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita providenciar uma completa limpeza no Parque Caldeira, mais precisamente na parte do leito do córrego e nas laterais tomada por enorme matagal, e também nas laterais da pista de caminhada.</t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11127/indicacao_109_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11127/indicacao_109_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder melhorias na estrada ADM Geraldo Jordão que liga a vicinal José Bocardi ao Bairro Boa Vista.</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11128/indicacao_110_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11128/indicacao_110_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de pedrisco para escoamento de água para as laterais da estrada que liga a cidade ao Bairro Boa Vista, passando pela entrada da ETEC Engenheiro Herval Bellusci (Colégio Agrícola), ADM 267.</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11129/indicacao_111_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11129/indicacao_111_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Nicácio Barbado para denominar ruas e avenidas em futuros loteamentos ou prédios públicos  que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>11130</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11130/indicacao_112_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11130/indicacao_112_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a viabilidade de retomar o projeto do conjunto esportivo e de lazer no Campo do Marroco, inclusive com pista de cooper ou caminhada.</t>
   </si>
   <si>
     <t>11131</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11131/indicacao_113_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11131/indicacao_113_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem do enorme matagal que tomou conta do terreno que está localizado o Centro Comunitário do Jardim dos Poetas.</t>
   </si>
   <si>
     <t>11132</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11132/indicacao_114_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11132/indicacao_114_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração de projeto de construção de uma quadra de apoio para prática de vários esportes, principalmente os praticados pela terceira idade, no terreno ao lado do Ginásio de Esportes Paulo Camargo.</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11133/indicacao_115_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11133/indicacao_115_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a execução de serviços de capinação, limpeza e remoção de entulho, bem como a instalação de bancos e outras melhorias na praça existe no início das Ruas Benedito Camargo da Rocha e Fausto Oliveira, no Jardim das Primaveras.</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11134/indicacao_116_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11134/indicacao_116_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a execução de serviços de capinação, limpeza, reforço de alambrado, plantio de flores, modernização da iluminação e pintura geral, inclusive dos bancos da Praça Bazilio Colombo Marini, próxima ao pontilhão.</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11135/indicacao_117_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11135/indicacao_117_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a eliminação do barulho dos trilhos soltos do bueiro de captação de águas pluviais existente antes da rampa de acesso do pátio da feira livre que conduz à Rua Dona Josefina Dall’Antonia Tiveron.</t>
   </si>
   <si>
     <t>11136</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11136/indicacao_118_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11136/indicacao_118_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. Dr. Paulo Sérgio da Silva, Reitor da UniFAI, a destinação de recursos financeiros no valor de pelo menos R$3.000,00 (três mil reais) à título de apoio cultural, com vistas ao custeio de algumas despesas que deverão ser contratadas pela diretoria responsável pela organização da 30º Festa Junina do Padroeiro de Adamantina (Santo Antônio der Pádua).</t>
   </si>
   <si>
     <t>11137</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11137/indicacao_119_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11137/indicacao_119_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Poder Executivo a destinação de recursos financeiros no valor de R$5.000,00 (cinco mil reais) para o custeio de algumas despesas que deverão ser contratadas pela diretoria responsável pela organização da 30º Festa Junina do Padroeiro de Adamantina (Santo Antônio de Pádua).</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11138/indicacao_120_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11138/indicacao_120_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita imediata construção/reinstalação do ponto de ônibus, que estava localizado na Avenida Miguel Veiga, nas proximidades do Centro Comunitário do Conjunto Oiti-Tipuanas.</t>
   </si>
   <si>
     <t>11139</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11139/indicacao_121_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11139/indicacao_121_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita imediata construção/reinstalação do ponto de ônibus, que estava localizado na Rua Paraíba, ao lado do IAMA - Instituto de Assistência ao Menor de Adamantina Santo Cheraria, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11140/indicacao_122_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11140/indicacao_122_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a construção da cobertura do ponto de ônibus existente na Rua Santa Catarina, próximo ao cruzamento com a Rua Joaquim Valentini, no Conjunto Residencial Mário Covas.</t>
   </si>
   <si>
     <t>11141</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11141/indicacao_123_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11141/indicacao_123_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a imediata substituição de toda a estrutura (cobertura, bancos e proteção lateral) do ponto de ônibus existente na Rua Paraíba, ao lado do IAMA - Instituto de Assistência ao Menor de Adamantina Santo Cheraria, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11142/indicacao_124_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11142/indicacao_124_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o estabelecimento de ações e movimentos em nosso município quanto à prevenção e à conscientização em relação ao Coronavírus.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11143/indicacao_125_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11143/indicacao_125_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reunião para discutir, refletir e deliberar sobre uma série de questões administrativas e sociais que envolvem o funcionamento do sistema de Zona Azul em nossa cidade.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11144/indicacao_126_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11144/indicacao_126_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a realização de várias ações no Jardim Bela Vista;</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11145/indicacao_128_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11145/indicacao_128_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar uma vaga de estacionamento de idosos na Rua Fioravante Spósito, proximidades do nº 452, no Centro de Adamantina.</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11146/indicacao_128_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11146/indicacao_128_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita criação de cargos de agentes de trânsito para trabalhar no âmbito do trânsito municipal.</t>
   </si>
   <si>
     <t>11147</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11147/indicacao_129_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11147/indicacao_129_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam verificados pontos de acúmulo de água na Vicinal Plácido Rocha, bem como, na Via Marginal Antônio Barberato.</t>
   </si>
   <si>
     <t>11148</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11148/indicacao_130_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11148/indicacao_130_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificada a possibilidade de adquirir um veículo novo para o Departamento de Merenda Escolar.</t>
   </si>
   <si>
     <t>11149</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11149/indicacao_131_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11149/indicacao_131_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita arrumar placa com nome de ruas na esquina da Rua Osvaldo Cruz com a Al Santa Cruz.</t>
   </si>
   <si>
     <t>11150</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11150/indicacao_132_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11150/indicacao_132_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita resolver o grave problema que vem ocorrendo na Marginal denominada Antônio Barberato, proximidades do motel, que vem recebendo toda a água pluvial de uma propriedade rural, próxima à marginal provocando erosão que contribuirá para o rompimento da estrada.</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11151/indicacao_133_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11151/indicacao_133_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a colocação de grades nas bocas-de-lobo localizadas no final da Rua Santa Catarina, mais precisamente em frente ao novo Conjunto Habitacional São Miguel I.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11152/indicacao_134_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11152/indicacao_134_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita fornecer a liberação do cartão do vale alimentação no dia do pagamento do servidor.</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11153/indicacao_135_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11153/indicacao_135_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de serviços a fim de disciplinar o escoamento da água parada no Bairro Lagoa Seca, precisamente no primeiro obstáculo instalado sentido Adamantina-Valparaíso.</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11154/indicacao_136_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11154/indicacao_136_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de serviços de tapa-buracos as Ruas dos Bairros Eldorado I e II e Parque Tangará, mais precisamente a Rua Adem, pois as vias públicas estão em péssimo estado se conservação.</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11155/indicacao_137_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11155/indicacao_137_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a poda parcial das árvores do parque infantil do Jardim das Alamandas.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11156/indicacao_138_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11156/indicacao_138_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um parque infantil (a exemplo do instalado no Parque Caldeira) na área de lazer do Bairro Califórnia Park.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11187/indicacao_139_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11187/indicacao_139_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos nas ruas dos bairros de nossa cidade, principalmente o Jardim Adamantina, Residencial Giuliano, Parque Itaipus, Parque Eldorado I e II e Residencial Monte Alegre.</t>
   </si>
   <si>
     <t>11188</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11188/indicacao_140_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11188/indicacao_140_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estude junto à Secretaria de Finanças viabilizar condições junto das agências bancárias de nossa cidade a fim de habilitá-las para receber os tributos municipais.</t>
   </si>
   <si>
     <t>11189</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11189/indicacao_141_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11189/indicacao_141_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa reforma, iluminação e pintura do trevo São Vicente de Paula, que liga as vicinais Moysés Justino da Silva e José Maria da Silva.</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11190/indicacao_142_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11190/indicacao_142_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura interna e externa do Velório Municipal.</t>
   </si>
   <si>
     <t>11191</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11191/indicacao_143_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11191/indicacao_143_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita , substituir o braço de fixação de iluminação pública, que encontra-se quebrado inclusive a luminária, na Rua José Bechara, nº 224 no Jardim Paulista.</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11192/indicacao_144_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11192/indicacao_144_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita notificar o proprietário do residencial São José, no sentido de providenciar a virada dos postes de rede elétrica, depositado no referido local, pois os mesmos estão acumulando água nos dias de chuvas, transformando em criadouro do mosquito Aedes aegypti, transmissor da dengue.</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11193/indicacao_145_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11193/indicacao_145_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocar placa indicativa, com poste, informando local de estacionamento de idosos e cadeirantes nos locais onde só existe sinalização de solo.</t>
   </si>
   <si>
     <t>11194</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11194/indicacao_146_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11194/indicacao_146_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantar um redutor de velocidade (obstáculo) ou outro equipamento na Rua Princesa Isabel, nas  proximidades do nº 454, no Jardim Paulista.</t>
   </si>
   <si>
     <t>11195</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11195/indicacao_147_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11195/indicacao_147_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a demarcação, sinalização e/ou instalação de redutores de velocidade na Rua Santos Dumont, antes de chegar ao Residencial Geriátrico Villa Anna, sentido Bairro/Centro.</t>
   </si>
   <si>
     <t>11196</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11196/indicacao_148_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11196/indicacao_148_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação das ruas que serão realizados recapeamento asfáltico, a Rua João Perroni, Jardim Adamantina.</t>
   </si>
   <si>
     <t>11197</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11197/indicacao_149_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11197/indicacao_149_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma completa limpeza no final da Rua Luiz Gasparini, entre os bairros Conjunto Oiti e Residencial Morumbi.</t>
   </si>
   <si>
     <t>11198</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11198/indicacao_150_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11198/indicacao_150_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira coletiva na Rua Santa Cecília, atrás do prédio do Projeto “ASA”.</t>
   </si>
   <si>
     <t>11199</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11199/indicacao_151_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11199/indicacao_151_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação dos serviços de tapa buracos nas ruas do Parque Universitário, principalmente a Rua dos Estudantes que se encontra em precário estado de conservação.</t>
   </si>
   <si>
     <t>11200</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11200/indicacao_152_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11200/indicacao_152_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita montar um plano de trabalho visando a recuperação de nossas estradas rurais, principalmente as próximas do Bairro Lagoa Seca, Aidelândia, até a propriedade dos Cornachini e Estrada Dois e adjacências, reconstruindo os camaleões e colocação de cascalho nos pontos críticos.</t>
   </si>
   <si>
     <t>11201</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11201/indicacao_153_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11201/indicacao_153_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita possibilidade de elaborar projeto de construção de Balneário Municipal e envie a esta Casa a fim de possibilitar reivindicações de recursos financeiros para tal construção.</t>
   </si>
   <si>
     <t>11202</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11202/indicacao_154_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11202/indicacao_154_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita verificar “in loco” duas valas localizadas na Rua Olegário Campos Souza, Jardim Tipuanas, pois elas estão lotadas de larvas do mosquito aedes aegypti.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11203/indicacao_155_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11203/indicacao_155_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Kobori Kazuo para denominar a pequena praça que está localizada na Rua Francisco José Azevedo entre as Ruas Walter Massaferro e Birigui, no Parque Residencial Jaraguá.</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11204/indicacao_156_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11204/indicacao_156_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com a máxima urgência reparos e reformas do parquinho infantil e da academia ao ar livre do bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11205/indicacao_157_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11205/indicacao_157_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam roçagem do acostamento da Vicinal José Bocardi.</t>
   </si>
   <si>
     <t>11206</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11206/indicacao_158_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11206/indicacao_158_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Osmar de Camargo para denominar ruas em futuros loteamentos em nosso município.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11207/indicacao_159_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11207/indicacao_159_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade (obstáculo), ou algum outro mais eficaz, na Rua Quintino Bocaiuva, proximidades do nº 282, no Parque Itamarati</t>
   </si>
   <si>
     <t>11208</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11208/indicacao_160_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11208/indicacao_160_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam contatar as Secretarias de Saúde e Finanças a fim de estudar a possibilidade de adquirir, em grande escala, álcool em gel para ser distribuído em todos os órgãos públicos municipais, principalmente nas escolas de ensino fundamental e infantil para fazer a higienização das mãos nestes locais em decorrência da chegada do coronavírus no Brasil.</t>
   </si>
   <si>
     <t>11209</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11209/indicacao_161_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11209/indicacao_161_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a possibilidade de se firmar uma parceria, Prefeitura do Município/Associação dos Moradores do Parque Iguaçu, objetivando realizar a pintura interna e externa da sede social do referido bairro.</t>
   </si>
   <si>
     <t>11210</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11210/indicacao_162_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11210/indicacao_162_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a execução de serviços de recapeamento ou lama asfáltica da Rua Barão de Itapetininga, trecho entre a Alameda Florianópolis e a Alameda Curitiba, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11211/indicacao_163_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11211/indicacao_163_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento asfáltico, bem como a sinalização, pintura geral, iluminação, limpeza etc, do Pátio da Fepasa.</t>
   </si>
   <si>
     <t>11212</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11212/indicacao_164_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11212/indicacao_164_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a recuperação, em caráter de urgência, do murro de arrimo localizado na área institucional do Conjunto Oiti-Tipuanas, particularmente no local que dá acesso às Ruas Batista Baldrighi e Augusto Menegassi.</t>
   </si>
   <si>
     <t>11213</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11213/indicacao_165_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11213/indicacao_165_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita transferência do Parquinho Infantil, instalado na confluência da Avenida Miguel Veiga com a Rua Nair Quinto Zambão para a área institucional do Conjunto Oiti-Tipuanas, e serviço de recuperação dos brinquedos danificados e aquisição de novos brinquedos para utilização das crianças.</t>
   </si>
   <si>
     <t>11214</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>Solicita transformar a Rua Armando Citelli, no Conjunto Residencial Jardim dos Bandeirantes, em uma via de mão única, no trecho compreendido entre a Rua Joaquim Jacinto e as Ruas Joaquim Malheiros e Rubens Ferraz P. Silva.</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11215/indicacao_167_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11215/indicacao_167_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma placa no PAS II, da Vila Jardim, com o nome do Dr. Célio de Azevedo Figueiredo.</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11216/indicacao_168_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11216/indicacao_168_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma placa na quadra coberta da EMEF “Navarro de Andrade”, com o nome da Profª Clara Luiza Gonçalves Martins.</t>
   </si>
   <si>
     <t>11217</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11217/indicacao_169_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11217/indicacao_169_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico, que está programado para os próximos dias, as ruas e avenidas do bairro Parque do Sol, mais precisamente a Rua Vergueiro.</t>
   </si>
   <si>
     <t>11218</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11218/indicacao_170_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11218/indicacao_170_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ampla divulgação nos meios de comunicação com os quais a Prefeitura do Município se relaciona, sobre os canais de atendimento ao cidadão para pedidos de trocas de lâmpadas da iluminação pública e sua manutenção.</t>
   </si>
   <si>
     <t>11219</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11219/indicacao_171_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11219/indicacao_171_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências quanto a manutenção da pista de caminhada, a roçagem a e limpeza de todo espaço do Campo localizado no bairro Jardim Adamantina defronte a Unidade Básica de Saúde do bairro.</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11220/indicacao_172_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11220/indicacao_172_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Roçagem da Unidade Básica de Saúde do Mário Covas. Indico ainda, que sejam adotadas medidas para que a programação seja realizada de modo a não deixar os espaços públicos, em especial as Unidades de Saúde no estado em que se encontram.</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11221/indicacao_173_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11221/indicacao_173_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colaborar com a comunidade dos skatistas auxiliando nas demandas para as adequações necessárias na quadra ao lado do Centro Comunitário do Jardim Primaveras, denominada informalmente como “Vale das Pedrinhas”.</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11231/indicacao_174_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11231/indicacao_174_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar o nome do Senhor José Luiz Vieira de Oliveira para denominar avenidas, ruas, ou prédio público de nosso município.</t>
   </si>
   <si>
     <t>11232</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11232/indicacao_175_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11232/indicacao_175_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Diretoria Municipal de Trânsito agendar na sua programação de serviços de sinalização de trânsito: 1 - Pintura de solo “pare” na rotatória do Posto Cocipa, pois encontra-se totalmente apagada; 2 – Pintura das faixas de pedestres e solo “pare” na rotatória do Cristo, entrada da cidade, local de trânsito intenso, pois a pintura está totalmente apagada; 3 – Reforma e pintura de todas as placas de trânsito e indicativas espalhada em toda cidade, pois muitos delas estão totalmente apagadas, não atendendo as necessidades.</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11233/indicacao_176_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11233/indicacao_176_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Toshiaki Ushiro para denominar rua, avenida ou ou prédio público de nosso município.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11234/indicacao_177_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11234/indicacao_177_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reconstrução da calçada tipo petit-pavé em pequenos buracos na Avenida Rio Branco esquina com a Rua Antônio Shimitd Villela nº 256.</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11235/indicacao_178_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11235/indicacao_178_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita providenciar com urgência a pintura dos nomes de ruas nos postes de iluminação pública do Residencial Barcelona e Parque dos Pássaros.</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11236/indicacao_179_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11236/indicacao_179_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de serviços de tapa buracos a Rua Manoel Antônio de Oliveira, no Jardim Paulista e a Rua Curitiba, localizada na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11237/indicacao_180_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11237/indicacao_180_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhado ofício à Agência dos Correios, em Adamantina, solicitando a inclusão do Residencial Califórnia e Parque dos Pássaros, em seu sistema de entrega de correspondências.</t>
   </si>
   <si>
     <t>11238</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11238/indicacao_181_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11238/indicacao_181_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita adesão do nosso município ao Programa Aprender em Casa que distribui de material de apoio aos estudantes das redes públicas estadual e municipais de ensino, durante o período de suspensão das aulas.</t>
   </si>
   <si>
     <t>11239</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11239/indicacao_182_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11239/indicacao_182_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam  seja determinado ao Departamento de Vigilância Sanitária à continuidade da adoção de medidas preventivas e de combate ao vírus da Dengue.</t>
   </si>
   <si>
     <t>11240</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, ALCIO IKEDA, DINHA, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11240/indicacao_183_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11240/indicacao_183_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implantação do programa de fornecimento de alimentação nas escolas municipais, enquanto perdurar o estado de calamidade pública, com suspensão das atividades escolares presenciais nos estabelecimentos de ensino</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11241/indicacao_184_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11241/indicacao_184_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estabelecimento de uma gratificação financeira de incentivo aos servidores que atuam no sistema de saúde municipal, enquanto perdurar o estado de calamidade pública.</t>
   </si>
   <si>
     <t>11242</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11242/indicacao_185_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11242/indicacao_185_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam providências legais necessárias, objetivando ampliar os recursos financeiros previstos no Orçamento do Município para o ano de 2020, objetivando ampliar o número de famílias incluídas nos programas de transferência de renda existentes no município.</t>
   </si>
   <si>
     <t>11243</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11243/indicacao_186_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11243/indicacao_186_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos na estrutura da ponte de madeira localizada na Estrada Geraldo Jordão, Bairro Córrego do Rancho.</t>
   </si>
   <si>
     <t>11244</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11244/indicacao_187_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11244/indicacao_187_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação da cabeceira da ponte na Estrada 6, ao final da Rua Santa Catarina.</t>
   </si>
   <si>
     <t>11245</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>ACACIO ROCHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11245/indicacao_188_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11245/indicacao_188_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza da área desabitada no Conjunto Mário Covas, sobretudo na altura da Alameda Padre Nóbrega.</t>
   </si>
   <si>
     <t>11246</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11246/indicacao_189_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11246/indicacao_189_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita, seja determinado à Secretaria Municipal de Agricultura e Meio Ambiente, a avaliação de uma árvore de grande porte, e riscos, na Rua Carmem Miranda, proximidades do número 1.347.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11247/indicacao_190_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11247/indicacao_190_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam avaliação acerca do volume de águas pluviais na altura da Avenida Deputado Cunha Bueno, altura do número 1.465, Vila Industrial.</t>
   </si>
   <si>
     <t>11248</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11248/indicacao_191_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11248/indicacao_191_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza geral da área institucional, localizada na Rua Zequinha de Abreu, esquina com a Rua Santa Catarina, proximidades do Conjunto Mário Covas.</t>
   </si>
   <si>
     <t>11249</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11249/indicacao_192_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11249/indicacao_192_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder reparos no calçamento de pedras de paralelepípedos no quarteirão da Rua General Isidoro mais precisamente no cruzamento com a Alameda Santa Cruz.</t>
   </si>
   <si>
     <t>11250</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11250/indicacao_193_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11250/indicacao_193_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizado o pagamento dos Adicionais de Insalubridade a todos os servidores que estão prestando serviço frente ao combate ao COVID-19 desta Prefeitura Municipal, verificada a possibilidade do pagamento de insalubridade em grau máximo (40%) para todos os servidores que estão desenvolvendo atividades internas nas Unidades de Saúde.</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11253/indicacao_194_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11253/indicacao_194_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam completa reforma, inclusive em toda a parte elétrica e hidráulica e pintura dos banheiros, no pátio da antiga Fepasa, onde são realizadas as feiras livres de quarta-feira de domingo.</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11254/indicacao_195_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11254/indicacao_195_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos visando realizar uma completa pintura no prédio da ESF – Estratégia de Saúde da Família, localizado na Rua Nove de Julho, próximo do Campus I da UNIFAI, bem como concluir alguns serviços que foram iniciados e ainda não foram concluídos.</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11255/indicacao_196_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11255/indicacao_196_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita competente agilizar os serviços de sinalização de faixas divisórias e laterais na Rodovia Plácido Rocha, até o Bairro Lagoa Seca.</t>
   </si>
   <si>
     <t>11256</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11256/indicacao_197_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11256/indicacao_197_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita capinação e limpeza do mato existente no estacionamento do Pátio da Fepasa.</t>
   </si>
   <si>
     <t>11257</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11257/indicacao_198_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11257/indicacao_198_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza dos entulhos depositados na lateral do campo de futebol médio, na área de lazer do bairro Jardim das Alamandas.</t>
   </si>
   <si>
     <t>11258</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11258/indicacao_199_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11258/indicacao_199_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação da pavimentação asfáltica no trecho final da Alameda Santa Cruz, no Jardim das Alamandas, nas proximidades do “Córrego do Caldeira”.</t>
   </si>
   <si>
     <t>11259</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>Solicita alteração do o slogan “Vai Lá e Faz”,  no material de divulgação no vestibular do Curso de Medicina para o ano de 2021, para algo mais efetivo.</t>
   </si>
   <si>
     <t>11260</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11260/indicacao_201_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11260/indicacao_201_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a elaboração de um laudo pericial sobre a realidade subterrânea de toda a área do Parque dos Pioneiros, haja vista a descoberta de mais uma galeria instalada com tubo armco, ocasionando a necessidade da readequação do projeto inicial de recuperação e revitalização daquela área de lazer e das obras da canalização do Córrego Tocantins.</t>
   </si>
   <si>
     <t>11261</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11261/indicacao_202_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11261/indicacao_202_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa-buracos na Rodovia Plácido Rocha.</t>
   </si>
   <si>
     <t>11262</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11262/indicacao_203_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11262/indicacao_203_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Face ao cenário de pandemia decorrente da Covid-19 e todas as medidas restritivas à circulação de pessoas implantadas, solicita cancelamento da EXPOVERDE 2020.</t>
   </si>
   <si>
     <t>11263</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>ALCIO IKEDA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11263/indicacao_204_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11263/indicacao_204_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realizadas limpezas nas casas populares localizadas na Al. Padre Nóbrega, Mário Covas.</t>
   </si>
   <si>
     <t>11264</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11264/indicacao_205_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11264/indicacao_205_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas roçagem e limpeza nas áreas verde do Parque dos Lagos.</t>
   </si>
   <si>
     <t>11265</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, ACACIO ROCHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11265/indicacao_206_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11265/indicacao_206_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reforma completa das pontes da Estrada 6 e Bairro Burinho.</t>
   </si>
   <si>
     <t>11266</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11266/indicacao_207_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11266/indicacao_207_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma operação tapa buracos na Vila Industrial, principalmente nos pontos críticos como na esquina da Rua Marília com a Al. Armando de Sales Oliveira, em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>11267</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11267/indicacao_208_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11267/indicacao_208_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e completa limpeza na área verde e institucional do Residencial Rio Branco.</t>
   </si>
   <si>
     <t>11268</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11268/indicacao_209_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11268/indicacao_209_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura da sinalização de solo “pare” em toda as esquinas da Rua Marília na Vila na vila Industrial.</t>
   </si>
   <si>
     <t>11269</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11269/indicacao_210_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11269/indicacao_210_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reforma da cobertura do ponto de ônibus localizado na Al. Padre Nóbrega, esquina com a Rua Santa Catarina em frente a nova Igreja São Benedito, do Conjunto Habitacional Mário Covas.</t>
   </si>
   <si>
     <t>11270</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11270/indicacao_211_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11270/indicacao_211_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza em todos os passeios públicos das áreas verdes e institucionais do município.</t>
   </si>
   <si>
     <t>11271</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11271/indicacao_212_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11271/indicacao_212_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reforma de uma grade de boca de lobo, localizada na Rua 9 de Julho, entre as Ruas Armando Sales de Oliveira e Av. Dep. Cunha Bueno.</t>
   </si>
   <si>
     <t>11272</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11272/indicacao_213_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11272/indicacao_213_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos na calçada da ponte do Parque dos Pioneiros a fim de tapar um enorme buraco na lateral da ponte.</t>
   </si>
   <si>
     <t>11273</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11273/indicacao_214_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11273/indicacao_214_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência os seguintes serviços: Reparos na Vicinal Antônio Barberato em toda a extensão do passeio público, principalmente nos pontos críticos; Reparos no final da Rua Manoel Antônio de Azevedo, próximo ao residencial San Miguel II; Tapar com urgência a pequena cratera existente no leito da Rua Zanini Sperandio, no Residencial San Miguel II.</t>
   </si>
   <si>
     <t>11305</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11305/indicacao_215_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11305/indicacao_215_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o cascalhamento da Estrada Vicinal ADM 328, denominada Antônio Bachega.</t>
   </si>
   <si>
     <t>11306</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11306/indicacao_216_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11306/indicacao_216_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de manter uma equipe para fazer continuamente os serviços de tapa-buracos na cidade, principalmente nos bairros locais, aonde a malha asfáltica está em precárias condições de conservação.</t>
   </si>
   <si>
     <t>11307</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11307/indicacao_217_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11307/indicacao_217_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a roçagem no enorme matagal existente nas encostas do córrego do Parque Caldeira que está impedindo o curso normal da água canalizada e apresentando um péssimo visual.</t>
   </si>
   <si>
     <t>11308</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11308/indicacao_218_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11308/indicacao_218_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita orientar as agências bancárias, que ainda não tem disponibilizado o álcool em gel nas portas das agências para a higienização das mãos na entrada e saída dos estabelecimentos, que faça com urgência, a fim de colaborar para prevenir e combater o coronavírus.</t>
   </si>
   <si>
     <t>11309</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11309/indicacao_219_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11309/indicacao_219_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de instalar uns dois pontos de coleta de lixo eletrônico em nossa cidade.</t>
   </si>
   <si>
     <t>11310</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11310/indicacao_220_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11310/indicacao_220_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir um obstáculo (lombada) na Rua João Perroni nas proximidades do número 760, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11311</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11311/indicacao_221_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11311/indicacao_221_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir redutor de velocidade (lombada) na Avenida Antônio Tiveron, proximidades da Praça Euclides Romanini.</t>
   </si>
   <si>
     <t>11312</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11312/indicacao_222_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11312/indicacao_222_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira grande na Av. Dep. Cunha Bueno em frente ao Supermercado Suzano a fim de melhorar e facilitar os serviços de coleta de lixo.</t>
   </si>
   <si>
     <t>11313</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11313/indicacao_223_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11313/indicacao_223_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a poda parcial das árvores da Rua Liberdade, em frente ao conjunto Habitacional das Azaleias.</t>
   </si>
   <si>
     <t>11314</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11314/indicacao_224_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11314/indicacao_224_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação, no âmbito do Município de Adamantina, de um Conselho Municipal de Moradia Popular, com atribuições consultivas, fiscalizadoras e deliberativas, bem como com o intuito de propor as diretrizes para a formulação e implementação da política e do plano municipal de habitação de interesse social, com também para acompanhar e avaliar a sua execução.</t>
   </si>
   <si>
     <t>11315</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11315/indicacao_225_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11315/indicacao_225_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita iniciar estudos no sentido de viabilizar a conservação e preservação dos nossos imóveis antigos, bem como, proceder ao tombamento do prédio denominado “Casa do Papai Noel”, que pelo valor histórico merece a devida atenção e proteção do Poder Público Municipal.</t>
   </si>
   <si>
     <t>11316</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11316/indicacao_226_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11316/indicacao_226_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Dr. Celso Augusto Coelho Ramenzoni, para denominar avenidas, ruas, ou prédio público de nosso município.</t>
   </si>
   <si>
     <t>11317</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11317/indicacao_227_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11317/indicacao_227_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação urgente de placas de proibido estacionar caminhões, carretas ou veículos simulares na Alameda Bráulio Molina Frias, na quadra compreendida entre as Ruas Mario Olivero e Joaquim Luiz Vian, objetivando liberar espaço para o estacionamento de veículos de servidores da Diretoria de Ensino de Adamantina.</t>
   </si>
   <si>
     <t>11318</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11318/indicacao_228_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11318/indicacao_228_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção no dispositivo de recreação existente no Parque Itamarati, aproveitando-se do período de restrição de uso de playgrounds.</t>
   </si>
   <si>
     <t>11319</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11319/indicacao_229_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11319/indicacao_229_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o atendimento on-line na área da Psicologia, na forma das Resoluções nº 11/2018 e 04/2020, ambas do Conselho Federal de Psicologia, ainda, a criação de uma central de atendimentos pelos profissionais da área da Psicologia para instruções e apoio emocional à população que entrar em contato.</t>
   </si>
   <si>
     <t>11320</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11320/indicacao_230_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11320/indicacao_230_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que sejam estudadas medidas inovadoras frente às necessidades durante este período pelas Secretarias Municipais de Esportes, Cultura, Saúde e Departamento de Tecnologia e Informação. Sugerem a criação de uma plataforma digital com o objetivo de divulgar as empresas do comércio local, a criação de programas de incentivo à prática de exercícios físicos, a criação de programações culturais envolvendo conteúdos como a Contação de Histórias, teatros e momentos musicais, criação de conteúdo sobre dicas e orientações na área de saúde em medidas de prevenção e higienização e também em combate ao Aedes Aegypti e indicam a divulgação dos conteúdos por diversos meios de comunicação (rádio, redes sociais e TV).</t>
   </si>
   <si>
     <t>11321</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11321/indicacao_231_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11321/indicacao_231_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam podas nas árvores da estação Recreio.</t>
   </si>
   <si>
     <t>11322</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11322/indicacao_232_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11322/indicacao_232_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas instruções e ações integradas junto aos profissionais da Saúde e ao Departamento de Resíduos Sólidos, no que tange à conscientização à população do descarte correto dos materiais utilizados (máscaras, luvas e outros) pela população neste momento de pandemia, dando atenção especial àquelas pessoas que estão em quarentena com suspeita de contaminação com o Vírus.</t>
   </si>
   <si>
     <t>11323</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11323/indicacao_233_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11323/indicacao_233_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita concessão de EPIs aos servidores do Cemitério Municipal, uma vez que estes servidores também fazem parte da linha de frente do Poder Público local em combate à COVID-19.</t>
   </si>
   <si>
     <t>11324</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11324/indicacao_234_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11324/indicacao_234_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificada a possibilidade de realizar demarcações das sinalizações de trânsito, em especial as sinalizações de “PARE” na Rua Mato Grosso, Jardim Brasil.</t>
   </si>
   <si>
     <t>11325</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11325/indicacao_235_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11325/indicacao_235_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a limpeza na Praça José Parrilla, a “Praça da Estrela”, vez que se encontra suja e com matos altos, oferecendo risco à população vizinha.</t>
   </si>
   <si>
     <t>11326</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11326/indicacao_236_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11326/indicacao_236_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico os dois quarteirões da Rua Deputado Salles Filho, trecho compreendido da Av. Rio Branco até a Av. Cap. José Antônio de Oliveira, centro da cidade.</t>
   </si>
   <si>
     <t>11327</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11327/indicacao_237_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11327/indicacao_237_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita resolver definitivamente o problema dos sarjetões que vem ocorrendo noz cruzamentos da Av. Cap. José Antônio de Oliveira com as Ruas Osvaldo Cruz, Deputados Sales Filho e Av. Santo Antônio.</t>
   </si>
   <si>
     <t>11328</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11328/indicacao_238_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11328/indicacao_238_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos técnicos de engenharia e financeiro, visando incluir na programação de obras e serviços, para este semestre, uma completa reforma nos banheiros de nosso cemitério municipal.</t>
   </si>
   <si>
     <t>11329</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11329/indicacao_239_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11329/indicacao_239_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda parcial de enormes árvores localizadas na Rua Basílio Marini, proximidades do nº 90, no Jardim Adamantina, em frente a Mercearia do Sr. Trindade.</t>
   </si>
   <si>
     <t>11330</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Solicita implantar um redutor de velocidade na rua Goiás no Jardim Brasil, próximo ao  nº 107 a fim de coibir o excesso de velocidade praticada no local.</t>
   </si>
   <si>
     <t>11368</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11368/indicacao_241_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11368/indicacao_241_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico a entrada do Parque do Sol e estendendo em toda Rua Vergueiro.</t>
   </si>
   <si>
     <t>11369</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11369/indicacao_242_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11369/indicacao_242_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico os finais das Ruas Hermínio Mazzaro, Pedro Torturelo e Archimedes Mantovani, no Bairro Jardim das Acácias, tendo em vista que as referidas ruas merecem este recapeamento com urgência, pois estão em precárias condições de conservação.</t>
   </si>
   <si>
     <t>11370</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11370/indicacao_243_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11370/indicacao_243_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o fechamento com alambrado, ou outro tipo de cerca, dos finais das Ruas Hermínio Mazzaro, Pedro Torturelo e Archimedes Mantovani, divisa do bairro Jardim das Acácias com a nova pista de caminhada do Parque Caldeira.</t>
   </si>
   <si>
     <t>11371</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11371/indicacao_244_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11371/indicacao_244_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contato com o DER, no sentido de adquirir e celebrar convênio para receber recursos e obras do Novas Vicinais, programa anunciado pelo governador, que prevê a recuperação de 11 mil quilômetros de vias públicas, perfazendo um total de 1.103 (mil cento e três) estradas vicinais.</t>
   </si>
   <si>
     <t>11372</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11372/indicacao_245_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11372/indicacao_245_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento asfáltico no final da Avenida Miguel Veiga e a Rua Tesifão Quevedo, acesso principal ao Residencial Santa Mônica.</t>
   </si>
   <si>
     <t>11373</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11373/indicacao_246_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11373/indicacao_246_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos nas ruas dos bairros de nossa cidade, principalmente Jardim Adamantina, residencial Giuliano, Parque Itapus, Parque Eldorado I e II, Bairro Monte Alegre e a extensão da Av. Rio Branco, as imediações do Jardim Adamantina.</t>
   </si>
   <si>
     <t>11374</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11374/indicacao_247_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11374/indicacao_247_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o Poder Executivo reveja as multas, que foram aplicadas durante os meses de abril e maio no comércio, referentes a eventuais aberturas do comércio durante a pandemia do Covid-19 e que estude a viabilidade de proceder o cancelamento das mesmas.</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11375/indicacao_248_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11375/indicacao_248_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorias na estrada rural denominada José Trentino, ADM 149, que liga o Bairro Córrego da Onça a Fazenda Santo Antônio.</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11376/indicacao_249_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11376/indicacao_249_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita confeccionar placa proibido jogar lixo e instalar em todas as estradas rurais de nossa cidade, principalmente no início da Estrada 14, Estrada do Pavão e Vicinal José Maria da Silva, que liga Adamantina-Mariápolis.</t>
   </si>
   <si>
     <t>11377</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11377/indicacao_250_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11377/indicacao_250_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção de uma lombofaixa, na Av. Cap. José Antônio de Oliveira, em frente ao Supermercado Godoy, em razão do elevado fluxo de veículos, pedestres, funcionários com os carrinhos de mercadorias.</t>
   </si>
   <si>
     <t>11378</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11378/indicacao_251_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11378/indicacao_251_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam tomar várias providências no local denominado Horto Florestal, localizado no final da Rua Antônio Malheiros, próximo ao Parque dos Lagos, como segue: a – Limpeza em todo o Horto tomado por enorme matagal; b – Limpeza em volta da casa modelo construída pelo grupo de serviços Rotary Club Distrito 4510 Adamantina; c – Dar condições para as pessoas, escolas, entidades diversas para visitar, a fim de tornar o local um ponto turístico importante no Programa Cidade Turística.</t>
   </si>
   <si>
     <t>11379</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11379/indicacao_252_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11379/indicacao_252_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e total limpeza na área vede do residencial Aliança, pois a mesma está totalmente tomada por um enorme matagal.</t>
   </si>
   <si>
     <t>11380</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11380/indicacao_253_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11380/indicacao_253_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos visando retornar mão dupla no trecho da Rua Osvaldo Cruz entre a Rua Josefina Dal’ Antônia Tiveron até a Av. Rio Branco.</t>
   </si>
   <si>
     <t>11381</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11381/indicacao_254_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11381/indicacao_254_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que sejam realizados os seguintes serviços no Bairro Lagoa Seca (Vicinal Plácido Rocha): 1) Limpeza de guias e sarjetas na entrada do bairro (proximidades do poço da SABESP e da lagoa), visando permitir o escoamento das águas dos dois lados da vicinal; 2) Ampliação de guias e sarjetas e realização pavimentação para o escoamento das águas antes da primeira residência (ao lado do poço da SABESP) ao entrar no bairro; 3) Construção de guias e pavimentação asfáltica no início da estrada de terra nas proximidades do entroncamento de acesso às casas populares do bairro.</t>
   </si>
   <si>
     <t>11382</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11382/indicacao_255_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11382/indicacao_255_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de obstáculo, tipo lombada ou sinalização equivalente na Rua Hermenegildo Lopes Pedroso nº 377, Vila Jardim.</t>
   </si>
   <si>
     <t>11383</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11383/indicacao_256_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11383/indicacao_256_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de redutor de velocidade (lombada) na Rua Carlos Pegoraro, onde está localizada a Área Comercial Luiz Stechi, mais precisamente nas proximidades da Funilaria do Bengala e Via Japa (Toyota) a fim de coibir o excesso de velocidade praticado na referida rua.</t>
   </si>
   <si>
     <t>11384</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11384/indicacao_257_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11384/indicacao_257_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ligação da Rua Antônio Shimith Villela, com a Rua Laurindo Simoncelli, no Jardim Brasil, possibilitando uma importante via de comunicação da área central da nossa cidade com o Jardim Brasil.</t>
   </si>
   <si>
     <t>11385</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11385/indicacao_258_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11385/indicacao_258_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de calçada na Rua Prudente de Moraes, no Parque Itamarati, no local onde ainda não existe o passeio construído, notadamente no trecho compreendido entre as Ruas Lourival Santos e Hermenegildo Lopes Pedroso.</t>
   </si>
   <si>
     <t>11386</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11386/indicacao_259_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11386/indicacao_259_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estude junto ao Prof. Osvaldo José, Secretário Municipal de Educação, sobre a necessidade urgente de se oferecer o Projeto Escola de Tempo Integral com o objetivo de prolongar a permanência dos alunos matriculados nos Anos Iniciais do Ensino Fundamental nas Escolas Municipais de Ensino Fundamental, principalmente na EMEF Prof. Eurico Leite de Morais, no Jardim Adamantina e na EMEF José Machert, no ano de 2021, no Bairro Lagoa Seca, de modo a ampliar as possibilidades de aprendizagem.</t>
   </si>
   <si>
     <t>11387</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11387/indicacao_260_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11387/indicacao_260_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita inclusão da Língua Brasileira de Sinais - LIBRAS, como língua de instrução e meio de comunicação objetiva e de uso corrente dos alunos surdos ou com deficiência auditiva que estão matriculados da rede municipal de educação, a partir do ano de 2021.</t>
   </si>
   <si>
     <t>11388</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11388/indicacao_261_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11388/indicacao_261_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificada a possibilidade de realizar a sinalização dos nomes de Ruas no Residencial Vista Verde, a título de exemplo como atualmente é realizado no Vista Verde II.</t>
   </si>
   <si>
     <t>11389</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11389/indicacao_262_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11389/indicacao_262_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ações de aplicação de inseticida de combate à dengue nos bairros do município.</t>
   </si>
   <si>
     <t>11390</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11390/indicacao_263_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11390/indicacao_263_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita com a máxima urgência a poda parcial das árvores localizadas na Rua Santos Dumont, em frente ao Residencial Portugal II.</t>
   </si>
   <si>
     <t>11391</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11391/indicacao_264_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11391/indicacao_264_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita nos serviços de roçagem, todas as áreas que incluem o Leite Jóia, Apavel Fiat e adjacentes na entrada da cidade, e na Rua Quintino Bocaiuva.</t>
   </si>
   <si>
     <t>11392</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11392/indicacao_265_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11392/indicacao_265_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita entendimento com a Secretaria de Agriculta, Abastecimento e Meio Ambiente a fim de melhorar a comunicação através do celular da referida secretaria, principalmente com o secretário da pasta.</t>
   </si>
   <si>
     <t>11393</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11393/indicacao_266_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11393/indicacao_266_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam operação tapa buraco na Rua Nair Quinto Zambão, mais precisamente em frente a residência nº 483, na Vila Cicma.</t>
   </si>
   <si>
     <t>11394</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11394/indicacao_267_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11394/indicacao_267_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de instalar câmera de segurança nas praças e parques, como o Parque dos Pioneiros, Caldeiras e outros, a fim de proteger os locais de vandalismo.</t>
   </si>
   <si>
     <t>11395</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11395/indicacao_268_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11395/indicacao_268_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita repintar toda a sinalização de solo “pare” e “faixa de pedestres”, nas ruas e avenidas do Parque do Sol que encontram-se totalmente apagadas.</t>
   </si>
   <si>
     <t>11396</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11396/indicacao_269_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11396/indicacao_269_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita serviços a pintura de solo “pare” em todas os cruzamentos de ruas e avenidas, principalmente a Rua João Pachioni, recentemente recapeada, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11397</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11397/indicacao_270_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11397/indicacao_270_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade (lombada) na Rua Pérola, podendo ser nas proximidades do número 264, no Parque Residencial Eldorado, para coibir o excesso de velocidade dos motoristas naquele local.</t>
   </si>
   <si>
     <t>11398</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11398/indicacao_271_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11398/indicacao_271_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação das ruas e avenidas que estão sendo recapeadas o pequeno trecho de dois quarteirões da Av. Vitório Romanini, do seu início até a Rua Valentin Gentil, Vila Cicma, que está em precárias condições de conservação e merece ser recapeada por ser entrada e saída da cidade.</t>
   </si>
   <si>
     <t>11399</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11399/indicacao_272_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11399/indicacao_272_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos necessários com as Secretarias Municipais competentes visando estender o programa PAA, Programa de Aquisição de Alimentos, para as Associações de Bairro a fim de serem distribuídas às famílias em situação de vulnerabilidade, principalmente agora em função da pandemia Covid19.</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11400/indicacao_273_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11400/indicacao_273_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita anotar o nome do Senhor, Dr. Luiz Garcia Parra para denominar rua, bem ou logradouro público de novos loteamentos e/ou conjuntos habitacionais.</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11401/indicacao_274_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11401/indicacao_274_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de obstáculo tipo lombada, ou outra sinalização equivalente, na Av. Dep Cunha Bueno no trecho da Apae de Adamantina a fim de alertar os motoristas de que devem diminuir a velocidade dos veículos para evitar possíveis acidentes.</t>
   </si>
   <si>
     <t>11402</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11402/indicacao_275_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11402/indicacao_275_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que a Prefeitura não disponha de recursos públicos para criar novas praças públicas e sim focar mais na necessidade de conservar as existentes, como está sendo feito no Parque Caldeira, Pioneiros e Euclides Romanini.</t>
   </si>
   <si>
     <t>11403</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11403/indicacao_276_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11403/indicacao_276_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de obstáculo tipo lombada ou outra sinalização equivalente nos seguintes locais.: Rua Laurindo Simonceli, Jardim Brasil, no trecho do nº 414 ao 490 e na Rua Rio de Janeiro, Jardim Brasil, no trecho do nº 179 ao 250.</t>
   </si>
   <si>
     <t>11404</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11404/indicacao_277_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11404/indicacao_277_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que volte a passar a motoniveladora em toda estrada Vicinal ADM Antônio Bachega, e providenciar a colocação de pedrisco em 2 pontos que já é de conhecimento da secretaria.</t>
   </si>
   <si>
     <t>11405</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11405/indicacao_278_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11405/indicacao_278_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de serviços e reparos na estrada ADM 140 Ana Rosa Pachione de Freitas, tais como:  limpeza e roçagem da grande quantidade de matos em vários pontos e limpeza nas saídas de água.</t>
   </si>
   <si>
     <t>11406</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11406/indicacao_279_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11406/indicacao_279_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o retorno de mão dupla nas Ruas Osvaldo Cruz, Deputado de Salles Filho, Euclides da Cunha, Joaquim Nabuco e 9 de Julho.</t>
   </si>
   <si>
     <t>11407</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11407/indicacao_280_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11407/indicacao_280_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir no programa de recapeamento asfáltico, que está sendo realizado, um quarteirão da Rua Romão Martins, na Vila Cristina e Rua Domingos Xavier da Silva, entre as Ruas Fernão Dias e Avenida Rio Branco.</t>
   </si>
   <si>
     <t>11408</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11408/indicacao_281_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11408/indicacao_281_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos nos passeios públicos (calçadas) em toda a nossa cidade, principalmente na área central.</t>
   </si>
   <si>
     <t>11409</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11409/indicacao_282_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11409/indicacao_282_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita renovar a pintura da faixa divisória de sinalização de trânsito do movimentado pontilhão da Rua Joaquim Nabuco, bem como para reforma, fixação e ajuste das placas de concreto.</t>
   </si>
   <si>
     <t>11410</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11410/indicacao_283_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11410/indicacao_283_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a liberação de recursos financeiros para a aquisição e posterior instalação de um parque infantil no bairro residencial Monte Alegre.</t>
   </si>
   <si>
     <t>11411</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11411/indicacao_284_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11411/indicacao_284_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja programada a pavimentação, ou provisoriamente, alguma medida cabível ao final da Rua Sergipe, na ligação entre os bairros Jardim Brasil e Itamarati.</t>
   </si>
   <si>
     <t>11412</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11412/indicacao_285_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11412/indicacao_285_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja programado o recape na Rua João Perrone, no Jardim Adamantina, considerando que a rua em questão está defasada em vários trechos.</t>
   </si>
   <si>
     <t>11413</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11413/indicacao_286_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11413/indicacao_286_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizado estudo técnico para verificar a necessidade de melhorias de sinalização ou outras instalações para a contenção da velocidade dos veículos na Rua Fioravante Spósito, trecho localizado a partir da Al. Chujiro Matsuda até as proximidades do Velório Municipal.</t>
   </si>
   <si>
     <t>11414</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11414/indicacao_287_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11414/indicacao_287_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja instituída ação para a demarcação de nomes de ruas nos bairros do município, em especial àqueles decorrentes de loteamentos que foram inaugurados sem a sinalização que a legislação atual exige.</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11415/indicacao_288_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11415/indicacao_288_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas roçagens, limpezas e manutenções no pavimento asfáltico nas vias do Residencial Santa Mônica, bairro em que possui diversas vias sujas, tomadas por matos e com a malha asfáltica defasada.</t>
   </si>
   <si>
     <t>11416</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11416/indicacao_289_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11416/indicacao_289_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam retomadas as obras de recuperação da ponte na Estrada 6.</t>
   </si>
   <si>
     <t>11417</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11417/indicacao_290_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11417/indicacao_290_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização dos estudos necessários objetivando transformar a estrada de servidão que margeia o Cemitério Municipal, no Jardim Europa, em um logradouro público municipal (rua), com vistas a melhorar as condições de tráfego de pessoas e veículos naquela localidade.</t>
   </si>
   <si>
     <t>11418</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11418/indicacao_291_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11418/indicacao_291_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita criação de uma plataforma eletrônica, objetivando a instituição do orçamento participativo on-line, por intermédio de um formulário digital (google docs), possibilitando um mecanismo a mais para que a municipalidade possa oferecer sugestões e opiniões sobre a aplicação dos recursos públicos na elaboração do orçamento municipal para o ano de 2021.</t>
   </si>
   <si>
     <t>11419</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11419/indicacao_292_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11419/indicacao_292_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estabelecimento de uma gratificação financeira de incentivo aos servidores e funcionários que atuam no sistema de saúde municipal, incluindo a Santa Casa de Misericórdia e o Pronto Socorro Municipal.</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11420/indicacao_293_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11420/indicacao_293_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar  a possibilidade do repassar de recursos financeiros, a título de subvenção municipal, para custear gastos com o consumo de água/esgoto e energia elétrica durante o período de vigência da pandemia das seguintes entidades assistenciais de Adamantina: APAE, ARCA, CASA DO GAROTO, CLÍNICA PAI NOSSO LAR, IAMA, LAR CRISTÃO DE MENINAS, LAR DOS VELHOS e REDE DE COMBATE AO CÂNCER.</t>
   </si>
   <si>
     <t>11421</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11421/indicacao_294_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11421/indicacao_294_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita remanejamentos internos de pessoal (medida autorizada por decreto municipal expedido no período da quarentena) e amplie o número de servidores a campo em atividades de orientação das medidas fixadas no enfrentamento ao novo coronavírus.</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11422/indicacao_295_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11422/indicacao_295_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contratação emergencial, em caráter temporário, de pessoal para ações educativas (educação em saúde) e de orientação, a campo, acerca das medidas fixadas no enfrentamento ao novo coronavírus.</t>
   </si>
   <si>
     <t>11448</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11448/indicacao_296_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11448/indicacao_296_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita retirada de todos os carros abandonados nas ruas e áreas públicas, cumprindo a legislação municipal vigente.</t>
   </si>
   <si>
     <t>11449</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11449/indicacao_297_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11449/indicacao_297_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de pedrisco nas estradas José Trentino e Estrada 14.</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11450/indicacao_298_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11450/indicacao_298_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento e aplicação de lama asfáltica os seguintes quarteirões: Rua Gervásio Rodolfo Pozzeti, entre as ruas Nair Quinto Zambão e Mario Oliveiro, quatro quarteirões; Al Armindo Silva, no trecho até a Rua Mário Oliveiro; Al. Antônio Bozzeto, até a Rua Mário Oliveiro, e Al. João Andrade, no trecho entre a Rua Benedio Lemes de Souza até a Rua Itirapina.</t>
   </si>
   <si>
     <t>11451</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11451/indicacao_299_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11451/indicacao_299_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita capinação, limpeza e retirada de todo lixo ao redor da praça de lazer e esportes do Clube da AMJAIP.</t>
   </si>
   <si>
     <t>11452</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11452/indicacao_300_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11452/indicacao_300_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam capinação e uma completa limpeza no terreno onde está localizado o antigo Clube do Ponteli.</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11453/indicacao_301_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11453/indicacao_301_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de obstáculo, tipo lombada ou equivalente, na Rua das Margaridas, proximidades do nº 81, Vila Jardim, a fim de alertar os motoristas que devem diminuir a velocidade dos veículos para evitar possíveis acidentes.</t>
   </si>
   <si>
     <t>11454</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11454/indicacao_302_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11454/indicacao_302_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de obstáculo, tipo lombada ou equivalente, na Rua Sergipe, no Jardim Brasil, mais precisamente em frente ao Posto de Saúde que será inaugurado, inclusive pintura de solo pare e faixa de pedestres, a fim de alertar os motoristas que devem diminuir a velocidade dos veículos para evitar possíveis acidentes.</t>
   </si>
   <si>
     <t>11455</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11455/indicacao_303_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11455/indicacao_303_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico as ruas do Jardim das Acácias, principalmente a Rua José de Oliveira Junior, entre as Ruas Sabino Capaldi e Padre Anchieta.</t>
   </si>
   <si>
     <t>11456</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11456/indicacao_304_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11456/indicacao_304_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico da Av. Francisco Bellusci, no Distrito Industrial.</t>
   </si>
   <si>
     <t>11457</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>ALCIO IKEDA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11457/indicacao_305_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11457/indicacao_305_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reforçar demarcações das sinalizações de “PARE” e se possível, a instalação de placas nas vias que foram recapeadas em nosso município, em especial na Rua João Pachione, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11458</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11458/indicacao_306_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11458/indicacao_306_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de poda nas árvores da estação Recreio.</t>
   </si>
   <si>
     <t>11459</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11459/indicacao_307_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11459/indicacao_307_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reforçar demarcações das sinalizações de “PARE” e se possível, a instalação de placas nas vias do Jardim Brasil, em especial nas Ruas Pernambuco e Rua Ceará.</t>
   </si>
   <si>
     <t>11460</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11460/indicacao_308_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11460/indicacao_308_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a manutenção da grade de proteção da passarela da ponte do Parque Caldeiras, localizada ao final da Al. Padre Nóbrega, considerando o perigo em relação a crianças.</t>
   </si>
   <si>
     <t>11461</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11461/indicacao_309_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11461/indicacao_309_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos com vista a proceder à construção de uma alça ou via de acesso do Bairro Parque Itamarati à Rodovia Comandante João Ribeiro de Barros, objetivando uma melhor mobilidade urbana e um melhor tráfego de veículos.</t>
   </si>
   <si>
     <t>11462</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11462/indicacao_310_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11462/indicacao_310_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita regulamentar o estacionamento de veículos na Rua Domingos Xavier da Silva.</t>
   </si>
   <si>
     <t>11463</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11463/indicacao_311_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11463/indicacao_311_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sobre a possibilidade de incorporar ao salário dos aposentados e pensionistas, vinculados ao antigo Fundo de Aposentadorias e Pensões do Município de Adamantina (FAPEN), o valor correspondente ao que seria pago aos mesmos através do vale-alimentação, a exemplo do que já ocorreu parcialmente através da Lei nº 3.590/2013.</t>
   </si>
   <si>
     <t>11464</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11464/indicacao_312_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11464/indicacao_312_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam nova reestruturação ou adequação na carreira dos empregos permanentes: auxiliares de empregos na área de Farmácia, Laboratório, Saúde Bucal, ainda, Topografia, Auxiliar Administrativo, Borracheiro, Funileiro, Ferramenteiro e Almoxarife.</t>
   </si>
   <si>
     <t>11465</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11465/indicacao_313_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11465/indicacao_313_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a reposição de árvores que foram atingidas por vândalos, ou não tiveram o devido desenvolvimento, ao longo da Rua Dante Bolgue (prolongamento da Alameda Padre Nóbrega) onde, foi implantado o projeto denominado “Floresta Urbana”.</t>
   </si>
   <si>
     <t>11466</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11466/indicacao_314_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11466/indicacao_314_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam recuperação do playground infantil no Jardim das Alamandas com reposição de parte do alambrado danificado, reparos no passeio público e elevação do muro de divisa para reaterro e cobertura de raízes com terra e gramíneas, bem como a revitalização do mobiliário de lazer.</t>
   </si>
   <si>
     <t>11496</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11496/indicacao_315_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11496/indicacao_315_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de dois campos de futebol society, também conhecido como futebol 7 ou médio, e pista de atletismo na praça de esportes do Jardim Adamantina, a exemplo do que foi feito no Jardim Brasil.</t>
   </si>
   <si>
     <t>11497</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11497/indicacao_316_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11497/indicacao_316_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir o bairro Jardim Adamantina na programação de recapeamento e aplicação de lama asfáltica, com recursos do município conforme anunciado pelo senhor prefeito.</t>
   </si>
   <si>
     <t>11498</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11498/indicacao_317_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11498/indicacao_317_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de um redutor de velocidade (tipo obstáculo) na Rua Bahia, proximidades do prédio da FATEC no Jardim Brasil, a fim de diminuir a velocidade praticada pelos motoristas naquele local.</t>
   </si>
   <si>
     <t>11499</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11499/indicacao_318_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11499/indicacao_318_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de base de concreto em volta de todos os aparelhos de exercícios físicos na academia ao ar livre do bairro Jardim das Acácias, recentemente instalada em frente da Rua Juruva ao lado da pista de caminhada do Parque Caldeira.</t>
   </si>
   <si>
     <t>11500</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11500/indicacao_319_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11500/indicacao_319_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que encaminhe ofício à empresa Energisa, responsável pelo fornecimento de energia elétrica em nosso município, para determinar a poda parcial e limpeza de uma árvore localizada na Avenida Rio Branco, em frente ao nº 121, Centro.</t>
   </si>
   <si>
     <t>11501</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11501/indicacao_320_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11501/indicacao_320_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar uma revitalização e uma completa pintura no prédio da Biblioteca Municipal, Cônego João Baptista de Aquino.</t>
   </si>
   <si>
     <t>11502</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11502/indicacao_321_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11502/indicacao_321_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover reparos nos canteiros centrais, que encontram-se quebrados, na Av. Deputado Cunha Bueno, mais precisamente o construído em frente a oficina Auto Flex, proximidade do Centro Comunitário da Vila Joaquina.</t>
   </si>
   <si>
     <t>11503</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11503/indicacao_322_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11503/indicacao_322_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita capinação e roçagem dos canteiros centrais das avenidas de nossa cidade, principalmente da Avenida Santo Antônio, pois o mato e as plantas já estão adentrando o leito da rua.</t>
   </si>
   <si>
     <t>11504</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11504/indicacao_323_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11504/indicacao_323_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza nas entradas do Jardim Europa e a poda parcial de todas as árvores do bairro, principalmente aquelas que estão atrapalhando a iluminação pública.</t>
   </si>
   <si>
     <t>11505</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11505/indicacao_324_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11505/indicacao_324_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na sua programação de recapeamento asfáltico as Ruas Danilo Fadel e Osmar Rodrigues, bem como operação tapa buracos nas demais ruas do Jardim Europa.</t>
   </si>
   <si>
     <t>11506</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11506/indicacao_325_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11506/indicacao_325_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos para construção de uma pista exclusiva para bicicleta e patins no Parque Caldeira a fim de evitar que os ciclistas dividam o espaço com os pedestres ou então vetar o uso destes equipamentos naquele local.</t>
   </si>
   <si>
     <t>11507</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11507/indicacao_326_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11507/indicacao_326_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a viabilidade de dar continuidade na galeria de canalização da enorme erosão existente no final da Rua Pernambuco, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11508</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11508/indicacao_327_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11508/indicacao_327_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com a máxima urgência uma completa limpeza, recapeamento asfáltico e reparos nas calçadas e nos terrenos de propriedade da prefeitura, localizado no Jardim Europa especialmente na Rua Luiz Trentine.</t>
   </si>
   <si>
     <t>11509</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11509/indicacao_328_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11509/indicacao_328_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita fazer investimentos em todas as estradas rurais adquirindo grande quantidade de pedras bica corrida e cascalho, a fim de melhorar o leito carroçável das vicinais não pavimentadas.</t>
   </si>
   <si>
     <t>11510</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11510/indicacao_329_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11510/indicacao_329_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos nas Vicinais Pedro Monêgo, acesso ao Bairro Tupanzinho e José Maria da Silva, até a divisa com o Município de Mariópolis, visando melhorar a malha asfáltica das referidas vicinais com grande fluxo de veículos.</t>
   </si>
   <si>
     <t>11511</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11511/indicacao_330_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11511/indicacao_330_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam voltar os atendimentos aos trabalhadores rurais e de usinas que eram realizados na Casa do Trabalhador, Amaro Silvestre da Silva (Dedé), servindo café, chá e pão aos trabalhadores antes de embarcarem para os devidos locais de trabalho.</t>
   </si>
   <si>
     <t>11512</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11512/indicacao_331_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11512/indicacao_331_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos, no sentido de continuar oferecendo desconto nas mensalidades dos alunos da autarquia municipal durante a pandemia do COVID-19 enquanto não retornam as aulas presenciais.</t>
   </si>
   <si>
     <t>11513</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11513/indicacao_332_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11513/indicacao_332_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam uma limpeza geral no bairro Jardim Europa.</t>
   </si>
   <si>
     <t>11514</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11514/indicacao_333_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11514/indicacao_333_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sinalização de faixas divisórias e laterais na Rodovia Plácido Rocha até o Bairro Lagoa Seca, bem como a colocação de placas 80Km/h – R19, R25A e R25B do Código de Trânsito Brasileiro, pois as mesmas encontram-se totalmente apagadas oferecendo perigo aos motoristas que utilizam a referida rodovia.</t>
   </si>
   <si>
     <t>11515</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11515/indicacao_334_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11515/indicacao_334_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de retornar o serviço de pinturas dos nomes das ruas nos postes de iluminação pública, principalmente nos novos bairros, recentemente inaugurados, tais como Residencial Califórnia, Giuliano, Eldorado I e II, Monte Alegre, Barcelona e Parque dos Pássaros,  a fim de orientar as pessoas, principalmente os carteiros e entregadores de compras e encomendas.</t>
   </si>
   <si>
     <t>11516</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11516/indicacao_335_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11516/indicacao_335_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11517</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11517/indicacao_336_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11517/indicacao_336_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contate a agência dos correios de nossa cidade cobrando providências quanto a entrega de correspondência no Residencial Aliança, pois segundo os moradores este tipo de serviço não está sendo realizado no referido bairro, o que vem ocorrendo transformo aos moradores sem o referido serviço.</t>
   </si>
   <si>
     <t>11518</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11518/indicacao_337_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11518/indicacao_337_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos financeiros a fim de construir calçada dos dois lados da entrada do bairro Parque Tangará, a fim de oferecer segurança aos pedestres.</t>
   </si>
   <si>
     <t>11519</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11519/indicacao_338_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11519/indicacao_338_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para destinação de recursos financeiros para aquisição de área para construção de um novo cemitério municipal, tendo em vista que o atual não tem mais área para sua expansão.</t>
   </si>
   <si>
     <t>11520</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11520/indicacao_339_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11520/indicacao_339_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de arrumar a calçada que margeia a Via Antônio Barberato, sentido Mais Drive-in Motel, que encontra-se totalmente destruída.</t>
   </si>
   <si>
     <t>11521</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11521/indicacao_340_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11521/indicacao_340_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de mais uma lixeira para coleta de lixo domiciliar na praça da igreja do bairro Aidelândia.</t>
   </si>
   <si>
     <t>11522</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11522/indicacao_341_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11522/indicacao_341_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Recapeamento asfáltico em toda extensão da Rua Carmem Miranda, bem como o recolhimento das pedras e pedriscos decorrentes da grande quantidade de buraco e ainda operação tapa buracos na Rua Zequinha de Abreu, principalmente no cruzamento com a Rua Carmem Miranda.</t>
   </si>
   <si>
     <t>11523</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11523/indicacao_342_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11523/indicacao_342_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estabeleça diálogo com as forças de segurança pública locais, em especial a Polícia Militar de Adamantina, para atuar no atendimento a reclamações de aglomerações, a partir de chamados ao 190.</t>
   </si>
   <si>
     <t>11524</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11524/indicacao_343_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11524/indicacao_343_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a desobstrução de vegetação arbórea que encobre placas de sinalização de trânsito no cruzamento da Rua Zequinha de Abreu com a Rua Carmem Miranda, bem como a melhoria de sinalização horizontal.</t>
   </si>
   <si>
     <t>11525</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11525/indicacao_344_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11525/indicacao_344_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ampliadas as informações divulgadas pelos boletins de casos de Covid-19 registrados em Adamantina, detalhando, entre os casos confirmados e em tratamento, quantos estão sob internação hospitalar e quantos estão sob isolamento domiciliar.</t>
   </si>
   <si>
     <t>11526</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11526/indicacao_345_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11526/indicacao_345_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que a Rua Benedito Barreto, Vila Industrial e a Rua Osvaldo Cruz, Centro (proximidades da Al. Padre Nóbrega) sejam contempladas no cronograma de recape asfáltico da Secretaria.</t>
   </si>
   <si>
     <t>11527</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11527/indicacao_346_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11527/indicacao_346_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja providenciada a aquisição de refrigerador de água (ou bebedouro industrial) para o Cemitério Municipal, considerando a importância para os servidores do setor.</t>
   </si>
   <si>
     <t>11528</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11528/indicacao_347_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11528/indicacao_347_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do adamantinense Cláudio Cícero Ferreira, o popular “Cláudio Grill”, para denominar futuros loteamentos que forem lançados em nossa urbe.</t>
   </si>
   <si>
     <t>11529</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11529/indicacao_348_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11529/indicacao_348_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome da senhora Olézia Roma de Luccas para denominar futuros loteamentos que forem lançados em nossa urbe.</t>
   </si>
   <si>
     <t>11530</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11530/indicacao_349_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11530/indicacao_349_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um obstáculo na Rua Santa Catarina, na altura do nº 545, entre o Jardim das Acácias e a Vila Joaquina, haja vista o grande fluxo de veículos e de pessoas naquele local.</t>
   </si>
   <si>
     <t>11531</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11531/indicacao_350_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11531/indicacao_350_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de obstáculo, tipo lombada, na Arno Kiefer, entre as Ruas Al. Padre Nóbrega e Rua Coronel Ataliba Leonel, proximidades do nº 708, a fim de alertar os motoristas que devem diminuir a velocidade dos veículos.</t>
   </si>
   <si>
     <t>11532</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11532/indicacao_351_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11532/indicacao_351_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de obstáculo, tipo lombada, Rua Manoel Antônio de Azevedo, proximidade do nº 73, no Jardim Paulista, a fim de alertar os motoristas que devem diminuir a velocidade dos veículos.</t>
   </si>
   <si>
     <t>11533</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11533/indicacao_352_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11533/indicacao_352_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita divulgação da Lei nº 3.715/16, que “dispõe sobre a Campanha ‘Adote o Verde’, e dá outras providências”.</t>
   </si>
   <si>
     <t>11534</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11534/indicacao_353_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11534/indicacao_353_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir a Praça José Parrilla no programa que está sendo realizado pela Prefeitura, Revitalização de Praças como vem ocorrendo em várias praças de nossa cidade.</t>
   </si>
   <si>
     <t>11542</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11542/indicacao_354_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11542/indicacao_354_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar os nomes dos senhores Luiz Kido e Evardo Bellusci para denominar rua ou avenidas em futuras loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11543</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11543/indicacao_355_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11543/indicacao_355_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de um parque infantil para ser instalado na Praça José Parrila, popularmente conhecida como praça da estrela.</t>
   </si>
   <si>
     <t>11544</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11544/indicacao_356_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11544/indicacao_356_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de calçadas em terreno localizado na Rua Danilo Fadel, lotes 14 e 15 da Quadra 7, no Jardim Europa.</t>
   </si>
   <si>
     <t>11545</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11545/indicacao_357_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11545/indicacao_357_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência vários serviços no Jardim Europa: 1 – Limpeza total no terreno da quadra 2 do lote 19, final da Rua Osmar Rodrigues; 2 – Limpeza total no terreno do final da Rua Luiz Trentino, esquina com a Rua Danilo Fadel e 3 – Capinação e limpeza na área verde onde está instalado o parquinho infantil.</t>
   </si>
   <si>
     <t>11546</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11546/indicacao_358_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11546/indicacao_358_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorar e ampliar o sistema de câmeras de segurança instaladas no terminal rodoviário.</t>
   </si>
   <si>
     <t>11547</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11547/indicacao_359_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11547/indicacao_359_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a colocação de pedras bica corrida das estradas que dão acesso ao Bairro Pé de Galinha e Estradas 2 e 14, a fim de melhorar o tráfego de veículos, quando do escoamento agrícola.</t>
   </si>
   <si>
     <t>11548</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11548/indicacao_360_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11548/indicacao_360_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir mais uma boca-de-lobo nas imediações da Rua Turquesa, Residencial Eldorado I, a fim de resolver definitivamente os problemas dos buracos e o acúmulo de água nos dias de fortes chuvas.</t>
   </si>
   <si>
     <t>11549</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11549/indicacao_361_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11549/indicacao_361_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11550</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11550/indicacao_362_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11550/indicacao_362_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover uma frente de trabalho com designação de vários funcionários para realizar os serviços de limpeza da cidade, tanto no centro, como também nos bairros, inclusive nos dias de sábado, como era realizado no ano passado.</t>
   </si>
   <si>
     <t>11551</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11551/indicacao_363_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11551/indicacao_363_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a viabilidade financeira e legalidade de conceber a isenção de pagamento do Imposto Predial e Territorial Urbano – IPTU, aos desempregados em função da pandemia do COVID-19 bem como as pessoas doentes que estão impedidas de trabalhar.</t>
   </si>
   <si>
     <t>11552</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11552/indicacao_364_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11552/indicacao_364_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conceder aos funcionários da UNIFAI um “abono natalino” ao final deste ano de 2020, a exemplo do que já ocorreu nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>11553</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11553/indicacao_365_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11553/indicacao_365_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conceder aos funcionários da prefeitura um “abono natalino” ao final deste ano de 2020, a exemplo do que já ocorreu nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>11554</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11554/indicacao_366_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11554/indicacao_366_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar câmera de segurança no final do Parque dos Pioneiros, filmando mais precisamente a Rua Walter Massaferro no Parque Residencial Jaraguá.</t>
   </si>
   <si>
     <t>11556</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>Solicita completa limpeza na Rua Augusto Menegassi, no Conjunto Habitacional Oiti.</t>
   </si>
   <si>
     <t>11557</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11557/indicacao_368_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11557/indicacao_368_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de tapa buracos, ou aplicação de lama asfáltica, a Rua Itirapina, entre as Ruas João Andrade e Braulio Molina Frias, Vila Cicma.</t>
   </si>
   <si>
     <t>11558</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11558/indicacao_369_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11558/indicacao_369_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir a Rua São Bento, principalmente no quarteirão do nº 770, em frente da igreja evangélica, na programação de tapa buraco e construção de obstáculo.</t>
   </si>
   <si>
     <t>11559</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11559/indicacao_370_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11559/indicacao_370_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos visando criar estacionamentos exclusivos para “pessoas com deficiência e idosos” na frente das agências bancárias de nossa cidade.</t>
   </si>
   <si>
     <t>11560</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11560/indicacao_371_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11560/indicacao_371_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proibido jogar lixo e coloca-las nos seguintes locais: Início da Vicinal Estrada 14, e Av. Rio branco, em frente ao Residencial Rio Branco.</t>
   </si>
   <si>
     <t>11561</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11561/indicacao_372_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11561/indicacao_372_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a extensão da malha asfáltica no último quarteirão da Rua Pastor Pedro Pereira, no Parque Itapuã.</t>
   </si>
   <si>
     <t>11562</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11562/indicacao_373_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11562/indicacao_373_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de placa ou a reforma de letreiro com o nome de Ovídio Zambão no prédio do almoxarifado municipal, sito na Av. Francisco Bellusci nº 169, conforme denominado pelo artigo 39 da Lei nº 2.126/88.</t>
   </si>
   <si>
     <t>11563</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11563/indicacao_374_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11563/indicacao_374_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita amplo trabalho de conservação e melhoramento do espaço existente na Praça Élio Micheloni, nas proximidades da “Casa do Papai Noel”.</t>
   </si>
   <si>
     <t>11564</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11564/indicacao_375_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11564/indicacao_375_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma rotatória no cruzamento da Alameda Padre Nóbrega/Rua Dante Bolgue com a Rua Turquesa e a Rua Profª Maria Esther Tófoli.</t>
   </si>
   <si>
     <t>11565</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11565/indicacao_376_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11565/indicacao_376_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação Tapa-Buracos na Al. Santa Cruz e Al. Expedicionários na Vila Joaquina.</t>
   </si>
   <si>
     <t>11566</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11566/indicacao_377_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11566/indicacao_377_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudada o aumento do tempo do semáforo da Av. Rio Branco / Av. Santo Antônio no sentido Paróquia Santo Antônio a Escola Navarro de Andrade, levando em consideração o baixo tempo de 9 segundos.</t>
   </si>
   <si>
     <t>11567</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11567/indicacao_378_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11567/indicacao_378_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam adotadas medidas de sinalização e estudo de possíveis instalações de redutores de velocidade na Estância Dorigo e Residencial Itália, especialmente na Rua Domingos Milan.</t>
   </si>
   <si>
     <t>11568</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11568/indicacao_no_379.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11568/indicacao_no_379.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a demarcação de sinalização de trânsito entre os canteiros centrais e estudada a possibilidade de medidas de redução de velocidade na Av. Capitão José Antônio de Oliveira, nas proximidades do nº 1068.</t>
   </si>
   <si>
     <t>11569</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11569/indicacao_no_380.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11569/indicacao_no_380.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a demarcação de sinalização de trânsito e da indicação de ruas nos loteamentos de nosso município, em especial, do Parque dos Pássaros.</t>
   </si>
   <si>
     <t>11570</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11570/indicacao_381_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11570/indicacao_381_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja estudado a isenção, ou no mínimo, a redução de tributos como ISS e FUNFIS de empresas prejudicadas diretamente com a suspensão de atividades durante este período de pandemia.</t>
   </si>
   <si>
     <t>11571</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11571/indicacao_382_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11571/indicacao_382_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja promovida a sinalização com identificação de nomes de ruas no residencial Parque dos Pássaros.</t>
   </si>
   <si>
     <t>11572</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11572/indicacao_383_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11572/indicacao_383_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja promovida a revisão no site oficial da Prefeitura de Adamantina, com vistas a atualizar os casos omissos, para mencionar aqueles que extraordinariamente ocuparam a chefia do poder executivo local.</t>
   </si>
   <si>
     <t>11573</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11573/indicacao_384_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11573/indicacao_384_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam promovidos eventuais reparos para supressão de pregos e outras superfícies pontiagudas, no playground de madeira localizado no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11614</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11614/indicacao_385_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11614/indicacao_385_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de obstáculo, tipo lombada, na Al. Bráulio Molina Frias, 725, mais precisamente em frente ao Posto Bela Vista, na Vila Cicma.</t>
   </si>
   <si>
     <t>11615</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11615/indicacao_386_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11615/indicacao_386_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda parcial das árvores em volta do campo de futebol do Bairro Lagoa Seca.</t>
   </si>
   <si>
     <t>11616</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11616/indicacao_387_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11616/indicacao_387_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita programar um dia de mutirão de limpeza no Bairro Lagoa Seca.</t>
   </si>
   <si>
     <t>11617</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11617/indicacao_388_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11617/indicacao_388_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar, na programação de serviços, reparos em 2 (duas) pontes localizadas na Vicinal que dá acesso ao Bairro Tupanzinho, atendendo pedidos dos usuários da referida vicinal.</t>
   </si>
   <si>
     <t>11618</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11618/indicacao_389_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11618/indicacao_389_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de confeccionar lixeiras grandes para serem instaladas nas estradas rurais de nosso município, principalmente no início da Estrada 14, proximidades do Bairro Monte Alegre, Bairro do Pavão e Estrada do Córrego Lambari, para colocação do lixo residencial dos moradores destas localidades.</t>
   </si>
   <si>
     <t>11619</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11619/indicacao_390_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11619/indicacao_390_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor Juvenal Teixeira para denominar ruas ou próprio público de nossa cidade.</t>
   </si>
   <si>
     <t>11620</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11620/indicacao_391_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11620/indicacao_391_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza nos fundos das ruas do Jardim Europa com a Vicinal José Bocardi que encontra-se tomada por enorme matagal.</t>
   </si>
   <si>
     <t>11621</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11621/indicacao_392_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11621/indicacao_392_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir, com a máxima urgência, um sarjetão na Rua Santa Catarina com a Rua Liberato Furlan no Conjunto Habitacional Mario Covas.</t>
   </si>
   <si>
     <t>11622</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11622/indicacao_393_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11622/indicacao_393_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do senhor André Pedro de Souza para denominar ruas em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11623</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11623/indicacao_394_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11623/indicacao_394_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitação resolver o problema que vem ocorrendo na Vicinal José Bocardi que está se transformando em um lixão nas proximidades da AFA e a Serraria do Lott, totalmente em desacordo com as normas ambientais.</t>
   </si>
   <si>
     <t>11624</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11624/indicacao_395_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11624/indicacao_395_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir na programação de aplicação de lama asfáltica a Rua Itirapina em toda sua extensão localizada na Vila Cicma.</t>
   </si>
   <si>
     <t>11625</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11625/indicacao_396_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11625/indicacao_396_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Trânsito proceder a pintura de solo “pare” e faixa de pedestres nas ruas recentemente recapeadas e aplicada lama asfáltica no Bairro Jardim Adamantina.</t>
   </si>
   <si>
     <t>11626</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11626/indicacao_397_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11626/indicacao_397_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir a Rua Valentim Gentil no trecho entre a Rua João Andrade até a Alameda Antônio Buzzeto e na própria Antônio Buzzeto, da Rua Mario Oliveiro até a Construtora Laís.</t>
   </si>
   <si>
     <t>11627</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11627/indicacao_398_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11627/indicacao_398_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de construir um muro de arrimo a fim de proteger a galeria da Rua Antônio Orazil Bisterso, esquina com a Rua Joaquim Jacinto no Conjunto Bandeirantes, fundos da residência, 23.</t>
   </si>
   <si>
     <t>11628</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11628/indicacao_399_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11628/indicacao_399_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos no sentido de implantar canteiro central na Av. Dep. Cunha Bueno, em frente ao mercado Industrial, a fim de oferecer espaço para estacionamento do mercado a Rotisseria e Academia.</t>
   </si>
   <si>
     <t>11629</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11629/indicacao_400_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11629/indicacao_400_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam medidas urgentes para instalação de obstáculo tipo lombada, ou outra sinalização equivalente, na Av. Dep Cunha Bueno no trecho da Apae de Adamantina, mais precisamente em frente ao ambulatório.</t>
   </si>
   <si>
     <t>11630</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11630/indicacao_401_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11630/indicacao_401_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir com urgência um canaletão na Rua Bonfin esquina com a Rua Sebastião Cavaline no Parque do Sol e ainda o recapeamento asfáltico depois de executado o serviço.</t>
   </si>
   <si>
     <t>11631</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11631/indicacao_402_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11631/indicacao_402_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sinalizar com faixa de pedestres, pintura de solo “pare” e colocação de dois obstáculos na Rua Dante Bolgue.</t>
   </si>
   <si>
     <t>11632</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11632/indicacao_403_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11632/indicacao_403_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhe ofício reiterando à empresa ENERGISA, responsável pelo fornecimento de energia elétrica em nosso município, para determinar a poda parcial de enormes árvores localizadas na Rua General Carneiro, Parque do Sol.</t>
   </si>
   <si>
     <t>11633</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11633/indicacao_404_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11633/indicacao_404_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência pintura de solo “Pare” e faixa de pedestres, bem como sinalização de mão única vertical e horizontal na Rua Benedito Lemos de Souza, entre as Ruas Miguel Veiga e Vitório Romanini na Vila Cicma.</t>
   </si>
   <si>
     <t>11634</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11634/indicacao_405_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11634/indicacao_405_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantar um redutor de velocidade, tipo lombada, na Rua Fioravante Spósito, no trecho compreendido entre a CAMDA fundo de velório municipal.</t>
   </si>
   <si>
     <t>11635</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11635/indicacao_406_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11635/indicacao_406_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas com o nome de Praça Vereador José Parrilla no jardim público da Vila Endo, a fim de orientar a população.</t>
   </si>
   <si>
     <t>11636</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11636/indicacao_407_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11636/indicacao_407_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que se mantenha entendimento com a empresa RUMO Logística, no sentido de determinar a roçagem com urgência de todo o leito que margeia a linha férrea do nosso município.</t>
   </si>
   <si>
     <t>11637</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11637/indicacao_408_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11637/indicacao_408_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja programada a manutenção das vias necessárias no Parque do Sol, em especial, na Rua Bonfim, proximidades do Número 47, uma vez que o asfalto se encontra defasado, necessitando de manutenções na pavimentação e no escoamento das águas pluviais.</t>
   </si>
   <si>
     <t>11638</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11638/indicacao_409_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11638/indicacao_409_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que determine à Energisa, empresa responsável pelo fornecimento de energia elétrica em nosso município, para determinar a poda parcial de uma mangueira e um pé de oiti, localizados na Rua Santa Catarina em frente da residência de nº 17, na Vila Joaquina.</t>
   </si>
   <si>
     <t>11639</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11639/indicacao_410_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11639/indicacao_410_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização dos serviços de recuperação e revitalização da área de lazer e recreação do Jardim das Alamandas.</t>
   </si>
   <si>
     <t>11640</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11640/indicacao_411_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11640/indicacao_411_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos no sentido de encontrar alternativas mais seguras ao trânsito na rua Prudente de Moraes, importante acesso ao Parque Itamarati, sobretudo no entorno do pátio de recolhimento de veículos.</t>
   </si>
   <si>
     <t>11641</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11641/indicacao_412_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11641/indicacao_412_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a reforma da cobertura do ponto de ônibus localizado na Al. Padre Nóbrega, esquina com a Rua Santa Catarina em frente a nova Igreja São Benedito, do Conjunto Habitacional Mário Covas.</t>
   </si>
   <si>
     <t>11642</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11642/indicacao_413_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11642/indicacao_413_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a poda parcial de todas as árvores que estão localizadas na Al. Armando de Sales Oliveira, no trecho das Ruas Arno Kiefer e Mario Oliveiro, da Secretaria de Saúde até a Capela da Santa Casa.</t>
   </si>
   <si>
     <t>11669</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11669/indicacao_414_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11669/indicacao_414_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita divulgação da relação de medicamentos existentes no âmbito da Secretaria Municipal, na página oficial e afixar nas Estratégias de Saúde da Família – PSF, e posto central.</t>
   </si>
   <si>
     <t>11670</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11670/indicacao_415_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11670/indicacao_415_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder orientação e fiscalização aos coletores de entulhos nas obras de construção reforma e demolição (caminhões caçambas) a fim de cumprir as exigências da legislação vigente, inclusive a utilização de sombrite, que protege a carga para que entulhos não caiam na via pública.</t>
   </si>
   <si>
     <t>11671</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11671/indicacao_416_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11671/indicacao_416_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ações complementares no Parque Caldeira, depois de sua revitalização conforme segue: Realizar reparos nas pedras e uma completa limpeza no leito do córrego que encontra-se com várias pedras soltas e muito mato nas laterais da canalização; Aumentar a quantidade de lixeiras em todo percurso na pista de caminhada; Demarcação de solo na pista de caminhada, de 100 em 100 metros até o seu final, 1300 metros, a fim de orientar as pessoas que costumam se exercitar com caminhadas e corridas.</t>
   </si>
   <si>
     <t>11672</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11672/indicacao_417_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11672/indicacao_417_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar na programação de serviços de aplicação de lama asfáltica nas Ruas Tamoto Matuoka e Ary Barroso, entre as Ruas Francisco Alves e Adoniram Barbosa.</t>
   </si>
   <si>
     <t>11673</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11673/indicacao_418_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11673/indicacao_418_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam atender as reivindicações dos moradores da Vila Fátima, quanto a conservação da Praça José Parrilla, conforme segue: Melhorar a iluminação; molhar de vez em quando a areia da quadra para não levantar poeira; colocação de bancos de madeira ou concreto, em parceria com empresas; colocação de placa de educação ambiental, bem como proibindo animais na praça; pintura dos postinhos das luminárias que estão todas enferrujadas, e pintura do banheiro e almoxarifado.</t>
   </si>
   <si>
     <t>11674</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11674/indicacao_419_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11674/indicacao_419_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação dos serviços de aplicação de lama asfáltica a Rua Zeferino Fernandes no Residencial Buritis.</t>
   </si>
   <si>
     <t>11675</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11675/indicacao_420_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11675/indicacao_420_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11676</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11676/indicacao_421_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11676/indicacao_421_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorar o sistema de iluminação pública na Vila Cicma, particularmente nas Alamedas Antônio Buzzeto, Armindo Silva e Gervázio Rodolfo Pozzetti, no trecho dessas vias públicas compreendido entre as Ruas Mário Olivero e Nair Quinto Zambão.</t>
   </si>
   <si>
     <t>11677</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11677/indicacao_422_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11677/indicacao_422_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a renovação da pintura das lombadas, em especial a existente na Av. Rio Branco, proximidades do número 1141, entre as Ruas Rui Barbosa e Syrlene Rodrigues de Castro.</t>
   </si>
   <si>
     <t>11678</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11678/indicacao_423_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11678/indicacao_423_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento asfáltico da Av. Ipiranga, trecho entre a Al. Florianópolis e a Av. 15 de novembro, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11679</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11679/indicacao_424_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11679/indicacao_424_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento asfáltico da Rua Francisco Troncon, trecho entre as Avenidas 15 de novembro e Mal. Castelo Branco, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11680</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11680/indicacao_425_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11680/indicacao_425_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita arrancar várias árvores enormes, com grande parte da raiz acima da terra correndo o risco de cair em cima das casas ou na pista em cima dos carros, na Rua General Carneiro, altura do número 140, no Parque do Sol.</t>
   </si>
   <si>
     <t>11681</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11681/indicacao_426_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11681/indicacao_426_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico ou aplicação de lama asfáltica a Rua Valentin Borro no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11682</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11682/indicacao_427_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11682/indicacao_427_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita oficiar a Energisa, para realização de poda de uma árvore localizada na Rua Joaquim Valentim, Conjunto Mario Covas.</t>
   </si>
   <si>
     <t>11683</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11683/indicacao_428_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11683/indicacao_428_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a roçagem do enorme matagal e uma completa limpeza em volta do centro comunitário, creche, posto de saúde e campo de futebol do Conjunto Mario Covas.</t>
   </si>
   <si>
     <t>11684</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11684/indicacao_429_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11684/indicacao_429_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita oficiar a Agência dos Correios em Adamantina objetivando a inclusão do Residencial Califórnia e Parque dos Pássaros em seu sistema de entrega de correspondências.</t>
   </si>
   <si>
     <t>11685</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11685/indicacao_430_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11685/indicacao_430_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a instalação de obstáculo, tipo lombada, na Rua Germano Meira Vasconcelos, mais precisamente em frente ao número 260, Jardim Bela Vista.</t>
   </si>
   <si>
     <t>11686</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11686/indicacao_431_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11686/indicacao_431_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir redutor de velocidade (lombada) na Avenida Antônio Tiveron, proximidades da Praça Euclides Romanini.</t>
   </si>
   <si>
     <t>11687</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11687/indicacao_432_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11687/indicacao_432_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um canaletão para disciplinar o escoamento de água na Rua Cristóvão Goulart Marmo, mais precisamente em frente ao nº 1321, na Vila Jurema.</t>
   </si>
   <si>
     <t>11688</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11688/indicacao_433_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11688/indicacao_433_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recolocar o banco de cimento removido acidentalmente pela máquina da prefeitura na Praça José Parrila, ao lado da Rua Luiz Endo.</t>
   </si>
   <si>
     <t>11689</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11689/indicacao_434_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11689/indicacao_434_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a Energisa para realização de poda parcial de uma árvore na Rua Ramon Rusafa, mais precisamente ao lado da Oficina Ideal, Jardim Europa.</t>
   </si>
   <si>
     <t>11690</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11690/indicacao_435_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11690/indicacao_435_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação dos bancos da Praça Mário Bérgamo, localizada na divisa dos bairros Vila Jardim e Jardim Brasil.</t>
   </si>
   <si>
     <t>11691</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11691/indicacao_436_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11691/indicacao_436_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma escada na Rua Ramon Rusafa, no Jardim Europa.</t>
   </si>
   <si>
     <t>11692</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11692/indicacao_437_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11692/indicacao_437_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências urgentes, quanto ao muro que se encontra em condições de risco, na EMEI Ciclo I “Cecília Meireles”, localizado na Rua Joaquim Luiz Vian.</t>
   </si>
   <si>
     <t>11693</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11693/indicacao_438_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11693/indicacao_438_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas higienizações frequentes em brinquedos nos parquinhos da cidade e em espaços públicos com grande circulação de pessoas, em especial nos parquinhos do Parque dos Pioneiros, do Parque Caldeira e no parquinho do foguete.</t>
   </si>
   <si>
     <t>11694</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11694/indicacao_439_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11694/indicacao_439_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam instalados brinquedos novos no parquinho do Parque dos Caldeiras, igual àqueles que existem no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11695</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11695/indicacao_440_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11695/indicacao_440_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a manutenção do ar condicionado da sala dos agentes de saúde da Unidade de Saúde da Vila Jamil de Lima (PAS II), considerando que o equipamento está com problemas a aproximadamente 1 ano.</t>
   </si>
   <si>
     <t>11696</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11696/indicacao_441_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11696/indicacao_441_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de lombofaixas ou de radar, nas proximidades da entrada do Campus III da UNIFAI, na Av. Marechal Castelo Branco, Via de Acesso.</t>
   </si>
   <si>
     <t>11697</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11697/indicacao_442_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11697/indicacao_442_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja programado recape asfáltico na Rua Osvaldo Cruz, Centro, proximidades da Al. Padre Nóbrega.</t>
   </si>
   <si>
     <t>11698</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11698/indicacao_443_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11698/indicacao_443_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita programada a manutenção da pavimentação da Rua Prof. Maria Esther Toffoli, Residencial Monte Alegre, quarteirão após a esquina com o Parque Caldeira, uma vez que a guia está acima ao nível da via pública.</t>
   </si>
   <si>
     <t>11699</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11699/indicacao_444_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11699/indicacao_444_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico a Rua Zequinha de Abreu, trecho entre as Ruas Santa Catarina e José de Oliveira Junior no Conjunto Mário Covas.</t>
   </si>
   <si>
     <t>11700</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11700/indicacao_445_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11700/indicacao_445_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de “guard rail” na Av. Moisés Justino da Silva, próximo aos bairros Jardim Bela Vista e Poetas, em razão que os motociclistas estão desviando dos obstáculos pelas laterais da malha asfáltica sendo necessário colocar uma sessão de “guard rail” nos locais para coibir este procedimento perigoso utilizado pelos motoristas.</t>
   </si>
   <si>
     <t>11701</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11701/indicacao_446_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11701/indicacao_446_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que quando for implantada em nossa cidade a gratificação por desempenho de atividade delega, a ser paga aos policiais militares que exercem atividade por meio de convênio com o Estado, seja incluído também o efetivo do Corpo de Bombeiros de Adamantina.</t>
   </si>
   <si>
     <t>11713</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11713/indicacao_447_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11713/indicacao_447_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar os nomes dos senhores Haruchiko Mori e Kiyoshi Takahashi para denominar ruas em novos loteamentos que forem lançados em nosso municíp</t>
   </si>
   <si>
     <t>11714</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11714/indicacao_448_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11714/indicacao_448_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja oficiado o Deputado Estadual Mauro Bragato solicitando sua interferência junto à Secretaria Estadual de Esportes, Lazer e Juventude, objetivando a liberação de recursos financeiros para a instalação de academia ao ar livre em vários bairros de nossa cidade, que ainda não possui este equipamento social, principalmente na praça da Al. Francisco José de Azevedo em frente ao Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11715</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11715/indicacao_449_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11715/indicacao_449_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizado estudo a fim de verificar a necessidade de implementar obstáculo ou adotar outras medidas cabíveis e viáveis na Rua Bráulio Molina Frias, proximidades do nº 230.</t>
   </si>
   <si>
     <t>11716</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11716/indicacao_450_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11716/indicacao_450_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de placas indicativas, como: Santa Casa, Pronto Socorro, Fórum, Paço Municipal, Câmara Municipal, Delegacias, UNIFAI Campus I, II e III, Vara do Trabalho, PATENSE, CAMDA, e outras empresas, bem como os novos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>11717</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11717/indicacao_451_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11717/indicacao_451_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder várias ações nas estradas rurais de nosso município, tais como: Colocação de pedriscos nos pontos críticos, principalmente nas subidas; Realizar serviços de escoamento de águas nas laterais das estradas, também nas subidas, para não danificar o leito normal das estradas.</t>
   </si>
   <si>
     <t>11718</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11718/indicacao_452_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11718/indicacao_452_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita confeccionar lixeiras para serem colocadas em todos os pontos estratégicos de grande frequentação pública como o centro da cidade, Praça Élio Micheloni, Parque dos Pioneiros, Praça Euclides Romanini e Parque Caldeira.</t>
   </si>
   <si>
     <t>11719</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11719/indicacao_453_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11719/indicacao_453_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos com vista a proceder à construção de uma alça ou via de acesso do Bairro Parque Itamarati à Rodovia Comandante João Ribeiro de Barros, objetivando uma melhor mobilidade urbana e um melhor tráfego de veículos e pessoas naquela localidade, a exemplo do que já existe em outras locais de nossa cidade, como é o caso da ligação existente da Vila Jamil de Lima com a mesma Rodovia.</t>
   </si>
   <si>
     <t>11720</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11720/indicacao_454_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11720/indicacao_454_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a adoção das providências legais necessárias, objetivando incluir oficialmente o Grupo de Apoio Materno Infantil - GAMI, na relação das entidades sociais da nossa comunidade que recebem subvenção da prefeitura.</t>
   </si>
   <si>
     <t>11721</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11721/indicacao_455_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11721/indicacao_455_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a adoção das providências legais necessárias, objetivando incluir oficialmente a Organização Não Governamental Apelos e Patas de Adamantina - ONG/APA, na relação das entidades sociais da nossa comunidade que recebem subvenção da prefeitura.</t>
   </si>
   <si>
     <t>11722</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11722/indicacao_456_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11722/indicacao_456_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na sua programação o rebaixamento de guia para cadeirante, conforme exige a legislação, na Rua Hermenegildo Romanini, esquina com Av. Rio Branco, ao lado da Panificadora Kipão, atendendo pedidos dos comerciantes.</t>
   </si>
   <si>
     <t>11723</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11723/indicacao_457_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11723/indicacao_457_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Antônio Gutierres para denominar ruas em novos loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11724</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11724/indicacao_458_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11724/indicacao_458_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação dos trabalhos a construção de um canaletão na Rua Atílio Mastelini, no residencial Parque Morada do Sol, proximidades do nº 038, a fim de disciplinar o escoamento de água no local.</t>
   </si>
   <si>
     <t>11758</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11758/indicacao_459_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11758/indicacao_459_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita prorrogar a vigência do convênio celebrado com a Prefeitura Municipal para o funcionamento do Escritório Regional IAMSPE em Adamantina, conforme Processo nº 10.434/2017.</t>
   </si>
   <si>
     <t>11759</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11759/indicacao_460_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11759/indicacao_460_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Amador Bettio para denominar ruas de futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11760</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11760/indicacao_461_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11760/indicacao_461_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder reparos nos passeios públicos do centro da cidade.</t>
   </si>
   <si>
     <t>11761</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11761/indicacao_462_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11761/indicacao_462_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder uma completa reforma, inclusive em toda a parte elétrica e hidráulica e pintura dos banheiros, no pátio da antiga Fepasa, onde são realizadas as feiras livres de quarta-feira e de domingo.</t>
   </si>
   <si>
     <t>11762</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11762/indicacao_463_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11762/indicacao_463_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita oficiar a Energisa para realização da poda parcial das enormes árvores localizadas na Rua Marechal Deodoro, em volta do sistema de lazer do Jardim das Alamandas.</t>
   </si>
   <si>
     <t>11763</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11763/indicacao_464_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11763/indicacao_464_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita notificar o responsável pela administração e conservação do Residencial Santa Adélia a fim de proceder uma completa limpeza na calçada de fundo do residencial com frente para a Rua Tamoto Matuoka, Jardim América, que encontra-se tomada por enorme matagal.</t>
   </si>
   <si>
     <t>11764</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11764/indicacao_465_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11764/indicacao_465_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita repintar todas as lombadas e faixas de pedestres de nossa cidade.</t>
   </si>
   <si>
     <t>11765</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11765/indicacao_466_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11765/indicacao_466_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de colocar placas de indicação dos nomes das ruas com visibilidade para a Rua Padre Caetano Maria Dolcimasculo, no Residencial Aliança.</t>
   </si>
   <si>
     <t>11766</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11766/indicacao_467_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11766/indicacao_467_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de construir um campo de futebol de areia na área de lazer do Parque Tangará.</t>
   </si>
   <si>
     <t>11767</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11767/indicacao_468_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11767/indicacao_468_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a sinalização de solo e colocação de placa “pare” na Alameda Santa Cruz, cruzamento com a Al. Santa Catarina, a fim de orientar os motoristas sobre a rua preferencial.</t>
   </si>
   <si>
     <t>11768</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11768/indicacao_469_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11768/indicacao_469_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de tapa buracos as ruas da Estância Dorigo, pois estão em péssimo estado de conservação, com grande quantidade de buracos na malha asfáltica.</t>
   </si>
   <si>
     <t>11769</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11769/indicacao_470_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11769/indicacao_470_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir um sarjetão na Rua Kobori Zeniti com a Rua Americo Sgorlon, no desmembramento Kobori, a fim de disciplinar o escoamento de água no local.</t>
   </si>
   <si>
     <t>11770</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11770/indicacao_471_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11770/indicacao_471_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira para coleta de lixo domiciliar no final da Rua João Perroni, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11771</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11771/indicacao_472_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11771/indicacao_472_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agilizar o projeto de adequação, em conformidade com as exigências do Corpo de Bombeiros, no ASPUMA, Associação dos Servidores Públicos de Adamantina, que encontra-se fechado, não podendo realizar nenhuma atividade sem a devida regularização.</t>
   </si>
   <si>
     <t>11772</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11772/indicacao_473_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11772/indicacao_473_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita serviço de recuperação dos brinquedos danificados no parque infantil localizado no “Jardim Europa”.</t>
   </si>
   <si>
     <t>11773</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11773/indicacao_474_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11773/indicacao_474_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um obstáculo na Rua das Margaridas, na Vila Jardim, no trecho compreendido entre as Ruas Vereador Alberto Sampaio e das Camélias ou entre as Ruas das Camélias e dos Jasmins, pois, segundo os moradores daquela localidade os veículos trafegam em alta velocidade, colocando em risco a segurança dos pedestres.</t>
   </si>
   <si>
     <t>11774</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11774/indicacao_475_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11774/indicacao_475_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Pastor Benedito Ribeiro Guimarães para denominar ruas de futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>11775</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11775/indicacao_476_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11775/indicacao_476_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam iniciativas de capacitação, atualização e reciclagem aos atuais podadores inscritos no Município; bem como seja promovido curso para formação de novos podadores, o que permitirá ampliar a oferta desses serviços, na cidade, bem como possibilitar a capacitação profissional e oportunidades de renda a quem eventualmente esteja fora do mercado de trabalho.</t>
   </si>
   <si>
     <t>11776</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11776/indicacao_477_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11776/indicacao_477_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam, considerando as altas temperaturas, sejam adotadas medidas de proteção aos servidores municipais, sobretudo em atividades externas.</t>
   </si>
   <si>
     <t>11777</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11777/indicacao_478_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11777/indicacao_478_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita divulgação periódica (diária ou semanal), de casos de dengue, leishmaniose e ocorrências com escorpiões, entre outras endemias.</t>
   </si>
   <si>
     <t>11778</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11778/indicacao_479_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11778/indicacao_479_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informar dados diários sobre casos de ocupação de leitos de enfermaria e UTI na Santa Casa local, fazendo referência à cidade do paciente hospitalizado.</t>
   </si>
   <si>
     <t>11779</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11779/indicacao_480_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11779/indicacao_480_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agilizar os trabalhos de implantação dos dois semáforos já anunciados pelo prefeito nos seguintes locais: Av. Adhemar de Barros, cruzamento a Al. Padre Nóbrega, proximidades do Posto Cocipa e Parque dos Pioneiros e Av. Rio Branco, cruzamento com a Rua Tetsushi Haga, acesso ao Campus II da UNIFAI.</t>
   </si>
   <si>
     <t>11780</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11780/indicacao_481_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11780/indicacao_481_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contratação urgente de um médico cardiologista para atender no Centro de Saúde “Dr. Clovis de Oliveira Marinho” da nossa cidade.</t>
   </si>
   <si>
     <t>11781</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11781/indicacao_482_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11781/indicacao_482_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder orientação e fiscalização aos coletores de entulhos nas obras de construção reforma e demolição (caminhões caçambas) a fim de cumprir as exigências da legislação vigente, inclusive a utilização de sombrite, que protege a carga para que entulhos não caiam na via pública.</t>
   </si>
   <si>
     <t>11782</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11782/indicacao_483_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11782/indicacao_483_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos visando o retorno novamente da EMDA – Empresa Municipal de Desenvolvimento de Adamantina.</t>
   </si>
   <si>
     <t>11783</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11783/indicacao_484_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11783/indicacao_484_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover estudos visando conceder descontos ou parcelamento dos impostos pagos pelos ambulantes de nossa cidade em razão da crise estabelecida em decorrência da pandemia do coronavírus.</t>
   </si>
   <si>
     <t>11784</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11784/indicacao_485_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11784/indicacao_485_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza na área verde do bairro Residencial Morada do Sol.</t>
   </si>
   <si>
     <t>11785</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11785/indicacao_486_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11785/indicacao_486_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a construção de um sarjetão na Rua José Urbano Luize, esquina com a Rua Bonfim, no Parque do Sol.</t>
   </si>
   <si>
     <t>11786</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>Solicita estudos necessários objetivando transformar a estrada de servidão que margeia o Cemitério Municipal, no Jardim Europa, em um logradouro público municipal (rua), com vistas a melhorar as condições de tráfego de pessoas e veículos naquela localidade.</t>
   </si>
   <si>
     <t>11813</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11813/indicacao_488_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11813/indicacao_488_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita aplicação de lama asfáltica da Rua Maria das Graças, localizada na Vila Freitas que se encontra em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>11814</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11814/indicacao_489_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11814/indicacao_489_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na sua programação o asfaltamento final da Rua Pernambuco, no Jardim Brasil.</t>
   </si>
   <si>
     <t>11815</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11815/indicacao_490_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11815/indicacao_490_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico, ou aplicação de lama asfáltica, nos seguintes locais: Rua Sergipe, no Jardim Brasil e Rua Shimitd Vilela, entre as Alamedas Ihity Endo e Padre Nóbrega, na Vila Fudimore.</t>
   </si>
   <si>
     <t>11816</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11816/indicacao_491_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11816/indicacao_491_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza das bocas de lobo existente na Rua José Cardim, no Jardim Bela Vista, proximidades do nº 15, pois as bocas de lobo estão entupidas de lixo e entulhos.</t>
   </si>
   <si>
     <t>11817</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11817/indicacao_492_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11817/indicacao_492_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita passar a motoniveladora no final da Rua José Urbano Luiz a fim de melhorar o tráfego de veículos e pedestre</t>
   </si>
   <si>
     <t>11818</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11818/indicacao_493_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11818/indicacao_493_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a Energisa com a finalidade de realizar poda parcial de uma árvore localizada na Rua José de Oliveira Junior, nº 17, Conjunto das Alamandas.</t>
   </si>
   <si>
     <t>11819</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11819/indicacao_494_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11819/indicacao_494_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a Energisa com a finalidade de realizar poda parcial de uma árvore localizada na Rua Antônio Orazil Bisterso, Jardim dos Bandeirantes.</t>
   </si>
   <si>
     <t>11820</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11820/indicacao_495_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11820/indicacao_495_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura da sinalização de trânsito de solo (PARE e faixa de pedestre) no perigoso cruzamento da Av. Dep. Cunha Bueno com a Rua Syrlene Rodrigues Castro, Vila Joaquina.</t>
   </si>
   <si>
     <t>11821</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11821/indicacao_496_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11821/indicacao_496_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11822</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11822/indicacao_497_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11822/indicacao_497_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder ações na Estrada Rural ADM, 357, acesso ao Córrego Lambari, visando o escoamento de água em várias pontes.</t>
   </si>
   <si>
     <t>11823</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11823/indicacao_498_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11823/indicacao_498_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita com urgência um amplo trabalho de recuperação e revitalização da Praça Mário Bergamo, localizada em uma área de confluência entre os bairros: Vila Jardim e Jardim Brasil.</t>
   </si>
   <si>
     <t>11824</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11824/indicacao_499_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11824/indicacao_499_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos para elaboração de um projeto de lei instituindo o programa “Jovem Estagiário - Iniciação ao Mercado de Trabalho” com oportunidade de estágio aos estudantes do ensino médio.</t>
   </si>
   <si>
     <t>11825</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11825/indicacao_500_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11825/indicacao_500_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à inclusão da capoeira nas atividades e eventos oficiais da administração pública municipal.</t>
   </si>
   <si>
     <t>11826</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11826/indicacao_501_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11826/indicacao_501_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita rever a mudança ocorrida no atendimento da população nas UBS, Unidade Básica de Saúde, em especial a que atende os moradores das Ruas Schmidt Vilela, Armando de Salles Oliveira, e General Isidoro, centro da cidade, a fim de que voltem a ser atendidos no posto central (postão) e CIS, Centro Integrado de Saúde.</t>
   </si>
   <si>
     <t>11827</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11827/indicacao_502_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11827/indicacao_502_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar com urgência um amplo trabalho de conservação e limpeza na Área Verde, bem como a realização de serviços de manutenção na Área de Preservação Permanente, ambas localizadas no Residencial Parque Morada do Sol.</t>
   </si>
   <si>
     <t>11828</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11828/indicacao_503_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11828/indicacao_503_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos visando aumento do número de bolsas de estudos de 50% (cinquenta por cento) exclusivamente para os estudantes universitários com residência fixa no município de Adamantina e que não têm condições econômicas para arcar com as despesas mensais de um curso superior.</t>
   </si>
   <si>
     <t>11829</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11829/indicacao_504_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11829/indicacao_504_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita utilize o espaço da contracapa dos carnês do IPTU e outros, no exercício de 2021 e futuros, para a divulgação do calendário de coleta de lixo do município.</t>
   </si>
   <si>
     <t>11830</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11830/indicacao_505_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11830/indicacao_505_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita remoção de vegetação gramínea e matéria orgânica que avança dos terrenos até alcançar guias e o pavimento, na Rua Santa Catarina, em especial no trecho entre as Ruas Zequinha de Abreu e Joaquim Valentini, bem como promova a limpeza e remoção de vegetação invasiva e material orgânico em toda a quadra do Conjunto Mário Covas onde estão instaladas a creche municipal, centro comunitário, quadra coberta e campo de futebol.</t>
   </si>
   <si>
     <t>11831</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11831/indicacao_506_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11831/indicacao_506_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de obstáculo, tipo lombada, na Al. Bráulio Molina Frias, 725, mais precisamente em frente ao Posto Bela Vista, na Vila Cicma.</t>
   </si>
   <si>
     <t>11832</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11832/indicacao_507_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11832/indicacao_507_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome dos Senhores Marcio Pinto Alexandre Filho e Salvador Ramos para denominar ruas em nossos loteamentos que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>11833</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11833/indicacao_508_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11833/indicacao_508_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de refazer o sarjetão localizado no cruzamento entre as Ruas Pérola e Brilhante no Bairro Eldorado I, pois na forma que foi construído não tem disciplinado o escoamento das águas como deveria ser.</t>
   </si>
   <si>
     <t>11834</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11834/indicacao_509_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11834/indicacao_509_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cercar com alambrado as quadras de areia do município a fim de prevenir a proliferação de doenças causadas por fezes e urina de animais em especial as quadras da Praça José Parrila, Parque dos Pioneiros e Euclides Romanini.</t>
   </si>
   <si>
     <t>11835</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11835/indicacao_510_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11835/indicacao_510_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam apoiar a ONG Apelos e Patas, no sentido de viabilizar espaço para a instalação (definitiva ou ao menos provisória) de um bazar que é realizado com fins de angariar fundos para o sustento e funcionamento da referida entidade.</t>
   </si>
   <si>
     <t>11836</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11836/indicacao_511_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11836/indicacao_511_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover a valorização dos funcionários da instituição com a concessão de bonificação pelos trabalhos realizados frente ao COVID-19, bem como, o estudo sobre a possibilidade do pagamento de insalubridade em grau máximo a todos que estão a frente dessa missão.</t>
   </si>
   <si>
     <t>11837</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11837/indicacao_512_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11837/indicacao_512_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de vistorias no bairro Eldorado II, em especial nas proximidades das residências localizada à Rua Francisco Dário Toffoli, considerando a frequente aparição de escorpiões.</t>
   </si>
   <si>
     <t>11838</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11838/indicacao_513_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11838/indicacao_513_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de limpeza na entrada do bairro Jardim Europa, considerando que o local se encontra sujo com muitas folhas.</t>
   </si>
   <si>
     <t>11839</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11839/indicacao_514_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11839/indicacao_514_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita finalização da demarcação de nome de ruas nos bairros do município, em especial no Residencial Barcelona e Parque dos Pássaros.</t>
   </si>
   <si>
     <t>11840</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11840/indicacao_515_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11840/indicacao_515_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas providências e caso se tratar de área pública, seja promovida a roçagem e limpeza na área localizada às margens da Rua Padre Caetano Maria Dolcimasculo, nas proximidades da Casa do Garoto, uma vez que os matos secos representam risco de incêndio e de aparição de peçonhentos naquele local.</t>
   </si>
   <si>
     <t>11857</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11857/indicacao_516_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11857/indicacao_516_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de aplicação de lama asfáltica os seguintes trechos e ruas de nossa cidade: Rua Padre Anchieta, entre as Ruas Tsunekishi Sakai e Rui Barbosa; Rua Rio Grande no Jardim Brasil; Rua Yassuki Kassai no Parque Jaraguá; Al. Jarbas Bento da Silva, no Jardim Aviação em toda sua extensão.</t>
   </si>
   <si>
     <t>11858</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11858/indicacao_517_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11858/indicacao_517_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recolhimento dos galhos de árvores na calçada do campo do Acrea, na Av. Rio Branco, que foram podadas pela empresa Energisa, pois os galhos estavam afetando a rede elétrica provocando interrupção de energia elétrica.</t>
   </si>
   <si>
     <t>11859</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11859/indicacao_518_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11859/indicacao_518_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de implantar sinalização vaga para idosos, e estacionamento de pelo menos quatro motos, em frente ao prédio do Centro de Extensão de Fisioterapia da Santa Casa, recentemente inaugurado na Rua Joaquim Nabuco, nº 65, centro da cidade.</t>
   </si>
   <si>
     <t>11860</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11860/indicacao_519_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11860/indicacao_519_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita liberação de duas academias ao ar livre para nosso município, devendo as mesmas serem instaladas na área de lazer dos bairros Jardim Europa e Vila Jamil de Lima, sendo nesta, ao lado do campo de futebol médio.</t>
   </si>
   <si>
     <t>11861</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11861/indicacao_520_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11861/indicacao_520_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de instalar mais um redutor de velocidade no prolongamento da Av. Rio Branco, trecho entre o campo de futebol do Jardim Adamantina e o campo de bocha e malha.</t>
   </si>
   <si>
     <t>11862</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11862/indicacao_521_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11862/indicacao_521_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza de todas as bocas-de-lobo do bairro Jardim Brasil, em especial a localizada na esquina da Rua Pernambuco com a Rua Sergipe.</t>
   </si>
   <si>
     <t>11863</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11863/indicacao_522_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11863/indicacao_522_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a roçagem, limpeza, retirada de troncos de árvores e matos nas calçadas, na área de lazer do Parque Paraíso, mais precisamente no final da Av. Miguel Veiga.</t>
   </si>
   <si>
     <t>11864</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11864/indicacao_523_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11864/indicacao_523_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudos técnicos de construção e financeiro visando realizar obras de calçamento na área verde, bem como recapeamento das ruas do Parque Paraíso.</t>
   </si>
   <si>
     <t>11865</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11865/indicacao_524_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11865/indicacao_524_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar poda parcial de todas as árvores plantadas na calçada da sede do CCI, Centro de Convivência do Idoso.</t>
   </si>
   <si>
     <t>11866</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11866/indicacao_525_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11866/indicacao_525_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a elaboração de Projeto de Lei, para ser encaminhado para apreciação desta Casa de Leis, denominando o Campus II da UNIFAI de Tino Romanini.</t>
   </si>
   <si>
     <t>11867</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11867/indicacao_526_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11867/indicacao_526_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaborar um projeto visando a perfuração de um poço semi artesiano no Bairro Aidelândia.</t>
   </si>
   <si>
     <t>11868</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11868/indicacao_527_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11868/indicacao_527_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita confeccionar lixeiras grandes para serem instaladas nas estradas rurais de nosso município, principalmente no início da Estrada 14, proximidades do Bairro Monte Alegre, Bairro do Pavão e Estrada do Córrego Lambari.</t>
   </si>
   <si>
     <t>11869</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11869/indicacao_528_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11869/indicacao_528_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorar as pistas de caminhadas em torno do campo de futebol do Jardim Adamantina e Campo do Marroco, na Vila Joaquina, com asfaltamento ou calçamento como o Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11870</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11870/indicacao_529_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11870/indicacao_529_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realizar ações que visem a utilização da pedra bica corrida nos pontos críticos das nossas estradas rurais, a fim de melhorar o tráfego de veículos para o escoamento agrícola de diversos médios e pequenos produtores rurais.</t>
   </si>
   <si>
     <t>11871</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11871/indicacao_530_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11871/indicacao_530_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita fiscalização acerca da utilização de vias públicas, por materiais de construção (blocos, tijolos, areia, terra e outros materiais), em obras de construção e reforma.</t>
   </si>
   <si>
     <t>11872</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11872/indicacao_531_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11872/indicacao_531_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que determine às equipes das unidades básicas de saúde, no atendimento pré-natal, e também nos meses iniciais após o nascimento das crianças, que promovam/intensifiquem orientações e treinamentos para mães e pais, visando ampliar as informações e habilidades para aplicarem a “Manobra de Heimlich”, considerado o melhor método pré-hospitalar de desobstrução das vias aéreas superiores por corpo estranho (engasgamento).</t>
   </si>
   <si>
     <t>11873</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11873/indicacao_532_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11873/indicacao_532_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ampla divulgação dos horários de cada partida dos ônibus do transporte coletivo urbano.</t>
   </si>
   <si>
     <t>11874</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11874/indicacao_533_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11874/indicacao_533_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de um mutirão para coleta de lixo eletrônico e lâmpadas fluorescentes em Adamantina, bem como disponibilize seus espaços públicos, como creches, escolas, unidade básicas de saúde e demais repartições para que também atuem como receptores desses materiais.</t>
   </si>
   <si>
     <t>11875</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11875/indicacao_534_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11875/indicacao_534_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar um amplo trabalho de recuperação de algumas ruas pavimentadas da Vila Jamil de Lima, que ainda não foram incluídas nos programas de recapeamentos, haja vista que apenas à Avenida 15 de Novembro foi contemplada com obras de recapeamento.</t>
   </si>
   <si>
     <t>11876</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11876/indicacao_535_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11876/indicacao_535_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estude junto à Comissão Municipal de Trânsito, sobre a possibilidade e a necessidade urgente da instalação de um obstáculo na Rua Porto Alegre, no trecho compreendido entre as Ruas Vitória Régia/Ipiranga e Ruas Paul Harris/Líbero Badaró, haja vista o grande fluxo de veículos e de pessoas naquele local.</t>
   </si>
   <si>
     <t>11877</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11877/indicacao_536_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11877/indicacao_536_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realizar um amplo trabalho de recuperação de algumas ruas pavimentadas da Vila Freitas que ainda não foram incluídas nos programas de recapeamentos, pois algumas dessas ruas estão necessitando urgentemente de serviços de conservação.</t>
   </si>
   <si>
     <t>11878</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11878/indicacao_537_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11878/indicacao_537_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um ponto de ônibus na Linha 2, que deverá ser fixado na Rua Padre Caetano Maria Dolcimasculo, seja no cruzamento com a Rua Darwin Bellusci ou no cruzamento com a Rua dos imigrantes ou ainda em frente Instituição Solidária Carlos Pegoraro de Adamantina (Casa do Garoto), proximidades dos bairros Aliança, Ecovile I e Ecoville II.</t>
   </si>
   <si>
     <t>11879</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11879/indicacao_538_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11879/indicacao_538_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita providências legais necessárias visando à prorrogação do Processo Seletivo nº 001/2019 da Prefeitura Municipal de Adamantina, que visa a contratação em caráter temporário dos empregos de docentes e de educadores de creche, destinado ao atendimento de alunos matriculados na rede municipal de educação.</t>
   </si>
   <si>
     <t>11880</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11880/indicacao_539_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11880/indicacao_539_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11881</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11881/indicacao_540_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11881/indicacao_540_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam implantar uma rotatória no prolongamento da Av. Rio Branco, início da Estrada 14, a fim de disciplinar o trânsito de veículos, evitando possíveis acidentes.</t>
   </si>
   <si>
     <t>11882</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11882/indicacao_541_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11882/indicacao_541_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a poda parcial das árvores, principalmente os galhos dos troncos, na Rua Guerino Dorigo, na Estância de mesmo nome, a fim de facilitar a passagem das pessoas e veículos pois, segundo os moradores, os galhos estão muito baixos.</t>
   </si>
   <si>
     <t>11883</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11883/indicacao_542_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11883/indicacao_542_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda parcial de todas as árvores plantadas na área verde do bairro Estância Dorigo, no fundo da Rua Constante Ortolan, pois várias estão com os galhos pegando na rede elétrica, oferecendo perigo e interrupção de energia.</t>
   </si>
   <si>
     <t>11884</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11884/indicacao_543_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11884/indicacao_543_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja instalada uma placa na esquina da Av. da Saudade com a Rua Professora Noêmia B. Vale (parquinho do CECAP), indicando a ESF CECAP, o Departamento de Controle de Vetores e a Academia do Idoso.</t>
   </si>
   <si>
     <t>11885</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11885/indicacao_544_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11885/indicacao_544_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem da área verde aos fundos das residências localizadas à Rua Cedro, no Parque Itaipus.</t>
   </si>
   <si>
     <t>11906</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11906/indicacao_545_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11906/indicacao_545_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder uma completa limpeza nas calçadas do campo do ACREA, na Av. Rio Branco e Rua Tetsushi Haga, sentido Campus II da UNIFAI.</t>
   </si>
   <si>
     <t>11907</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11907/indicacao_546_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11907/indicacao_546_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma parceria com os proprietários rurais que utilizam a ponte do Córrego Japi, objetivando a manutenção e conservação da mesma, bem como a colocação de cascalhos ou resíduos de construção em toda estrada, principalmente nos pontos críticos.</t>
   </si>
   <si>
     <t>11908</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11908/indicacao_547_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11908/indicacao_547_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos de legalidade e financeiro, visando elaborar projeto de lei que concede isenção de IPTU para todos os idosos com idade acima de 65 anos, possuidor de um único imóvel, cuja renda não ultrapasse o valor de R$ 1.903,99 (mil novecentos e três reais e noventa e nove centavos).</t>
   </si>
   <si>
     <t>11909</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11909/indicacao_548_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11909/indicacao_548_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita retomar o atendimento da Lei nº 3.443, de 10 de dezembro de 2010, que instituiu o Programa Bolsa Talento Esportivo no valor correspondente a 70% da mensalidade e matrícula do curso superior em que estiver inscrito o atleta.</t>
   </si>
   <si>
     <t>11954</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11954/indicacao_549_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11954/indicacao_549_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de braços e luminárias complementares nos postes do Residencial Buritis a fim de melhorar a iluminação pública e oferecer mais tranquilidade às famílias das Ruas Zeferino Fernandes e João Trindade.</t>
   </si>
   <si>
     <t>11955</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11955/indicacao_550_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11955/indicacao_550_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita manter entendimentos com o DER-Departamento de Estradas de Rodagens de Presidente Prudente solicitando a colocação de placas de sinalização na SP-294 Rodovia Comandante João Ribeiro de Barros, proximidades do “Trevo Euclides Ravazi” indicando acesso ao centro de Adamantina pela Avenida Rio Branco.</t>
   </si>
   <si>
     <t>11910</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11910/indicacao_551_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11910/indicacao_551_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de playground infantil nas dependências do Conjunto das Azaléias, unidade habitacional de moradias populares constituída por apartamentos, localizada na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>11911</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11911/indicacao_552_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11911/indicacao_552_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes atividades no Parque Caldeiras: 1 – Execução de obras de acessibilidade com a ligação física (concretagem) da atual pista de caminhada aos passeios públicos existentes nos finais das vias Alameda Santa Cruz, Alameda dos Expedicionários, Rua Archimendes Mantovani, Rua Pedro Torturello, Alameda Padre Anchieta e Rua Hermínio Mázzaro, ao longo dos bairros Jardim das Alamandas e Jardim das Acácias; 2 – Execução de obras de acessibilidade com a ligação física (concretagem) da área de passeio púbico da academia ao ar livre e academia da terceira idade, localizadas na Rua Juruva, à nova pista de caminhada.  3 – Instalação de iluminação pública nos equipamentos da academia ao ar livre localizada na Rua Turquesa, altura do Residencial Eldorado I.</t>
   </si>
   <si>
     <t>11912</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11912/indicacao_553_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11912/indicacao_553_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a inclusão de informações no site oficial da Prefeitura de Adamantina, no campo sobre informações turísticas, todos os destinos de ônibus rodoviários com partidas no Terminal Rodoviário de Adamantina, intermunicipais e interestaduais, informando as empresas, seus destinos e horários.</t>
   </si>
   <si>
     <t>11913</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11913/indicacao_554_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11913/indicacao_554_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que atue junto à Concessionária Eixo SP, buscando apoio operacional, materiais e insumos, ou outras formas de compensação, para eventuais manutenções de trechos do pavimento asfáltico do perímetro urbano de Adamantina.</t>
   </si>
   <si>
     <t>11914</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11914/indicacao_555_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11914/indicacao_555_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização, ainda este ano, de roçagem, limpeza de terrenos baldios, quintais, áreas verdes e institucionais, em todo o município a fim de evitar a proliferação de escorpiões, baratas, ratos, cobras, aranhas que segundo os moradores, partem dos terrenos para a casa das pessoas, bem como melhorar o visual da cidade.</t>
   </si>
   <si>
     <t>11915</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11915/indicacao_556_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11915/indicacao_556_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que determine ao Departamento de Vigilância Sanitária promover ainda este ano medidas preventivas de combate ao mosquito Aedes Aegypti, evitando novamente uma nova epidemia no próximo ano.</t>
   </si>
   <si>
     <t>11916</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11916/indicacao_557_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11916/indicacao_557_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de implantar, ao menos duas vezes ao ano, a Semana do mutirão de limpeza em nosso município.</t>
   </si>
   <si>
     <t>11917</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11917/indicacao_558_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11917/indicacao_558_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a sinalização de solo “PARE” na Rua Mato Grosso, esquina com a Rua Ceará, no Jardim Brasil, a fim de orientar os motoristas.</t>
   </si>
   <si>
     <t>11918</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11918/indicacao_559_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11918/indicacao_559_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a limpeza de todas as áreas verdes dos seguintes bairros: Jardim Primavera, Residencial Rio Branco, Parque dos Pássaros, Residencial Barcelona e Conjunto Habitacional Mario Covas.</t>
   </si>
   <si>
     <t>11919</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11919/indicacao_560_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11919/indicacao_560_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma seção de tubos na Estrada 14, logo após a antiga sede do CRERES, pois nos dias de fortes chuvas a estrada fica toda alagada, dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>11920</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11920/indicacao_561_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11920/indicacao_561_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita aplicação de lama asfáltica a Rua João Latini, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11921</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11921/indicacao_562_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11921/indicacao_562_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder operação tapa-buracos nas Ruas Carlos Ferrari, Parque Universitário e Pedro Torturelo, no Jardim das Acácias.</t>
   </si>
   <si>
     <t>11922</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11922/indicacao_563_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11922/indicacao_563_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza das canaletas da Rodovia Plácido Rocha, acesso ao Bairro Lagoa Seca, nas proximidades da conhecida “matinha”, pois as mesmas estão entupidas obstruindo a passagem das águas e danificando o leito da estrada.</t>
   </si>
   <si>
     <t>11923</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11923/indicacao_564_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11923/indicacao_564_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar uma sinalização eficaz na Rua Santa Catarina, esquina com a Rua Liberato Furlan, onde foi construído um sarjetão para o escoamento de água de profundidade está acima do normal, oferecendo danos aos veículos por não ter uma sinalização para alertar os motoristas para diminuir a velocidade, já que o local não tem uma boa visibilidade.</t>
   </si>
   <si>
     <t>11924</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11924/indicacao_565_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11924/indicacao_565_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência serviços de tapa-buracos na Rua Santa Catarina, mais precisamente no cruzamento com a Rua Luiz Rigato, no Parque Itapuã, que está oferecendo perigo aos transeuntes.</t>
   </si>
   <si>
     <t>11925</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11925/indicacao_566_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11925/indicacao_566_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita alteração dos pontos de ônibus localizados nas proximidades da Al. General Izidoro, nº 357.</t>
   </si>
   <si>
     <t>11926</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11926/indicacao_567_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11926/indicacao_567_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de manutenção do ar condicionado do setor de agendamento desta secretaria.</t>
   </si>
   <si>
     <t>11927</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11927/indicacao_568_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11927/indicacao_568_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza de áreas ao final da Rua Rio de Janeiro, Jardim Brasil, uma vez que diversas áreas (inclusive bueiros) se encontram cobertas por matos.</t>
   </si>
   <si>
     <t>11928</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11928/indicacao_569_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11928/indicacao_569_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pavimentação do trecho final da Rua Pernambuco (após a rua Bahia), do Jardim Brasil, que atualmente não possui asfalto.</t>
   </si>
   <si>
     <t>11929</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11929/indicacao_570_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11929/indicacao_570_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas as seguintes providências na Estação Recreio: 1- Manutenção das telas da passarela desativada, uma vez que as pessoas estão passando por elas; 2- Manutenção das lâmpadas dos banheiros da estação recreio; 3- Programação da poda das árvores do recinto.</t>
   </si>
   <si>
     <t>11930</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11930/indicacao_571_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11930/indicacao_571_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam tomadas as seguintes providências no residencial Santa Mônica, em especial na Rua Luis Sichieri:1- Construção de calçadas nas áreas verdes; 2- Roçagem das áreas (ou notificação em caso de terrenos particulares); 3- Estudo para verificar a melhoria na iluminação pública.</t>
   </si>
   <si>
     <t>11931</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11931/indicacao_572_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11931/indicacao_572_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam promovidos estudos no sentido de realizar as seguintes ações, já para o início de 2021: 1- Estudar a possibilidade e a necessidade de realizar um programa de Recuperação Fiscal (REFIS 2021) juntos aos contribuintes municipais, visando facilitar a quitação de débitos municipais; 2- Estudar a possibilidade de não reajustar o valor da UFM (Unidade Fiscal do Município), de forma que os impostos vinculados a unidade não sejam reajustados no ano de 2021, OU; 3- Na impossibilidade de não reajustar tributos, que seja ao menos realizado no menor índice de inflação existente no momento.</t>
   </si>
   <si>
     <t>11932</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11932/indicacao_573_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11932/indicacao_573_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita liberar a utilização dos banheiros da Praça Élio Micheloni, obedecendo rigorosamente os protocolos necessários em razão da pandemia do Covid-19.</t>
   </si>
   <si>
     <t>11956</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11956/indicacao_574_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11956/indicacao_574_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder reparos e manutenção no telhado e forro da sede do Tiro de Guerra local, pois mesmo com a troca do telhado ainda apresenta goteiras e danos no forro da sala de instrução.</t>
   </si>
   <si>
     <t>11957</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11957/indicacao_575_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11957/indicacao_575_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a remoção de vegetação, na guia, junto à boca de lobo na Alameda Padre Nóbrega, entre a última casa do Conjunto Mário Covas e a ponte do Caldeira.</t>
   </si>
   <si>
     <t>11958</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11958/indicacao_576_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11958/indicacao_576_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam confeccionar e proceder a colocação de placas indicativas em todas as estradas rurais de nosso município a fim de orientar os motoristas que visitam a zona rural.</t>
   </si>
   <si>
     <t>11959</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11959/indicacao_577_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11959/indicacao_577_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reforma completa na Praça José Parrilla, localizada na Vila Fátima mais conhecida como praça da estrela, executando os seguintes serviços: Reforma do banheiro; Pintura; Reparos e telas na quadra de areia e Melhorar a iluminação.</t>
   </si>
   <si>
     <t>11960</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11960/indicacao_578_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11960/indicacao_578_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos de visibilidade técnica financeira, visando retomar os trabalhos para a denominação das ruas e avenidas dos bairros de nossa cidade, principalmente os mais novos.</t>
   </si>
   <si>
     <t>11961</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11961/indicacao_579_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11961/indicacao_579_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a pintura de solo PARE, faixa de pedestres, colocação e pintura de obstáculos na Rua Germano Meira de Vasconcelos, principal acesso ao bairro Jardim Bela Vista.</t>
   </si>
   <si>
     <t>11962</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11962/indicacao_580_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11962/indicacao_580_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a colocação de postes e luminárias na academia ao ar livre instalada na área de lazer do bairro Jardim Bela Vista para que a comunidade possa utilizar os aparelhos no horário noturno.</t>
   </si>
   <si>
     <t>11963</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11963/indicacao_581_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11963/indicacao_581_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de tapa-buracos todas as ruas do bairro Estância Dorigo que encontram-se totalmente em precário estado de conservação.</t>
   </si>
   <si>
     <t>11964</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11964/indicacao_582_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11964/indicacao_582_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de redutor de velocidade (tipo lombada) na Rua Santa Catarina, em frente a Mercearia do Farina, a fim de coibir o excesso de velocidade praticada na referida rua.</t>
   </si>
   <si>
     <t>11965</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11965/indicacao_583_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11965/indicacao_583_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade (tipo obstáculo quebra mola) na Al. Padre Nóbrega, atrás do Estádio Municipal, acesso ao Residencial Monte Carlo, a fim de coibir o excesso de velocidade praticado nesse local.</t>
   </si>
   <si>
     <t>11966</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11966/indicacao_584_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11966/indicacao_584_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhorias no parquinho infantil no Jardim das Alamandas, dentre os quais: 1 - Seja verificada a possibilidade de aterrar, ou realizar alguma melhoria no sentido de que as raízes das árvores que se encontram expostas, não ofereçam risco de queda aos pedestres do local; 2 - Seja analisada a condição do brinquedo “roda-roda” deste parquinho, uma vez que moradores relatam que o mesmo tem sido um brinquedo perigoso para as crianças;  3 - Seja analisada e tomada as devidas providências, se preciso, no sentido de realizar a manutenção do poste de iluminação do parque.</t>
   </si>
   <si>
     <t>11967</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11967/indicacao_585_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11967/indicacao_585_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas manutenções nos canteiros centrais deste município, em especial nos canteiros da Av. Capitão José Antônio de Oliveira, que atualmente possuem carrapichos plantados.</t>
   </si>
   <si>
     <t>11968</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11968/indicacao_586_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11968/indicacao_586_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada a limpeza dos matos das proximidades da esquina das Ruas José Bortoleto, João Latine e João Caldeira, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>11969</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11969/indicacao_587_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11969/indicacao_587_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam realizadas limpezas de matos e retirada de entulhos, nas proximidades das casas populares localizadas na Al. Padre Nóbrega (antes da ponte do Pq. Caldeiras), visando manter limpo o local.</t>
   </si>
   <si>
     <t>11970</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11970/indicacao_588_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11970/indicacao_588_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam adoção das providências legais, visando conceder aos funcionários da prefeitura um “abono natalino” ao final deste ano de 2020, a exemplo do que já ocorreu nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>11971</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11971/indicacao_589_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11971/indicacao_589_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade de conceder um “abono natalino” ao final deste ano de 2020 aos servidores da UNIFAI, a exemplo do que já ocorreu nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>11982</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11982/indicacao_590_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11982/indicacao_590_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos para manter a pavimentação asfáltica das estradas do Bairro do Pavão da Estrada 14-APTA no Plano Plurianual do período de 2022 a 2025.</t>
   </si>
   <si>
     <t>11983</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11983/indicacao_591_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11983/indicacao_591_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>11984</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11984/indicacao_592_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11984/indicacao_592_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de obstáculo, tipo lombada ou sinalização equivalente na Av. Hermenegildo Lopes Pedroso nº 377, Vila Jardim.</t>
   </si>
   <si>
     <t>11985</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11985/indicacao_593_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11985/indicacao_593_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas com o nome de Praça Vereador José Parrilla no jardim público da Vila Endo, a fim de orientar a população e dar cumprimento à Lei nº 2.272/90</t>
   </si>
   <si>
     <t>11986</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11986/indicacao_594_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11986/indicacao_594_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos para organizar um departamento destinado a incentivar e atrair, em caráter exclusivo e permanente a instalação de novos estabelecimentos comerciais, industriais e de serviços bem como a valorização das empresas já existentes, objetivando a geração de emprego e renda em Adamantina, garantia de uma família feliz e estimulada para os desafios da vida.</t>
   </si>
   <si>
     <t>11987</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11987/indicacao_595_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11987/indicacao_595_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita anotar o nome do Sr. Plínio Honório para denominar rua, bem ou logradouro público de novos loteamentos e/ou conjuntos habitacionais em nosso município.</t>
   </si>
   <si>
     <t>11988</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11988/indicacao_596_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11988/indicacao_596_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja programada a operação tapa-buracos nas seguintes localidades: 1) Vila Jamil de Lima e Morada do Sol, especialmente na Rua da Liberdade e Rua Hugo Miguel. 2) Jardim Adamantina, especialmente no entroncamento da Av. Rio Branco com a rua João Caldeira.</t>
   </si>
   <si>
     <t>11989</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11989/indicacao_597_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11989/indicacao_597_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a roçagem das áreas verdes localizadas no Residencial San Miguel, especificamente àquelas localizadas na Rua Inácio Possari.</t>
   </si>
   <si>
     <t>11990</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11990/indicacao_598_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11990/indicacao_598_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam realizados estudos quando a substituição ou medidas de isolamento de postes de ferro em áreas públicas deste município, em especial na estação recreio, uma vez que podem eletrocutar a quem encostar nos mesmos.</t>
   </si>
   <si>
     <t>11991</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11991/indicacao_599_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11991/indicacao_599_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo sobre o posicionamento dos brinquedos do parque dos pioneiros, em especial o balanço, que se encontra próximo do escorregador, uma vez que existe risco de colisão e consequentemente de machucar as crianças que brincam no espaço.</t>
   </si>
   <si>
     <t>11992</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11992/indicacao_600_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11992/indicacao_600_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja programado a instalação de academias ao ar livre em espaços adequados na Rua Santos Dummont, uma vez que é um local em que a população utiliza muito para a prática de exercícios físicos.</t>
   </si>
   <si>
     <t>11993</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11993/indicacao_601_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11993/indicacao_601_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada a limpeza dos matos em áreas públicas do Parque Itaipus, especialmente aos fundos da Rua Cedro e nas proximidades da EMEI Criança Feliz.</t>
   </si>
   <si>
     <t>11994</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11994/indicacao_602_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11994/indicacao_602_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam realizadas as limpezas das calçadas da área central do município, especialmente, a calçada das repartições públicas (como a da casa do papai Noel [Rua Osvaldo Cruz/Al. Armando Salles de Oliveira]) pois muitas se encontram sujas e repletas de matos.</t>
   </si>
   <si>
     <t>11995</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11995/indicacao_603_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11995/indicacao_603_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizada limpeza nas casas populares da Rua Saldanha Matinho, no Parque Itamarati, ainda, que sejam tomadas as devidas providências (notificação ou autuação) frente a empresa responsável pelo empreendimento, para que medidas sejam tomadas a fim de evitar esse problema, em um local que foi recentemente entregue.</t>
   </si>
   <si>
     <t>11996</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11996/indicacao_604_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11996/indicacao_604_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a roçagem geral do matagal no centro comunitário da AMJAIP, bem como a poda das árvores do Centro Comunitário do Jardim das Acácias.</t>
   </si>
   <si>
     <t>11997</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11997/indicacao_605_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11997/indicacao_605_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a roçagem dos matos que cresceram em volta da pista de caminhada do Parque Caldeira, bem como a área de recreação.</t>
   </si>
   <si>
     <t>11998</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11998/indicacao_606_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11998/indicacao_606_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a inclusão da Rua Ataliba Leonel, bairro Jardim Paulista, na programação de serviços da operação tapa-buracos.</t>
   </si>
   <si>
     <t>11999</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11999/indicacao_607_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11999/indicacao_607_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir a Rua Ihty Endo na programação de tapa-buracos e aplicação de lama asfáltica, pois a referida rua encontra-se em péssimo estado de conservação.</t>
   </si>
   <si>
     <t>12000</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12000/indicacao_608_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12000/indicacao_608_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover uma frente de trabalho com designação de vários funcionários para realizar uma operação tapa-buracos na cidade, tanto no centro, como também nos bairros, inclusive nos dias de sábado, como foi realizado no ano passado.</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11005/mocao_001_-_somos_nos_adamantina_67a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11005/mocao_001_-_somos_nos_adamantina_67a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Grupo Somos Nós de Adamantina, com o intuito de saborear deliciosas lembranças da nossa querida e amada Adamantina.</t>
   </si>
   <si>
     <t>11006</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11006/mocao_002_-_kumon_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11006/mocao_002_-_kumon_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Método de Ensino Kumon, unidade de Adamantina.</t>
   </si>
   <si>
     <t>11007</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11007/mocao_003_-_daiane_mazarin_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11007/mocao_003_-_daiane_mazarin_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à fisioterapeuta e empresária Daiane Mazarin, pela inauguração de sua nova clínica Daiane Mazarin Estética Avançada</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11181/mocao_004_-_fabio_luiz_boldrini_spanholo_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11181/mocao_004_-_fabio_luiz_boldrini_spanholo_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao jovem enfermeiro Fábio Luiz Boldrini Spanholo, em função de sua destacada aprovação para ocupar a relevante função de Enfermeiro Fiscal do COREN - MT.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11182/mocao_005_-_carla_ariane_minatel_almeida_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11182/mocao_005_-_carla_ariane_minatel_almeida_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Dra. Carla Ariane Minatel Almeida, em função de sua relevante aprovação para ocupar a função de 1ª Tenente Médica da Força Aérea Brasileira na cidade de Pirassununga.</t>
   </si>
   <si>
     <t>11283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11283/mocao_006_-_santos__sakai_me_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11283/mocao_006_-_santos__sakai_me_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à empresa Santos &amp; Sakai ME, a fim de colaborar com a Secretaria Municipal de Saúde instalando 02 painéis de LED para orientar toda população sobre as medidas que todos nós devemos tomar quanto à prevenção ao novo Coronavírus, como também à Dengue e Chikungunya.</t>
   </si>
   <si>
     <t>11284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11284/mocao_007_-_portage_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11284/mocao_007_-_portage_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à empresa Portage, pela confecção de mais de 60 mil máscaras de pano para serem distribuídas gratuitamente aos hospitais, entidades, Secretaria Municipal de Saúde e de Assistência Social.</t>
   </si>
   <si>
     <t>11285</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11285/mocao_008_-_paulo_bonini_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11285/mocao_008_-_paulo_bonini_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Dr. Paulo Bonini, renomado ortopedista de nossa cidade, pelos investimentos realizados na construção de sua nova clínica localizada na Avenida Rio Branco, 150, Centro.</t>
   </si>
   <si>
     <t>11286</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11286/mocao_009_-_tereza_vendramini_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11286/mocao_009_-_tereza_vendramini_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à pecuarista e socióloga Teresa Vendramini, por sua eleição, em 10 de fevereiro de 2020, para exercer o cargo de presidente da Sociedade Rural Brasileira durante três anos.</t>
   </si>
   <si>
     <t>11287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11287/mocao_010_-_rotary_club_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11287/mocao_010_-_rotary_club_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Rotary Club de Adamantina pela idealização e consolidação do projeto que permitirá a destinação de cerca de R$ 300 mil para a Santa Casa de Adamantina.</t>
   </si>
   <si>
     <t>11288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11288/mocao_011_-_andre_luiz_ribeiro_herran_72a_sess_TSMVZCy.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11288/mocao_011_-_andre_luiz_ribeiro_herran_72a_sess_TSMVZCy.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Ilustríssimo Senhor André Luiz Ribeiro Herran, o idealizador do grupo de jogadores de xadrez de Adamantina.</t>
   </si>
   <si>
     <t>11331</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11331/mocao_012_-_camda_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11331/mocao_012_-_camda_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à CAMDA, pelo transcurso do 55º aniversário de sua fundação em nossa cidade.</t>
   </si>
   <si>
     <t>11332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11332/mocao_013_-_cpp_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11332/mocao_013_-_cpp_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Centro do Professorado Paulista, por representar os profissionais do magistério, ativos e aposentados, no Estado de São Paulo, almejando garantir os direitos dos professores e pela escola pública de qualidade.</t>
   </si>
   <si>
     <t>11349</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11349/mocao_014_-_rodrigo_batista_lopes_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11349/mocao_014_-_rodrigo_batista_lopes_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Ilustríssimo Senhor Rodrigo Batista Lopes, cabo da Polícia Militar do Estado de São Paulo, lotado na 2ª Companhia do 25º Batalhão da Polícia Militar do Interior (BPM/I) em Adamantina, onde desempenha a função de auxiliar administrativo, conferindo-lhe a láurea do mérito pessoal em 1º grau, que homenageia desempenho de destaque em seu efetivo.</t>
   </si>
   <si>
     <t>11350</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11350/mocao_015_-_profissionais_da_saude_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11350/mocao_015_-_profissionais_da_saude_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a todos os profissionais da saúde (médicos, enfermeiros, técnicos e auxiliares de enfermagem, bem como a todos os outros servidores de outras secretarias e voluntários que estão envolvidos na linha de frente contra o Covid-19, a fim de amenizar o sofrimento das pessoas.</t>
   </si>
   <si>
     <t>11351</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11351/mocao_016_-_grupo_joia_de_comunicacao_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11351/mocao_016_-_grupo_joia_de_comunicacao_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Grupo Jóia de Comunicação, pela liderança de audiência confirmada pelo levantamento realizado nos meses de março e abril, que colocou a Rádio Brasil 92,5 FM em 1º lugar em ranking composto por 49 (quarenta e nove) emissoras da região.</t>
   </si>
   <si>
     <t>11423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11423/mocao_017_-_julio_marcelo_romagnoli_-_major_75_Zst8J24.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11423/mocao_017_-_julio_marcelo_romagnoli_-_major_75_Zst8J24.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Oficial da PM Júlio Marcelo Romagnoli pela sua honrosa promoção por merecimento ao Cargo de Major da Polícia Militar do Estado de São Paulo, motivo de enorme satisfação, orgulho e júbilo para todos nós.</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11437/mocao_-_eder_bressan_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11437/mocao_-_eder_bressan_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Capitão Eder Mazzini Bressan, da Polícia Militar do Estado de São Paulo, pela sua nomeação agora como Comandante Titular da 2ª Cia do 25º BPM/I de Adamantina.</t>
   </si>
   <si>
     <t>11438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11438/mocao_019_-_grasiele_maria_amadio_e_gabriela_m_e86DW7J.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11438/mocao_019_-_grasiele_maria_amadio_e_gabriela_m_e86DW7J.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS às empresárias e irmãs Grasiele Maria Amadio e Gabriela Maria Amadio, pela inauguração de um importante estabelecimento comercial em nossa cidade, a loja “Aquarela Kids”.</t>
   </si>
   <si>
     <t>11474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11474/mocao_020_-_mateus_barroso_sacoman_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11474/mocao_020_-_mateus_barroso_sacoman_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Professor Mestre Mateus Barroso Sacoman, face à edição de um importante livro acadêmico em inglês, de sua inteira autoria, versando sobre a Síndrome de Irlen.</t>
   </si>
   <si>
     <t>11475</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11475/mocao_021_-_projeto_cultural_77a_ordinaria_Yg4I96q.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11475/mocao_021_-_projeto_cultural_77a_ordinaria_Yg4I96q.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Ricardo Mendes Antônio, Diretor da EMEF Prof. Eurico Leite de Morais; à Dra. Ruth Duarte Menegatti, Juíza de Direito da Comarca de Adamantina, bem como aos senhores Agnaldo Pontes (GNA), Luiz Henrique Paloni e Milton Yogi Ura pelo projeto cultural, educacional e social, objetivando homenagear a nossa cidade em função da comemoração dos seus 71 anos de emancipação político-administrativa.</t>
   </si>
   <si>
     <t>11476</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11476/mocao_022_-_unifai_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11476/mocao_022_-_unifai_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à UNIFAI – Centro Universitário de Adamantina, pelos investimentos realizados na Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>11477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11477/mocao_023_-_estevao_zilioli_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11477/mocao_023_-_estevao_zilioli_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Dr. ESTÊVÃO ZILIOLI, por sua trajetória, ensinamentos e serviços prestados frente à área acadêmica e digital da instituição, em especial, na capacitação de docentes para a utilização de ferramentas digitais.</t>
   </si>
   <si>
     <t>11478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11478/mocao_024_-_decio_dias_cesco_sabesp_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11478/mocao_024_-_decio_dias_cesco_sabesp_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Senhor DÉCIO DIAS CESCO, por assumir a Gerência do Departamento de Desenvolvimento Operacional da Unidade de Negócio na Sabesp em Presidente Prudente/SP.</t>
   </si>
   <si>
     <t>11574</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11574/mocao_025_-_barbara_camapum_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11574/mocao_025_-_barbara_camapum_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Investigadora de Polícia Bárbara Camapum, pelo seu trabalho no combate ao crime de estelionato.</t>
   </si>
   <si>
     <t>11575</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11575/mocao_026_-_padre_rui_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11575/mocao_026_-_padre_rui_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Padre Rui Rodrigues da Silva, Padre José Afonso Maniscalco, Padre Paulo Joaquim de Souza e Padre Veríssimo Barrichelo Mansio, pela celebração do Dia do Padre, mas principalmente pelos relevantes serviços sacerdotais e sociais prestados à nossa comunidade.</t>
   </si>
   <si>
     <t>11576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11576/mocao_027_-_escorpionismo_na_cidade.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11576/mocao_027_-_escorpionismo_na_cidade.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos Graduandos em Medicina pela UNIFAI, Breno Luiz Sucupira, Daniela Duarte Lima, Luis Eduardo Pereira Silva, Mirella Cristina Sakai e Rafael Assem Rezende, pela elaboração do Trabalho de Conclusão de Curso com o tema “Escorpionismo na Cidade de Adamantina”.</t>
   </si>
   <si>
     <t>11577</t>
   </si>
   <si>
     <t>ACACIO ROCHA, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11577/mocao_028_-_sueli_barbiero_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11577/mocao_028_-_sueli_barbiero_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Sueli Valentini Barbiero, pelos 30 anos da empresa Zezinho Auto Peças, recentemente comemorados.</t>
   </si>
   <si>
     <t>11578</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11578/mocao_029_-_leandro_proeste_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11578/mocao_029_-_leandro_proeste_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a Leandro Tadeu Alves da Silva, Gerente da Proeste Adamantina, concessionária autorizada Chevrolet, pela liderança e mobilização na realização da campanha “Meu Gato de Rua”.</t>
   </si>
   <si>
     <t>11579</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11579/mocao_030_-_ana_luiza_cordeiro_-_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11579/mocao_030_-_ana_luiza_cordeiro_-_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à professora Ana Luiza Cordeiro, pela realização da ação “Se tem pra doar é só pendurar”, onde disponibiliza livros em árvores do próprio acervo e recebidos em doação, para retirada e leitura pelos moradores.</t>
   </si>
   <si>
     <t>11596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11596/mocao_031_-_joao_carlos_rodrigues.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11596/mocao_031_-_joao_carlos_rodrigues.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao senhor João Carlos Rodrigues, Técnico do IBGE, por preservar e compartilhar a história de Adamantina, também nas redes sociais, no Grupo do Facebook denominado “Somos nós de Adamantina”.</t>
   </si>
   <si>
     <t>11646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11646/mocao_032_-_guilherme_da_costa_ana_paula_moreira_e_renan_pedroso.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11646/mocao_032_-_guilherme_da_costa_ana_paula_moreira_e_renan_pedroso.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos empresários Guilherme da Costa, Ana Paula Moreira e Renan Pedroso, pela inauguração de um importante estabelecimento comercial em nossa cidade, a loja “018 Parts”, localizada na Rua Osvaldo Cruz nº 316 – Centro.</t>
   </si>
   <si>
     <t>11647</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11647/mocao_033_-_mocao_de_apelo_pl_529.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11647/mocao_033_-_mocao_de_apelo_pl_529.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO aos membros da Assembleia Legislativa do Estado de São Paulo, no sentido de solicitar o posicionamento CONTRÁRIO aos itens do PL 529/2020 que buscam a extinção de órgãos como o Instituto Florestal, Fundação ITESP, CDHU e outros importantes órgãos que buscam alterar as alíquotas do IAMSPE, bem como outras medidas que podem precarizar ou extinguir serviços públicos prestados à população do Estado de São Paulo.</t>
   </si>
   <si>
     <t>11648</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11648/mocao_034_-_mocao_de_apelo_casa_da_agricultura.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11648/mocao_034_-_mocao_de_apelo_casa_da_agricultura.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Secretário de Agricultura do Estado Gustavo Junqueira, ao Secretário de Governo e Vice-Governador Rodrigo Garcia, bem como ao Governador do Estado João Dória, no sentido de solicitar a reavaliação da extinção e do enfraquecimento das Casas da Agricultura do Estado de São Paulo, manifestando, desde já, o nosso posicionamento CONTRÁRIO a tal ação.</t>
   </si>
   <si>
     <t>11725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11725/mocao_035_-_instituto_educar_de_especialidades_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11725/mocao_035_-_instituto_educar_de_especialidades_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS às profissionais Vanessa Paloni Fiorani – Fonoaudióloga e Ana Lígia Pini Guerreiro – Psicóloga, idealizadoras da clínica, bem como a Ana Queila Zanardo – Pedagoga e Mariana Turra de Souza – Pedagoga, pela inauguração do Instituto Educar de Especialidades, localizado na Rua General Isidoro nº 764.</t>
   </si>
   <si>
     <t>11726</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11726/mocao_036_-_queijos_monte_alegre_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11726/mocao_036_-_queijos_monte_alegre_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Empresa Queijos Monte Alegre, localizada no Bairro Estrada 14, sítio Estrada 14, em funcionamento desde 13/09/2017, completando, portanto, 3 anos de sua instalação em nosso município.</t>
   </si>
   <si>
     <t>11727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11727/mocao_037_-_stillo_modas_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11727/mocao_037_-_stillo_modas_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à empresária Vera Lúcia Grisante Modesto pela reinauguração de sua loja, agora em prédio próprio, localizada na Av. Rio Branco nº 921, com amplas e modernas instalações.</t>
   </si>
   <si>
     <t>11728</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11728/mocao_038_-_grupo_patense.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11728/mocao_038_-_grupo_patense.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos gerentes, diretores, funcionários e todos os colaboradores do Grupo Patense, unidade Adasebo em Adamantina/SP, pela primeira exportação realizada pela empresa.</t>
   </si>
   <si>
     <t>11756</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11756/mocao_039_-_ecc_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11756/mocao_039_-_ecc_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Bispo da Diocese de Marília, Dom Luiz Antônio Cipolini, em face da celebração do Jubileu de Ouro do ECC no Brasil neste ano de 2020.</t>
   </si>
   <si>
     <t>11757</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11757/mocao_040_-_bispo_da_diocese_de_marilia_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11757/mocao_040_-_bispo_da_diocese_de_marilia_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao ECC - Encontro de Casais com Cristo da Matriz de Santo Antônio de Adamantina, em função da celebração do seu Jubileu de Pérola e pelos excepcionais resultados alcançados sejam eles na dimensão da evangelização ou nos movimentos e ações sociais.</t>
   </si>
   <si>
     <t>11797</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11797/mocao_041_-_via_maso_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11797/mocao_041_-_via_maso_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos empresários Francisco Maso e Jessé Farias, pela inauguração de um importante estabelecimento comercial em nossa cidade, a Via Maso, localizada na Av. Rio Branco, 611 – centro de Adamantina.</t>
   </si>
   <si>
     <t>11798</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11798/mocao_042_-_s._s._desmonte_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11798/mocao_042_-_s._s._desmonte_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao empresário Edison de Souza, proprietário da empresa Desmonte SS, localizada na Rua Cantareira nº 174 – Parque do Sol.</t>
   </si>
   <si>
     <t>11854</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11854/mocao_043_-_mega_sport_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11854/mocao_043_-_mega_sport_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à empresa Mega Sport, pela reinauguração e aniversário de 22 anos com amplo e moderno espaço para melhor atender seus clientes, mantendo sempre seu padrão de qualidade localizada na Al. Armando Salles de Oliveira, 434, Centro.</t>
   </si>
   <si>
     <t>11855</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11855/mocao_044_-_paulo_eduardo_gargantini_-_etec_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11855/mocao_044_-_paulo_eduardo_gargantini_-_etec_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Paulo Eduardo Gargantini, Diretor da ETEC Eng. Herval Bellusci, face à celebração do Jubileu de Ouro da “Escola Agrícola de Adamantina”, bem como ao exemplar trabalho educacional proporcionado pela unidade escolar aos seus alunos.</t>
   </si>
   <si>
     <t>11856</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11856/mocao_045_-_aprovados_no_concurso_de_supervisor_de_ensino_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11856/mocao_045_-_aprovados_no_concurso_de_supervisor_de_ensino_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO à Chamada Imediata dos Aprovados no Concurso de Supervisor de Ensino, que assegura aos interessados e aprovados no concurso o direito de ingresso imediato no Quadro do Magistério do Estado de São Paulo, no cargo de Supervisor de Ensino.</t>
   </si>
   <si>
     <t>11888</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Mestre de Capoeira Sara Rocha, bem como a Profa. Suelen Rocha e ao Senhor Nivaldo “Londrina” Martins do Nascimento, por organizar e promover um importante evento cultural, educacional e social em Adamantina em comemoração ao Dia Nacional da Consciência Negra.</t>
   </si>
   <si>
     <t>11889</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11889/mocao_047_-_eder_mazzini_bressan_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11889/mocao_047_-_eder_mazzini_bressan_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Capitão da Polícia Militar Eder Mazzini Bressan pela sua brilhante carreira de oficial da Polícia Militar do Estado de São Paulo.</t>
   </si>
   <si>
     <t>11945</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11945/mocao_048_-_marcelo_henrique_rocha_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11945/mocao_048_-_marcelo_henrique_rocha_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao atleta Marcelo Henrique Rocha, que no dia 28 de novembro último conquistou o primeiro lugar na etapa de Indaiatuba (SP) do Brasileiro de Ultramaratona de Atletismo.</t>
   </si>
   <si>
     <t>11946</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11946/mocao_049_-_arthur_daniel_conceicao_martinez_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11946/mocao_049_-_arthur_daniel_conceicao_martinez_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao estudante Arthur Daniel Conceição Martinez, aluno da Escola Estadual Profa. Fleurides Cavallini Menechino, pela seleção de cartaz dentro do concurso “Cartaz sobre a Paz”, realizado pelo Lions Clube.</t>
   </si>
   <si>
     <t>11947</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11947/mocao_050_-_katia_pelozo_lopes_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11947/mocao_050_-_katia_pelozo_lopes_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS a Profa. Kátia Pelozo Lopes, da Escola Municipal de Ensino Fundamental Prof. Eurico Leite de Morais, pela brilhante conquista obtida, ao se colocar entre os 10 melhores docentes do Brasil, na 2ª edição do Prêmio Professor Transformador, promovido pelo Jornal do Joca.</t>
   </si>
   <si>
     <t>11948</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11948/mocao_051_-_pedro_bergamo_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11948/mocao_051_-_pedro_bergamo_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao senhor Pedro Bergamo, técnico agrícola aposentado da nossa cidade, em função do abnegado e voluntário trabalho realizado na manutenção e conservação da Praça Mário Bergamo.</t>
   </si>
   <si>
     <t>11978</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11978/mocao_052_-_padre_rui_rodrigues_da_silva_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11978/mocao_052_-_padre_rui_rodrigues_da_silva_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Padre Rui Rodrigues da Silva, Pároco da Matriz de Santo Antônio, demonstrando indubitavelmente a nossa eterna gratidão pelos relevantes serviços religiosos, missionários e sociais prestados à comunidade adamantinense.</t>
   </si>
   <si>
     <t>11979</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11979/mocao_053_-_profa._irmes_mary_roque_mattara_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11979/mocao_053_-_profa._irmes_mary_roque_mattara_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Profa. Irmes Mary Roque Mattara, Dirigente Regional de Ensino da Diretoria de Ensino, ao Prof. Dr. Paulo Sérgio da Silva, Reitor da UniFAI, bem como aos demais participantes e organizadores do 2º Festival e Concurso Literário.</t>
   </si>
   <si>
     <t>11980</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, DINHA, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11980/mocao_054_-_prof._dr._alfredo_peixoto_martins.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11980/mocao_054_-_prof._dr._alfredo_peixoto_martins.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES,APLAUSOS E AGRADECIMENTOS ao Prof. Dr. Alfredo Peixoto Martins, pelo trabalho de revisão gramatical ao Projeto de Resolução nº 03/2020, que revisa o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>11981</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11981/mocao_055_-_fundacao_palmares_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11981/mocao_055_-_fundacao_palmares_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Fundação Cultural Palmares, por adotar novos critérios de inclusão de personalidades negras no rol de homenageados desta respeitada Instituição. Por este feito, foi incluído o nome do nosso saudoso adamantinense Marcílio Luiz Pinto, o cabo Marcílio, pelos relevantes serviços prestados na Segunda Guerra Mundial, como integrante das Força Expedicionária Brasileira (FEB).</t>
   </si>
   <si>
     <t>11008</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>DINHA, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11008/67a_ordinaria_-_pdl_001.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11008/67a_ordinaria_-_pdl_001.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Doutor Fernando Guimarães Santos o título de Cidadão Adamantinense.</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, DINHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11009/aprovado_projeto_de_decreto_legislativo_002_-__6wXoxQk.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11009/aprovado_projeto_de_decreto_legislativo_002_-__6wXoxQk.pdf</t>
   </si>
   <si>
     <t>Concede à Ilustríssima Senhora Geralda Soares Prados o título de Cidadã Adamantinense.</t>
   </si>
   <si>
     <t>11935</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11935/pdl_003.2020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11935/pdl_003.2020.pdf</t>
   </si>
   <si>
     <t>Institui o Título de "Policial do Ano" e dá outras providências.</t>
   </si>
   <si>
     <t>11936</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11936/pdl_004.2020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11936/pdl_004.2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a apreciação das Contas da Prefeitura do Município de Adamantina - Exercício 2018 - TC 4507.989-18-7"</t>
   </si>
   <si>
     <t>11846</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11846/projeto_de_emenda_a_loma_001.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11846/projeto_de_emenda_a_loma_001.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 16, 17, 27, 28, 33, 35, 37, 47, 48, 56, 57, 59, 62, 63, 76 e 317 e cria o artigo 53-A da Lei Orgânica do Município de Adamantina, em decorrência dos trabalhos da Comissão Especial de Estudos criada pela Resolução nº001/2020</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11018/digitalizar0003.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11018/digitalizar0003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de requisitos para a ocupação dos Empregos Públicos de Assessor Parlamentar, a alteração da escala de vencimentos dos servidores da Câmara Municipal de Adamantina e dá referência inicial dos empregos públicos de Assessor Parlamentar e dá outras providências.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11019/67a_ordinaria_-_plc_002.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11019/67a_ordinaria_-_plc_002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de novas atribuições aos empregos públicos de Assessor Parlamentar, alterando o anexo I da Lei Complementar mº 336/2019.</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11020/67a_ordinaria_-_plc_003.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11020/67a_ordinaria_-_plc_003.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a alienar, por permuta, uma área de terras de propriedades do Município, na forma e nas condições que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11021/67a_ordinaria_-_plc_004.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11021/67a_ordinaria_-_plc_004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos Anexos I e V da Lei Complementar nº 323 de 12 de dezembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11096/69a_ordinaria_-_plc_005.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11096/69a_ordinaria_-_plc_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar concessão de Direito Real de Uso onerosa de imóvel à PRO TEMPER VIDROS EIRELI.</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11097/69a_ordinaria_-_plc_006.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11097/69a_ordinaria_-_plc_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar Concessão de Direito Real de Uso onerosa de imóvel à CRIALT COMÉRCIO E REPRESENTAÇÕES DE INSUMOS AGRÍCOLAS LTDA.</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11160/70a_ordinaria_-_plc_007.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11160/70a_ordinaria_-_plc_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão e aumento real sobre os vencimentos, salários, proventos e pensões dos servidores públicos, inativos e pensionistas da Câmara Municipal de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11165/projeto_de_lei_complementar_008_m_019.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11165/projeto_de_lei_complementar_008_m_019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de vaga de emprego permanente de Auxiliar de Desenvolvimento Infantil Feminino - ADI, Motorista e Médico Clínico Geral - ESF, e altera o Anexo V da Lei Complementar nº 283, de 12 de julho de 2017, alterado pelas leis complementares 285, 288, 297, 297, 307, 317, 323, 347, 358.</t>
   </si>
   <si>
     <t>11339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11339/74a_ordinaria_-_plc_009.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11339/74a_ordinaria_-_plc_009.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a suspender a contagem de prazos dos Termos de Concessão de Direito Real de Uso de Imóveis concedidos nos parâmetros dos artigos 173 e 174 da Lei Orgânica do Município de Adamantina, da Lei Municipal nº 3.214, de 19 de dezembro de 2006 e da Lei Complementar nº 259, 05 de abril de 2016, alterada pela Lei Complementar nº 278, de 07 de junho de 2017 e pela Lei Complementar 355, de 10 de dezembro de 2019.</t>
   </si>
   <si>
     <t>11473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11473/77a_ordinaria_-_plc_010_m_037.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11473/77a_ordinaria_-_plc_010_m_037.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo alienar bens imóveis mediante Processo Licitatório, para a captação de recursos financeiros que serão reinvestidos em novos bens patrimoniais e dá outras providências.</t>
   </si>
   <si>
     <t>11541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11541/78a_ordinaria_-_plc_011.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11541/78a_ordinaria_-_plc_011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo alienar bens imóveis, mediante Processo Licitatório, para a captação de recursos financeiros que serão reinvestidos em novos bens patrimoniais, e dá outras providências.</t>
   </si>
   <si>
     <t>11796</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11796/plc_012_-_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11796/plc_012_-_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para venda de bem público através do instituto da investidura e dá outras providências.</t>
   </si>
   <si>
     <t>11902</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11902/plc_013_-_m_062_85a_ordinaria0.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11902/plc_013_-_m_062_85a_ordinaria0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração dos artigos 65 e 93 da Lei Municipal nº 2.328/1990 (CTM) e dá outras providências.</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11010/67a_ordinaria_-_pl_001.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11010/67a_ordinaria_-_pl_001.pdf</t>
   </si>
   <si>
     <t>Institui o Papel Digital - Programa para Redução do Consumo de Papel na Administração e Implantação de Protocolos Eletrônicos de Governo nas Organizações Públicas Municipais de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>11011</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11011/67a_ordinaria_-_pl_002.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11011/67a_ordinaria_-_pl_002.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Prevenção, Conscientização e Combate ao Uso de Drogas Lícitas e Ilícitas e dá outras providências.</t>
   </si>
   <si>
     <t>11012</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11012/67a_ordinaria_-_pl_003.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11012/67a_ordinaria_-_pl_003.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.172.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11013/67a_ordinaria_-_pl_004.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11013/67a_ordinaria_-_pl_004.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 325.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11014/67a_ordinaria_-_pl_005.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11014/67a_ordinaria_-_pl_005.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 494.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11015/67a_ordinaria_-_pl_006.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11015/67a_ordinaria_-_pl_006.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 632.588,51 e dá outras providências.</t>
   </si>
   <si>
     <t>11016</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11016/67a_ordinaria_-_pl_007.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11016/67a_ordinaria_-_pl_007.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor R$ 1.162.591,39.</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11017/67a_ordinaria_-_pl_008.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11017/67a_ordinaria_-_pl_008.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Chefe do Executivo receber em doação equipamentos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11086/pl_009_-_m_009_leitura_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11086/pl_009_-_m_009_leitura_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 405.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11087</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11087/pl_010_-_m_010_leitura_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11087/pl_010_-_m_010_leitura_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor de R$ 1.378.800,00 e dá outras providências</t>
   </si>
   <si>
     <t>11088</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11088/pl_011_-_leitura_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11088/pl_011_-_leitura_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Altera as Leis nº 2.899 de 1º de julho de 1999 e nº 3.547, de 18 de outubro de 2012, que disciplina o serviço de publicidade sonora e sobre o controle de ruídos, sons e vibrações no Município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>11090</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11090/69a_ordinaria_-_pl_012.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11090/69a_ordinaria_-_pl_012.pdf</t>
   </si>
   <si>
     <t>Institui a Carteira de Identificação da Pessoa com Transtorno do Espectro Autista, dispõe sobre a inserção do símbolo mundial do autismo nas placas de atendimento prioritário em estabelecimento no âmbito do Município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>11091</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11091/69a_ordinaria_-_pl_013.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11091/69a_ordinaria_-_pl_013.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias aos servidores públicos e agentes políticos da Administração Municipal Direta e Indireta, para os casos que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>11092</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11092/69a_ordinaria_-_pl_014.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11092/69a_ordinaria_-_pl_014.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito adicional especial no Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 99.541,82 e dá outras providências.</t>
   </si>
   <si>
     <t>11093</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11093/69a_ordinaria_-_pl_015.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11093/69a_ordinaria_-_pl_015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.939, de 05 de dezembro de 2020, que autoriza o Poder Executivo a instituir no Município de Adamantina o Programa de Aquisição de Alimentos - PAA e dá outras providências</t>
   </si>
   <si>
     <t>11094</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11094/pl_016.2020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11094/pl_016.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar no Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 662.822,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11095</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11095/69a_ordinaria_-_pl_017.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11095/69a_ordinaria_-_pl_017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de bolsas de estudos a alunos do Centro Universitário de Adamantina - UNIFAI e dá outras providências.</t>
   </si>
   <si>
     <t>11161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11161/70a_ordinaria_pl_018_-_m_018.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11161/70a_ordinaria_pl_018_-_m_018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 4º da Lei nº 3.125, de 08 de abril de 2005, aumentando o valor da Bolsa de Estudos dos estagiários da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>11183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11183/pl_019_m_020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11183/pl_019_m_020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1200.000,00  e dá outras providências.</t>
   </si>
   <si>
     <t>11184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11184/40a_extraordinaria_-_pl_020_m_021.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11184/40a_extraordinaria_-_pl_020_m_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina realizar a abertura de crédito adicional especial e repassar à Irmandade de Santa Casa de Misericórdia de Adamantina, sob a forma de auxílio, recursos financeiros do Fundo Municipal de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>11289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11289/72a_ordinaria_-_pl_021.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11289/72a_ordinaria_-_pl_021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Centro Universitário de Adamantina - UNIFAI possa formalizar Termo de Colaboração com a Irmandade de Santa Casa de Misericórdia de São Carlos, nos termos da Lei Federal nº 13.019/14 e suas alterações e dá outra providências.</t>
   </si>
   <si>
     <t>11290</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11290/72a_ordinaria_-_pl_022.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11290/72a_ordinaria_-_pl_022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução, a prorrogação e o parcelamento temporário dos valores das mensalidades da UNIFAI em decorrência da pandemia do COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11291/72a_ordinaria_-_pl_023.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11291/72a_ordinaria_-_pl_023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de desconto sobre as mensalidades e semestralidades cobradas pelo Centro Universitário de Adamantina - UNIFAI durante o período que especifica, em razão de calamidade pública decorrente da pandemia do COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11292/pl_024_-_credito_extraordinario_coronavirus.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11292/pl_024_-_credito_extraordinario_coronavirus.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina para o exercício de 2020, através do Decreto nº 6140, de 27 de abril de 2020.</t>
   </si>
   <si>
     <t>11293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11293/73a_ordinaria_-_pl_025_-_m_025.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11293/73a_ordinaria_-_pl_025_-_m_025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que a Prefeitura do Município de Adamantina possa arcar com as despesas de água/esgoto e energia elétrica dos Centros Comunitários instalados no Município, durante o período de quarentena, em razão do Covid-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11336/74a_ordinaria_-_pl_026.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11336/74a_ordinaria_-_pl_026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Irmandade da Santa Casa de Misericórdia de Adamantina, recursos financeiros provenientes da emenda federal no valor de R$  100.000,00 (cem mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>11337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11337/74a_ordinaria_-_pl_027.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11337/74a_ordinaria_-_pl_027.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 50.000,00 (cinquenta mil reais), destinado ao Programa de Aquisição de Alimentos – PAA e dá outras providências.</t>
   </si>
   <si>
     <t>11338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11338/74a_ordinaria_-_pl_028.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11338/74a_ordinaria_-_pl_028.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar ao Instituto Lar dos Velhos, Obra Unida da Sociedade São Vicente de Paulo, recursos financeiros provenientes de apoio a cofinanciamentos da Secretaria de Desenvolvimento do Estado de São Paulo no valor total de R$ 7.650,00 (sete mil, seiscentos e cinquenta reais), e dá outras providências.</t>
   </si>
   <si>
     <t>11354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11354/75a_ordinaria_-_pl_029_m_029.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11354/75a_ordinaria_-_pl_029_m_029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina para o exercício de  2020, através do Decreto nº 6.150, de 19 de maio de 2020.</t>
   </si>
   <si>
     <t>11355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11355/75a_ordinaria_-_pl_030_m_030.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11355/75a_ordinaria_-_pl_030_m_030.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para Elaboração e Execução da Lei Orçamentária para o Exercício Financeiro de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>11358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11358/75a_ordinaria_-_pl_031_m_031.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11358/75a_ordinaria_-_pl_031_m_031.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Irmandade da Santa Casa de Misericórdia de Adamantina, auxílio financeiro e emergencial de dá outras providências.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11359/75a_ordinaria_-_pl_032_m_032.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11359/75a_ordinaria_-_pl_032_m_032.pdf</t>
   </si>
   <si>
     <t>Autoriza o regular funcionamento dos estabelecimentos comerciais e prestadores de serviço no Município, em consonância com as normas aqui estabelecidas, enquanto durar a propagação da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11360/75a_ordinaria_-_pl_033_alcio_e_acacio.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11360/75a_ordinaria_-_pl_033_alcio_e_acacio.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 6-A da Lei nº 3.369, de 14 de setembro de 2009, incluído pela Lei nº 3.846 de 26 de setembro de 2018, que dispõe sobre o dimensionamento das vias públicas em novos loteamentos e dá outras providências.</t>
   </si>
   <si>
     <t>11431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11431/76a_ordinaria_-_pl_034_m_033.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11431/76a_ordinaria_-_pl_034_m_033.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 150.000,00 (cento e cinquenta mil reais).</t>
   </si>
   <si>
     <t>11432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11432/76a_ordinaria_-_pl_035_m_034.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11432/76a_ordinaria_-_pl_035_m_034.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar na Secretaria de Finanças para reforço no orçamento do Centro Universitário de Adamantina - UNIFAI no valor total de R$ 1.030.000,00 (um milhão e trinta mil reais).</t>
   </si>
   <si>
     <t>11433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11433/76a_ordinaria_-_pl_036_m_035.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11433/76a_ordinaria_-_pl_036_m_035.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Chefe do Poder Executivo possa celebrar Convênio com o Governo do Estado de São Paulo, por intermédio da Secretaria da Habitação, objetivando a cooperação recíproca entre os partícipes, para a implementação do Programa NOSSA CASA, instituído pelo Decreto Estadual n.º 64.414, de 28 de agosto de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>11471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11471/77a_ordinaria_-_pl_037_m_036.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11471/77a_ordinaria_-_pl_037_m_036.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário (R$ 406.530,00) no orçamento da Prefeitura do Município de Adamantina para o exercício de 2020, através do Decreto nº 6.161, de 18 de junho de 2020</t>
   </si>
   <si>
     <t>11472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11472/44a_extra_-_pl_038_m_038.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11472/44a_extra_-_pl_038_m_038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina para o exercício de 2020, através do Decreto nº 6.173, de 07 de julho de 2020, e autorização para repassar por subvenção social às entidades, Instituição Lar dos Velhos, Obra Unida da Sociedade de São Vicente de Paulo e Instituição Solidária Carlos Pegoraro no valor de R$ 100.000,00.</t>
   </si>
   <si>
     <t>11494</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11494/45a_extra_-_pl_039_m_039.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11494/45a_extra_-_pl_039_m_039.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina abrir crédito adicional suplementar e repassar à Irmandade da Santa Casa de Misericórdia de Adamantina e à Clínicade Repouso Nosso Lar, recursos financeiros provenientes do Ministério da Saúde, conforme Portaria nº 1.448/GM/MS, de 29/05/2020 e dá outras providências</t>
   </si>
   <si>
     <t>11538</t>
   </si>
   <si>
     <t>DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11538/78a_ordinaria_-_pl_040.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11538/78a_ordinaria_-_pl_040.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouro público de Rua Waldemar Estevo.</t>
   </si>
   <si>
     <t>11539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11539/78a_ordinaria_-_pl_041.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11539/78a_ordinaria_-_pl_041.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina para o exercício de 2020, através do Decreto nº 6.188, de 30 de julho de 2020</t>
   </si>
   <si>
     <t>11540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11540/78a_ordinaria_-_pl_042.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11540/78a_ordinaria_-_pl_042.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Clínica de Repouso Nosso Lar e a APAE – Associação de Pais e Amigos dos Excepcionais de Adamantina, recursos financeiros provenientes de emenda parlamentar</t>
   </si>
   <si>
     <t>11593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11593/projeto_de_lei_043_-_m_043_leitura_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11593/projeto_de_lei_043_-_m_043_leitura_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar ao Lar dos Velhos de Adamantina, Obra Unida à Sociedade São Vicente de Paulo, recursos provenientes de emenda parlamentar, no valor de R$ 50.000,00 (cinquenta mil reais), e dá outras providências”.</t>
   </si>
   <si>
     <t>11664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11664/80a_ordinaria_-_projeto_de_lei_044.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11664/80a_ordinaria_-_projeto_de_lei_044.pdf</t>
   </si>
   <si>
     <t>Estabelece os subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais para o mandato referente ao período de 2021 a 2024.</t>
   </si>
   <si>
     <t>11665</t>
   </si>
   <si>
     <t>DINHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11665/80a_ordinaria_-_projeto_de_lei_045.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11665/80a_ordinaria_-_projeto_de_lei_045.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Posto de Saúde do bairro Jardim Adamantina de Dr. Nobuhide Goda.</t>
   </si>
   <si>
     <t>11666</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11666/80a_ordinaria_-_projeto_de_lei_046_m_044.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11666/80a_ordinaria_-_projeto_de_lei_046_m_044.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 660.000,00 (seiscentos e sessenta mil reais).</t>
   </si>
   <si>
     <t>11667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11667/80a_ordinaria_-_projeto_de_lei_047_m_045.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11667/80a_ordinaria_-_projeto_de_lei_047_m_045.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização Código Municipal de Arborização criado através da lei nº 3.286, 27 de dezembro de 2007</t>
   </si>
   <si>
     <t>11706</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11706/81a_ordinaria_-_projeto_de_lei_048_m_047.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11706/81a_ordinaria_-_projeto_de_lei_048_m_047.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina para o exercício de 2020, através do Decreto nº 6.217, de 16 de setembro de 2020</t>
   </si>
   <si>
     <t>11707</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11707/81a_ordinaria_-_projeto_de_lei_049_m_048.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11707/81a_ordinaria_-_projeto_de_lei_049_m_048.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial e suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 4.434.546,00 (quatro milhões, quatrocentos e trinta e quatro mil, quinhentos e quarenta e seis reais) e dá outras providências</t>
   </si>
   <si>
     <t>11708</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11708/81a_ordinaria_-_projeto_de_lei_050_m_049.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11708/81a_ordinaria_-_projeto_de_lei_050_m_049.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Irmandade da Santa Casa de Misericórdia de Adamantina auxílio financeiro e emergencial  no valor de R$2.640.000,00 (dois milhões, seiscentos e quarenta mil reais) e dá outras providências</t>
   </si>
   <si>
     <t>11709</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11709/81a_ordinaria_-_projeto_de_lei_051_m_050.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11709/81a_ordinaria_-_projeto_de_lei_051_m_050.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao orçamento da Prefeitura do Município de Adamantina no valor total de R$ 3.783.000,00 (três milhões, setecentos e oitenta e três mil reais) e dá outras providências</t>
   </si>
   <si>
     <t>11746</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11746/pl_052_-_m_052_leitura_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11746/pl_052_-_m_052_leitura_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor de R$ 170.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>11747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11747/pl_053_-_m_051_leitura_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11747/pl_053_-_m_051_leitura_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienação de imóvel municipal situado no eixo da Rodovia Vicinal José Maria da Silva, por meio de incorporação imobiliária, mediante licitação, na modalidade concorrência e oferecer em garantia de crédito imobiliário, para a implementação do Programa NOSSA CASA, instituído pelo Decreto Estadual nº 64.414, de 28 de agosto de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>11790</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11790/pl_054_-_m_053_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11790/pl_054_-_m_053_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do artigo 41 da Lei nº 2.289 de 30 de julho de 1990, e dá outras providências.</t>
   </si>
   <si>
     <t>11791</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11791/pl_055_-_m_046_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11791/pl_055_-_m_046_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Adamantina para o exercício de 2021</t>
   </si>
   <si>
     <t>11792</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11792/pl_056_-_m_054_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11792/pl_056_-_m_054_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenções, auxílios, contribuições e convênios, termo de colaboração/fomento.</t>
   </si>
   <si>
     <t>11793</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11793/pl_057_-_m_055_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11793/pl_057_-_m_055_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação da área de 1.344,00 m² correspondente ao sistema viário da Rua Joaquim Luiz Vian, trecho entre Avenida Vitório Romanini e Alameda Armando de Salles Oliveira, na Vila Cicma e dá outras providências</t>
   </si>
   <si>
     <t>11794</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11794/pl_058_-_m_056_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11794/pl_058_-_m_056_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 265.441,21 e dá outras providências</t>
   </si>
   <si>
     <t>11795</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11795/pl_059_-_m_059_leitura_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11795/pl_059_-_m_059_leitura_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Irmandade da Santa Casa de Misericórdia de Adamantina auxílio financeiro e emergencial e dá outras providências</t>
   </si>
   <si>
     <t>11845</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11845/pl_060_-_m_058_leitura_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11845/pl_060_-_m_058_leitura_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para alienação de imóvel municipal situado no eixo da Rodovia Vicinal José Maria da Silva, por meio de incorporação imobiliária, mediante licitação, na modalidade concorrência e oferecer em garantia de crédito imobiliário, para a implementação do Programa NOSSA CASA, instituído pelo Decreto Estadual  nº 64.414, de 28 de agosto de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>11898</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11898/85a_ordinaria_-_pl_061_-_m_059.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11898/85a_ordinaria_-_pl_061_-_m_059.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação dos Campus I e II do Centro Universitário de Adamantina – UniFAI de “Prof. Dr. Gilson João Parisoto” e “Prefeito Tino Romanini”.</t>
   </si>
   <si>
     <t>11899</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11899/pl_062_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11899/pl_062_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Biblioteca Pública Municipal de Adamantina Cônego João Baptista de Aquino para Jurema Gomes Moreira Citeli.</t>
   </si>
   <si>
     <t>11900</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11900/pl_063_-_m_060_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11900/pl_063_-_m_060_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 1.767.000,00 (um milhão, setecentos e sessenta e sete mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>11901</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11901/pl_064_-_m_061_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11901/pl_064_-_m_061_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Estabelece diretrizes e critérios orientadores para a restrição de uso em área de disposição de resíduos sólidos, visando a reintegração à paisagem e uso adequado da área e dá outras providências.</t>
   </si>
   <si>
     <t>11973</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11973/pl_065_-_m_063_leitura_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11973/pl_065_-_m_063_leitura_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de área a fim de instalação de Academias ao Ar livre.</t>
   </si>
   <si>
     <t>12001</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12001/pl_066_-_m_064.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12001/pl_066_-_m_064.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desafetação de área, a fim de instalação de Academias ao Ar Livre</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11434/76a_ordinaria_-_pr_001_comissao_especial_de_estudos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11434/76a_ordinaria_-_pr_001_comissao_especial_de_estudos.pdf</t>
   </si>
   <si>
     <t>Cria a Comissão Especial de Estudos, visando reformar o Regimento Interno da Câmara Municipal de Adamantina.</t>
   </si>
   <si>
     <t>11668</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11668/80a_ordinaria_-_projeto_de_resolucao_002.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11668/80a_ordinaria_-_projeto_de_resolucao_002.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores para a 18ª Legislatura, período de 2021 a 2024.</t>
   </si>
   <si>
     <t>11903</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, DINHA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11903/pr_003_-_anotado_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11903/pr_003_-_anotado_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno da Câmara Municipal de Adamantina</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10975/requerimento_001_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10975/requerimento_001_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Mauro Bragato a inclusão de recursos na próxima proposta orçamentária para a pavimentação asfáltica de seis quilômetros e novecentos metros da Estrada Vicinal ADM 335 (Estrada 14) no município de Adamantina.</t>
   </si>
   <si>
     <t>10976</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10976/requerimento_002_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10976/requerimento_002_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: Quantos alunos novos foram matriculados na Autarquia Municipal UNIFAI para o ano de 2020? Quantos alunos foram matriculados, por curso, para o ano de 2020?</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10977/requerimento_003_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10977/requerimento_003_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços, juntamente com a Secretaria Municipal de Agricultura e Meio Ambiente, se já elaboraram uma programação para a realização dos mutirões de limpeza nos bairros de nossa cidade para o ano de 2020.</t>
   </si>
   <si>
     <t>10978</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10978/requerimento_004_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10978/requerimento_004_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: o Município pretende estender até o Residencial San Miguel 1 a atual rota do transporte escolar que já atende a comunidade da região e circula até o Conjunto Habitacional Mário Covas? Se positivo, qual o prazo para atendimento?</t>
   </si>
   <si>
     <t>10979</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10979/requerimento_005_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10979/requerimento_005_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o atendimento da atenção básica do SUS, principalmente das equipes de Estratégia de Saúde da Família (ESF).</t>
   </si>
   <si>
     <t>10980</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10980/requerimento_006_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10980/requerimento_006_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre os subsídios do prefeito, do vice-prefeito e dos secretários municipais para o período de 2017 a 2020, acerca da necessidade de ampliar o teto salarial e facilitar a contratação de professores para a UniFAI.</t>
   </si>
   <si>
     <t>10981</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10981/requerimento_007_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10981/requerimento_007_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o Programa Nosso Bairro.</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10982/requerimento_008_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10982/requerimento_008_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre os casos de Dengue em nosso município.</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10983/requerimento_009_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10983/requerimento_009_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado ofício junto aos documentos em anexo para a Promotoria de Justiça do Ministério Público, na Rodovia Comandante João Ribeiro de Barros, altura do km 596+600, mais precisamente na rotatória de acesso à Rodovia Plácido Rocha (ligação ao Bairro Lagoa Seca, Usina Branco Peres Álcool.</t>
   </si>
   <si>
     <t>10984</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10984/requerimento_010_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10984/requerimento_010_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações à ARTESP, sobre a localização prevista para as praças de pedágios nos trechos concedidos das rodovias SP 294 e SP 425.</t>
   </si>
   <si>
     <t>10985</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10985/requerimento_011_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10985/requerimento_011_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações acerca das questões estruturais próprias do Curso de Medicina e da UniFAI.</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10986/requerimento_012_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10986/requerimento_012_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Estadual Prof. André do Prado, envidar esforços necessários para promover uma revisão salarial digna e justa a todos os gestores, professores, servidores e funcionários da ativa, aposentados e pensionistas, pertencentes à Pasta da Educação do Estado de São Paulo, com um percentual mínimo de 10%, em caráter de extrema urgência.</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10987/requerimento_013_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10987/requerimento_013_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Estadual Prof. André do Prado, a elaboração de um projeto de lei complementar com o intuito de incluir os professores contratados na rede de assistência do IAMSPE, bem como possibilitem que eles possam ministrar aulas ou atuar em todos os Programas e Projetos da Pasta.</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10988/requerimento_014_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10988/requerimento_014_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Dr. Paulo Freire, a inclusão de uma Emenda para este ano de 2020, a serem alocados na aquisição de uma ambulância, tipo Van, com capacidade de 15 (quinze) lugares, visando um atendimento clínico de urgência ou um tratamento médico especializado, principalmente na área de oncologia, bem como de pessoas em tratamento de hemodiálise em Adamantina.</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10989/requerimento_015_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10989/requerimento_015_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a inclusão de uma Emenda para este ano de 2020 no valor de R$ 250 mil, a serem alocados no custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10990/requerimento_016_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10990/requerimento_016_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a inclusão de uma Emenda para o ano de 2020 no valor de R$ 250 mil, ao IAMA.</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10991/requerimento_017_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10991/requerimento_017_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Capitão Augusto, Deputado Federal, a inclusão de uma Emenda para o ano de 2020 no valor de R$ 250 mil, a serem alocados no custeio e manutenção da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10992/requerimento_018_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10992/requerimento_018_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Miguel Lombardi, Deputado Federal, a liberação de R$50 mil do Governo Federal, destinados ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10993/requerimento_019_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10993/requerimento_019_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, aumentar o valor do auxílio alimentação, passando dos atuais R$12,00 para ao menos R$15,00.</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10994/requerimento_020_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10994/requerimento_020_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Dr. Arlindo Clinaglia, Deputado Federal, a inclusão de uma Emenda para este ano de 2020, via Prefeitura Municipal de Adamantina, no valor de R$200 mil, a serem alocados no custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10995/requerimento_021_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10995/requerimento_021_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a Academia da Saúde, no Parque Cecap.</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10996/requerimento_022_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10996/requerimento_022_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o muro dos fundos do Centro Comunitário do Jardim Brasil.</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10997/requerimento_023_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10997/requerimento_023_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre fazer um Projeto de Lei sobre Plano de Demissão Voluntária (PDV).</t>
   </si>
   <si>
     <t>10998</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10998/requerimento_024_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10998/requerimento_024_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a Praça José Costa.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10999/requerimento_025_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10999/requerimento_025_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os caminhões coletores de lixo serão comprados este ano pelo município.</t>
   </si>
   <si>
     <t>11000</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11000/requerimento_026_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11000/requerimento_026_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito ao espaço esportivo em construção no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11001/requerimento_027_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11001/requerimento_027_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre as casas populares em Adamantina (Adamantina N e Adamantina O).</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11002/requerimento_028_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11002/requerimento_028_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o funcionamento dos postos de saúde de nosso município.</t>
   </si>
   <si>
     <t>11003</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11003/requerimento_029_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11003/requerimento_029_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Conforme acordado verbalmente com a Reitoria da UNIFAI, solicita quando será repassado o veículo para a Câmara Municipal de Adamantina.</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11004/requerimento_030_67a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11004/requerimento_030_67a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais as providências que a Prefeitura está tomando quanto às casas que foram invadidas no Conjunto Mário Covas.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11068/requerimento_031_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11068/requerimento_031_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: a Secretaria de Planejamento possui algum projeto arquivado para implantação de um Balneário Público em nossa cidade? Se positivo, encaminhar cópia a esta Casa.</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11069/requerimento_032_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11069/requerimento_032_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Dr. Aildo Rodrigues Ferreira, Secretário Estadual de Esporte, Lazer e Juventude, objetivando a liberação de uma academia ao ar livre para ser instalada na área de lazer do bairro Parque Itapuã.</t>
   </si>
   <si>
     <t>11070</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11070/requerimento_033_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11070/requerimento_033_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual André do Prado a liberação de recursos financeiros para a instalação de uma academia ao ar livre no Bairro Parque do Sol.</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11071/requerimento_034_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11071/requerimento_034_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual André do Prado, a elaboração de uma lei estadual permitindo o pagamento do IPVA em cartões de débito e crédito, com possibilidade de parcelamento em até 12 vezes.</t>
   </si>
   <si>
     <t>11072</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11072/requerimento_035_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11072/requerimento_035_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Márcio Alvino, a inclusão de uma Emenda para 2020 no valor de R$ 100 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas pela APAE de Adamantina.</t>
   </si>
   <si>
     <t>11073</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11073/requerimento_036_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11073/requerimento_036_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a Rumo Logística, que promova, em caráter de urgência, a limpeza de vegetação e outros detritos ao longo do traçado urbano e da correspondente faixa non aedificandi.</t>
   </si>
   <si>
     <t>11074</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11074/requerimento_037_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11074/requerimento_037_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Governador do Estado João Agripino da Costa Doria Neto e ao Secretário Estadual de Desenvolvimento Regional, Marco Vinholi, informações sobre a implantação na 10ª Região Administrativa do Estado investimentos iguais aos anunciados pelo Governo para o Programa Vale do Futuro, para o desenvolvimento em todos os setores de nossa região.</t>
   </si>
   <si>
     <t>11075</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11075/requerimento_038_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11075/requerimento_038_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os servidores da UNIFAI que possuem acima de 75 anos – PEC da Bengala, Emenda Constitucional nº 88/2015.</t>
   </si>
   <si>
     <t>11076</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11076/requerimento_039_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11076/requerimento_039_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações junto à Reitoria da UNIFAI, sobre a relação dos gastos com serviços de limpeza de caixa d’água e dedetização nos últimos 3 anos.</t>
   </si>
   <si>
     <t>11077</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11077/requerimento_040_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11077/requerimento_040_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre gastos com precatórios dos anos 2016 a 2019.</t>
   </si>
   <si>
     <t>11078</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11078/requerimento_041_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11078/requerimento_041_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações à UNIFAI referente às bolsas de estudos.</t>
   </si>
   <si>
     <t>11079</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11079/requerimento_042_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11079/requerimento_042_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Pronto Socorro da Santa Casa de Adamantina.</t>
   </si>
   <si>
     <t>11080</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11080/requerimento_043_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11080/requerimento_043_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a realização das roçagens nas áreas verdes e terrenos de responsabilidade da Prefeitura.</t>
   </si>
   <si>
     <t>11081</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11081/requerimento_044_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11081/requerimento_044_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os mutirões de limpeza que estão sendo realizados pela Prefeitura.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11082/requerimento_045_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11082/requerimento_045_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o Vale Alimentação dos servidores e qual o valor do reajuste.</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11083/requerimento_046_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11083/requerimento_046_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Secretaria Municipal de Fiscalização e Arrecadação sobre as multas que foram lavradas pela Prefeitura nos anos de 2018 e 2019.</t>
   </si>
   <si>
     <t>11084</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11084/requerimento_047_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11084/requerimento_047_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as obras de canalização do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, Aguinaldo Pires Galvão, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11085/requerimento_048_68a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11085/requerimento_048_68a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações da Secretaria Municipal de Obras e Serviços sobre a programação das operações tapa-buracos nas ruas, avenidas e devidos bairros de nosso município.</t>
   </si>
   <si>
     <t>11102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11102/requerimento_049_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11102/requerimento_049_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os motivos da falta de remédios na farmácia do posto de saúde central e se foi resolvido o problema da falta de médicos e enfermeiros principalmente nas Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11103/requerimento_050_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11103/requerimento_050_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o problema causados pelas árvores que atrapalham a rede elétrica e destroem os passeios públicos.</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>DINHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11104/requerimento_051_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11104/requerimento_051_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a fiscalização quanto à comercialização e utilização do cachimbo “Narguilé” por menores de 18 anos.</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11105/requerimento_052_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11105/requerimento_052_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, providências visando a abertura imediata de um novo Concurso Público de Provas e Títulos para provimento de cargos de Professor de Educação Básica II.</t>
   </si>
   <si>
     <t>11106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11106/requerimento_053_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11106/requerimento_053_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Estadual Prof. André do Prado, a substituição das duas atuais viaturas da Diretoria de Ensino de Adamantina por dois veículos em melhor estado de conservação.</t>
   </si>
   <si>
     <t>11107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11107/requerimento_054_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11107/requerimento_054_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Capitão Augusto a liberação de recursos financeiros do programa Caminho da Escola para ser utilizado na aquisição de um micro-ônibus para o município de Adamantina.</t>
   </si>
   <si>
     <t>11108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11108/requerimento_055_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11108/requerimento_055_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a liberação de recursos financeiros para a instalação de uma Academia ao Ar Livre no Jardim Ipiranga.</t>
   </si>
   <si>
     <t>11109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11109/requerimento_056_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11109/requerimento_056_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito à taxa de limpeza pública no ano de 2020.</t>
   </si>
   <si>
     <t>11110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11110/requerimento_057_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11110/requerimento_057_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito à liberação constante de água na via pública defronte ao Recinto Poliesportivo.</t>
   </si>
   <si>
     <t>11111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11111/requerimento_058_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11111/requerimento_058_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Márcio da Farmácia, a aquisição de um Caminhão Compactador de Lixo para a Prefeitura do Município de Adamantina/SP.</t>
   </si>
   <si>
     <t>11112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11112/requerimento_059_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11112/requerimento_059_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Ataíde Teruel, a importância de R$180.000,00 (cento e oitenta mil reais) para a aquisição de uma Van com capacidade para 16 pessoas.</t>
   </si>
   <si>
     <t>11113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11113/requerimento_060_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11113/requerimento_060_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Ataíde Teruel a importância de R$ 300.000,00 para a aquisição de um ônibus com capacidade de 36 a 40 pessoas.</t>
   </si>
   <si>
     <t>11114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11114/requerimento_061_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11114/requerimento_061_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Márcio da Farmácia, a importância de R$180.000,00 para a aquisição de uma Van com capacidade para 16 pessoas.</t>
   </si>
   <si>
     <t>11115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11115/requerimento_062_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11115/requerimento_062_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Márcio da Farmácia, a importância de R$300.000,00 para a aquisição de um ônibus com capacidade de 36 a 40 pessoas.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11116/requerimento_063_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11116/requerimento_063_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Ataíde Teruel a aquisição de um Caminhão Compactador de Lixo para a Prefeitura do Município de Adamantina/SP.</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11117/requerimento_064_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11117/requerimento_064_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhar relatório contendo a produção das Pró-Reitorias de Pós-Graduação e Extensão realizadas em nosso município até a presente data pela UNIFAI.</t>
   </si>
   <si>
     <t>11118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11118/requerimento_065_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11118/requerimento_065_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: por quais motivos a atual administração não implanta em nossa cidade, a “gratificação por desempenho de atividade delegada”, a ser pago aos policiais militares para resolver definitivamente vários problemas de segurança, inclusive esta da fiscalização da zona azul?</t>
   </si>
   <si>
     <t>11119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11119/requerimento_066_69a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11119/requerimento_066_69a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais foram os bairros da cidade que foram incluídos no convênio firmado entre a Prefeitura e Energisa com referências às podas de árvores da cidade e quais bairros ficaram sob a responsabilidade de poda pela Prefeitura?</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11166/requerimento_067_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11166/requerimento_067_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informação sobre quais medidas a Prefeitura vem desenvolvendo em relação à não proliferação dos mosquitos Aedes Aegypt?</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11167/requerimento_068_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11167/requerimento_068_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita quantos alunos a Secretaria Municipal de Educação transporta hoje às escolas públicas municipais e estaduais na cidade e na zona rural através da empresa circular Guerino Seiscento?</t>
   </si>
   <si>
     <t>11168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11168/requerimento_069_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11168/requerimento_069_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, manter entendimentos com a Secretaria Estadual da Educação, no sentido de destinar um ônibus escolar à Prefeitura de Adamantina.</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11169/requerimento_070_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11169/requerimento_070_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, objetivando fazer a indicação da doação de um kit de livros à Biblioteca Pública Municipal “Cônego João Baptista de Aquino” para este ano de 2020.</t>
   </si>
   <si>
     <t>11170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11170/requerimento_071_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11170/requerimento_071_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, objetivando a liberação de kits de material esportivo para o município de Adamantina contendo: bolas de futebol, basquete, voleibol, handebol, uniformes esportivos, redes, jogos de dama, xadrez, dominó e baralho, entre outros.</t>
   </si>
   <si>
     <t>11171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11171/requerimento_072_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11171/requerimento_072_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, objetivando permitir que os professores contratados e candidatos à contratação possam ministrar aulas livres das Atividades Curriculares Desportivas – ACDs.</t>
   </si>
   <si>
     <t>11172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11172/requerimento_073_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11172/requerimento_073_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a liberação de kits de sementes de hortaliças, a ser distribuídos às entidades assistenciais, unidades escolares e comunidades do nosso Município.</t>
   </si>
   <si>
     <t>11173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11173/requerimento_074_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11173/requerimento_074_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Estadual Prof. André do Prado, a apresentação de um projeto de lei, objetivando denominar a FATEC de “Prefeito Sérgio Gabriel Seixas”.</t>
   </si>
   <si>
     <t>11174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11174/requerimento_075_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11174/requerimento_075_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja expedida comunicação oficial produzida pela assessoria técnica jurídica da Câmara Municipal, informando ao Chefe do Poder Executivo quais são as implicações previstas na legislação vigente possíveis de serem aplicadas no envio de respostas aos Requerimentos expedidos por esta Casa.</t>
   </si>
   <si>
     <t>11175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11175/requerimento_076_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11175/requerimento_076_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as condições de recolhimento de veículos abandonados nas vias públicas.</t>
   </si>
   <si>
     <t>11176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11176/requerimento_077_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11176/requerimento_077_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações a respeito do container da UNIFAI depositado ao lado da pista de caminhada no campo do Jardim Adamantina e sobre a melhoria da iluminação do local.</t>
   </si>
   <si>
     <t>11177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11177/requerimento_078_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11177/requerimento_078_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a galeria pluvial localizada no final da Rua Rio de Janeiro, no Jardim Brasil, a qual está atualmente “a céu aberto”.</t>
   </si>
   <si>
     <t>11178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11178/requerimento_079_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11178/requerimento_079_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as medidas e campanhas de conscientização quanto à higienização, a promoção da informação e quanto à pandemia “Corona Vírus”.</t>
   </si>
   <si>
     <t>11179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11179/requerimento_080_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11179/requerimento_080_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações detalhadas acerca das medidas adotadas em relação à destruição da cobertura das barracas onde se alocavam as entidades assistenciais no Recinto Poliesportivo.</t>
   </si>
   <si>
     <t>11180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11180/requerimento_081_70a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11180/requerimento_081_70a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual o motivo que a ponte do Bairro do Burrinho ainda não foi recuperada?</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11223/requerimento_082_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11223/requerimento_082_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações se a Prefeitura já tem plano junto à Secretaria Municipal de Finanças do Município em prorrogar o prazo dos impostos como IPTU, ISS e taxas diversas sem a cobrança de juros e multas durante os três meses futuros.</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11224/requerimento_083_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11224/requerimento_083_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre quais os motivos que, até a presente data, não foi dado início na programação da FEHIDRO, controle de erosão rural na vicinal ADM 430 – Estrada Antônio Morales?</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11225/requerimento_084_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11225/requerimento_084_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam quais medidas foram tomadas pela Prefeitura para a implantação e revitalização das lixeiras do centro da cidade.</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11226/requerimento_085_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11226/requerimento_085_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à imediata notificação da CDHU, face às suas responsabilidades quanto à manutenção dos imóveis (edificações e terrenos) que foram desocupados judicialmente.</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11227/requerimento_086_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11227/requerimento_086_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a revisão dos valores dos preços públicos adotados na locação das salas de velório municipal, proporcionalmente ao período de utilização.</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11228/requerimento_087_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11228/requerimento_087_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que a UniFAI estude a ampliação da cobertura aos estudantes; e que seja instituída Comissão Especial formada por representantes da reitoria para deliberar sobre demandas de atendimento excepcional ao aluno, nesse período de quarentena e pós-quarentena.</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11229/requerimento_088_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11229/requerimento_088_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja instituído um Comitê Econômico local, com a participação de representantes dos poderes Executivo e Legislativo, do Sincomércio, da ACE, das instituições de ensino superior UniFAI e FATEC, entre outros, para o desenvolvimento de estratégias e ações a curto e médio prazo que permitam suporte extraordinário à atividade econômica da cidade.</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11230/requerimento_089_71a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11230/requerimento_089_71a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações a respeito da estrada de terra em continuação da Rua Padre Caetano Maria Dolcimásculo (sentido Bairro do Pavão), pois estão sendo prejudicadas com a destinação das águas pluviais após a realização da pavimentação.</t>
   </si>
   <si>
     <t>11274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11274/requerimento_090_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11274/requerimento_090_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, solicitando a apresentação de um projeto de lei, objetivando denominar o Polo de Capacitação/Rede do Saber da Diretoria de Ensino – Região de Adamantina de “Professora Tuika Yamamoto de Oliveira Lima".</t>
   </si>
   <si>
     <t>11275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11275/requerimento_091_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11275/requerimento_091_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Capitão Augusto, Deputado Federal, recursos financeiros no valor de R$ 150 mil para implementação de ações que estão sendo desenvolvidas em nossa cidade com foco na prevenção e no combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>11276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11276/requerimento_092_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11276/requerimento_092_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Paulo Freire Costa, Deputado Federal, recursos financeiros no valor de R$ 150 mil, a serem alocados na implementação de ações que estão sendo desenvolvidas em nossa cidade com foco na prevenção e no combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>11277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11277/requerimento_093_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11277/requerimento_093_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a higienização do Centro de Saúde, produtos de limpeza utilizados, atendimentos médicos/odontológicos, materiais curativos e medicamentos retirados para utilização.</t>
   </si>
   <si>
     <t>11278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11278/requerimento_094_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11278/requerimento_094_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a possibilidade de isentar os estabelecimentos impedidos de funcionar do pagamento das custas de Alvará de Funcionamento e do IPTU Comercial.</t>
   </si>
   <si>
     <t>11279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11279/requerimento_095_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11279/requerimento_095_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Prefeito estudo e posteriores e imediatas providências, bem como à Promotoria de Justiça, sobre a fiscalização das normas e de seus cumprimentos colaborando com o combate à pandemia do Coronavírus.</t>
   </si>
   <si>
     <t>11280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11280/requerimento_096_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11280/requerimento_096_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a Expoverde 2020.</t>
   </si>
   <si>
     <t>11281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11281/requerimento_097_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11281/requerimento_097_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o recebimento de 84 tablets que seriam utilizados pelos agentes comunitários de saúde e agentes de controle de endemias.</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11282/requerimento_098_72a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11282/requerimento_098_72a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre convênio firmado com a Universidade Estadual de Campinas objetivando a produção de uma partícula biodegradável com propriedades larvicidas comprovadas contra o mosquito Aedes Aegypt.</t>
   </si>
   <si>
     <t>11299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11299/requerimento_099_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11299/requerimento_099_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os servidores que atuam na roçagem de áreas públicas e terrenos baldios.</t>
   </si>
   <si>
     <t>11300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11300/requerimento_100_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11300/requerimento_100_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cópia integral do processo de compra para aquisição de 70 mil máscaras para distribuição aos moradores de Adamantina.</t>
   </si>
   <si>
     <t>11301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11301/requerimento_101_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11301/requerimento_101_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a liberação de recursos financeiros no valor de R$ 100 mil para implementação de ações com foco na prevenção e no combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>11302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11302/requerimento_102_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11302/requerimento_102_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senador Dr. José Serra, a liberação de recursos financeiros no valor de R$ 150 mil, a serem alocados na implementação de ações com foco na prevenção e no combate ao novo Coronavírus.</t>
   </si>
   <si>
     <t>11303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11303/requerimento_103_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11303/requerimento_103_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o início das obras de desassoreamento do córrego da estrada que liga a vicinal Plácido Rocha ao bairro Aidelândia e bairro Fazenda Jandaia.</t>
   </si>
   <si>
     <t>11304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11304/requerimento_104_73a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11304/requerimento_104_73a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os horários de funcionamento durante a semana, aos sábados, domingos e feriados dos banheiros da Praça Élio Micheloni.</t>
   </si>
   <si>
     <t>11340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11340/requerimento_105_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11340/requerimento_105_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o andamento da extensão da iluminação de 02 (dois) postes na Av. Euclides Romanini, no bairro Lagoa Seca.</t>
   </si>
   <si>
     <t>11341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11341/requerimento_106_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11341/requerimento_106_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas de todas as aquisições já realizadas pela Prefeitura relacionadas ao combate ao Covid-19 e os valores e dotações orçamentárias ainda disponíveis para aquisição de materiais e/ou serviços relacionados ao combate ao Covid-19, bem como informações quanto ao planejamento feito por esse Poder Executivo.</t>
   </si>
   <si>
     <t>11342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11342/requerimento_107_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11342/requerimento_107_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, sua intercessão junto a Presidente do Conselho do Fundo Social de Solidariedade do Estado de São Paulo, a primeira-dama Bia Dora e junto ao Presidente Executivo do FUSSP, Augusto Ramos, analisar a possibilidade da inclusão do município de Adamantina na “Campanha do Agasalho/2020”.</t>
   </si>
   <si>
     <t>11343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11343/requerimento_108_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11343/requerimento_108_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senador Major Olímpio, a liberação de recursos financeiros no valor de R$ 150 mil, a serem alocados na implementação de ações que estão sendo desenvolvidas em nossa cidade com foco na prevenção e no combate ao novo Coronavírus (COVID 19).</t>
   </si>
   <si>
     <t>11344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11344/requerimento_109_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11344/requerimento_109_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a elaboração de um projeto de lei complementar com o intuito de conceder aos docentes admitidos na função de PEB I - Aula.</t>
   </si>
   <si>
     <t>11345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11345/requerimento_110_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11345/requerimento_110_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre interesse em fazer o pagamento de gratificação para os profissionais de saúde da atenção básica nas Unidades Integrantes do Programa Nacional de Melhoria do Acesso e da Qualidade da Atenção Básica (PMAQ-AB) e se o Governo Federal tenciona cessar o repasse de recursos financeiros para a continuidade do Programa Nacional de Melhoria do Acesso e da Qualidade da Atenção Básica (PMAQ-AB).</t>
   </si>
   <si>
     <t>11346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11346/requerimento_111_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11346/requerimento_111_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a dispensa de servidores públicos e também dos trabalhadores das empresas terceirizadas da instituição, considerando a responsabilidade subsidiária da UNIFAI; se a instituição tem informações sobre aglomerações de servidores e funcionários de empresas terceirizadas, em especial do setor de limpeza e se a instituição realizou a antecipação de férias aos servidores que por ventura estejam com seus serviços ociosos neste momento de suspensão das aulas.</t>
   </si>
   <si>
     <t>11347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11347/requerimento_112_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11347/requerimento_112_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a recomendação expedida às Secretarias de Departamentos Municipais quanto aos pedidos de vista in loco de documentos públicos disponíveis realizados por agentes responsáveis pela fiscalização, como os Agentes de Fiscalização do Tribunal de Contas e Vereadores do Município.</t>
   </si>
   <si>
     <t>11348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11348/requerimento_113_74a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11348/requerimento_113_74a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre quais loteamentos que já se submeteram ou que estão em tramitação até o momento sob a égide da Lei nº 3.846/2018.</t>
   </si>
   <si>
     <t>11366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11366/requerimento_114_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11366/requerimento_114_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado ofício ao Deputado Federal Enrico Misasi, a destinação de emenda no valor de R$ 200.000,00 para o Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>11367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11367/requerimento_115_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11367/requerimento_115_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a execução da Emenda 37460006 indicada pela Deputada Renata Abreu, no valor de R$100.000,00 e sobre a Emenda visando a aquisição de Castramóvel.</t>
   </si>
   <si>
     <t>11424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11424/requerimento_116_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11424/requerimento_116_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre todas as nomeações e cópias dos instrumentos utilizados (portarias, decretos) em cargos comissionados e em funções gratificadas da Prefeitura neste ano de 2020.</t>
   </si>
   <si>
     <t>11425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11425/requerimento_117_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11425/requerimento_117_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual sua intercessão junto ao Dr. Wilson Modesto Pollara, Superintendente do IAMSPE, visando a imediata liberação de recursos financeiros para um melhor atendimento dos conveniados do IAMSPE.</t>
   </si>
   <si>
     <t>11426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11426/requerimento_118_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11426/requerimento_118_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual sua intercessão junto Dr. Wilson Modesto Pollara, Superintendente do IAMSPE, visando a imediata liberação de recursos financeiros para o Centro de Atendimento Médico-Ambulatorial (CEAMA) de Presidente Prudente/SP.</t>
   </si>
   <si>
     <t>11427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11427/requerimento_119_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11427/requerimento_119_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual sua interferência junto à Dra. Célia Parnes, Secretária Estadual de Desenvolvimento Social, objetivando a liberação de recursos financeiros para a construção de um Centro Comunitário no Bairro Parque Itamarati.</t>
   </si>
   <si>
     <t>11428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11428/requerimento_120_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11428/requerimento_120_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a ponte da Estrada 6, ao final da Rua Santa Catarina.</t>
   </si>
   <si>
     <t>11429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11429/requerimento_121_75a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11429/requerimento_121_75a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o porquê os serviços de recapeamento só foram realizados em um único quarteirão da Rua Quintino Bocaiúva, no trecho da Av. Hermenegildo Lopes Pedroso até a Rua Siqueira Campos, faltando ainda o maior trecho que é da Avenida Hermenegildo Lopes Pedroso até o seu início na Av. Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>11439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11439/requerimento_122_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11439/requerimento_122_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhado ofício ao Deputado Estadual Sebastião dos Santos Filho, a liberação de uma academia ao ar livre no Parque Residencial Aliança.</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11440/requerimento_123_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11440/requerimento_123_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Senadora da República Mara Gabrilli a liberação de recursos no valor de R$ 200 mil reais, a serem alocados na área de saúde para implementação de várias ações com foco na prevenção e no combate ao Coronavírus.</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11441/requerimento_124_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11441/requerimento_124_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a liberação de kits de material esportivo para o município de Adamantina.</t>
   </si>
   <si>
     <t>11442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11442/requerimento_125_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11442/requerimento_125_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a elaboração de um projeto de lei complementar com o intuito de incluir os professores contratados na rede de assistência do IAMSPE.</t>
   </si>
   <si>
     <t>11443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11443/requerimento_126_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11443/requerimento_126_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual a liberação de recursos para aquisição de novos uniformes e instrumentos musicais para a Banda Marcial de Adamantina.</t>
   </si>
   <si>
     <t>11444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11444/requerimento_127_76aordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11444/requerimento_127_76aordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações da UNIFAI sobre a convocação de aprovados em processo seletivo e concurso público para funções de orientadores.</t>
   </si>
   <si>
     <t>11445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11445/requerimento_128_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11445/requerimento_128_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o afastamento cautelar de servidores municipais e como tem sido processado o resíduo sólido urbano recolhido pela coleta pública em Adamantina e depositado no pátio da Usina de Lixo local.</t>
   </si>
   <si>
     <t>11446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11446/requerimento_129_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11446/requerimento_129_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a quantidade total de papel sulfite A4 adquirido pela Prefeitura e UniFAI, nos anos de 2019 e 2020 (até 31 de maio último).</t>
   </si>
   <si>
     <t>11447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11447/requerimento_130_76a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11447/requerimento_130_76a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre ações continuadas de políticas públicas em saúde e meio ambiente, realizadas de forma direta pela Prefeitura no atendimento a animais errantes.</t>
   </si>
   <si>
     <t>11479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11479/requerimento_131_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11479/requerimento_131_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informar o total de máscaras em tecido reutilizáveis que foram distribuídas à população de Adamantina.</t>
   </si>
   <si>
     <t>11480</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11480/requerimento_132_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11480/requerimento_132_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a votação imediata da PEC nº 15/2015 e da PEC nº 65/2019, visando à inserção permanente do Fundeb na CF do Brasil, com o aumento no repasse de recursos da União ao fundo de 0,2% para 1,1%.</t>
   </si>
   <si>
     <t>11481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11481/requerimento_133_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11481/requerimento_133_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Dra. Mara Gabrilli, Senadora da República, a votação imediata da PEC nº 15/2015 e da PEC nº 65/2019, visando à inserção permanente do Fundeb na CF do Brasil, com o aumento no repasse de recursos da União ao fundo de 0,2% para 1,1%.</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
     <t>Solicita do Deputado Estadual Ed Thomas, incluir recursos no Orçamento do Estado para o ano de 2021, a serem alocados na pavimentação asfáltica da estrada vicinal Mariápolis/Caiabu, no trecho compreendido entre o município de Mariápolis e o Distrito de Iubatinga, município de Caiabu, correspondendo a uma extensão de apenas 14,7 km.</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11483/requerimento_135_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11483/requerimento_135_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a substituição das 02 atuais viaturas da Diretoria de Ensino de Adamantina por dois veículos em melhor estado de conservação.</t>
   </si>
   <si>
     <t>11484</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11484/requerimento_136_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11484/requerimento_136_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o escoamento de águas pluviais em vias “sem caída” no Residencial Santa Mônica, bem como informações da existência ou não de projeto da prefeitura para atendimento daquele bairro.</t>
   </si>
   <si>
     <t>11485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11485/requerimento_137_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11485/requerimento_137_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito ao lançamento de IPTU sobre loteamentos em execução, qual procedimento o município vem adotando atualmente.</t>
   </si>
   <si>
     <t>11486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11486/requerimento_138_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11486/requerimento_138_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre como está sendo realizado o procedimento de distribuição das alimentações da merenda escolar.</t>
   </si>
   <si>
     <t>11487</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11487/requerimento_139_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11487/requerimento_139_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito à lei que incluiu no Código Civil a figura do “Condomínio de Lotes”. A Secretaria de Planejamento tem estudado tal modalidade de parcelamento de solo?</t>
   </si>
   <si>
     <t>11488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11488/requerimento_140_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11488/requerimento_140_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a publicação de Decretos Municipais no site oficial da Prefeitura.</t>
   </si>
   <si>
     <t>11489</t>
   </si>
   <si>
     <t>ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11489/requerimento_141_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11489/requerimento_141_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam cópia integral dos empenhos 3194/2020 e 3195/2020, bem como de todo processo licitatório nº 17/2020.</t>
   </si>
   <si>
     <t>11490</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11490/requerimento_142_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11490/requerimento_142_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações no que diz respeito à retomada de fornecimento de pães no café da manhã aos servidores dos setores operacionais dos setores de obras e de agricultura do município.</t>
   </si>
   <si>
     <t>11491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11491/requerimento_143_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11491/requerimento_143_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quando serão retomados os serviços de poda de árvores do convênio firmado entre a Prefeitura e a Energisa S/A, informando os bairros escolhidos para integrarem o projeto?</t>
   </si>
   <si>
     <t>11492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11492/requerimento_144_77a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11492/requerimento_144_77a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato, a inclusão de emenda no valor de R$ 200 mil, para construção de uma quadra de apoio junto ao nosso Ginásio de Esportes Paulo Camargo.</t>
   </si>
   <si>
     <t>11580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11580/requerimento_145_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11580/requerimento_145_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. Dr. Paulo Sérgio da Silva, Magnífico Reitor da UNIFAI, que estenda para os meses de julho e agosto o desconto de 20% sobre as mensalidades em razão da pandemia do COVID-19.</t>
   </si>
   <si>
     <t>11581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11581/requerimento_146_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11581/requerimento_146_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato incluir recursos ao nosso município para o ano de 2021, para a construção de um Centro Comunitário no Residencial Califórnia Park.</t>
   </si>
   <si>
     <t>11582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11582/requerimento_147_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11582/requerimento_147_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, incluir recursos ao nosso município no valor de R$ 250.000,00, para construção de um campo de malha e bocha ao lado do Ginásio de Esportes Paulo Camargo.</t>
   </si>
   <si>
     <t>11583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11583/requerimento_148_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11583/requerimento_148_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, apresentar emenda no valor de R$270.000,00 para aquisição de um micro-ônibus escolar adaptado (plataforma) destinado à APAE de Adamantina.</t>
   </si>
   <si>
     <t>11584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11584/requerimento_149_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11584/requerimento_149_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações em relação ao retorno das aulas presenciais para os alunos da rede municipal de educação.</t>
   </si>
   <si>
     <t>11585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11585/requerimento_150_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11585/requerimento_150_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os cargos de Enfermeiro e de Enfermeiro – ESF, efetivos e temporários.</t>
   </si>
   <si>
     <t>11586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11586/requerimento_151_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11586/requerimento_151_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as recentes manutenções realizadas pela Energisa em nosso município.</t>
   </si>
   <si>
     <t>11587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11587/requerimento_152_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11587/requerimento_152_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cursos e turmas que estão realizando estágio mesmo nestes meses de pandemia (de março até hoje)?</t>
   </si>
   <si>
     <t>11588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11588/requerimento_153_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11588/requerimento_153_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o poder de renegociação contratual da UNIFAI neste momento de recessão financeira.</t>
   </si>
   <si>
     <t>11589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11589/requerimento_154_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11589/requerimento_154_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as pessoas em situação de rua, trecheros e moradores de rua e quais tem sido as ações tomadas pela Secretaria Municipal de Assistência Social?</t>
   </si>
   <si>
     <t>11590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11590/requerimento_155_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11590/requerimento_155_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a falta do medicamento “Citalopram” na farmácia do Posto de Saúde.</t>
   </si>
   <si>
     <t>11591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11591/requerimento_156_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11591/requerimento_156_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a adoção da sinalização viária no novo trecho de prolongamento da Avenida da Saudade.</t>
   </si>
   <si>
     <t>11592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11592/requerimento_157_78a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11592/requerimento_157_78a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a falta de medicamento Bupropiona 150mg, para distribuição pública na farmácia do Centro de Saúde.</t>
   </si>
   <si>
     <t>11597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11597/requerimento_158_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11597/requerimento_158_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os alunos matriculados em cada curso da UNIFAI, apurada ao final do primeiro semestre letivo de 2020.</t>
   </si>
   <si>
     <t>11598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11598/requerimento_159_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11598/requerimento_159_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Concessionária EIXO SP, que sejam promovidas medidas de segurança viária mediante a adoção de bloqueio físico à passagem irregular de veículos por canteiro de vegetação e acesso clandestino à Rodovia Comandante João Ribeiro de Barros (SP-294), no trecho entre os km 592 e 593.</t>
   </si>
   <si>
     <t>11599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11599/requerimento_160_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11599/requerimento_160_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Márcio da Farmácia, para que, no cronograma de expansão do Poupatempo, seja priorizada já para a etapa inicial a cidade de Adamantina.</t>
   </si>
   <si>
     <t>11600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11600/requerimento_161_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11600/requerimento_161_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Presidente da Assembleia Legislativa do Estado de São Paulo, Deputado Cauê Macris, para que no cronograma de expansão do Poupatempo, seja priorizada já para a etapa inicial a cidade de Adamantina.</t>
   </si>
   <si>
     <t>11601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11601/requerimento_162_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11601/requerimento_162_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Excelentíssimo Senhor Governador do Estado de  São Paulo, João Dória, para que, no cronograma de expansão do Poupatempo, seja priorizada já para a etapa inicial a cidade de Adamantina.</t>
   </si>
   <si>
     <t>11602</t>
   </si>
   <si>
     <t>ACACIO ROCHA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11602/requerimento_163_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11602/requerimento_163_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Concessionária EIXO SP, informações acerca da localização final da (s) futura (s) passarela (s) que será (ão) construída (s) no trecho da Rodovia Comandante João Ribeiro de Barros (SP-294).</t>
   </si>
   <si>
     <t>11603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11603/requerimento_165_79a_ordinaria.docx</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11603/requerimento_165_79a_ordinaria.docx</t>
   </si>
   <si>
     <t>Solicita ao Capitão Augusto, Deputado Federal, a possibilidade da liberação de recursos financeiros visando à construção de um Ginásio Poliesportivo - Modelo I, na área onde está localizado o “Campo do Marroco”, na Vila Joaquina.</t>
   </si>
   <si>
     <t>11604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11604/requerimento_165_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11604/requerimento_165_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Cauê Macris reverter a absurda e insensata decisão do senhor João Doria, que tenciona extinguir a CDHU.</t>
   </si>
   <si>
     <t>11605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11605/requerimento_166_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11605/requerimento_166_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao deputado estadual Cauê Macris, com vistas a sensibilizar o senhor João Doria, Governador do Estado, sobre a necessidade de reestrutura e melhorar os serviços prestados pelo IAMSPE.</t>
   </si>
   <si>
     <t>11606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11606/requerimento_167_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11606/requerimento_167_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as 11 unidades habitacionais da CDHU construídas no Bairro Mario Covas.</t>
   </si>
   <si>
     <t>11607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11607/requerimento_168_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11607/requerimento_168_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a normatização/regulamentação para a autorização e fiscalização de outdoors a instalados no município.</t>
   </si>
   <si>
     <t>11608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11608/requerimento_169_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11608/requerimento_169_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretária Municipal de Fiscalização se eles têm conseguido identificar e notificar responsáveis por queimadas em nosso município.</t>
   </si>
   <si>
     <t>11609</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11609/requerimento_170_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11609/requerimento_170_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre quais são as especialidades médicas que estão sendo atendidas no CIS e o horário de atendimento à população.</t>
   </si>
   <si>
     <t>11610</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11610/requerimento_171_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11610/requerimento_171_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Deputada Estadual Letícia Aguiar a destinação de uma ambulância UTI móvel totalmente equipada para o transporte de pacientes em estado grave para outros centros médicos como Marília, Bauru, São José do Rio Preto, Jaú, Campinas e São Paulo.</t>
   </si>
   <si>
     <t>11611</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11611/requerimento_172_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11611/requerimento_172_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Dr. Aildo Rodrigues Ferreira, Secretário Estadual de Esporte, Lazer e Juventude, a liberação de recursos ou os equipamentos para instalação de três parques infantis: Parque Caldeira, Lagoa Seca e Jardim das Primaveras.</t>
   </si>
   <si>
     <t>11612</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11612/requerimento_173_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11612/requerimento_173_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Reinaldo Alguz, a liberação de um veículo zero quilômetro ou seminovo para ser repassado ao GAMI.</t>
   </si>
   <si>
     <t>11613</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11613/requerimento_174_79a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11613/requerimento_174_79a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Reinaldo Alguz, apresentar emenda parlamentar impositiva ao orçamento de 2021 no valor de R$ 100.000,00, para a construção de uma piscina térmica devidamente equipada para a APAE de Adamantina.</t>
   </si>
   <si>
     <t>11649</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11649/requerimento_175_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11649/requerimento_175_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as escrituras, termos de doações, termos de compromisso, descritivo dos encargos e outros documentos firmados pela CDHU e o Município de Adamantina.</t>
   </si>
   <si>
     <t>11650</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11650/requerimento_176_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11650/requerimento_176_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os documentos da parte requerente acerca do “Cine Drive-in”, bem como das competentes autorizações, alvarás e outros documentos relacionados ao evento.</t>
   </si>
   <si>
     <t>11651</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11651/requerimento_177_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11651/requerimento_177_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os estudantes de graduação matriculados no 1º semestre letivo de 2020, selecionados e inscritos como bolsistas na modalidade de iniciação à docência, pelo PIBID.</t>
   </si>
   <si>
     <t>11652</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11652/requerimento_178_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11652/requerimento_178_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Senadora da República Mara Gabrilli, a inclusão de Emenda no valor de R$ 500 mil reais, a serem alocados em obras de infraestrutura urbana.</t>
   </si>
   <si>
     <t>11653</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11653/requerimento_179_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11653/requerimento_179_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os contêineres adquiridos pela UNIFAI.</t>
   </si>
   <si>
     <t>11654</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11654/requerimento_180_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11654/requerimento_180_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a inclusão de uma Emenda para o ano de 2021 no valor de R$ 200 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas no PAI Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>11655</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11655/requerimento_181_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11655/requerimento_181_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senador Dr. José Serra, a inclusão de uma Emenda para o ano de 2021 no valor de R$ 200 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas no PAI Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>11656</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11656/requerimento_182_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11656/requerimento_182_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Arlindo Clinaglia, Deputado Federal, a inclusão de uma Emenda para o ano de 2021 no valor de R$ 100 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas no PAI Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>11657</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11657/requerimento_183_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11657/requerimento_183_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Miguel Lombardi, Deputado Federal, a inclusão de uma Emenda para o ano de 2021 no valor de R$ 100 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas pelo Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>11658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11658/requerimento_184_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11658/requerimento_184_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senador Major Olímpio, a inclusão de uma Emenda no valor de R$ 200 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas pelo Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>11659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11659/requerimento_185_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11659/requerimento_185_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Ed Thomas, singular Deputado Estadual, solicitando sua interferência junto ao Major Olímpio, dedicado Senador da República, visando à inclusão de uma Emenda ao Orçamento da União para o ano de 2021, via Prefeitura Municipal de Adamantina, no valor de R$ 200 mil, a serem alocados no custeio e manutenção das atividades desenvolvidas pelo Lar dos Velhos de Adamantina, exemplar entidade assistencial do nosso município, sem fins lucrativos e que presta relevantes serviços à nossa comunidade.</t>
   </si>
   <si>
     <t>11660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11660/requerimento_186_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11660/requerimento_186_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a pista de skate no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11661/requerimento_187_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11661/requerimento_187_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a apresentação de um projeto de lei, objetivando declarar de utilidade pública a Organização Não Governamental Apelos e Patas de Adamantina.</t>
   </si>
   <si>
     <t>11662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11662/requerimento_188_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11662/requerimento_188_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Enrico Misasi, a inclusão de uma Emenda para o ano de 2021 no valor de R$ 50 mil reais, a serem destinados ao IAMA – Instituto de Assistência ao Menor de Adamantina.</t>
   </si>
   <si>
     <t>11663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11663/requerimento_189_80a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11663/requerimento_189_80a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os ares-condicionados, cadeira odontológica e servidores da Unidade de Saúde do Jardim Brasil.</t>
   </si>
   <si>
     <t>11729</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11729/requerimento_190_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11729/requerimento_190_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja convocado o Reitor da UNIFAI, em sede de sessão extraordinária, com o objetivo prestar à Câmara Municipal, bem como à população Adamantinense, assuntos relevantes.</t>
   </si>
   <si>
     <t>11730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11730/requerimento_191_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11730/requerimento_191_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>191/2020	Solicitam informações sobre a retomada do pagamento de insalubridade aos Agentes de Saúde da Prefeitura.</t>
   </si>
   <si>
     <t>11731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11731/requerimento_192_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11731/requerimento_192_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato, a inclusão de Emenda no valor de R$ 300 mil reais, para obras de infraestrutura urbana.</t>
   </si>
   <si>
     <t>11732</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11732/requerimento_193_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11732/requerimento_193_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Reinaldo Alguz, a liberação de recursos financeiros para serem alocados na compra de 02 (duas) lombadas eletrônicas a serem instaladas na Av. Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>11733</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11733/requerimento_194_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11733/requerimento_194_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a inclusão de uma Emenda no valor de R$ 380 mil, a serem alocados na construção de uma piscina coberta e aquecida na sede da APAE.</t>
   </si>
   <si>
     <t>11734</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11734/requerimento_195_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11734/requerimento_195_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Major Olímpio, Senador da República, a inclusão de uma Emenda no valor de R$ 500 mil, a serem alocados no custeio e manutenção da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>11735</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11735/requerimento_196_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11735/requerimento_196_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Ed Thomas, Deputado Estadual, a inclusão de uma Emenda no valor de R$ 500 mil, a serem alocados no custeio e manutenção da Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>11736</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11736/requerimento_197_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11736/requerimento_197_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Francisco Everardo Oliveira Silva (Tiririca), Deputado Federal, a inclusão de uma Emenda no valor de R$500 mil a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica).</t>
   </si>
   <si>
     <t>11737</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11737/requerimento_198_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11737/requerimento_198_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual a liberação de recursos financeiros para a construção de um Centro Comunitário no Bairro Parque Itamarati no ano de 2021.</t>
   </si>
   <si>
     <t>11738</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11738/requerimento_199_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11738/requerimento_199_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a liberação de recursos financeiros destinados à construção de uma creche que atenda à população da Vila Jamil de Lima no ano de 2021, dentro do “Projeto Juntos pela Escola”.</t>
   </si>
   <si>
     <t>11739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11739/requerimento_200_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11739/requerimento_200_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a peça orçamentaria para o ano de 2021, em relação às subvenções e repasses às instituições de Adamantina pertencentes ao terceiro setor para despesas de custeio e manutenção a serem contraídas no próximo ano.</t>
   </si>
   <si>
     <t>11740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11740/requerimento_201_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11740/requerimento_201_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais providências a zeladoria do Cemitério vem tomando em relação ao lixo.</t>
   </si>
   <si>
     <t>11741</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11741/requerimento_202_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11741/requerimento_202_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o barracão de madeira construído quando da construção do Conjunto Habitacional Bandeirantes.</t>
   </si>
   <si>
     <t>11742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11742/requerimento_203_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11742/requerimento_203_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações em relação à rejeição das contas da UNIFAI, exercício 2018.</t>
   </si>
   <si>
     <t>11743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11743/requerimento_204_81a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11743/requerimento_204_81a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais providências que a Prefeitura pretende tomar quanto ao grande volume de águas fluviais que descem da área construída do Campus II da UNIFAI, atingindo a via marginal Antônio Barberato, provocando erosão e destruindo os passeios públicos e asfalto?</t>
   </si>
   <si>
     <t>11748</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11748/requerimento_205_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11748/requerimento_205_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato incluir recursos financeiros para 2021, a serem alocados na pavimentação asfáltica da Estrada 14 de Adamantina.</t>
   </si>
   <si>
     <t>11749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11749/requerimento_206_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11749/requerimento_206_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Estadual Mauro Bragato incluir recursos para 2021, a serem alocados na pavimentação asfáltica da estrada vicinal Mariápolis/Caiabu, no trecho compreendido entre o município de Mariápolis e o Distrito de Iubatinga, município de Caiabu.</t>
   </si>
   <si>
     <t>11750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11750/requerimento_207_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11750/requerimento_207_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre quais critérios serão utilizados para a destinação dos imóveis do Conjunto Mário Covas recentemente recebidos pelo Município.</t>
   </si>
   <si>
     <t>11751</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11751/requerimento_208_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11751/requerimento_208_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita diversas informações à Sabesp.</t>
   </si>
   <si>
     <t>11752</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11752/requerimento_209_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11752/requerimento_209_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações junto à UNIFAI, sobre documentos e informações a respeito do funcionamento da instituição e dos setores em que os servidores realizarão revezamento a partir desta segunda feira 05/10.</t>
   </si>
   <si>
     <t>11753</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11753/requerimento_210_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11753/requerimento_210_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Convida o Reitor da UNIFAI, para reunião ou sessão nesta Casa de Leis, a fim de prestar diversos esclarecimentos.</t>
   </si>
   <si>
     <t>11754</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11754/requerimento_211_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11754/requerimento_211_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações da Sabesp a respeito da falta de água ocorrida na cidade nos últimos dias.</t>
   </si>
   <si>
     <t>11755</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11755/requerimento_212_82a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11755/requerimento_212_82a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: a Prefeitura possui Plano Municipal de Saneamento Básico e Plano Municipal de Resíduos Sólidos?</t>
   </si>
   <si>
     <t>11799</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11799/requerimento_213_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11799/requerimento_213_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Enrico Misasi, a inclusão de uma emenda no valor de R$ 500 mil reais, a serem alocados em obras de infraestrutura urbana (recapeamento e pavimentação asfáltica, construções de pequenas pontes, etc.).</t>
   </si>
   <si>
     <t>11800</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11800/requerimento_214_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11800/requerimento_214_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Deputado Federal Ricardo Izar, a inclusão de emenda no valor de R$ 200 mil reais, a serem alocados na compra de medicamentos e equipamentos da Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>11801</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11801/requerimento_215_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11801/requerimento_215_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações à Concessionária Eixo - SP, se está inclusa na concessão as obras da Rodovia Plácido Rocha, que liga Adamantina a Valparaíso.</t>
   </si>
   <si>
     <t>11802</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11802/requerimento_216_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11802/requerimento_216_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a liberação de recursos financeiros para a instalação de uma Academia ao Ar Livre no Residencial Parque Morada do Sol.</t>
   </si>
   <si>
     <t>11803</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11803/requerimento_217_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11803/requerimento_217_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Dr. Luiz Carlos Motta, a inclusão de uma Emenda no valor de R$ 150 mil ao OSC - Lar Cristão de Adamantina, tendo como prioridade a execução de obras de reforma e adequação em várias salas e pavimentos do prédio.</t>
   </si>
   <si>
     <t>11804</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11804/requerimento_218_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11804/requerimento_218_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Dr. Luiz Carlos Motta, a inclusão de uma Emenda no valor de R$ 100 mil para a Casa do Garoto, tendo como prioridade a contratação de recursos humanos e aquisição de material de consumo.</t>
   </si>
   <si>
     <t>11805</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11805/requerimento_219_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11805/requerimento_219_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, sobre a necessidade urgente de o governo estadual assumir a sua responsabilidade com a contrapartida de contribuição ao IAMSPE.</t>
   </si>
   <si>
     <t>11806</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11806/requerimento_220_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11806/requerimento_220_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca das operações de crédito contraídas junto à Agência Desenvolve SP, para aquisição de maquinário e obras de revitalização do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>11807</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11807/requerimento_221_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11807/requerimento_221_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita cópia dos relatórios de execução física e financeira sob responsabilidade do Município de Adamantina e UniFAI, acerca das ações previstas em âmbito local, no convênio do Programa Euroclima+.</t>
   </si>
   <si>
     <t>11808</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11808/requerimento_222_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11808/requerimento_222_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre como se encontra, em âmbito local, a execução da Lei Aldir Blanc, no que se refere ao seu artigo 2º.</t>
   </si>
   <si>
     <t>11809</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11809/requerimento_223_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11809/requerimento_223_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o número de novos cadastros de inscrição municipal de pessoa jurídica (novas empresas) e número de baixas (encerramento) no exercício de 2019, bem como no período de janeiro setembro de 2020.</t>
   </si>
   <si>
     <t>11810</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11810/requerimento_224_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11810/requerimento_224_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Presidência da Câmara, seja elaborado ofício à Administração da Santa Casa de Misericórdia de Adamantina, solicitando informações sobre sua atual situação.</t>
   </si>
   <si>
     <t>11811</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11811/requerimento_225_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11811/requerimento_225_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam da Mesa da Câmara, que oficiem a Vivo Participações S.A., objetivando informações e providências a respeito da instabilidade nas ligações telefônicas em Adamantina e região.</t>
   </si>
   <si>
     <t>11812</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11812/requerimento_226_83a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11812/requerimento_226_83a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Enrico Misasi, a inclusão de uma emenda para serem alocados em obras de infraestrutura urbana (asfaltamento) no prolongamento da Av. Francisco Bellusci, extensão do Distrito Industrial Otávio Gavazzi.</t>
   </si>
   <si>
     <t>11847</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11847/requerimento_227_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11847/requerimento_227_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, objetivando a elaboração de uma lei estadual permitindo o pagamento do IPVA em cartões de débito e crédito.</t>
   </si>
   <si>
     <t>11848</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11848/requerimento_228_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11848/requerimento_228_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre quais são as especialidades médicas que estão sendo atendidas no CIS e quais médicos prestam atendimento?</t>
   </si>
   <si>
     <t>11849</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11849/requerimento_229_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11849/requerimento_229_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam à Senadora Mara Gabrilli a inclusão de uma Emenda no valor de R$120.000,00 à APAE de Adamantina, para compra de equipamentos.</t>
   </si>
   <si>
     <t>11850</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11850/requerimento_230_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11850/requerimento_230_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Enrico Misasi, a inclusão de uma emenda no valor de R$ 500 mil reais, a serem alocados em obras de infraestrutura na represa do Córrego Itaipus, para que o local seja transformado em um Balneário Municipal.</t>
   </si>
   <si>
     <t>11851</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11851/requerimento_231_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11851/requerimento_231_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações quanto à forma de distribuição e o sorteio das 11 unidades habitacionais construídas no Mário Covas.</t>
   </si>
   <si>
     <t>11852</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11852/requerimento_232_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11852/requerimento_232_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações do final da Rua José Cardim (Jardim Bela Vista), onde a via junto às bocas-de-lobo estão nitidamente desmoronando e quais providências devem ser tomadas.</t>
   </si>
   <si>
     <t>11853</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11853/requerimento_233_84a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11853/requerimento_233_84a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre o acompanhamento e a fiscalização da infraestrutura das casas dos conjuntos habitacionais “Adamantina O” e “Adamantina N”, se é a Prefeitura que faz ou tal tarefa incumbe somente a Caixa Federal.</t>
   </si>
   <si>
     <t>11890</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11890/requerimento_234_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11890/requerimento_234_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhado ofício à Policial Kátia Sastre, Deputada Federal, objetivando a inclusão de uma Emenda no valor de R$ 100 mil, para custeio e manutenção das atividades desenvolvidas pela Rede de Combate ao Câncer de Adamantina.</t>
   </si>
   <si>
     <t>11891</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11891/requerimento_235_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11891/requerimento_235_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a elaboração de um projeto de lei complementar com o intuito de estender aos professores contratados pela Lei Complementar nº 1.093, de 16/07/2009 (Categoria “O”) os mesmos benefícios concedidos aos docentes admitidos em caráter temporário.</t>
   </si>
   <si>
     <t>11892</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11892/requerimento_236_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11892/requerimento_236_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Prof. André do Prado, a elaboração de um projeto de lei complementar com o intuito de incluir os professores contratados (Categoria “O”), na rede de assistência do IAMSPE.</t>
   </si>
   <si>
     <t>11893</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11893/requerimento_237_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11893/requerimento_237_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Senhor Eder do Nascimento Ruete, Presidente da Câmara Municipal, que seja elaborado ofício convidando o Frei Mateus Alves, administrador da Santa Casa e o Senhor Leonardo Munhoz, provedor da Santa Casa para uma reunião com o legislativo adamantinense objetivando esclarecimentos sobre todas as notícias que estão sendo propaladas envolvendo a suposta transferência de todo o patrimônio da Santa Casa local à Associação Lar São Francisco de Assis.</t>
   </si>
   <si>
     <t>11894</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11894/requerimento_238_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11894/requerimento_238_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações da UNIFAI sobre o ato da matrícula.</t>
   </si>
   <si>
     <t>11895</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11895/requerimento_239_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11895/requerimento_239_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a demanda dos moradores e comerciantes sobre melhorias e revisões de trânsito nas Avenidas Bráulio Molina Frias, Vitório Romanini e na Rua Benedito Lemes de Souza (mão única).</t>
   </si>
   <si>
     <t>11896</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11896/requerimento_240_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11896/requerimento_240_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Senadora Mara Gabrilli, a inclusão de uma Emenda no valor de R$ 300 mil reais, a serem alocados em obras de infraestrutura na represa do Córrego Itaipus, para que o local seja transformado em um Balneário Municipal.</t>
   </si>
   <si>
     <t>11897</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11897/requerimento_241_85a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11897/requerimento_241_85a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Saúde planos de elaborar algumas ações, no sentido de distribuir à população kits com os medicamentos Hidroxicloroquina e Ivermectina para o tratamento dos casos positivos do COVID-19 em nossa cidade.</t>
   </si>
   <si>
     <t>11949</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11949/requerimento_242_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11949/requerimento_242_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações no que diz respeito aos pontos de alagamento da Av. Deputado Cunha Bueno (defronte ao ACREA), da Al. Expedicionários (entre a Av. Santo Antônio e a Rua Euclides da cunha), objetivando o estudo para a tentativa de captação de recursos financeiros.</t>
   </si>
   <si>
     <t>11950</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ALCIO IKEDA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11950/requerimento_243_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11950/requerimento_243_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre mudança de referência dos Auxiliares de Desenvolvimento Infantil do Município.</t>
   </si>
   <si>
     <t>11951</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11951/requerimento_244_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11951/requerimento_244_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Dimas Mecca Sampaio, a inclusão de uma emenda no valor de R$ 50.000,00, para compra de equipamentos para iluminação do campo de futebol society do bairro Jardim das Alamandas.</t>
   </si>
   <si>
     <t>11952</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11952/requerimento_245_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11952/requerimento_245_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre projeto para construção do Balneário Municipal na antiga represa Taipus.</t>
   </si>
   <si>
     <t>11953</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11953/requerimento_246_86a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11953/requerimento_246_86a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita encaminhar a esta Casa Contrato de Concessão de Serviços entre a Prefeitura e a Luz Forte Iluminação e Serviços Eirele.</t>
   </si>
   <si>
     <t>11975</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11975/requerimento_247_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11975/requerimento_247_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Mauro Bragato recursos financeiros no valor de R$ 120.000,00, que será destinada à APAE de Adamantina, para custeio e compra de equipamentos.</t>
   </si>
   <si>
     <t>11976</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11976/requerimento_248_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11976/requerimento_248_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os exames de ultrassonografia realizados pelo SUS.</t>
   </si>
   <si>
     <t>11977</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11977/requerimento_249_87a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11977/requerimento_249_87a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade de o município promover uma negociação com as empresas que utilizam dos box do terminal rodoviário no que diz respeito às tarifas de aluguel, água e/ou energia.</t>
   </si>
   <si>
     <t>11298</t>
   </si>
   <si>
     <t>REQUR</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11298/requerimento_de_urgencia_especial_001.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11298/requerimento_de_urgencia_especial_001.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS à Mesa, regimentalmente, ouvido o Plenário, conforme art. 180, inciso IV, alínea “b” do Regimento Interno da Câmara Municipal de Adamantina, seja apreciado na pauta dos trabalhos da presente ORDEM DO DIA, em regime de urgência urgentíssima o Projeto de Lei nº 024/2020 – PM – que “Dispõe sobre a aprovação da abertura de crédito extraordinário no orçamento da Prefeitura do Município de Adamantina no valor de R$ 1.485.072,02 (um milhão, quatrocentos e oitenta e cinco mil, setenta e dois reais e dois centavos) para atender as despesas que se fizerem necessárias para prevenir, combater e erradicar o Coronavírus”</t>
   </si>
   <si>
     <t>11356</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11356/veto_01.2020.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11356/veto_01.2020.pdf</t>
   </si>
   <si>
     <t>Veto integral ao Projeto de Lei nº 022/2020, de autoria dos Vereadores Alcio Roberto Ikeda Júnior, Acácio Rocha Perez Guerrero, Eder do Nascimento Ruete, Paulo César Cervelheira de Oliveira, João Davoli e Hélio José dos Santos que “dispõe sobre a redução, a prorrogação e o parcelamento temporário dos valores das mensalidades da UNIFAI em decorrência da pandemia do COVID-19 e dá outras providências.”</t>
   </si>
   <si>
     <t>11365</t>
   </si>
   <si>
     <t>EMENS</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11365/emenda__supressiva_001_-_pl_032.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11365/emenda__supressiva_001_-_pl_032.pdf</t>
   </si>
   <si>
     <t>Suprime o Art. 7º, renumerando o artigo subsequente, do Projeto de Lei nº 032 de 04 de junho de 2020, de autoria do Prefeito do Município que autoriza o regular funcionamento dos estabelecimentos comerciais e prestadores de serviço no Município, em consonância com as normas aqui estabelecidas, enquanto durar a propagação da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11712</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11712/emenda_supressiva_002_-__pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11712/emenda_supressiva_002_-__pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso IX do artigo 34 do Projeto de Lei nº 047/2020, de 08 de setembro de 2020 de autoria do Prefeito do Município, que dispõe sobre atualização Código Municipal de Arborização, criado através da Lei nº 3.286, 27 de dezembro de 2007.</t>
   </si>
   <si>
     <t>11164</t>
   </si>
   <si>
     <t>EMENA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11164/emenda_aditiva_001_-_pl_017.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11164/emenda_aditiva_001_-_pl_017.pdf</t>
   </si>
   <si>
     <t>Insere os parágrafos 9º e 10 no artigo 4º do Projeto de Lei nº 017, de 02 de março de 2020, de autoria do Prefeito do Município.</t>
   </si>
   <si>
     <t>11363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11363/emenda_aditiva_002_-_pl_032.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11363/emenda_aditiva_002_-_pl_032.pdf</t>
   </si>
   <si>
     <t>Acrescenta o inciso XXVI ao Artigo 2º do Projeto de Lei Nº 032/2020, de 04 de junho de 2020, de autoria do Prefeito do Município, que autoriza o regular funcionamento dos estabelecimentos comerciais e prestadores de serviço no Município, em consonância com as normas aqui estabelecidas, enquanto durar a propagação da COVID-19 e dá outras providências.</t>
   </si>
   <si>
     <t>11711</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11711/emenda_aditiva_003_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11711/emenda_aditiva_003_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único no Artigo 34 e acrescenta redação ao caput do Artigo 58 do Projeto de Lei Nº 047/2020, de 08 de setembro de 2020 e autoria do Prefeito do Município que dispõe sobre atualização Código Municipal de Arborização, criado através da Lei nº 3.286, 27 de dezembro de 2007.</t>
   </si>
   <si>
     <t>11943</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11943/emenda__aditiva_004_-_pr_003-_regimento_interno.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11943/emenda__aditiva_004_-_pr_003-_regimento_interno.pdf</t>
   </si>
   <si>
     <t>Insere o inciso VI no Artigo 30 ao Projeto de Resolução nº 003/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12387,68 +12387,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10915/circular_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10916/circular_002_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11022/circular_003_37a_extra.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11023/circular_004_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11024/circular_005_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11089/circular_006_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11098/circular_007_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11157/circular_008_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11158/circular_009_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11159/circular_010_38a_extra_f3lYOgm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11185/circular_011_39a_extra.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11186/circular_012_-_40a_sessao_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11222/circular_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11251/circular_014_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11252/circular_015.20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11294/circular_016_-_73a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11295/circular_017_comissao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11333/circular_018_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11334/circular_019_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11335/circular_020_41a_extra.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11352/circular_021_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11353/circular_022_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11361/circular_023_42a_extra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11430/circular_024_76a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11435/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11436/circular_026_43a_extra.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11468/circular_027_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11469/circular_028_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11470/circular_029_-_44a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11493/circular_030_45a_extra.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11535/circular_031_-_78a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11536/circular_032_-_78a_comissoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11537/circular_033_-_46a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11594/circular_034_-_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11595/circular_035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11643/circular_036_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11644/circular_037_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11645/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11702/circular_039_48a_extra.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11703/circular_040_-_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11704/circular_041_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11705/circular_042_-_49a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11744/circular_043_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11745/circular_044_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11787/circular_045_-_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11788/circular_046_-_encaminha_projetos_lidos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11789/circular_047_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11841/circular_048_comissao_de_financas_-_parecer_tribunal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11842/circular_049_vereadores_-_parecer_tribunal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11843/circular_050_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11844/circular_051_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11886/digitalizar0004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11887/circular_053_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11905/circular_054_51a_extra.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11933/circular_055_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11944/circular_no_056.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11972/circular_057_-_leitura_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12002/circular_058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11099/emenda_modificativa_001_-_pl_009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11100/emenda_modificativa_002_-_pl_010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11101/emenda_modificativa_003_-_pl_011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11162/emenda_modificativa_004_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11163/emenda_modificativa_005_-_pl_018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11296/emenda_modificativa_006_-_pl_021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11297/emenda_modificativa_007_-_pl_022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11357/emenda_modificativa_008_-_plc_009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11362/emenda_modificativa_009_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11467/emenda_modificativa_010_-_pl_036.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11495/emenda_modificativa_011_-_pl_030.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11710/emenda_modificativa_012_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11937/emenda_modificativa_013_-_pl_056_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11938/emenda_modificativa_014_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11939/emenda_modificativa_015_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11940/emenda_modificativa_016_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11941/emenda_modificativa_017_-_pr_003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11942/emenda__moditicativa_018_-_pr_003_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12003/emenda_modificativa_019_-_pl_066_-_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11364/emenda__substitutiva_001_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11974/emenda_substitutiva_002_-_pl_061.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10917/indicacao_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10918/indicacao_002_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10919/indicacao_003_67a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10920/indicacao_004_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10921/indicacao_005_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10922/indicacao_006_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10923/indicacao_007_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10924/indicacao_008_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10925/indicacao_009_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10926/indicacao_010_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10927/indicacao_011_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10928/indicacao_012_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10929/indicacao_013_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10930/indicacao_014_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10931/indicacao_015_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10932/indicacao_016_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10933/indicacao_017_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10934/indicacao_018_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10935/indicacao_019_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10936/indicacao_020_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10937/indicacao_021_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10938/indicacao_022_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10939/indicacao_023_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10940/indicacao_024_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10941/indicacao_025_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10942/indicacao_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10943/indicacao_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10944/indicacao_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10945/indicacao_029_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10946/indicacao_030_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10947/indicacao_031_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10948/indicacao_032_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10949/indicacao_033_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10950/indicacao_034_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10951/indicacao_035_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10952/indicacao_036_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10953/indicacao_037_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10954/indicacao_038_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10955/indicacao_039_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10956/indicacao_040_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10957/indicacao_041_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10958/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10959/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10960/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10961/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10962/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10963/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10964/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10965/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10966/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10967/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10968/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10969/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10970/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10971/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10972/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10973/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10974/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11025/indicacao_059_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11026/indicacao_060_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11027/indicacao_061_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11028/indicacao_062_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11029/indicacao_063_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11030/indicacao_064_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11031/indicacao_065_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11032/indicacao_066_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11033/indicacao_067_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11034/indicacao_068_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11035/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11036/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11037/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11038/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11039/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11040/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11041/indicacao_075_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11042/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11043/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11044/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11045/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11046/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11047/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11048/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11049/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11050/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11051/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11052/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11053/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11054/indicacao_088_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11055/indicacao_089_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11056/indicacao_090_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11057/indicacao_091_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11058/indicacao_092_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11059/indicacao_093_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11060/indicacao_094_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11061/indicacao_095_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11062/indicacao_096_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11063/indicacao_097_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11064/indicacao_098_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11065/indicacao_099_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11066/indicacao_100_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11067/indicacao_101_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11120/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11121/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11122/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11123/indicacao_105_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11124/indicacao_106_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11125/indicacao_107_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11126/indicacao_108_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11127/indicacao_109_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11128/indicacao_110_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11129/indicacao_111_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11130/indicacao_112_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11131/indicacao_113_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11132/indicacao_114_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11133/indicacao_115_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11134/indicacao_116_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11135/indicacao_117_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11136/indicacao_118_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11137/indicacao_119_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11138/indicacao_120_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11139/indicacao_121_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11140/indicacao_122_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11141/indicacao_123_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11142/indicacao_124_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11143/indicacao_125_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11144/indicacao_126_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11145/indicacao_128_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11146/indicacao_128_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11147/indicacao_129_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11148/indicacao_130_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11149/indicacao_131_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11150/indicacao_132_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11151/indicacao_133_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11152/indicacao_134_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11153/indicacao_135_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11154/indicacao_136_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11155/indicacao_137_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11156/indicacao_138_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11187/indicacao_139_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11188/indicacao_140_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11189/indicacao_141_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11190/indicacao_142_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11191/indicacao_143_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11192/indicacao_144_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11193/indicacao_145_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11194/indicacao_146_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11195/indicacao_147_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11196/indicacao_148_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11197/indicacao_149_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11198/indicacao_150_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11199/indicacao_151_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11200/indicacao_152_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11201/indicacao_153_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11202/indicacao_154_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11203/indicacao_155_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11204/indicacao_156_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11205/indicacao_157_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11206/indicacao_158_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11207/indicacao_159_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11208/indicacao_160_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11209/indicacao_161_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11210/indicacao_162_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11211/indicacao_163_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11212/indicacao_164_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11213/indicacao_165_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11215/indicacao_167_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11216/indicacao_168_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11217/indicacao_169_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11218/indicacao_170_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11219/indicacao_171_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11220/indicacao_172_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11221/indicacao_173_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11231/indicacao_174_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11232/indicacao_175_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11233/indicacao_176_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11234/indicacao_177_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11235/indicacao_178_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11236/indicacao_179_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11237/indicacao_180_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11238/indicacao_181_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11239/indicacao_182_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11240/indicacao_183_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11241/indicacao_184_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11242/indicacao_185_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11243/indicacao_186_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11244/indicacao_187_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11245/indicacao_188_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11246/indicacao_189_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11247/indicacao_190_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11248/indicacao_191_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11249/indicacao_192_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11250/indicacao_193_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11253/indicacao_194_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11254/indicacao_195_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11255/indicacao_196_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11256/indicacao_197_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11257/indicacao_198_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11258/indicacao_199_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11260/indicacao_201_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11261/indicacao_202_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11262/indicacao_203_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11263/indicacao_204_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11264/indicacao_205_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11265/indicacao_206_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11266/indicacao_207_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11267/indicacao_208_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11268/indicacao_209_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11269/indicacao_210_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11270/indicacao_211_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11271/indicacao_212_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11272/indicacao_213_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11273/indicacao_214_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11305/indicacao_215_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11306/indicacao_216_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11307/indicacao_217_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11308/indicacao_218_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11309/indicacao_219_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11310/indicacao_220_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11311/indicacao_221_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11312/indicacao_222_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11313/indicacao_223_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11314/indicacao_224_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11315/indicacao_225_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11316/indicacao_226_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11317/indicacao_227_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11318/indicacao_228_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11319/indicacao_229_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11320/indicacao_230_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11321/indicacao_231_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11322/indicacao_232_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11323/indicacao_233_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11324/indicacao_234_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11325/indicacao_235_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11326/indicacao_236_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11327/indicacao_237_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11328/indicacao_238_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11329/indicacao_239_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11368/indicacao_241_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11369/indicacao_242_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11370/indicacao_243_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11371/indicacao_244_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11372/indicacao_245_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11373/indicacao_246_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11374/indicacao_247_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11375/indicacao_248_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11376/indicacao_249_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11377/indicacao_250_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11378/indicacao_251_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11379/indicacao_252_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11380/indicacao_253_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11381/indicacao_254_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11382/indicacao_255_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11383/indicacao_256_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11384/indicacao_257_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11385/indicacao_258_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11386/indicacao_259_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11387/indicacao_260_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11388/indicacao_261_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11389/indicacao_262_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11390/indicacao_263_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11391/indicacao_264_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11392/indicacao_265_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11393/indicacao_266_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11394/indicacao_267_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11395/indicacao_268_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11396/indicacao_269_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11397/indicacao_270_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11398/indicacao_271_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11399/indicacao_272_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11400/indicacao_273_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11401/indicacao_274_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11402/indicacao_275_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11403/indicacao_276_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11404/indicacao_277_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11405/indicacao_278_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11406/indicacao_279_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11407/indicacao_280_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11408/indicacao_281_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11409/indicacao_282_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11410/indicacao_283_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11411/indicacao_284_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11412/indicacao_285_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11413/indicacao_286_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11414/indicacao_287_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11415/indicacao_288_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11416/indicacao_289_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11417/indicacao_290_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11418/indicacao_291_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11419/indicacao_292_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11420/indicacao_293_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11421/indicacao_294_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11422/indicacao_295_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11448/indicacao_296_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11449/indicacao_297_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11450/indicacao_298_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11451/indicacao_299_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11452/indicacao_300_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11453/indicacao_301_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11454/indicacao_302_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11455/indicacao_303_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11456/indicacao_304_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11457/indicacao_305_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11458/indicacao_306_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11459/indicacao_307_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11460/indicacao_308_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11461/indicacao_309_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11462/indicacao_310_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11463/indicacao_311_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11464/indicacao_312_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11465/indicacao_313_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11466/indicacao_314_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11496/indicacao_315_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11497/indicacao_316_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11498/indicacao_317_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11499/indicacao_318_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11500/indicacao_319_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11501/indicacao_320_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11502/indicacao_321_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11503/indicacao_322_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11504/indicacao_323_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11505/indicacao_324_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11506/indicacao_325_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11507/indicacao_326_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11508/indicacao_327_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11509/indicacao_328_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11510/indicacao_329_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11511/indicacao_330_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11512/indicacao_331_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11513/indicacao_332_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11514/indicacao_333_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11515/indicacao_334_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11516/indicacao_335_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11517/indicacao_336_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11518/indicacao_337_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11519/indicacao_338_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11520/indicacao_339_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11521/indicacao_340_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11522/indicacao_341_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11523/indicacao_342_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11524/indicacao_343_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11525/indicacao_344_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11526/indicacao_345_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11527/indicacao_346_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11528/indicacao_347_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11529/indicacao_348_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11530/indicacao_349_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11531/indicacao_350_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11532/indicacao_351_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11533/indicacao_352_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11534/indicacao_353_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11542/indicacao_354_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11543/indicacao_355_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11544/indicacao_356_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11545/indicacao_357_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11546/indicacao_358_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11547/indicacao_359_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11548/indicacao_360_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11549/indicacao_361_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11550/indicacao_362_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11551/indicacao_363_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11552/indicacao_364_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11553/indicacao_365_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11554/indicacao_366_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11557/indicacao_368_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11558/indicacao_369_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11559/indicacao_370_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11560/indicacao_371_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11561/indicacao_372_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11562/indicacao_373_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11563/indicacao_374_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11564/indicacao_375_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11565/indicacao_376_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11566/indicacao_377_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11567/indicacao_378_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11568/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11569/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11570/indicacao_381_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11571/indicacao_382_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11572/indicacao_383_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11573/indicacao_384_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11614/indicacao_385_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11615/indicacao_386_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11616/indicacao_387_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11617/indicacao_388_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11618/indicacao_389_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11619/indicacao_390_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11620/indicacao_391_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11621/indicacao_392_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11622/indicacao_393_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11623/indicacao_394_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11624/indicacao_395_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11625/indicacao_396_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11626/indicacao_397_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11627/indicacao_398_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11628/indicacao_399_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11629/indicacao_400_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11630/indicacao_401_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11631/indicacao_402_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11632/indicacao_403_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11633/indicacao_404_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11634/indicacao_405_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11635/indicacao_406_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11636/indicacao_407_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11637/indicacao_408_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11638/indicacao_409_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11639/indicacao_410_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11640/indicacao_411_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11641/indicacao_412_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11642/indicacao_413_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11669/indicacao_414_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11670/indicacao_415_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11671/indicacao_416_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11672/indicacao_417_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11673/indicacao_418_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11674/indicacao_419_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11675/indicacao_420_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11676/indicacao_421_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11677/indicacao_422_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11678/indicacao_423_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11679/indicacao_424_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11680/indicacao_425_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11681/indicacao_426_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11682/indicacao_427_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11683/indicacao_428_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11684/indicacao_429_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11685/indicacao_430_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11686/indicacao_431_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11687/indicacao_432_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11688/indicacao_433_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11689/indicacao_434_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11690/indicacao_435_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11691/indicacao_436_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11692/indicacao_437_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11693/indicacao_438_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11694/indicacao_439_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11695/indicacao_440_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11696/indicacao_441_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11697/indicacao_442_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11698/indicacao_443_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11699/indicacao_444_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11700/indicacao_445_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11701/indicacao_446_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11713/indicacao_447_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11714/indicacao_448_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11715/indicacao_449_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11716/indicacao_450_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11717/indicacao_451_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11718/indicacao_452_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11719/indicacao_453_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11720/indicacao_454_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11721/indicacao_455_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11722/indicacao_456_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11723/indicacao_457_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11724/indicacao_458_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11758/indicacao_459_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11759/indicacao_460_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11760/indicacao_461_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11761/indicacao_462_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11762/indicacao_463_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11763/indicacao_464_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11764/indicacao_465_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11765/indicacao_466_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11766/indicacao_467_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11767/indicacao_468_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11768/indicacao_469_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11769/indicacao_470_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11770/indicacao_471_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11771/indicacao_472_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11772/indicacao_473_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11773/indicacao_474_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11774/indicacao_475_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11775/indicacao_476_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11776/indicacao_477_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11777/indicacao_478_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11778/indicacao_479_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11779/indicacao_480_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11780/indicacao_481_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11781/indicacao_482_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11782/indicacao_483_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11783/indicacao_484_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11784/indicacao_485_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11785/indicacao_486_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11813/indicacao_488_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11814/indicacao_489_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11815/indicacao_490_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11816/indicacao_491_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11817/indicacao_492_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11818/indicacao_493_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11819/indicacao_494_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11820/indicacao_495_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11821/indicacao_496_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11822/indicacao_497_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11823/indicacao_498_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11824/indicacao_499_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11825/indicacao_500_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11826/indicacao_501_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11827/indicacao_502_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11828/indicacao_503_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11829/indicacao_504_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11830/indicacao_505_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11831/indicacao_506_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11832/indicacao_507_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11833/indicacao_508_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11834/indicacao_509_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11835/indicacao_510_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11836/indicacao_511_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11837/indicacao_512_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11838/indicacao_513_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11839/indicacao_514_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11840/indicacao_515_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11857/indicacao_516_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11858/indicacao_517_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11859/indicacao_518_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11860/indicacao_519_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11861/indicacao_520_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11862/indicacao_521_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11863/indicacao_522_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11864/indicacao_523_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11865/indicacao_524_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11866/indicacao_525_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11867/indicacao_526_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11868/indicacao_527_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11869/indicacao_528_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11870/indicacao_529_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11871/indicacao_530_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11872/indicacao_531_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11873/indicacao_532_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11874/indicacao_533_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11875/indicacao_534_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11876/indicacao_535_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11877/indicacao_536_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11878/indicacao_537_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11879/indicacao_538_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11880/indicacao_539_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11881/indicacao_540_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11882/indicacao_541_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11883/indicacao_542_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11884/indicacao_543_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11885/indicacao_544_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11906/indicacao_545_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11907/indicacao_546_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11908/indicacao_547_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11909/indicacao_548_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11954/indicacao_549_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11955/indicacao_550_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11910/indicacao_551_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11911/indicacao_552_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11912/indicacao_553_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11913/indicacao_554_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11914/indicacao_555_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11915/indicacao_556_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11916/indicacao_557_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11917/indicacao_558_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11918/indicacao_559_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11919/indicacao_560_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11920/indicacao_561_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11921/indicacao_562_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11922/indicacao_563_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11923/indicacao_564_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11924/indicacao_565_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11925/indicacao_566_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11926/indicacao_567_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11927/indicacao_568_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11928/indicacao_569_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11929/indicacao_570_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11930/indicacao_571_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11931/indicacao_572_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11932/indicacao_573_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11956/indicacao_574_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11957/indicacao_575_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11958/indicacao_576_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11959/indicacao_577_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11960/indicacao_578_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11961/indicacao_579_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11962/indicacao_580_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11963/indicacao_581_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11964/indicacao_582_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11965/indicacao_583_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11966/indicacao_584_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11967/indicacao_585_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11968/indicacao_586_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11969/indicacao_587_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11970/indicacao_588_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11971/indicacao_589_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11982/indicacao_590_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11983/indicacao_591_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11984/indicacao_592_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11985/indicacao_593_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11986/indicacao_594_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11987/indicacao_595_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11988/indicacao_596_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11989/indicacao_597_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11990/indicacao_598_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11991/indicacao_599_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11992/indicacao_600_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11993/indicacao_601_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11994/indicacao_602_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11995/indicacao_603_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11996/indicacao_604_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11997/indicacao_605_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11998/indicacao_606_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11999/indicacao_607_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12000/indicacao_608_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11005/mocao_001_-_somos_nos_adamantina_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11006/mocao_002_-_kumon_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11007/mocao_003_-_daiane_mazarin_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11181/mocao_004_-_fabio_luiz_boldrini_spanholo_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11182/mocao_005_-_carla_ariane_minatel_almeida_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11283/mocao_006_-_santos__sakai_me_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11284/mocao_007_-_portage_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11285/mocao_008_-_paulo_bonini_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11286/mocao_009_-_tereza_vendramini_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11287/mocao_010_-_rotary_club_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11288/mocao_011_-_andre_luiz_ribeiro_herran_72a_sess_TSMVZCy.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11331/mocao_012_-_camda_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11332/mocao_013_-_cpp_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11349/mocao_014_-_rodrigo_batista_lopes_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11350/mocao_015_-_profissionais_da_saude_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11351/mocao_016_-_grupo_joia_de_comunicacao_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11423/mocao_017_-_julio_marcelo_romagnoli_-_major_75_Zst8J24.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11437/mocao_-_eder_bressan_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11438/mocao_019_-_grasiele_maria_amadio_e_gabriela_m_e86DW7J.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11474/mocao_020_-_mateus_barroso_sacoman_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11475/mocao_021_-_projeto_cultural_77a_ordinaria_Yg4I96q.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11476/mocao_022_-_unifai_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11477/mocao_023_-_estevao_zilioli_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11478/mocao_024_-_decio_dias_cesco_sabesp_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11574/mocao_025_-_barbara_camapum_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11575/mocao_026_-_padre_rui_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11576/mocao_027_-_escorpionismo_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11577/mocao_028_-_sueli_barbiero_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11578/mocao_029_-_leandro_proeste_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11579/mocao_030_-_ana_luiza_cordeiro_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11596/mocao_031_-_joao_carlos_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11646/mocao_032_-_guilherme_da_costa_ana_paula_moreira_e_renan_pedroso.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11647/mocao_033_-_mocao_de_apelo_pl_529.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11648/mocao_034_-_mocao_de_apelo_casa_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11725/mocao_035_-_instituto_educar_de_especialidades_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11726/mocao_036_-_queijos_monte_alegre_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11727/mocao_037_-_stillo_modas_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11728/mocao_038_-_grupo_patense.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11756/mocao_039_-_ecc_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11757/mocao_040_-_bispo_da_diocese_de_marilia_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11797/mocao_041_-_via_maso_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11798/mocao_042_-_s._s._desmonte_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11854/mocao_043_-_mega_sport_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11855/mocao_044_-_paulo_eduardo_gargantini_-_etec_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11856/mocao_045_-_aprovados_no_concurso_de_supervisor_de_ensino_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11889/mocao_047_-_eder_mazzini_bressan_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11945/mocao_048_-_marcelo_henrique_rocha_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11946/mocao_049_-_arthur_daniel_conceicao_martinez_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11947/mocao_050_-_katia_pelozo_lopes_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11948/mocao_051_-_pedro_bergamo_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11978/mocao_052_-_padre_rui_rodrigues_da_silva_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11979/mocao_053_-_profa._irmes_mary_roque_mattara_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11980/mocao_054_-_prof._dr._alfredo_peixoto_martins.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11981/mocao_055_-_fundacao_palmares_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11008/67a_ordinaria_-_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11009/aprovado_projeto_de_decreto_legislativo_002_-__6wXoxQk.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11935/pdl_003.2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11936/pdl_004.2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11846/projeto_de_emenda_a_loma_001.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11018/digitalizar0003.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11019/67a_ordinaria_-_plc_002.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11020/67a_ordinaria_-_plc_003.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11021/67a_ordinaria_-_plc_004.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11096/69a_ordinaria_-_plc_005.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11097/69a_ordinaria_-_plc_006.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11160/70a_ordinaria_-_plc_007.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11165/projeto_de_lei_complementar_008_m_019.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11339/74a_ordinaria_-_plc_009.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11473/77a_ordinaria_-_plc_010_m_037.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11541/78a_ordinaria_-_plc_011.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11796/plc_012_-_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11902/plc_013_-_m_062_85a_ordinaria0.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11010/67a_ordinaria_-_pl_001.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11011/67a_ordinaria_-_pl_002.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11012/67a_ordinaria_-_pl_003.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11013/67a_ordinaria_-_pl_004.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11014/67a_ordinaria_-_pl_005.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11015/67a_ordinaria_-_pl_006.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11016/67a_ordinaria_-_pl_007.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11017/67a_ordinaria_-_pl_008.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11086/pl_009_-_m_009_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11087/pl_010_-_m_010_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11088/pl_011_-_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11090/69a_ordinaria_-_pl_012.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11091/69a_ordinaria_-_pl_013.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11092/69a_ordinaria_-_pl_014.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11093/69a_ordinaria_-_pl_015.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11094/pl_016.2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11095/69a_ordinaria_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11161/70a_ordinaria_pl_018_-_m_018.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11183/pl_019_m_020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11184/40a_extraordinaria_-_pl_020_m_021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11289/72a_ordinaria_-_pl_021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11290/72a_ordinaria_-_pl_022.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11291/72a_ordinaria_-_pl_023.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11292/pl_024_-_credito_extraordinario_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11293/73a_ordinaria_-_pl_025_-_m_025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11336/74a_ordinaria_-_pl_026.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11337/74a_ordinaria_-_pl_027.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11338/74a_ordinaria_-_pl_028.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11354/75a_ordinaria_-_pl_029_m_029.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11355/75a_ordinaria_-_pl_030_m_030.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11358/75a_ordinaria_-_pl_031_m_031.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11359/75a_ordinaria_-_pl_032_m_032.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11360/75a_ordinaria_-_pl_033_alcio_e_acacio.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11431/76a_ordinaria_-_pl_034_m_033.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11432/76a_ordinaria_-_pl_035_m_034.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11433/76a_ordinaria_-_pl_036_m_035.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11471/77a_ordinaria_-_pl_037_m_036.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11472/44a_extra_-_pl_038_m_038.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11494/45a_extra_-_pl_039_m_039.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11538/78a_ordinaria_-_pl_040.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11539/78a_ordinaria_-_pl_041.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11540/78a_ordinaria_-_pl_042.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11593/projeto_de_lei_043_-_m_043_leitura_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11664/80a_ordinaria_-_projeto_de_lei_044.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11665/80a_ordinaria_-_projeto_de_lei_045.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11666/80a_ordinaria_-_projeto_de_lei_046_m_044.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11667/80a_ordinaria_-_projeto_de_lei_047_m_045.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11706/81a_ordinaria_-_projeto_de_lei_048_m_047.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11707/81a_ordinaria_-_projeto_de_lei_049_m_048.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11708/81a_ordinaria_-_projeto_de_lei_050_m_049.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11709/81a_ordinaria_-_projeto_de_lei_051_m_050.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11746/pl_052_-_m_052_leitura_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11747/pl_053_-_m_051_leitura_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11790/pl_054_-_m_053_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11791/pl_055_-_m_046_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11792/pl_056_-_m_054_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11793/pl_057_-_m_055_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11794/pl_058_-_m_056_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11795/pl_059_-_m_059_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11845/pl_060_-_m_058_leitura_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11898/85a_ordinaria_-_pl_061_-_m_059.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11899/pl_062_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11900/pl_063_-_m_060_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11901/pl_064_-_m_061_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11973/pl_065_-_m_063_leitura_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12001/pl_066_-_m_064.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11434/76a_ordinaria_-_pr_001_comissao_especial_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11668/80a_ordinaria_-_projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11903/pr_003_-_anotado_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10975/requerimento_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10976/requerimento_002_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10977/requerimento_003_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10978/requerimento_004_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10979/requerimento_005_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10980/requerimento_006_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10981/requerimento_007_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10982/requerimento_008_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10983/requerimento_009_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10984/requerimento_010_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10985/requerimento_011_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10986/requerimento_012_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10987/requerimento_013_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10988/requerimento_014_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10989/requerimento_015_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10990/requerimento_016_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10991/requerimento_017_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10992/requerimento_018_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10993/requerimento_019_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10994/requerimento_020_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10995/requerimento_021_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10996/requerimento_022_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10997/requerimento_023_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10998/requerimento_024_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10999/requerimento_025_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11000/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11001/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11002/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11003/requerimento_029_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11004/requerimento_030_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11068/requerimento_031_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11069/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11070/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11071/requerimento_034_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11072/requerimento_035_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11073/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11074/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11075/requerimento_038_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11076/requerimento_039_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11077/requerimento_040_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11078/requerimento_041_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11079/requerimento_042_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11080/requerimento_043_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11081/requerimento_044_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11082/requerimento_045_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11083/requerimento_046_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11084/requerimento_047_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11085/requerimento_048_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11102/requerimento_049_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11103/requerimento_050_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11104/requerimento_051_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11105/requerimento_052_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11106/requerimento_053_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11107/requerimento_054_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11108/requerimento_055_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11109/requerimento_056_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11110/requerimento_057_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11111/requerimento_058_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11112/requerimento_059_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11113/requerimento_060_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11114/requerimento_061_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11115/requerimento_062_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11116/requerimento_063_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11117/requerimento_064_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11118/requerimento_065_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11119/requerimento_066_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11166/requerimento_067_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11167/requerimento_068_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11168/requerimento_069_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11169/requerimento_070_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11170/requerimento_071_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11171/requerimento_072_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11172/requerimento_073_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11173/requerimento_074_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11174/requerimento_075_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11175/requerimento_076_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11176/requerimento_077_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11177/requerimento_078_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11178/requerimento_079_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11179/requerimento_080_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11180/requerimento_081_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11223/requerimento_082_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11224/requerimento_083_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11225/requerimento_084_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11226/requerimento_085_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11227/requerimento_086_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11228/requerimento_087_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11229/requerimento_088_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11230/requerimento_089_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11274/requerimento_090_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11275/requerimento_091_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11276/requerimento_092_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11277/requerimento_093_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11278/requerimento_094_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11279/requerimento_095_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11280/requerimento_096_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11281/requerimento_097_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11282/requerimento_098_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11299/requerimento_099_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11300/requerimento_100_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11301/requerimento_101_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11302/requerimento_102_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11303/requerimento_103_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11304/requerimento_104_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11340/requerimento_105_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11341/requerimento_106_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11342/requerimento_107_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11343/requerimento_108_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11344/requerimento_109_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11345/requerimento_110_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11346/requerimento_111_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11347/requerimento_112_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11348/requerimento_113_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11366/requerimento_114_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11367/requerimento_115_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11424/requerimento_116_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11425/requerimento_117_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11426/requerimento_118_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11427/requerimento_119_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11428/requerimento_120_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11429/requerimento_121_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11439/requerimento_122_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11440/requerimento_123_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11441/requerimento_124_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11442/requerimento_125_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11443/requerimento_126_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11444/requerimento_127_76aordinaria.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11445/requerimento_128_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11446/requerimento_129_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11447/requerimento_130_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11479/requerimento_131_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11480/requerimento_132_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11481/requerimento_133_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11483/requerimento_135_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11484/requerimento_136_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11485/requerimento_137_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11486/requerimento_138_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11487/requerimento_139_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11488/requerimento_140_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11489/requerimento_141_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11490/requerimento_142_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11491/requerimento_143_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11492/requerimento_144_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11580/requerimento_145_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11581/requerimento_146_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11582/requerimento_147_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11583/requerimento_148_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11584/requerimento_149_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11585/requerimento_150_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11586/requerimento_151_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11587/requerimento_152_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11588/requerimento_153_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11589/requerimento_154_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11590/requerimento_155_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11591/requerimento_156_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11592/requerimento_157_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11597/requerimento_158_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11598/requerimento_159_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11599/requerimento_160_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11600/requerimento_161_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11601/requerimento_162_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11602/requerimento_163_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11603/requerimento_165_79a_ordinaria.docx" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11604/requerimento_165_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11605/requerimento_166_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11606/requerimento_167_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11607/requerimento_168_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11608/requerimento_169_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11609/requerimento_170_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11610/requerimento_171_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11611/requerimento_172_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11612/requerimento_173_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11613/requerimento_174_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11649/requerimento_175_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11650/requerimento_176_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11651/requerimento_177_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11652/requerimento_178_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11653/requerimento_179_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11654/requerimento_180_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11655/requerimento_181_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11656/requerimento_182_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11657/requerimento_183_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11658/requerimento_184_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11659/requerimento_185_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11660/requerimento_186_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11661/requerimento_187_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11662/requerimento_188_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11663/requerimento_189_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11729/requerimento_190_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11730/requerimento_191_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11731/requerimento_192_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11732/requerimento_193_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11733/requerimento_194_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11734/requerimento_195_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11735/requerimento_196_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11736/requerimento_197_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11737/requerimento_198_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11738/requerimento_199_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11739/requerimento_200_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11740/requerimento_201_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11741/requerimento_202_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11742/requerimento_203_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11743/requerimento_204_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11748/requerimento_205_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11749/requerimento_206_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11750/requerimento_207_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11751/requerimento_208_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11752/requerimento_209_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11753/requerimento_210_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11754/requerimento_211_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11755/requerimento_212_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11799/requerimento_213_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11800/requerimento_214_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11801/requerimento_215_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11802/requerimento_216_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11803/requerimento_217_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11804/requerimento_218_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11805/requerimento_219_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11806/requerimento_220_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11807/requerimento_221_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11808/requerimento_222_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11809/requerimento_223_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11810/requerimento_224_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11811/requerimento_225_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11812/requerimento_226_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11847/requerimento_227_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11848/requerimento_228_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11849/requerimento_229_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11850/requerimento_230_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11851/requerimento_231_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11852/requerimento_232_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11853/requerimento_233_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11890/requerimento_234_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11891/requerimento_235_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11892/requerimento_236_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11893/requerimento_237_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11894/requerimento_238_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11895/requerimento_239_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11896/requerimento_240_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11897/requerimento_241_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11949/requerimento_242_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11950/requerimento_243_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11951/requerimento_244_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11952/requerimento_245_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11953/requerimento_246_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11975/requerimento_247_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11976/requerimento_248_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11977/requerimento_249_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11298/requerimento_de_urgencia_especial_001.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11356/veto_01.2020.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11365/emenda__supressiva_001_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11712/emenda_supressiva_002_-__pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11164/emenda_aditiva_001_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11363/emenda_aditiva_002_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11711/emenda_aditiva_003_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11943/emenda__aditiva_004_-_pr_003-_regimento_interno.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10915/circular_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10916/circular_002_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11022/circular_003_37a_extra.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11023/circular_004_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11024/circular_005_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11089/circular_006_-_69a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11098/circular_007_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11157/circular_008_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11158/circular_009_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11159/circular_010_38a_extra_f3lYOgm.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11185/circular_011_39a_extra.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11186/circular_012_-_40a_sessao_extra.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11222/circular_71a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11251/circular_014_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11252/circular_015.20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11294/circular_016_-_73a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11295/circular_017_comissao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11333/circular_018_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11334/circular_019_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11335/circular_020_41a_extra.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11352/circular_021_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11353/circular_022_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11361/circular_023_42a_extra.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11430/circular_024_76a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11435/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11436/circular_026_43a_extra.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11468/circular_027_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11469/circular_028_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11470/circular_029_-_44a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11493/circular_030_45a_extra.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11535/circular_031_-_78a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11536/circular_032_-_78a_comissoes.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11537/circular_033_-_46a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11594/circular_034_-_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11595/circular_035.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11643/circular_036_47a_extra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11644/circular_037_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11645/circular_comissao.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11702/circular_039_48a_extra.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11703/circular_040_-_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11704/circular_041_-_comissao.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11705/circular_042_-_49a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11744/circular_043_-_82a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11745/circular_044_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11787/circular_045_-_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11788/circular_046_-_encaminha_projetos_lidos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11789/circular_047_-_50a_extraordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11841/circular_048_comissao_de_financas_-_parecer_tribunal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11842/circular_049_vereadores_-_parecer_tribunal_de_contas.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11843/circular_050_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11844/circular_051_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11886/digitalizar0004.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11887/circular_053_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11905/circular_054_51a_extra.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11933/circular_055_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11944/circular_no_056.2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11972/circular_057_-_leitura_de_projeto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12002/circular_058.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11099/emenda_modificativa_001_-_pl_009.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11100/emenda_modificativa_002_-_pl_010.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11101/emenda_modificativa_003_-_pl_011.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11162/emenda_modificativa_004_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11163/emenda_modificativa_005_-_pl_018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11296/emenda_modificativa_006_-_pl_021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11297/emenda_modificativa_007_-_pl_022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11357/emenda_modificativa_008_-_plc_009.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11362/emenda_modificativa_009_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11467/emenda_modificativa_010_-_pl_036.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11495/emenda_modificativa_011_-_pl_030.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11710/emenda_modificativa_012_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11937/emenda_modificativa_013_-_pl_056_auxilios_e_subvencoes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11938/emenda_modificativa_014_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11939/emenda_modificativa_015_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11940/emenda_modificativa_016_-_pl_055_orcamento.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11941/emenda_modificativa_017_-_pr_003.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11942/emenda__moditicativa_018_-_pr_003_-_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12003/emenda_modificativa_019_-_pl_066_-_academia_ao_ar_livre.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11364/emenda__substitutiva_001_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11974/emenda_substitutiva_002_-_pl_061.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10917/indicacao_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10918/indicacao_002_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10919/indicacao_003_67a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10920/indicacao_004_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10921/indicacao_005_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10922/indicacao_006_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10923/indicacao_007_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10924/indicacao_008_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10925/indicacao_009_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10926/indicacao_010_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10927/indicacao_011_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10928/indicacao_012_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10929/indicacao_013_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10930/indicacao_014_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10931/indicacao_015_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10932/indicacao_016_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10933/indicacao_017_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10934/indicacao_018_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10935/indicacao_019_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10936/indicacao_020_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10937/indicacao_021_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10938/indicacao_022_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10939/indicacao_023_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10940/indicacao_024_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10941/indicacao_025_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10942/indicacao_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10943/indicacao_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10944/indicacao_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10945/indicacao_029_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10946/indicacao_030_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10947/indicacao_031_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10948/indicacao_032_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10949/indicacao_033_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10950/indicacao_034_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10951/indicacao_035_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10952/indicacao_036_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10953/indicacao_037_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10954/indicacao_038_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10955/indicacao_039_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10956/indicacao_040_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10957/indicacao_041_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10958/indicacao_042_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10959/indicacao_043_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10960/indicacao_044_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10961/indicacao_045_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10962/indicacao_046_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10963/indicacao_047_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10964/indicacao_048_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10965/indicacao_049_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10966/indicacao_050_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10967/indicacao_051_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10968/indicacao_052_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10969/indicacao_053_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10970/indicacao_054_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10971/indicacao_055_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10972/indicacao_056_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10973/indicacao_057_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10974/indicacao_058_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11025/indicacao_059_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11026/indicacao_060_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11027/indicacao_061_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11028/indicacao_062_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11029/indicacao_063_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11030/indicacao_064_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11031/indicacao_065_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11032/indicacao_066_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11033/indicacao_067_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11034/indicacao_068_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11035/indicacao_069_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11036/indicacao_070_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11037/indicacao_071_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11038/indicacao_072_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11039/indicacao_073_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11040/indicacao_074_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11041/indicacao_075_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11042/indicacao_076_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11043/indicacao_077_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11044/indicacao_078_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11045/indicacao_079_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11046/indicacao_080_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11047/indicacao_081_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11048/indicacao_082_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11049/indicacao_083_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11050/indicacao_084_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11051/indicacao_085_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11052/indicacao_086_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11053/indicacao_087_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11054/indicacao_088_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11055/indicacao_089_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11056/indicacao_090_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11057/indicacao_091_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11058/indicacao_092_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11059/indicacao_093_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11060/indicacao_094_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11061/indicacao_095_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11062/indicacao_096_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11063/indicacao_097_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11064/indicacao_098_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11065/indicacao_099_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11066/indicacao_100_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11067/indicacao_101_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11120/indicacao_102_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11121/indicacao_103_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11122/indicacao_104_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11123/indicacao_105_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11124/indicacao_106_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11125/indicacao_107_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11126/indicacao_108_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11127/indicacao_109_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11128/indicacao_110_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11129/indicacao_111_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11130/indicacao_112_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11131/indicacao_113_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11132/indicacao_114_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11133/indicacao_115_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11134/indicacao_116_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11135/indicacao_117_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11136/indicacao_118_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11137/indicacao_119_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11138/indicacao_120_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11139/indicacao_121_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11140/indicacao_122_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11141/indicacao_123_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11142/indicacao_124_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11143/indicacao_125_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11144/indicacao_126_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11145/indicacao_128_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11146/indicacao_128_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11147/indicacao_129_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11148/indicacao_130_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11149/indicacao_131_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11150/indicacao_132_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11151/indicacao_133_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11152/indicacao_134_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11153/indicacao_135_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11154/indicacao_136_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11155/indicacao_137_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11156/indicacao_138_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11187/indicacao_139_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11188/indicacao_140_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11189/indicacao_141_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11190/indicacao_142_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11191/indicacao_143_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11192/indicacao_144_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11193/indicacao_145_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11194/indicacao_146_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11195/indicacao_147_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11196/indicacao_148_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11197/indicacao_149_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11198/indicacao_150_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11199/indicacao_151_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11200/indicacao_152_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11201/indicacao_153_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11202/indicacao_154_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11203/indicacao_155_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11204/indicacao_156_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11205/indicacao_157_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11206/indicacao_158_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11207/indicacao_159_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11208/indicacao_160_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11209/indicacao_161_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11210/indicacao_162_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11211/indicacao_163_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11212/indicacao_164_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11213/indicacao_165_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11215/indicacao_167_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11216/indicacao_168_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11217/indicacao_169_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11218/indicacao_170_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11219/indicacao_171_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11220/indicacao_172_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11221/indicacao_173_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11231/indicacao_174_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11232/indicacao_175_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11233/indicacao_176_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11234/indicacao_177_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11235/indicacao_178_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11236/indicacao_179_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11237/indicacao_180_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11238/indicacao_181_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11239/indicacao_182_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11240/indicacao_183_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11241/indicacao_184_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11242/indicacao_185_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11243/indicacao_186_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11244/indicacao_187_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11245/indicacao_188_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11246/indicacao_189_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11247/indicacao_190_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11248/indicacao_191_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11249/indicacao_192_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11250/indicacao_193_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11253/indicacao_194_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11254/indicacao_195_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11255/indicacao_196_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11256/indicacao_197_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11257/indicacao_198_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11258/indicacao_199_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11260/indicacao_201_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11261/indicacao_202_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11262/indicacao_203_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11263/indicacao_204_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11264/indicacao_205_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11265/indicacao_206_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11266/indicacao_207_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11267/indicacao_208_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11268/indicacao_209_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11269/indicacao_210_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11270/indicacao_211_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11271/indicacao_212_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11272/indicacao_213_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11273/indicacao_214_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11305/indicacao_215_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11306/indicacao_216_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11307/indicacao_217_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11308/indicacao_218_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11309/indicacao_219_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11310/indicacao_220_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11311/indicacao_221_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11312/indicacao_222_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11313/indicacao_223_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11314/indicacao_224_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11315/indicacao_225_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11316/indicacao_226_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11317/indicacao_227_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11318/indicacao_228_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11319/indicacao_229_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11320/indicacao_230_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11321/indicacao_231_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11322/indicacao_232_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11323/indicacao_233_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11324/indicacao_234_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11325/indicacao_235_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11326/indicacao_236_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11327/indicacao_237_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11328/indicacao_238_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11329/indicacao_239_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11368/indicacao_241_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11369/indicacao_242_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11370/indicacao_243_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11371/indicacao_244_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11372/indicacao_245_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11373/indicacao_246_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11374/indicacao_247_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11375/indicacao_248_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11376/indicacao_249_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11377/indicacao_250_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11378/indicacao_251_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11379/indicacao_252_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11380/indicacao_253_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11381/indicacao_254_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11382/indicacao_255_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11383/indicacao_256_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11384/indicacao_257_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11385/indicacao_258_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11386/indicacao_259_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11387/indicacao_260_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11388/indicacao_261_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11389/indicacao_262_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11390/indicacao_263_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11391/indicacao_264_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11392/indicacao_265_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11393/indicacao_266_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11394/indicacao_267_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11395/indicacao_268_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11396/indicacao_269_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11397/indicacao_270_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11398/indicacao_271_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11399/indicacao_272_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11400/indicacao_273_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11401/indicacao_274_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11402/indicacao_275_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11403/indicacao_276_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11404/indicacao_277_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11405/indicacao_278_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11406/indicacao_279_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11407/indicacao_280_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11408/indicacao_281_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11409/indicacao_282_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11410/indicacao_283_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11411/indicacao_284_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11412/indicacao_285_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11413/indicacao_286_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11414/indicacao_287_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11415/indicacao_288_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11416/indicacao_289_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11417/indicacao_290_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11418/indicacao_291_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11419/indicacao_292_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11420/indicacao_293_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11421/indicacao_294_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11422/indicacao_295_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11448/indicacao_296_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11449/indicacao_297_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11450/indicacao_298_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11451/indicacao_299_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11452/indicacao_300_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11453/indicacao_301_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11454/indicacao_302_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11455/indicacao_303_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11456/indicacao_304_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11457/indicacao_305_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11458/indicacao_306_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11459/indicacao_307_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11460/indicacao_308_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11461/indicacao_309_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11462/indicacao_310_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11463/indicacao_311_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11464/indicacao_312_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11465/indicacao_313_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11466/indicacao_314_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11496/indicacao_315_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11497/indicacao_316_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11498/indicacao_317_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11499/indicacao_318_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11500/indicacao_319_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11501/indicacao_320_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11502/indicacao_321_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11503/indicacao_322_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11504/indicacao_323_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11505/indicacao_324_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11506/indicacao_325_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11507/indicacao_326_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11508/indicacao_327_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11509/indicacao_328_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11510/indicacao_329_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11511/indicacao_330_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11512/indicacao_331_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11513/indicacao_332_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11514/indicacao_333_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11515/indicacao_334_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11516/indicacao_335_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11517/indicacao_336_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11518/indicacao_337_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11519/indicacao_338_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11520/indicacao_339_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11521/indicacao_340_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11522/indicacao_341_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11523/indicacao_342_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11524/indicacao_343_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11525/indicacao_344_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11526/indicacao_345_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11527/indicacao_346_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11528/indicacao_347_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11529/indicacao_348_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11530/indicacao_349_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11531/indicacao_350_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11532/indicacao_351_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11533/indicacao_352_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11534/indicacao_353_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11542/indicacao_354_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11543/indicacao_355_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11544/indicacao_356_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11545/indicacao_357_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11546/indicacao_358_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11547/indicacao_359_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11548/indicacao_360_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11549/indicacao_361_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11550/indicacao_362_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11551/indicacao_363_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11552/indicacao_364_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11553/indicacao_365_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11554/indicacao_366_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11557/indicacao_368_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11558/indicacao_369_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11559/indicacao_370_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11560/indicacao_371_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11561/indicacao_372_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11562/indicacao_373_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11563/indicacao_374_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11564/indicacao_375_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11565/indicacao_376_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11566/indicacao_377_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11567/indicacao_378_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11568/indicacao_no_379.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11569/indicacao_no_380.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11570/indicacao_381_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11571/indicacao_382_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11572/indicacao_383_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11573/indicacao_384_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11614/indicacao_385_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11615/indicacao_386_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11616/indicacao_387_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11617/indicacao_388_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11618/indicacao_389_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11619/indicacao_390_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11620/indicacao_391_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11621/indicacao_392_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11622/indicacao_393_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11623/indicacao_394_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11624/indicacao_395_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11625/indicacao_396_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11626/indicacao_397_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11627/indicacao_398_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11628/indicacao_399_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11629/indicacao_400_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11630/indicacao_401_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11631/indicacao_402_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11632/indicacao_403_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11633/indicacao_404_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11634/indicacao_405_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11635/indicacao_406_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11636/indicacao_407_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11637/indicacao_408_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11638/indicacao_409_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11639/indicacao_410_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11640/indicacao_411_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11641/indicacao_412_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11642/indicacao_413_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11669/indicacao_414_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11670/indicacao_415_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11671/indicacao_416_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11672/indicacao_417_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11673/indicacao_418_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11674/indicacao_419_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11675/indicacao_420_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11676/indicacao_421_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11677/indicacao_422_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11678/indicacao_423_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11679/indicacao_424_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11680/indicacao_425_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11681/indicacao_426_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11682/indicacao_427_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11683/indicacao_428_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11684/indicacao_429_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11685/indicacao_430_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11686/indicacao_431_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11687/indicacao_432_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11688/indicacao_433_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11689/indicacao_434_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11690/indicacao_435_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11691/indicacao_436_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11692/indicacao_437_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11693/indicacao_438_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11694/indicacao_439_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11695/indicacao_440_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11696/indicacao_441_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11697/indicacao_442_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11698/indicacao_443_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11699/indicacao_444_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11700/indicacao_445_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11701/indicacao_446_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11713/indicacao_447_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11714/indicacao_448_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11715/indicacao_449_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11716/indicacao_450_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11717/indicacao_451_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11718/indicacao_452_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11719/indicacao_453_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11720/indicacao_454_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11721/indicacao_455_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11722/indicacao_456_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11723/indicacao_457_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11724/indicacao_458_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11758/indicacao_459_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11759/indicacao_460_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11760/indicacao_461_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11761/indicacao_462_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11762/indicacao_463_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11763/indicacao_464_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11764/indicacao_465_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11765/indicacao_466_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11766/indicacao_467_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11767/indicacao_468_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11768/indicacao_469_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11769/indicacao_470_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11770/indicacao_471_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11771/indicacao_472_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11772/indicacao_473_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11773/indicacao_474_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11774/indicacao_475_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11775/indicacao_476_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11776/indicacao_477_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11777/indicacao_478_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11778/indicacao_479_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11779/indicacao_480_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11780/indicacao_481_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11781/indicacao_482_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11782/indicacao_483_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11783/indicacao_484_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11784/indicacao_485_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11785/indicacao_486_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11813/indicacao_488_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11814/indicacao_489_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11815/indicacao_490_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11816/indicacao_491_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11817/indicacao_492_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11818/indicacao_493_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11819/indicacao_494_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11820/indicacao_495_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11821/indicacao_496_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11822/indicacao_497_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11823/indicacao_498_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11824/indicacao_499_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11825/indicacao_500_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11826/indicacao_501_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11827/indicacao_502_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11828/indicacao_503_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11829/indicacao_504_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11830/indicacao_505_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11831/indicacao_506_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11832/indicacao_507_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11833/indicacao_508_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11834/indicacao_509_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11835/indicacao_510_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11836/indicacao_511_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11837/indicacao_512_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11838/indicacao_513_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11839/indicacao_514_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11840/indicacao_515_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11857/indicacao_516_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11858/indicacao_517_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11859/indicacao_518_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11860/indicacao_519_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11861/indicacao_520_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11862/indicacao_521_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11863/indicacao_522_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11864/indicacao_523_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11865/indicacao_524_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11866/indicacao_525_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11867/indicacao_526_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11868/indicacao_527_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11869/indicacao_528_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11870/indicacao_529_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11871/indicacao_530_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11872/indicacao_531_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11873/indicacao_532_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11874/indicacao_533_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11875/indicacao_534_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11876/indicacao_535_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11877/indicacao_536_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11878/indicacao_537_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11879/indicacao_538_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11880/indicacao_539_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11881/indicacao_540_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11882/indicacao_541_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11883/indicacao_542_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11884/indicacao_543_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11885/indicacao_544_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11906/indicacao_545_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11907/indicacao_546_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11908/indicacao_547_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11909/indicacao_548_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11954/indicacao_549_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11955/indicacao_550_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11910/indicacao_551_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11911/indicacao_552_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11912/indicacao_553_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11913/indicacao_554_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11914/indicacao_555_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11915/indicacao_556_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11916/indicacao_557_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11917/indicacao_558_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11918/indicacao_559_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11919/indicacao_560_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11920/indicacao_561_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11921/indicacao_562_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11922/indicacao_563_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11923/indicacao_564_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11924/indicacao_565_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11925/indicacao_566_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11926/indicacao_567_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11927/indicacao_568_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11928/indicacao_569_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11929/indicacao_570_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11930/indicacao_571_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11931/indicacao_572_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11932/indicacao_573_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11956/indicacao_574_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11957/indicacao_575_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11958/indicacao_576_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11959/indicacao_577_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11960/indicacao_578_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11961/indicacao_579_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11962/indicacao_580_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11963/indicacao_581_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11964/indicacao_582_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11965/indicacao_583_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11966/indicacao_584_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11967/indicacao_585_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11968/indicacao_586_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11969/indicacao_587_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11970/indicacao_588_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11971/indicacao_589_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11982/indicacao_590_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11983/indicacao_591_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11984/indicacao_592_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11985/indicacao_593_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11986/indicacao_594_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11987/indicacao_595_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11988/indicacao_596_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11989/indicacao_597_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11990/indicacao_598_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11991/indicacao_599_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11992/indicacao_600_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11993/indicacao_601_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11994/indicacao_602_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11995/indicacao_603_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11996/indicacao_604_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11997/indicacao_605_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11998/indicacao_606_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11999/indicacao_607_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12000/indicacao_608_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11005/mocao_001_-_somos_nos_adamantina_67a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11006/mocao_002_-_kumon_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11007/mocao_003_-_daiane_mazarin_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11181/mocao_004_-_fabio_luiz_boldrini_spanholo_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11182/mocao_005_-_carla_ariane_minatel_almeida_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11283/mocao_006_-_santos__sakai_me_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11284/mocao_007_-_portage_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11285/mocao_008_-_paulo_bonini_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11286/mocao_009_-_tereza_vendramini_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11287/mocao_010_-_rotary_club_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11288/mocao_011_-_andre_luiz_ribeiro_herran_72a_sess_TSMVZCy.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11331/mocao_012_-_camda_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11332/mocao_013_-_cpp_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11349/mocao_014_-_rodrigo_batista_lopes_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11350/mocao_015_-_profissionais_da_saude_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11351/mocao_016_-_grupo_joia_de_comunicacao_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11423/mocao_017_-_julio_marcelo_romagnoli_-_major_75_Zst8J24.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11437/mocao_-_eder_bressan_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11438/mocao_019_-_grasiele_maria_amadio_e_gabriela_m_e86DW7J.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11474/mocao_020_-_mateus_barroso_sacoman_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11475/mocao_021_-_projeto_cultural_77a_ordinaria_Yg4I96q.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11476/mocao_022_-_unifai_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11477/mocao_023_-_estevao_zilioli_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11478/mocao_024_-_decio_dias_cesco_sabesp_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11574/mocao_025_-_barbara_camapum_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11575/mocao_026_-_padre_rui_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11576/mocao_027_-_escorpionismo_na_cidade.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11577/mocao_028_-_sueli_barbiero_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11578/mocao_029_-_leandro_proeste_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11579/mocao_030_-_ana_luiza_cordeiro_-_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11596/mocao_031_-_joao_carlos_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11646/mocao_032_-_guilherme_da_costa_ana_paula_moreira_e_renan_pedroso.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11647/mocao_033_-_mocao_de_apelo_pl_529.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11648/mocao_034_-_mocao_de_apelo_casa_da_agricultura.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11725/mocao_035_-_instituto_educar_de_especialidades_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11726/mocao_036_-_queijos_monte_alegre_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11727/mocao_037_-_stillo_modas_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11728/mocao_038_-_grupo_patense.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11756/mocao_039_-_ecc_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11757/mocao_040_-_bispo_da_diocese_de_marilia_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11797/mocao_041_-_via_maso_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11798/mocao_042_-_s._s._desmonte_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11854/mocao_043_-_mega_sport_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11855/mocao_044_-_paulo_eduardo_gargantini_-_etec_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11856/mocao_045_-_aprovados_no_concurso_de_supervisor_de_ensino_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11889/mocao_047_-_eder_mazzini_bressan_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11945/mocao_048_-_marcelo_henrique_rocha_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11946/mocao_049_-_arthur_daniel_conceicao_martinez_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11947/mocao_050_-_katia_pelozo_lopes_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11948/mocao_051_-_pedro_bergamo_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11978/mocao_052_-_padre_rui_rodrigues_da_silva_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11979/mocao_053_-_profa._irmes_mary_roque_mattara_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11980/mocao_054_-_prof._dr._alfredo_peixoto_martins.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11981/mocao_055_-_fundacao_palmares_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11008/67a_ordinaria_-_pdl_001.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11009/aprovado_projeto_de_decreto_legislativo_002_-__6wXoxQk.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11935/pdl_003.2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11936/pdl_004.2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11846/projeto_de_emenda_a_loma_001.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11018/digitalizar0003.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11019/67a_ordinaria_-_plc_002.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11020/67a_ordinaria_-_plc_003.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11021/67a_ordinaria_-_plc_004.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11096/69a_ordinaria_-_plc_005.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11097/69a_ordinaria_-_plc_006.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11160/70a_ordinaria_-_plc_007.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11165/projeto_de_lei_complementar_008_m_019.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11339/74a_ordinaria_-_plc_009.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11473/77a_ordinaria_-_plc_010_m_037.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11541/78a_ordinaria_-_plc_011.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11796/plc_012_-_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11902/plc_013_-_m_062_85a_ordinaria0.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11010/67a_ordinaria_-_pl_001.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11011/67a_ordinaria_-_pl_002.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11012/67a_ordinaria_-_pl_003.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11013/67a_ordinaria_-_pl_004.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11014/67a_ordinaria_-_pl_005.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11015/67a_ordinaria_-_pl_006.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11016/67a_ordinaria_-_pl_007.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11017/67a_ordinaria_-_pl_008.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11086/pl_009_-_m_009_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11087/pl_010_-_m_010_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11088/pl_011_-_leitura_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11090/69a_ordinaria_-_pl_012.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11091/69a_ordinaria_-_pl_013.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11092/69a_ordinaria_-_pl_014.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11093/69a_ordinaria_-_pl_015.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11094/pl_016.2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11095/69a_ordinaria_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11161/70a_ordinaria_pl_018_-_m_018.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11183/pl_019_m_020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11184/40a_extraordinaria_-_pl_020_m_021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11289/72a_ordinaria_-_pl_021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11290/72a_ordinaria_-_pl_022.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11291/72a_ordinaria_-_pl_023.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11292/pl_024_-_credito_extraordinario_coronavirus.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11293/73a_ordinaria_-_pl_025_-_m_025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11336/74a_ordinaria_-_pl_026.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11337/74a_ordinaria_-_pl_027.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11338/74a_ordinaria_-_pl_028.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11354/75a_ordinaria_-_pl_029_m_029.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11355/75a_ordinaria_-_pl_030_m_030.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11358/75a_ordinaria_-_pl_031_m_031.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11359/75a_ordinaria_-_pl_032_m_032.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11360/75a_ordinaria_-_pl_033_alcio_e_acacio.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11431/76a_ordinaria_-_pl_034_m_033.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11432/76a_ordinaria_-_pl_035_m_034.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11433/76a_ordinaria_-_pl_036_m_035.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11471/77a_ordinaria_-_pl_037_m_036.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11472/44a_extra_-_pl_038_m_038.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11494/45a_extra_-_pl_039_m_039.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11538/78a_ordinaria_-_pl_040.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11539/78a_ordinaria_-_pl_041.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11540/78a_ordinaria_-_pl_042.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11593/projeto_de_lei_043_-_m_043_leitura_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11664/80a_ordinaria_-_projeto_de_lei_044.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11665/80a_ordinaria_-_projeto_de_lei_045.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11666/80a_ordinaria_-_projeto_de_lei_046_m_044.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11667/80a_ordinaria_-_projeto_de_lei_047_m_045.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11706/81a_ordinaria_-_projeto_de_lei_048_m_047.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11707/81a_ordinaria_-_projeto_de_lei_049_m_048.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11708/81a_ordinaria_-_projeto_de_lei_050_m_049.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11709/81a_ordinaria_-_projeto_de_lei_051_m_050.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11746/pl_052_-_m_052_leitura_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11747/pl_053_-_m_051_leitura_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11790/pl_054_-_m_053_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11791/pl_055_-_m_046_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11792/pl_056_-_m_054_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11793/pl_057_-_m_055_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11794/pl_058_-_m_056_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11795/pl_059_-_m_059_leitura_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11845/pl_060_-_m_058_leitura_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11898/85a_ordinaria_-_pl_061_-_m_059.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11899/pl_062_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11900/pl_063_-_m_060_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11901/pl_064_-_m_061_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11973/pl_065_-_m_063_leitura_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/12001/pl_066_-_m_064.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11434/76a_ordinaria_-_pr_001_comissao_especial_de_estudos.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11668/80a_ordinaria_-_projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11903/pr_003_-_anotado_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10975/requerimento_001_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10976/requerimento_002_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10977/requerimento_003_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10978/requerimento_004_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10979/requerimento_005_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10980/requerimento_006_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10981/requerimento_007_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10982/requerimento_008_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10983/requerimento_009_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10984/requerimento_010_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10985/requerimento_011_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10986/requerimento_012_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10987/requerimento_013_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10988/requerimento_014_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10989/requerimento_015_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10990/requerimento_016_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10991/requerimento_017_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10992/requerimento_018_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10993/requerimento_019_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10994/requerimento_020_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10995/requerimento_021_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10996/requerimento_022_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10997/requerimento_023_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10998/requerimento_024_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/10999/requerimento_025_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11000/requerimento_026_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11001/requerimento_027_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11002/requerimento_028_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11003/requerimento_029_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11004/requerimento_030_67a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11068/requerimento_031_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11069/requerimento_032_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11070/requerimento_033_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11071/requerimento_034_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11072/requerimento_035_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11073/requerimento_036_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11074/requerimento_037_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11075/requerimento_038_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11076/requerimento_039_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11077/requerimento_040_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11078/requerimento_041_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11079/requerimento_042_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11080/requerimento_043_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11081/requerimento_044_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11082/requerimento_045_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11083/requerimento_046_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11084/requerimento_047_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11085/requerimento_048_68a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11102/requerimento_049_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11103/requerimento_050_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11104/requerimento_051_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11105/requerimento_052_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11106/requerimento_053_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11107/requerimento_054_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11108/requerimento_055_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11109/requerimento_056_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11110/requerimento_057_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11111/requerimento_058_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11112/requerimento_059_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11113/requerimento_060_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11114/requerimento_061_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11115/requerimento_062_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11116/requerimento_063_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11117/requerimento_064_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11118/requerimento_065_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11119/requerimento_066_69a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11166/requerimento_067_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11167/requerimento_068_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11168/requerimento_069_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11169/requerimento_070_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11170/requerimento_071_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11171/requerimento_072_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11172/requerimento_073_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11173/requerimento_074_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11174/requerimento_075_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11175/requerimento_076_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11176/requerimento_077_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11177/requerimento_078_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11178/requerimento_079_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11179/requerimento_080_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11180/requerimento_081_70a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11223/requerimento_082_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11224/requerimento_083_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11225/requerimento_084_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11226/requerimento_085_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11227/requerimento_086_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11228/requerimento_087_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11229/requerimento_088_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11230/requerimento_089_71a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11274/requerimento_090_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11275/requerimento_091_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11276/requerimento_092_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11277/requerimento_093_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11278/requerimento_094_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11279/requerimento_095_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11280/requerimento_096_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11281/requerimento_097_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11282/requerimento_098_72a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11299/requerimento_099_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11300/requerimento_100_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11301/requerimento_101_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11302/requerimento_102_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11303/requerimento_103_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11304/requerimento_104_73a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11340/requerimento_105_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11341/requerimento_106_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11342/requerimento_107_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11343/requerimento_108_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11344/requerimento_109_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11345/requerimento_110_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11346/requerimento_111_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11347/requerimento_112_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11348/requerimento_113_74a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11366/requerimento_114_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11367/requerimento_115_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11424/requerimento_116_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11425/requerimento_117_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11426/requerimento_118_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11427/requerimento_119_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11428/requerimento_120_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11429/requerimento_121_75a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11439/requerimento_122_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11440/requerimento_123_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11441/requerimento_124_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11442/requerimento_125_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11443/requerimento_126_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11444/requerimento_127_76aordinaria.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11445/requerimento_128_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11446/requerimento_129_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11447/requerimento_130_76a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11479/requerimento_131_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11480/requerimento_132_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11481/requerimento_133_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11483/requerimento_135_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11484/requerimento_136_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11485/requerimento_137_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11486/requerimento_138_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11487/requerimento_139_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11488/requerimento_140_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11489/requerimento_141_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11490/requerimento_142_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11491/requerimento_143_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11492/requerimento_144_77a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11580/requerimento_145_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11581/requerimento_146_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11582/requerimento_147_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11583/requerimento_148_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11584/requerimento_149_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11585/requerimento_150_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11586/requerimento_151_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11587/requerimento_152_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11588/requerimento_153_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11589/requerimento_154_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11590/requerimento_155_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11591/requerimento_156_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11592/requerimento_157_78a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11597/requerimento_158_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11598/requerimento_159_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11599/requerimento_160_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11600/requerimento_161_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11601/requerimento_162_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11602/requerimento_163_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11603/requerimento_165_79a_ordinaria.docx" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11604/requerimento_165_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11605/requerimento_166_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11606/requerimento_167_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11607/requerimento_168_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11608/requerimento_169_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11609/requerimento_170_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11610/requerimento_171_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11611/requerimento_172_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11612/requerimento_173_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11613/requerimento_174_79a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11649/requerimento_175_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11650/requerimento_176_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11651/requerimento_177_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11652/requerimento_178_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11653/requerimento_179_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11654/requerimento_180_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11655/requerimento_181_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11656/requerimento_182_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11657/requerimento_183_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11658/requerimento_184_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11659/requerimento_185_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11660/requerimento_186_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11661/requerimento_187_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11662/requerimento_188_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11663/requerimento_189_80a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11729/requerimento_190_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11730/requerimento_191_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11731/requerimento_192_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11732/requerimento_193_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11733/requerimento_194_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11734/requerimento_195_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11735/requerimento_196_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11736/requerimento_197_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11737/requerimento_198_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11738/requerimento_199_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11739/requerimento_200_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11740/requerimento_201_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11741/requerimento_202_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11742/requerimento_203_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11743/requerimento_204_81a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11748/requerimento_205_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11749/requerimento_206_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11750/requerimento_207_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11751/requerimento_208_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11752/requerimento_209_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11753/requerimento_210_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11754/requerimento_211_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11755/requerimento_212_82a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11799/requerimento_213_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11800/requerimento_214_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11801/requerimento_215_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11802/requerimento_216_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11803/requerimento_217_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11804/requerimento_218_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11805/requerimento_219_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11806/requerimento_220_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11807/requerimento_221_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11808/requerimento_222_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11809/requerimento_223_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11810/requerimento_224_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11811/requerimento_225_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11812/requerimento_226_83a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11847/requerimento_227_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11848/requerimento_228_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11849/requerimento_229_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11850/requerimento_230_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11851/requerimento_231_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11852/requerimento_232_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11853/requerimento_233_84a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11890/requerimento_234_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11891/requerimento_235_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11892/requerimento_236_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11893/requerimento_237_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11894/requerimento_238_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11895/requerimento_239_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11896/requerimento_240_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11897/requerimento_241_85a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11949/requerimento_242_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11950/requerimento_243_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11951/requerimento_244_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11952/requerimento_245_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11953/requerimento_246_86a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11975/requerimento_247_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11976/requerimento_248_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11977/requerimento_249_87a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11298/requerimento_de_urgencia_especial_001.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11356/veto_01.2020.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11365/emenda__supressiva_001_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11712/emenda_supressiva_002_-__pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11164/emenda_aditiva_001_-_pl_017.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11363/emenda_aditiva_002_-_pl_032.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11711/emenda_aditiva_003_-_pl_047_-_codigo_municipal_de_arborizacao_urbana.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2020/11943/emenda__aditiva_004_-_pr_003-_regimento_interno.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1088"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="149.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>