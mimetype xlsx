--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -51,14062 +51,14062 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8262</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CIRCU</t>
   </si>
   <si>
     <t>Circular Sessão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8262/8262_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8262/8262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 23ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 05 DE FEVEREIRO, SEGUNDA-FEIRA, ÀS 20H00._x000D_
 </t>
   </si>
   <si>
     <t>8263</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8263/8263_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8263/8263_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIAS DOS PROJETOS DE RESOLUÇÃO NºS 001 E 002/18, PROJETOS DE LEI NºS 069/17, 001, 002, 003 E 004/18 E PROJETO DE LEI COMPLEMENTAR Nº 001/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8264</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8264/8264_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8264/8264_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 24ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 19 DE FEVEREIRO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8265</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8265/8265_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8265/8265_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIAS DOS PROJETOS DE LEI NºS 005, 006 E 007/18 E PROJETOS DE LEI COMPLEMENTAR NºS 002 E 003/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8464</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8464/8464_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8464/8464_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 13ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 23 DE FEVEREIRO, SEXTA-FEIRA, ÀS 10:00 HORAS</t>
   </si>
   <si>
     <t>8465</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8465/8465_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8465/8465_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 25ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 05 DE MARÇO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8466</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8466/8466_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8466/8466_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DO PROJETO DE LEI Nº 008/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS</t>
   </si>
   <si>
     <t>8467</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8467/8467_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8467/8467_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 26ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 19 DE MARÇO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8468</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8468/8468_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8468/8468_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DOS PROJETOS DE LEI NºS 009, 010, 011 E 012/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8535</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8535/8535_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8535/8535_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 27ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 09 DE ABRIL, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8536</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8536/8536_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8536/8536_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DOS PROJETOS DE LEI NºS 013, 014, E 015/18 E PROJETO DE LEI COMPLEMENTAR Nº 004/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8541</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8541/8541_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8541/8541_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 28ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 23 DE ABRIL, SEGUNDA-FEIRA, ÀS 20H00MIN,</t>
   </si>
   <si>
     <t>8557</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8557/8557_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8557/8557_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DOS PROJETOS DE LEI NºS 016, 017 E 018/18,  LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8568</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8568/8568_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8568/8568_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 14ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 25 DE ABRIL, QUARTA-FEIRA, ÀS 10:00 HORAS</t>
   </si>
   <si>
     <t>8603</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8603/8603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8603/8603_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 29ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 07 DE MAIO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8653</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8653/8653_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8653/8653_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIAS DO PROJETO DE LEI COMPLEMENTAR Nº 006/18, PROJETO DE EMENDA À LOMA Nº 001/18 E PROJETO DE DECRETO LEGISLATIVO Nº 001/18, LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8654</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8654/8654_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8654/8654_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 15ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 11 DE MAIO, SEXTA-FEIRA, ÀS 11:00 HORAS</t>
   </si>
   <si>
     <t>8709</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8709/8709_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8709/8709_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 30ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 21 DE MAIO, SEGUNDA-FEIRA, ÀS 20H00MIN.</t>
   </si>
   <si>
     <t>8710</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8710/8710_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8710/8710_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DOS PROJETOS DE LEI NºS 020, 021, 022, 023, 024, 025 E 026/18, LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8711</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8711/8711_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8711/8711_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 16ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 25 DE MAIO, SEXTA-FEIRA, ÀS 11:00 HORAS</t>
   </si>
   <si>
     <t>8712</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8712/8712_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8712/8712_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 31ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 04 DE JUNHO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>8713</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8713/8713_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8713/8713_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSAS EXCELÊNCIAS CÓPIA DOS PROJETOS DE LEI NºS 019, 027, 028, 029 E 030/18 E PROJETOS DE LEI COMPLEMENTAR NºS 007, 008, 009, 010, 011, 012 E 013/18, LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>8714</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8714/8714_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8714/8714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 17ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 11 DE JUNHO, SEGUNDA-FEIRA, ÀS 16:30 HORAS, </t>
   </si>
   <si>
     <t>8755</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8755/8755_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8755/8755_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 32ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 18 DE JUNHO, SEGUNDA-FEIRA, ÀS 20H.</t>
   </si>
   <si>
     <t>8761</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8761/circular_025_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8761/circular_025_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia do Projeto de Lei nº 032/18, lido na última Sessão Ordinária para conhecimento, análise e estudo.</t>
   </si>
   <si>
     <t>8862</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8862/circular_026_33a_ord._com_proj..pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8862/circular_026_33a_ord._com_proj..pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 33ª Sessão Ordinária, a se realizar no dia 02 de julho, segunda-feira, às 20h00min</t>
   </si>
   <si>
     <t>8863</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8863/circular_027_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8863/circular_027_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 033, 034, 035 e 036/18 e Projetos de Lei Complementar nºs 014, 015 e 016/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>8871</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8871/circular_028_18a_extra_sessao_cancelada.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8871/circular_028_18a_extra_sessao_cancelada.pdf</t>
   </si>
   <si>
     <t>SESSÃO CANCELADA</t>
   </si>
   <si>
     <t>8872</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8872/circular_029_envio_do_processo_do_tc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8872/circular_029_envio_do_processo_do_tc.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 258 do Regimento Interno da Câmara Municipal de Adamantina encaminhamos a Vossa Excelência cópia do Parecer Prévio do Tribunal de Contas referente ao Processo TC 004269/989/16 do exercício financeiro de 2016 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>8873</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, conforme art. 258 do Regimento Interno da Câmara Municipal de Adamantina, encaminhamos a Vossa Excelência cópia do Parecer Prévio do Tribunal de Contas referente ao Processo TC 04269/989/16 do exercício financeiro 2016 da Prefeitura do Município de Adamantina.</t>
   </si>
   <si>
     <t>8874</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8874/circular_031_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8874/circular_031_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 34ª Sessão Ordinária, a se realizar no dia 16 de julho, segunda-feira, às 20h00min.</t>
   </si>
   <si>
     <t>8982</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8982/circular_032_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8982/circular_032_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 037, 038 e 039/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>8983</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8983/circular_033_18a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8983/circular_033_18a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 18ª Sessão Extraordinária a se realizar no dia 20 de julho, sexta-feira, às 09:00 horas</t>
   </si>
   <si>
     <t>8984</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8984/circular_034_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8984/circular_034_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 35ª Sessão Ordinária, a se realizar no dia 07 de agosto, terça-feira, às 20h00min</t>
   </si>
   <si>
     <t>8985</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8985/circular_035_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8985/circular_035_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 041, 042, 043, 044 e 045/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>8986</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8986/circular_036_19a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8986/circular_036_19a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 19ª Sessão Extraordinária a se realizar no dia 09 de agosto, quinta-feira, às 10:00 horas</t>
   </si>
   <si>
     <t>8994</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8994/circular_037_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8994/circular_037_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 36ª Sessão Ordinária, a se realizar no dia 20 de agosto, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9069</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9069/circular_038_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9069/circular_038_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 008 e 046/18 e Projetos de Lei Complementar nºs 017 e 018/18 lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9070</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9070/circular_039_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9070/circular_039_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 37ª Sessão Ordinária, a se realizar no dia 03 de setembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9071</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 048 e 049/18 e Projeto de Lei Complementar nº 019/18 lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9072</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9072/circular_041_20a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9072/circular_041_20a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 20ª Sessão Extraordinária a se realizar no dia 11 de setembro, terça-feira, às 9h30.</t>
   </si>
   <si>
     <t>9073</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9073/circular_042_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9073/circular_042_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 38ª Sessão Ordinária, a se realizar no dia 17 de setembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9074</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9074/circular_043_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9074/circular_043_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 050 e 051/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9075</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 21ª Sessão Extraordinária a se realizar no dia 27 de setembro, quinta-feira, às 13h30.</t>
   </si>
   <si>
     <t>9076</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9076/circular_045_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9076/circular_045_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 39ª Sessão Ordinária, a se realizar no dia 1º de outubro, segunda-feira, às 20h</t>
   </si>
   <si>
     <t>9077</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9077/circular_046_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9077/circular_046_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 052, 053, 054 e 055/18 e Projeto de Lei Complementar nº 020/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9084</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9084/circular_047_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9084/circular_047_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 40ª Sessão Ordinária, a se realizar no dia 15 de outubro, segunda-feira, às 20h00min</t>
   </si>
   <si>
     <t>9139</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9139/circular_048_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9139/circular_048_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 056, 057, 058, 059 e 060/18 e Projeto de Lei Complementar nº 021/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9461</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9461/circular_049_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9461/circular_049_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 41ª Sessão Ordinária, a se realizar no dia 05 de novembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9462</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9462/circular_050_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9462/circular_050_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 061 e 062/18 e Projeto de Lei Complementar nº 022/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9463</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9463/circular_051_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9463/circular_051_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 42ª Sessão Ordinária, a se realizar no dia 19 de novembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9464</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9464/circular_052_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9464/circular_052_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 063, 064, 065 e 066/18 e Projeto de Lei Complementar nº 023/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9465</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9465/circular_053_22a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9465/circular_053_22a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 22ª Sessão Extraordinária a se realizar no dia 22 de novembro, quinta-feira, às 15h.</t>
   </si>
   <si>
     <t>9466</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9466/circular_054_23a_extra_-_eleicao_da_mesa_diretora.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9466/circular_054_23a_extra_-_eleicao_da_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições do art. 22, § 6º da LOMA e art. 11 do Regimento Interno, CONVOCO Vossa Excelência para a 23ª Sessão Extraordinária, a se realizar dia 23 de novembro, sexta-feira, às 10:00 horas, com a finalidade precípua para a eleição da Mesa Diretora da Câmara Municipal de Adamantina, biênio 2019/2020.</t>
   </si>
   <si>
     <t>9467</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9467/circular_055_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9467/circular_055_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 43ª Sessão Ordinária, a se realizar no dia 03 de dezembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9468</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9468/circular_056_envio_de_projetos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9468/circular_056_envio_de_projetos.pdf</t>
   </si>
   <si>
     <t>Conforme disposições regimentais, encaminho a Vossas Excelências cópia dos Projetos de Lei nºs 067 a 073/18 e Projetos de Decretos Legislativos nºs 003 a 005/18, lidos na última Sessão Ordinária para conhecimento, análises e estudos.</t>
   </si>
   <si>
     <t>9469</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9469/circular_057_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9469/circular_057_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, comunico a Vossa Excelência que, para a 44ª Sessão Ordinária, a se realizar no dia 10 de dezembro, segunda-feira, às 20h.</t>
   </si>
   <si>
     <t>9470</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9470/circular_058_24a_extra.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9470/circular_058_24a_extra.pdf</t>
   </si>
   <si>
     <t>Cumprindo disposições regimentais, CONVOCO Vossa Excelência para a 24ª Sessão Extraordinária a se realizar no dia 12 de dezembro, quarta-feira, às 17h.</t>
   </si>
   <si>
     <t>8193</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8193/8193_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8193/8193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO, EM CARÁTER DE URGÊNCIA, DO MURRO DE ARRIMO LOCALIZADO AOS FUNDOS DO CENTRO COMUNITÁRIO DO JARDIM BRASIL, POIS O MESMO APRESENTA GRAVES PROBLEMAS ESTRUTURAIS, COMPROMETENDO SUA ESTABILIDADE, CORRENDO O RISCO DE UM DESMORONAMENTO COM ALTO GRAU DE RISCO PARA OS MORADORES DAQUELA ÁREA.</t>
   </si>
   <si>
     <t>8194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8194/8194_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8194/8194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ADOTEM AS PROVIDÊNCIAS NECESSÁRIAS COM VISTAS À ABERTURA DE UM CONCURSO PÚBLICO OU UM PROCESSO SELETIVO SIMPLIFICADO COM A MAIOR BREVIDADE POSSÍVEL, OBJETIVANDO A CONTRATAÇÃO EM CARÁTER DE URGÊNCIA DE 02 (DOIS) AGENTES COMUNITÁRIOS DE SAÚDE PARA ATENDER AOS MORADORES DO JARDIM ADAMANTINA, HAJA VISTA QUE ATUALMENTE ÀQUELA COMUNIDADE NÃO POSSUI NENHUM PROFISSIONAL PARA DESEMPENHAR TÃO IMPORTANTE ATIVIDADE PREVENTIVA DA SAÚDE DOS CIDADÃOS.</t>
   </si>
   <si>
     <t>8195</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8195/8195_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8195/8195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAMOS QUE ESTUDE CARINHOSAMENTE A POSSIBILIDADE DE HOMENAGEAR UM JOGADOR QUE FOI DESTAQUE NO FUTEBOL ADAMANTINENSE OU UMA GRANDE PERSONALIDADE QUE CONTRIBUIU PARA O CRESCIMENTO DO FUTSAL EM NOSSA COMUNIDADE, OBJETIVANDO RECONHECER E VALORIZAR PESSOAS QUE CONTRIBUÍRAM PARA O SUCESSO DO FUTEBOL NO MUNICÍPIO DE ADAMANTINA. </t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>Hélio José dos Santos, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8196/8196_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8196/8196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM IMPLANTAÇÃO DE UM CENTRO DE ESPECIALIDADES ODONTOLÓGICAS EM ADAMANTINA, OBJETIVANDO UM ATENDIMENTO CLÍNICO ESPECIALIZADO NA ÁREA DE ODONTOLOGIA, COM OS SEGUINTES SERVIÇOS: DIAGNÓSTICO BUCAL, COM ÊNFASE NO DIAGNÓSTICO E DETECÇÃO DO CÂNCER DE BOCA, PERIODONTIA ESPECIALIZADA, CIRURGIA ORAL MENOR DOS TECIDOS MOLES E DUROS, ENDODONTIA E ATENDIMENTO, BEM COMO AOS PORTADORES DE NECESSIDADES ESPECIAIS. </t>
   </si>
   <si>
     <t>8197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8197/8197_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8197/8197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA COM A PRESENÇA DA POPULAÇÃO, BEM COMO DOS SEGUINTES ÓRGÃOS/ENTIDADES/INSTITUIÇÕES: SECRETÁRIA MUNICIPAL DE SAÚDE, CÂMARA MUNICIPAL, CONSELHO MUNICIPAL DE SAÚDE, DIREÇÃO DA SANTA CASA, DIREÇÃO DO PRONTO SOCORRO MUNICIPAL, REITOR DA UNIFAI, COORDENAÇÃO DO CURSO DE MEDICINA DA UNIFAI, ENTRE OUTROS SEGMENTOS DA NOSSA CIDADE, COM O INTUITO DE DISCUTIR A SITUAÇÃO DA NOSSA UPA (UNIDADE DE PRONTO ATENDIMENTO).</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8198/8198_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8198/8198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DO ESTÁGIO OBRIGATÓRIO DO CURSO DE ENGENHARIA CIVIL QUE SERÁ DESENVOLVIDO NAS OBRAS DAS PREFEITURA E NA ELABORAÇÃO DE PROJETOS SUPERVISIONADOS PELA REFERIDA INSTITUIÇÃO DE ENSINO QUE OBJETIVA A PREPARAÇÃO PARA O TRABALHO PRODUTIVO DO EDUCANDO SEM CRIAR VÍNCULO EMPREGATÍCIO DE QUALQUER NATUREZA.</t>
   </si>
   <si>
     <t>8199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8199/8199_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8199/8199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO, NO ÂMBITO DO SISTEMA MUNICIPAL DE ENSINO, ATRAVÉS DE EMENDA DO PLANO MUNICIPAL DE EDUCAÇÃO A DEVIDA PROTEÇÃO DE CRIANÇAS DE TEXTOS, IMAGENS, VÍDEOS E MÚSICAS PORNOGRÁFICAS E OUTRAS QUE INDUZEM À EROTIZAÇÃO PRECOCE DAS CRIANÇAS.</t>
   </si>
   <si>
     <t>8200</t>
   </si>
   <si>
     <t>DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8200/8200_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8200/8200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM SARJETÃO NA RUA VERGUEIRO, CRUZAMENTO COM A RUA JOSÉ URBANO NO PARQUE DO SOL, A FIM DE DISCIPLINAR O ESCOAMENTO DE ÁGUA NAQUELE LOCAL PARA NÃO FICAR EMPOSSADA, DIFICULTANDO A PASSAGEM DE VEÍCULOS A ATÉ PEDESTRES.</t>
   </si>
   <si>
     <t>8201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8201/8201_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8201/8201_texto_integral.pdf</t>
   </si>
   <si>
     <t>8202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8202/8202_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8202/8202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A OPERAÇÃO TAPA-BURACOS NAS RUAS DO BAIRRO JARDIM DOS POETAS, PRINCIPALMENTE NAS RUAS VINÍCIUS DE MORAES E GONÇALVES DIAS.</t>
   </si>
   <si>
     <t>8203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8203/8203_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8203/8203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONFECÇÃO E COLOCAÇÃO DE PLACA DENOMINATIVA NA MARGINAL QUE LIGA O TREVO DA UNIFAI ATÉ À AV. XV DE NOVEMBRO COM O NOME DO SENHOR ANTÔNIO BARBERATO, CONFORME LEI APROVADA PELA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>8204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8204/8204_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8204/8204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A EMPRESA GUERINO SEISCENTOS, RESPONSÁVEL PELO TRANSPORTE URBANO, AFIXAR NOS PONTOS DE ÔNIBUS TODOS OS HORÁRIOS DE SEGUNDA A DOMINGO PARA QUE OS USUÁRIOS TENHAM CONHECIMENTO DOS HORÁRIOS QUE ESTÁ CORRENDO A CIRCULAR.</t>
   </si>
   <si>
     <t>8205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8205/8205_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8205/8205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CUMPRIR O ART. 4º DA LEI Nº 3615/14, QUE VISA ORIENTAR E DESESTIMULAR A VENDA, OFERTA, FORNECIMENTO, ENTREGA E PERMISSÃO DO CONSUMO DE BEBIDAS ALCOÓLICAS ÀS MULHERES GESTANTES EM PERÍODO DE AMAMENTAÇÃO E SUGERE AMPLA DIVULGAÇÃO COM COLOCAÇÃO DE FAIXAS NA CIDADE, CONFECÇÃO DE PANFLETOS E COLOCAÇÃO DE CARTAZES EM BARES E LANCHONETES DA CIDADE.</t>
   </si>
   <si>
     <t>8206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8206/8206_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8206/8206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA INSTALADA, COM CERTA URGÊNCIA, UMA VAGA PARA DEFICIENTES DEFRONTE AO COLÉGIO OBJETIVO, POIS EXISTEM DOIS LUGARES POSSÍVEIS, E, SEGUNDO OS USUÁRIOS, 90% DAS RAMPAS DE DEFICIENTES ESTÃO FORA DAS NORMAS, SOMENTE A QUE FOI CONSTRUÍDA EM FRENTE AO CORREIO ESTÁ CORRETA.</t>
   </si>
   <si>
     <t>8207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8207/8207_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8207/8207_texto_integral.pdf</t>
   </si>
   <si>
     <t>8208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8208/8208_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8208/8208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER, COM URGÊNCIA, ALGUNS REPAROS NO TELHADO DOS BARRACÕES INSTALADOS NO INTERIOR POLIESPORTIVO, POIS OS MESMOS APRESENTAM INÚMERAS GOTEIRAS DIFICULTANDO A REALIZAÇÃO DE EVENTOS EM DIAS DE FORTES CHUVAS, SOLICITO AINDA A CONSTRUÇÃO DE MURETAS EM VOLTA DOS BARRACÕES PARA DISCIPLINAR O ESCOAMENTO DE ÁGUA DAS CHUVAS QUE TAMBÉM ADENTRAM NO LOCAL.</t>
   </si>
   <si>
     <t>8209</t>
   </si>
   <si>
     <t>DINHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8209/8209_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8209/8209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR NA PROGRAMAÇÃO DOS SERVIÇOS PARA SER EXECUTADOS A CONSTRUÇÃO DE RAMPA DE ACESSIBILIDADE NO PASSEIO PÚBLICO NA AL. ARMANDO SALES DE OLIVEIRA EM FRENTE A CAPELA DA SANTA CASA, RECENTEMENTE INAUGURADA A FIM DE FACILITAR A ENTRADA DE CADEIRANTES E OUTRAS PESSOAS COM MOBILIDADE REDUZIDA, CONFORME DETERMINA A LEI DE ACESSIBILIDADE.</t>
   </si>
   <si>
     <t>8210</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8210/8210_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8210/8210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RESTABELECER OS TRABALHOS QUE FORAM PARALISADAS COM RESPEITO AS DENOMINAÇÕES  DE RUAS E AVENIDAS DE NOSSA CIDADE NOS POSTES DE ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>8211</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8211/8211_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8211/8211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOTIFICAR OS MORADORES SOBRE A NECESSIDADE DE MANTER LIMPO OS PASSEIOS PÚBLICOS DE SUAS RESIDÊNCIAS E COMÉRCIO A FIM DE EVITAR MATOS CRESCENDO NAS CALÇADAS BEM COMO O ACÚMULO DE ENTULHOS E RESTO DE MATERIAIS DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>8212</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8212/8212_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8212/8212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SUBSTITUIÇÃO DAS LIXEIRAS DANIFICADAS POR NOVAS EM TODA A CIDADE, PRINCIPALMENTE NOS PONTOS DE MAIOR FREQÜENTAÇÃO DE PESSOAS.</t>
   </si>
   <si>
     <t>8213</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8213/8213_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8213/8213_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REFAZER A PONTE DA ESTRADA ADM 451 (ESTRADA DENOMINADA KOBORI) QUE LIGA A ESTRADA 6 À ESTRADA 15.</t>
   </si>
   <si>
     <t>8214</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8214/8214_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8214/8214_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJA PROMOVIDO ESTUDOS VISANDO RETORNAR MÃO DUPLA NO TRECHO DA RUA OSVALDO CRUZ ENTRE A RUA JOSEFINA DAL&amp;#8217; ANTÔNIA TIVERON ATÉ A AV. RIO BRANCO, POIS O TRECHO É ENTRADA DA CIDADE PELO PONTILHÃO ROBERTO ROMANINI.</t>
   </si>
   <si>
     <t>8215</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8215/8215_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8215/8215_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM CONSTRUÇÃO DE LOMBADAS NA VICINAL JOSÉ BOCARDI, NO SENTIDO CIDADE-BAIRRO TUPANZINHO E SENTIDO CONTRÁRIO BAIRRO-CIDADE, A 80 METROS ANTES DA ADASEBO A FIM DE EVITAR O EXCESSO DE VELOCIDADE PRATICADA NO LOCAL.</t>
   </si>
   <si>
     <t>8216</t>
   </si>
   <si>
     <t>JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8216/8216_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8216/8216_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM PROMOVIDAS AÇÕES PARA MELHORAR O ESTADO DE ABANDONO QUE SE ENCONTRA A PRAÇA EUCLIDES ROMANINI, POPULARMENTE CHAMADA DE PRAÇA DOS PATOS, REALIZANDO REPAROS NO ALAMBRADO DA LAGOA, LIMPEZA DA ÁGUA, REPAROS NOS BRINQUEDOS DO PARQUE E A COLOCAÇÃO DE MAIS BANCOS, UMA DAS PRINCIPAIS RECLAMAÇÕES DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>8217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8217/8217_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8217/8217_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAR UM REDUTOR DE VELOCIDADE NA AV. ANTÔNIO TIVERON EM FRENTE A PRAÇA EUCLIDES ROMANINI, A FIM DE COIBIR O EXCESSO DE VELOCIDADE PRATICADO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>8218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8218/8218_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8218/8218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER OPERAÇÃO TAPA-BURACOS NAS SEGUINTES RUAS: 1 &amp;#8211; RUA BENEDITO BARRETO, QUARTEIRÃO ENTRE A AL. ARMANDO SALLES DE OLIVEIRA E AV. DEPUTADO CUNHA BUENO; 2 &amp;#8211; RUA OVÍDIO ALBANEZ, PRINCIPALMENTE NO QUARTEIRÃO ONDE ESTÁ LOCALIZADA A RESIDÊNCIA Nº 08, NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>8219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8219/8219_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8219/8219_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE PLACAS INDICATIVAS DOS BAIRROS ELDORADO I, ELDORADO II, PARQUE GUILIANO, MONTE ALEGRE, NA ENTRADA DE CADA BAIRRO NA RUA SANTOS DUMONT PARA ORIENTAÇÃO DAS PESSOAS.</t>
   </si>
   <si>
     <t>8220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8220/8220_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8220/8220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONFECÇÃO E INSTALAÇÃO DE PLACA DENOMINATIVA &amp;#8220;AVENIDA EUCLIDES ROMANINI&amp;#8221; NO TRECHO DA ESTRADA PLÁCIDO ROCHA QUE PASSA NA ÁREA CENTRAL DO BAIRRO LAGOA SECA, CONFORME PROJETO DE LEI APROVADO POR ESTA CASA.</t>
   </si>
   <si>
     <t>8221</t>
   </si>
   <si>
     <t>ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8221/8221_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8221/8221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO DO PONTO DA AL. ADHEMAR DE BARROS, ESQUINA COM A AL. FERNÃO DIAS, PROIBIR O ESTACIONAMENTO NA ESQUINA, OU OUTRA PROVIDÊNCIA IDEAL PARA SOLUCIONAR O PROBLEMA.</t>
   </si>
   <si>
     <t>8222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8222/8222_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8222/8222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA REALIZAÇÃO DE ROÇAGEM E A LIMPEZA DAS GUIAS DA ÁREA VERDE (CAMPO) LOCALIZADA NA RUA JURUVA, PARQUE TANGARÁ. </t>
   </si>
   <si>
     <t>8223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8223/8223_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8223/8223_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO À SABESP OFÍCIO NOTIFICANDO PARA A REGULARIZAÇÃO DA MANUTENÇÃO DO ASFALTO REALIZADA PELA EMPRESA NA AVENIDA RIO BRANCO, PRÓXIMO AO CRUZAMENTO COM A RUA JOAQUIM CALDEIRA FILHO, AO LADO DO CENTRO COMUNITÁRIO DO JD. PRIMAVERA E DEFRONTE AO RESIDENCIAL RIO BRANCO.</t>
   </si>
   <si>
     <t>8224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8224/8224_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8224/8224_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE INFORMAR A POPULAÇÃO DOS BAIRROS SOBRE EVENTUAIS MUDANÇAS DO ATENDIMENTO DAS ÁREAS DOS POSTOS DE SAÚDE. INDICO AINDA, CASO POSSÍVEL, QUANDO UM CIDADÃO SE DIRIGIR AO POSTO DE SAÚDE ERRADO POR ENGANO, QUE O INFORME SOBRE O POSTO CORRETO, PORÉM, FAÇA O POSSÍVEL PARA ATENDÊ-LO NA OCASIÃO.</t>
   </si>
   <si>
     <t>8225</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8225/8225_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8225/8225_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DOS MELHORAMENTOS SOLICITADOS PELO SR. REINALDO SILVA E OUTROS MORADORES DO PARQUE ITAMARATY, A SABER: 1 &amp;#8211; INSTALAÇÃO DE ACADEMIA AO AR LIVRE; 2 &amp;#8211; CAPINAÇÃO E LIMPEZA DA ÁREA VERDE COMUNITÁRIA; 3 &amp;#8211; COLOCAÇÃO DE BANCOS DE APOIO E LUMINÁRIA NAS ADJACÊNCIAS DO PARQUE INFANTIL; 4 &amp;#8211; CAPINAÇÃO E LIMPEZA DOS TERRENOS DA PREFEITURA ANEXOS AO NÚMERO 332 DA RUA SALDANHA MARINHO; 5 &amp;#8211; EXECUÇÃO DE TAPA-BURACOS NAS VIAS PÚBLICAS DO BAIRRO.</t>
   </si>
   <si>
     <t>8226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8226/8226_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8226/8226_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NA RUA NAIR QUINTO ZAMBÃO PRINCIPALMENTE NO QUARTEIRÃO DA RESIDÊNCIA Nº 712 NA VILA CICMA, POIS O LOCAL ESTÁ TOTALMENTE ESBURACADO DIFICULTANDO A PASSAGEM DE VEÍCULOS E PEDESTRES.</t>
   </si>
   <si>
     <t>8227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8227/8227_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8227/8227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR GUERINO BORRO PARA DENOMINAR RUA DE NOSSA CIDADE OU EM FUTUROS LOTEAMENTOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8228/8228_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8228/8228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AQUISIÇÃO DE EQUIPAMENTOS PARA SINALIZAÇÃO DE TRÂNSITO, TAIS COMO: CANALIZADOR DE TRÁFEGO, ELEMENTOS LUMINOSOS, SETAS INDICATIVAS, CONES MODERNOS E OUTROS, A FIM DE ORIENTAR MOTORISTAS E PEDESTRES.</t>
   </si>
   <si>
     <t>8229</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8229/8229_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8229/8229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS REAJUSTE DO VALE-ALIMENTAÇÃO E DO SALÁRIO DOS SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>8230</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8230/8230_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8230/8230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS REALIZAÇÃO DE DEMARCAÇÕES DE FAIXAS DE PEDESTRES, BEM COMO INSTALAR SINALIZAÇÕES VERTICAIS DE VELOCIDADE MÁXIMA NA AV. MAL. CASTELO BRANCO, NAS PROXIMIDADES DOS CRUZAMENTOS DAS RUAS LIBERO BADARÓ E LIBERDADE.</t>
   </si>
   <si>
     <t>8231</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8231/8231_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8231/8231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM A ABERTURA E VIA DE CIRCULAÇÃO PARA PEDESTRES (CALÇADA) NO TRECHO ENTRE A ESTÂNCIA DORIGO E O TREVO DE ACESSO AO JARDIM DOS POETAS/JARDIM BELA VISTA, FACE A RECLAMAÇÕES APRESENTADAS PELOS MORADORES DURANTE REUNIÃO DO CONSEG &amp;#8211; CONSELHO COMUNITÁRIO DE SEGURANÇA, REALIZADA EM 1º DE FEVEREIRO PASSADO. </t>
   </si>
   <si>
     <t>8232</t>
   </si>
   <si>
     <t>ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8232/8232_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8232/8232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADA) EM TERRENO DO PATRIMÔNIO DO MUNICÍPIO DE ADAMANTINA, NA RUA PRUDENTE DE MORAES, PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>8233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8233/8233_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8233/8233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REMOÇÃO DE TODO TIPO DE SUJEIRAS (MATERIAIS ORGÂNICOS, PEDRAS, TERRA E OUTROS), NA RUA HERMENEGILDO LOPES PEDROSO, DEFRONTE AO PAI NOSSO LAR, IMPORTANTE INSTITUIÇÃO QUE RECEBE PACIENTE PSIQUIÁTRICOS DA REGIÃO DE MARÍLIA.</t>
   </si>
   <si>
     <t>8234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8234/8234_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8234/8234_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AQUISIÇÃO E INSTALAÇÃO DE ESTRUTURA E ILUMINAÇÃO PÚBLICA NA ÁREA DA ACADEMIA AO AR LIVRE E PLAYGROUND, INSTALADOS NO JARDIM BELA VISTA, FACE A RECLAMAÇÕES APRESENTADAS PELOS MORADORES DURANTE REUNIÃO DO CONSEG &amp;#8211; CONSELHO COMUNITÁRIO DE SEGURANÇA, REALIZADA EM 1º DE FEVEREIRO PASSADO. </t>
   </si>
   <si>
     <t>8235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8235/8235_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8235/8235_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM PINTURA DE TRÂNSITO, DE SOLO, COM VISTAS A IDENTIFICAR AS VIAS DE PARADA OBRIGATÓRIA, NAS RUAS DO JARDIM BELA VISTA, FACE A RECLAMAÇÕES APRESENTADAS PELOS MORADORES DURANTE REUNIÃO DO CONSEG &amp;#8211; CONSELHO COMUNITÁRIO DE SEGURANÇA, REALIZADA EM 1º DE FEVEREIRO PASSADO. </t>
   </si>
   <si>
     <t>8236</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8236/8236_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8236/8236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM A INSTALAÇÃO DE PONTO DE ÔNIBUS COBERTO NA RUA JOÃO PERRONE, ALTURA DA UNIDADE BÁSICA DE SAÚDE EXISTENTE NO JARDIM ADAMANTINA. </t>
   </si>
   <si>
     <t>8237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8237/8237_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8237/8237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM INSTALAÇÃO DE PONTO DE ÔNIBUS COBERTO NA RUA GERMANO MEIRA DE VASCONCELOS, PROXIMIDADES DA RUA MÁRIO DE ANDRADE, NO JARDIM BELA VISTA, FACE A RECLAMAÇÕES APRESENTADAS PELOS MORADORES DURANTE REUNIÃO DO CONSEG &amp;#8211; CONSELHO COMUNITÁRIO DE SEGURANÇA, REALIZADA EM 1º DE FEVEREIRO PASSADO. </t>
   </si>
   <si>
     <t>8238</t>
   </si>
   <si>
     <t>ACACIO ROCHA, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8238/8238_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8238/8238_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AQUISIÇÃO E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO TRECHO NÃO ATENDIDO DA RUA SANTOS DUMONT.</t>
   </si>
   <si>
     <t>8239</t>
   </si>
   <si>
     <t>ACACIO ROCHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8239/8239_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8239/8239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AQUISIÇÃO E INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO TRECHO NÃO ATENDIDO DA RUA SANTA CATARINA, EM ESPECIAL NO SETOR ENTRE O CONJUNTO MÁRIO COVAS E O RESIDENCIAL SAN MIGUEL I. </t>
   </si>
   <si>
     <t>8240</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8240/8240_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8240/8240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM COBERTURA DA ÁREA DE JOGOS (BARALHO, DAMAS E OUTROS), NA AVENIDA DA SAUDADE, PARQUE DOS PIONEIROS. </t>
   </si>
   <si>
     <t>8241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8241/8241_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8241/8241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER, JUNTO À ASSESSORIA DE IMPRENSA DA PREFEITURA, A AMPLA DIVULGAÇÃO DAS OPERAÇÕES TAPA-BURACOS QUE ESTÁ SENDO FEITAS E AS QUE AINDA SERÃO REALIZADAS NA CIDADE INFORMANDO RUAS E LOCAIS PARA CONHECIMENTO DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>8266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8266/8266_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8266/8266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ROÇAGEM COMPLETA NA ÁREA VERDE DO BAIRRO JARDIM CALIFÓRNIA ATENDENDO PEDIDOS DOS MORADORES QUE TEM RECLAMADO DO ENORME MATAGAL. </t>
   </si>
   <si>
     <t>8267</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8267/8267_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8267/8267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAR A ESCALA DOS AGENTES COMUNITÁRIOS QUE SERVEM E ATENDE OS MORADORES DO JARDIM ADAMANTINA, POIS, SEGUNDO OS MORADORES, O TRABALHO DE VISITAS NAS RESIDÊNCIAS NÃO ESTÁ SENDO REALIZADO.</t>
   </si>
   <si>
     <t>8268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8268/8268_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8268/8268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VOLTA DO RECOLHIMENTO DE ENTULHOS DA LIMPEZA DE QUINTAIS, PRINCIPALMENTE NOS BAIRROS DISTANTES E CARENTES, UMA VEZ POR MÊS, COMO ERA FEITO ANTERIORMENTE.</t>
   </si>
   <si>
     <t>8269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8269/8269_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8269/8269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONTATO COM A SECRETARIA ESTADUAL COMPETENTE VISANDO DESTINAR AO NOSSO MUNICÍPIO UMA ACADEMIA AO AR LIVRE PARA SER IMPLANTADA NA ÁREA DE LAZER DO CONJUNTO HABITACIONAL JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>8270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8270/8270_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8270/8270_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DE TERRENOS BALDIOS NO BAIRRO JARDIM BRASIL, PRINCIPALMENTE OS LOCALIZADOS NA RUA MINAS GERAIS PROXIMIDADES DO Nº 457, ATENDENDO SOLICITAÇÃO DOS MORADORES.</t>
   </si>
   <si>
     <t>8271</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8271/8271_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8271/8271_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ROÇAGEM DE TERRENO NA RUA JOSÉ DE OLIVEIRA JUNIOR, PROXIMIDADES DO Nº 670 PARA ESCOAR ÁGUA QUE FICA EMPOSSADA NO LOCAL O QUE VEM GERANDO RECLAMAÇÃO DOS MORADORES.</t>
   </si>
   <si>
     <t>8272</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8272/8272_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8272/8272_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM EXECUÇÃO DE SERVIÇOS DE FIXAÇÃO E NIVELAMENTO DAS PLACAS DE CONCRETO QUE COBREM AS BOCAS DE LOBO EXISTENTES NA AL. PADRE ANCHIETA Nº 517, ESQUINA COM A RUA DEP. SALLES FILHO.</t>
   </si>
   <si>
     <t>8273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8273/8273_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8273/8273_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETOMADA DOS TRABALHOS NO FINAL DO JARDIM PRIMAVERA, DIVISA COM O PARQUE ITAIPUS, CANALIZAÇÃO DE TUBO E ABERTURA DE RUA.</t>
   </si>
   <si>
     <t>8274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8274/8274_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8274/8274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA DOS ENTULHOS DEPOSITADOS NO PASSEIO PÚBLICO NA RUA VALENTIM GENTIL, ENTRE AS RUAS VITÓRIO ROMANINI E BRAULIO MOLINA FRIAS NA VILA CICMA.</t>
   </si>
   <si>
     <t>8275</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8275/8275_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8275/8275_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA TOTAL DAS ÁRVORES DO PARQUE INFANTIL DO JARDIM DAS ALAMANDAS, LOCALIZADO NO CRUZAMENTO DA AL, SANTA CRUZ E AL. SANTA CATARINA, BEM COMO A RETIRADA DE UM ARBUSTO INGAZEIRO QUE ESTÁ TOMANDO A RUA.</t>
   </si>
   <si>
     <t>8276</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8276/8276_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8276/8276_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA COLOCADO UMA EXTENSÃO DE TUBOS PARA O ESCOAMENTO DE ÁGUA DA RUA ITIRAPINA, ENTRE A RUA JOSÉ VICENTE E A LINHA FÉRREA DA ANTIGA FEPASA, POIS O LOCAL ACUMULA UMA ENORME QUANTIDADE DE ÁGUA E AINDA ESTÁ TOMADO POR ENORME MATAGAL.</t>
   </si>
   <si>
     <t>8277</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ALCIO IKEDA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8277/8277_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8277/8277_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJA INSTALADA PLACA INDICATIVA NA AV. RIO BRANCO, JARDIM ADAMANTINA, PRÓXIMO À ESQUINA COM A RUA JOÃO CALDEIRA, SINALIZANDO PARA CURVA A DIREITA PARA A &amp;#8220;IGREJA SÃO FRANCISCO DE ASSIS&amp;#8221;.</t>
   </si>
   <si>
     <t>8278</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8278/8278_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8278/8278_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PROCEDER SERVICOS DE TAPA-BURACOS NOS SEGUINTES LOCAIS: 1 &amp;#8211; TODAS AS RUAS DOS CONDOMÍNIOS SANTA MÔNICA; 2 &amp;#8211; RUA BATISTA BALDRIGHI; 3 &amp;#8211; TODAS AS RUAS DO CONJUNTO RESIDENCIAL MONTE ALEGRE E GIULIANO.</t>
   </si>
   <si>
     <t>8279</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8279/8279_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8279/8279_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM LIMPEZA TOTAL DOS ACOSTAMENTOS DAS VICINAIS PLÁCIDO ROCHA, JOSÉ BOCARDI E PEDRO MONEGO, POIS O MATO ALTO TAMPA AS PLACAS DE SINALIZAÇÃO.</t>
   </si>
   <si>
     <t>8280</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8280/8280_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8280/8280_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS JUNTO AO DIRETOR GERAL DA UNIFAI, VISANDO REALIZAR NO BAIRRO LAGOA SECA O MAIS DISTANTE DA CIDADE, O &amp;#8220;DIA DA SAÚDE&amp;#8221;, EM 17 OU 24 DE MARÇO, ENVOLVENDO OS ALUNOS E PROFESSORES DOS CURSOS DE ENFERMAGEM, ODONTOLOGIA, EDUCAÇÃO FÍSICA, MEDICINA E OS DEMAIS LIGADOS À ÁREA DA SAÚDE, A FIM DE SEREM DESENVOLVIDOS PROCEDIMENTOS BÁSICOS DE SAÚDE COMO A REALIZAÇÃO DE EXAMES, AFERIÇÃO DE PRESSÃO ARTERIAL, PESO E MEDIDA, BEM COMO A ORIENTAÇÃO DE PRÁTICA DE EXERCÍCIOS FÍSICOS VISANDO A PREVENÇÃO DE DOENÇAS.</t>
   </si>
   <si>
     <t>8281</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8281/8281_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8281/8281_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM CONSTRUÍDAS LOMBOFAIXAS NA AV. CAP. JOSÉ ANTÔNIO DE OLIVEIRA, EM FRENTE AO SUPERMERCADO GODOY, AV. RIO BRANCO, EM FRENTE AO SUPERMERCADO REDE SETE E AV. DAS ROSAS, SUPERMERCADO MITUO, EM RAZÃO DO ELEVADO FLUXO DE VEÍCULOS, PEDESTRES, FUNCIONÁRIOS COM CARRINHOS, CARREGADOS DE MERCADORIAS, NOS REFERIDOS LOCAIS.</t>
   </si>
   <si>
     <t>8282</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8282/8282_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8282/8282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE 2 QUIOSQUES EQUIPADOS COM PONTOS DIGITAIS WIFI E TOMADAS PARA RECARREGAMENTO DE APARELHOS DOS USUÁRIOS; UM NO PARQUE DOS PIONEIROS, OUTRO NO PARQUE DO CALDEIRAS, PRÓXIMO À ACADEMIA.</t>
   </si>
   <si>
     <t>8283</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8283/8283_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8283/8283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUIR UMA LOMBADAS OU OUTRO REDUTOR DE VELOCIDADE, NA AV. MARECHAL CASTELO BRANCO, EM FRENTE AO CAMPUS III DA UNIFAI, E PINTURA DE FAIXA DE PEDESTRES NAS PROXIMIDADES DA NOVA ESCOLA &amp;#8220;ELEVA&amp;#8221;.</t>
   </si>
   <si>
     <t>8284</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8284/8284_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8284/8284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DO TRECHO DE TERRA DA RUA JOÃO LATINI, NO JARDIM ADAMANTINA, AOS FUNDOS DA HORTA COMUNITÁRIA EXISTENTE NO BAIRRO.</t>
   </si>
   <si>
     <t>8285</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8285/8285_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8285/8285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO DA ÁREA VERDE DO PATRIMÔNIO MUNICIPAL LOCALIZADA NA RUA LOURIVAL FONTES, PARQUE ITAMARATI, BEM COMO A PODA/MANUTENÇÃO DE ÁRVORE LOCALIZADA NO REFERIDO ENDEREÇO, ALTURA DO NÚMERO 80, ESQUINA COM A RUA SANTIAGO DANTAS.</t>
   </si>
   <si>
     <t>8286</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8286/8286_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8286/8286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM O CONSERTO DOS APARELHOS DO PARQUE INFANTIL INSTALADO NO CAMPO DO MARROCO, NA VILA JOAQUINA, A FIM DE QUE AS CRIANÇAS POSSAM USÁ-LOS COM SEGURANÇA NAS ATIVIDADES DE LAZER E RECREAÇÃO, CONFORME SOLICITAÇÃO DA VIZINHANÇA.</t>
   </si>
   <si>
     <t>8287</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8287/8287_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8287/8287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSERTO DO LETREIRO VERTICAL LOCALIZADO NAS PROXIMIDADES DA ENTRADA DA CIDADE E DESPROVIDO DE ILUMINAÇÃO, A FIM DE ORIENTAR OS MOTORISTAS QUE TRAFEGAM PELA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS SOBRE A EXATA LOCALIZAÇÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8288</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8288/8288_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8288/8288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DAS LÂMPADAS APAGADAS A FIM DE NORMALIZAR A ILUMINAÇÃO, ASSEGURAR MAIS TRANQUILIDADE ÀS FAMÍLIAS E MELHORAR O VISUAL NOTURNO DAS VIAS PÚBLICAS DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>8289</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8289/8289_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8289/8289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA COLOCAÇÃO DE PLACAS COM A DENOMINAÇÃO RUA CARLOS PEGORARO, BEM COMO O SEU RECAPEAMENTO ASFÁLTICO, A PEDIDO DOS EMPRESÁRIOS DA ÁREA COMERCIAL LUIZ STECHI, GERADORES DE EMPREGO E RENDA, EM FASE DE EXPANSÃO. </t>
   </si>
   <si>
     <t>8290</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8290/8290_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8290/8290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REATIVAÇÃO DAS LUMINÁRIAS DO TIPO ABAJUR, A PEDIDO DE EVANIR BORIM, AL. MARIA CÂNDIDA ROMANINI, 732 E OUTROS MORADORES A FIM DE ASSEGURAR VISUAL NOTURNO MAIS BONITO E SEGURO.</t>
   </si>
   <si>
     <t>8291</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8291/8291_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8291/8291_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RENOVAR A PINTURA DA FAIXA DIVISÓRIA DE SINALIZAÇÃO DE TRÂNSITO DO MOVIMENTADO PONTILHÃO DA RUA JOAQUIM NABUCO, BEM COMO PARA REFORMA, FIXAÇÃO E AJUSTE DAS PLACAS DE CONCRETO, ALGUMAS SOLTAS, EM AMBOS OS LADOS DA PASSARELA, ILUMINAÇÃO E PINTURA EM GERAL.</t>
   </si>
   <si>
     <t>8292</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8292/8292_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8292/8292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DA UNIDADE DE ATENDIMENTO AO PÚBLICO &amp;#8211; UAP DE ADAMANTINA, MEDIANTE CONVÊNIO COM A SECRETARIA DA FAZENDA DO ESTADO DE SÃO PAULO NOS TERMOS DO DECRETO ESTADUAL 56.271, DE 08 DE OUTUBRO DE 2010.</t>
   </si>
   <si>
     <t>8293</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8293/8293_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8293/8293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A ADOÇÃO DE MEDIDAS PREVENTIVAS E DE COMBATE À DENGUE E À LEISHMANIOSE EM NOSSO MUNICÍPIO, OBJETIVANDO EVITAR O SURGIMENTO DE NOVOS CASOS DESSAS DUAS ENFERMIDADES EM NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>8294</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8294/8294_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8294/8294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE UM EVENTO DO &amp;#8220;DIA DA SAÚDE&amp;#8221;, NO 1º SEMESTRE DESTE ANO, NOS SEGUINTES BAIRROS RESIDENCIAIS DE ADAMANTINA: JARDIM BRASIL, JARDIM ADAMANTINA, JARDIM BELA VISTA, CONJUNTO HABITACIONAL &amp;#8220;MÁRIO COVAS&amp;#8221; E VILA JARDIM.</t>
   </si>
   <si>
     <t>8295</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8295/8295_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8295/8295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INTERCESSÃO DO EXECUTIVO JUNTO AO SENHOR JOSÉ LUIZ PENNA, SECRETÁRIO ESTADUAL DA CULTURA, OBJETIVANDO A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO PARA O ANO DE 2018, NO VALOR DE R$100 MIL A SEREM ALOCADOS EM ATIVIDADES CULTURAIS, EDUCACIONAIS E RECREATIVAS, BEM COMO EM PROJETOS SOCIAIS ALUSIVOS À COMEMORAÇÃO DO 69º ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO - ADMINISTRATIVO DO MUNICÍPIO DE ADAMANTINA, A SER CELEBRADO NO PRÓXIMO DIA 13 DE JUNHO.</t>
   </si>
   <si>
     <t>8296</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8296/8296_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8296/8296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO NO MUNICÍPIO DE ADAMANTINA DO PROGRAMA EMERGENCIAL DE AUXÍLIO AO DESEMPREGADO &amp;#8211; PEAD &amp;#8211; FRENTE DE TRABALHO, POSSIBILITANDO, DESSA FORMA, A QUALIFICAÇÃO PROFISSIONAL E RENDA PARA CIDADÃOS QUE ESTÃO DESEMPREGADOS E EM SITUAÇÃO DE ALTA VULNERABILIDADE SOCIAL.</t>
   </si>
   <si>
     <t>8297</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8297/8297_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8297/8297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DESIGNAR UM FUNCIONÁRIO DO QUATRO DA SECRETARIA PARA FAZER A ZELADORIA DO CAMPO DE BOCHA E MALHA, LOCALIZADO NA ÁREA DE LAZER DO BAIRRO JARDIM DAS ALAMANDAS, RECÉM REFORMADO PARA REALIZAÇÃO DO JORI &amp;#8211; JOGOS REGIONAIS DOS IDOSOS.</t>
   </si>
   <si>
     <t>8298</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8298/8298_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8298/8298_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE CONSTRUIR SARJETÕES PARA DISCIPLINAR O ESCOAMENTO DE ÁGUAS NOS SEGUINTES LOCAIS. 1 &amp;#8211; RUA FIORAVANTE SPÓSITO, NO SEU FINAL, ATRÁS DO VELÓRIO DA SAUDADE. 2 &amp;#8211; EM TODAS AS ESQUINAS DA RUA FRANCISCO ALVES DE LIMA, NO BAIRRO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>8299</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8299/8299_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8299/8299_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COM URGÊNCIA REPAROS NO SEMÁFORO DA AV. RIO BRANCO, ESQUINA COM A RUA JOAQUIM NABUCO, POIS É CONSTANTE O APARECIMENTO DE DEFEITOS PREJUDICANDO SERIAMENTE O TRÂNSITO DA CIDADE.</t>
   </si>
   <si>
     <t>8300</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8300/8300_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8300/8300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA ROÇAGEM E LIMPEZA NA ÁREA VERDE E DE LAZER DO BAIRRO TUCURUVI, PRINCIPALMENTE EM VOLTA DA IGREJA E CAMPO DE FUTEBOL, POIS O LOCAL ENCONTRA-SE TOMADO POR ENORME MATAGAL.</t>
   </si>
   <si>
     <t>8301</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8301/8301_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8301/8301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER, COM URGÊNCIA, REPAROS NA ESTRADA &amp;#8220;2&amp;#8221;, A PARTIR DA ESTRADA &amp;#8220;1&amp;#8221;, ATÉ O ANTIGO CORTUME.</t>
   </si>
   <si>
     <t>8302</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8302/8302_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8302/8302_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ROÇAGEM E UMA COMPLETA LIMPEZA DA EROSÃO DO CÓRREGO CALDEIRA APÓS A PONTE ATÉ O FINAL DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>8303</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8303/8303_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8303/8303_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER COM URGÊNCIA UMA OPERAÇÃO TAPA-BURACOS EM TODA EXTENSÃO DA RUA CARLOS GOMES, NO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>8341</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8341/8341_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8341/8341_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENTENDIMENTO COM A EMPRESA ENERGISA S/A. VISANDO ASSINATURA DE UM TERMO DE PARCERIA ENTRE A REFERIDA EMPRESA E A PREFEITURA PARA QUE OS CORTES DE ENERGIA QUE SÃO FEITOS AOS CONSUMIDORES INADIMPLENTES NÃO SEJAM FEITOS NOS FINAIS DE SEMANA A FIM DE EVITAR TRANSTORNOS, PRINCIPALMENTE AOS SÁBADOS A TARDE E DOMINGOS, QUANDO ESTÃO FECHADAS AS AGÊNCIAS BANCÁRIAS E REDE LOTÉRICAS PARA PROCEDER O PAGAMENTO DAS CONTAS E DOCUMENTOS DE RELIGAÇÃO.</t>
   </si>
   <si>
     <t>8342</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8342/8342_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8342/8342_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUIR OS ACESSOS DOS CADEIRANTES PRÓXIMO AOS LOCAIS QUE FORAM DESTINADOS PARA O ESTACIONAMENTO DE VEÍCULOS DE PESSOAS COM DEFICIÊNCIAS EM VOLTA DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>8343</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8343/8343_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8343/8343_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM E LIMPEZA NA PASSAGEM SOBRE OS TRILHOS DA FEPASA QUE DÁ ACESSO À AV. CRISTOVAM GOULART MARMO PELA RUA FLORIANÓPOLIS, VILA JAMIL DE LIMA UTILIZADA PELOS MORADORES DO REFERIDO BAIRRO, BEM COMO  DOS BAIRROS PARQUE DO SOL E MORADA DO SOL.</t>
   </si>
   <si>
     <t>8344</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8344/8344_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8344/8344_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NOS BANCOS QUE ESTÃO INSTALADOS NO ENTORNO DO ALTAR DA IMAGEM DE NOSSA SENHORA APARECIDA, TREVO DA CIDADE, UTILIZADOS PELOS FIEIS PARA FAZER SUAS ORAÇÕES.</t>
   </si>
   <si>
     <t>8345</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8345/8345_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8345/8345_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DIMINUIÇÃO DO PASSEIO PÚBLICO PARA FAZER ESTACIONAMENTO 45 GRAUS NO TRECHO DA AL. NAVARRO DE ANDRADE, ENTRE AS RUAS OSVALDO CRUZ E AV. ADHEMAR DE BARROS, TENDO EM VISTA QUE OS PASSEIOS DESTE QUARTEIRÃO É MAIS LARGO QUE DAS OUTRAS RUAS, OFERECENDO MAIS LOCAL DE ESTACIONAMENTO AOS MUNÍCIPES, SEM ATRAPALHAR O TRÂNSITO.</t>
   </si>
   <si>
     <t>8346</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8346/8346_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8346/8346_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONFECÇÃO E COLOCAÇÃO DE PLACA INFORMANDO &amp;#8220;PROIBIDO JOGAR LIXO&amp;#8221; NO FINAL DA RUA SANTA CATARINA, BAIRRO MARIO COVAS E SÃO MIGUEL I, ATENDENDO PEDIDOS DOS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>8347</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8347/8347_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8347/8347_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NAS RUAS E AVENIDAS DO BAIRRO JARDIM ADAMANTINA, UM DOS BAIRROS MAIS AFETADOS, COM ENORMES CRATERAS, DIFICULTANDO A PASSAGEM DE VEÍCULOS, INCLUSIVE PEDESTRES.</t>
   </si>
   <si>
     <t>8348</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8348/8348_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8348/8348_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM CANALETÃO A FIM DE RECEBER AS ÁGUAS QUE EM DIAS DE FORTES CHUVAS ACUMULAM NO INTERIOR DO PARQUE INFANTIL E ACABA ADENTRANDO AS RESIDÊNCIAS NA RUA NAIR QUINTO ZAMBÃO NO JARDIM TIPUANAS, COMO ACONTECEU NAS ÚLTIMAS CHUVAS.</t>
   </si>
   <si>
     <t>8349</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8349/8349_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8349/8349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O FECHAMENTO DA BOCA DE LOBO DA RUA BONFIM COM A RUA SEBESTIÃO LUIZ CAVALINI, COM COLOCAÇÃO DE GRADE A FIM DE EVITAR POSSÍVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>8350</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8350/8350_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8350/8350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DO NOME &amp;#8220;DOZINA PAZIM DAL BELLO&amp;#8221;, NO CENTRO COMUNITÁRIO DO BAIRRO PARQUE DO SOL, CONFORME LEI MUNICIPAL Nº 3796/17.</t>
   </si>
   <si>
     <t>8351</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8351/8351_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8351/8351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REMOÇÃO DOS VEÍCULOS ABANDONADOS NA RUA GENERAL CARNEIRO, NO PARQUE DO SOL, CONFORME DETERMINA LEI MUNICIPAL QUE AUTORIZA O RECOLHIMENTO.</t>
   </si>
   <si>
     <t>8352</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8352/8352_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8352/8352_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA PARCIAL DE TODAS AS ÁRVORES DO BAIRRO PARQUE DO SOL, PRINCIPALMENTE AQUELAS QUE ESTÃO ATRAPALHANDO A ILUMINAÇÃO PÚBLICA BEM COMO A SUBSTITUIÇÃO DE TODAS AS LÂMPADAS QUEIMADAS DO BAIRRO.</t>
   </si>
   <si>
     <t>8353</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8353/8353_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8353/8353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DESTINAÇÃO DE PROFISSIONAIS PARA MINISTRAR AULAS DE GINÁSTICA, PELO MENOS DUAS VEZES POR SEMANA, AOS IDOSOS NO CENTRO COMUNITÁRIO DO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>8354</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8354/8354_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8354/8354_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VISTORIA NAS SALAS DO VELÓRIO MUNICIPAL, POIS, SEGUNDO INFORMAÇÕES, HÁ INFILTRAÇÕES DE ÁGUA NO TETO E PAREDES, PROVOCANDO VÁRIOS TRINCOS, DANIFICANDO O REBOCO E A PINTURA, NECESSITANDO DE REPAROS COM URGÊNCIA.</t>
   </si>
   <si>
     <t>8355</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8355/8355_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8355/8355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VISTORIA NO PONTILHÃO PRINCIPAL DE ENTRADA E SAÍDA DA CIDADE, NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, POIS SEGUNDO RELATOS DE VÁRIOS MUNÍCIPES, DEPOIS QUE FOI REALIZADO O RECAPEAMENTO DA PISTA PARECE QUE SUA ESTRUTURA ESTÁ CEDENDO.</t>
   </si>
   <si>
     <t>8356</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8356/8356_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8356/8356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALARGAMENTO DA FAIXA PARA PEDESTRES EM BAIXO DO PONTILHÃO DO TREVO DA CIDADE, ACESSO PRINCIPAL AO BAIRRO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>8357</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8357/8357_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8357/8357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORAR A ILUMINAÇÃO NA ACADEMIA AO AR LIVRE DOS BAIRROS BOA VISTA E BANDEIRANTES, BEM COMO DO JARDIM DOS POETAS E SUA REFERIDA PRAÇA.</t>
   </si>
   <si>
     <t>8358</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8358/8358_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8358/8358_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA LIMPEZA E REPAROS NA PISTA DE CAMINHADA DO PARQUE DO CALDEIRA QUE ENCONTRA-SE TOMADA POR ENORME MATAGAL EM SUAS LATERAIS, INCLUSIVE NO INTERIOR DA PISTA, GERANDO RECLAMAÇÃO DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>8359</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8359/8359_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8359/8359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PROCEDER AS SEGUINTES MELHORIAS NA PRAÇA EUCLIDES ROMANINI: A &amp;#8211; REFORMA PARCIAL DOS BRINQUEDOS DO PARQUE INFANTIL; B &amp;#8211; ELABORAÇÃO DE PROJETO DE REESTRUTURAÇÃO; C &amp;#8211; CUIDADO ESPECIAL COM A REPRESA EXISTENTE NA PRAÇA, INCLUSIVE COM OS ANIMAIS. D &amp;#8211; PLANTIO DE ÁRVORES FRUTÍFERAS E GRAMA NO INTERIOR DA PRAÇA.</t>
   </si>
   <si>
     <t>8360</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8360/8360_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8360/8360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COMPLETA LIMPEZA NO CONJUNTO BANDEIRANTES (CDHU &amp;#8220;L&amp;#8221;), NAS ÁREAS VERDES E INSTITUCIONAIS, POIS ENCONTRAM-SE TOTALMENTE TOMADAS PELO MATO ALTO E MUITO LIXO, DEVENDO DEPOIS DE LIMPAS, FIXAR PLACAS &amp;#8220;PROIBIDO JOGAR LIXO E ENTULHOS&amp;#8221;.</t>
   </si>
   <si>
     <t>8361</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8361/8361_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8361/8361_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAR A ESTRADA DE SERVIDÃO QUE LIGA A RUA IRACEMA NAIR BAESSO ROMBALDI ATÉ A ÁREA DA PREFEITURA, ADQUIRIDA PARA A CONSTRUÇÃO DE CASAS POPULARES NA ADMINISTRAÇÃO PASSADA, DENOMINADO CONJUNTO HABITACIONAL NAUR BELUSCI.</t>
   </si>
   <si>
     <t>8362</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8362/8362_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8362/8362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE PLACA NA ESTRADA DE SERVIDÃO QUE LIGA A RUA IRACEMA NAIR BAESSO ROMBALDI, NO CONJUNTO HABITACIONAL NAUR BELLUSCI, ÁREA DA PREFEITURA, DENOMINADA RUA PROFESSORA APARECIDA FURLAN BORTOLO.</t>
   </si>
   <si>
     <t>8363</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8363/8363_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8363/8363_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE SERVIÇOS DE CAPINAÇÃO E LIMPEZA DO MATO EXISTENTE NO CANTEIRO CENTRAL DA AV. FRANCISCO BELLUSCI, Nº 881, EM FRENTE A PANKERARIA E PROXIMIDADES DA UNIFAI.</t>
   </si>
   <si>
     <t>8364</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8364/8364_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8364/8364_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PARA RECONSTRUIR A PONTE DE MADEIRA E PROMOVER A REABERTURA DA RUA IRACEMA NAIR BAESSO ROMBALDI, ENTRE A AL. JOSÉ BECHARA E A RUA PRINCESA ISABEL, DE MODO A RESTABELECER O TRÂNSITO DE VEÍCULOS EM CONDIÇÕES RÁPIDAS E SEGURAS.</t>
   </si>
   <si>
     <t>8365</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8365/8365_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8365/8365_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REGULARIZAÇÃO DO &amp;#8220;SARJETÃO&amp;#8221; DA RUA FIORAVANTE SPÓSITO COM A AL. PADRE ANCHIETA, POIS OS VEÍCULOS QUE TRANSITAM ESTÃO SE DESGASTANDO NESTE LOCAL.</t>
   </si>
   <si>
     <t>8366</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8366/8366_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8366/8366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RESOLVER O GRAVE PROBLEMA QUE VEM OCORRENDO COM OS ESTACIONAMENTOS DE CAMINHÕES E CARRETAS ENTRE AS EMPRESAS ALPAVEL E ESCOLA ELEVA, RECENTEMENTE INAUGURADA NA AV. MARECHAL CASTELO BRANCO, COLOCANDO PLACAS &amp;#8220;PROIBIDO ESTACIONAR CAMINHÕES E CARRETAS&amp;#8221;.</t>
   </si>
   <si>
     <t>8367</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8367/8367_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8367/8367_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS E RECAPEAMENTO ASFÁLTICO NAS PRINCIPAIS RUAS E AVENIDAS NO PARQUE DO SOL, PRINCIPALMENTE AS RUAS VERGUEIRO E PARAÍSO.</t>
   </si>
   <si>
     <t>8368</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8368/8368_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8368/8368_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COBERTURA DO PONTO DE ÔNIBUS QUE FOI TROCADO DE LUGAR E ENCONTRA-SE SEM A DEVIDA COBERTURA, LOCALIZADO NA RUA PARAÍSO, ESQUINA COM A AV. EMÍLIO BETTIO NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>8369</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8369/8369_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8369/8369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA GERAL NAS ÁRVORES DA AV. JOSÉ URBANO LUIZE, ENTRADA PRINCIPAL DO BAIRRO PARQUE DO SOL QUE PERTENCE A CASA DO GAROTO, QUE SERVE COMO CERCA VIVA NOS FUNDOS DO TERRENO DA ENTIDADE.</t>
   </si>
   <si>
     <t>8370</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8370/8370_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8370/8370_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA EFETUAR A TROCA DA BANDEIRA NACIONAL HASTEADA NO TREVO DA ENTRADA PRINCIPAL DA CIDADE, TENDO EM VISTA O SEU ESTADO DE CONSERVAÇÃO COM ENORMES RASGOS E TOTALMENTE DESBOTADA, PROVOCANDO UM PÉSSIMO VISUAL PARA QUEM ENTRA E SAI DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8371</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8371/8371_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8371/8371_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS E INICIATIVAS VISANDO EQUACIONAR, EM DEFINITIVO, OS PROBLEMAS COM ALAGAMENTO E INVASÃO DE IMÓVEIS, NA RUA HUGO MIGUEL, PARQUE MORADA DO SOL.</t>
   </si>
   <si>
     <t>8372</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8372/8372_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8372/8372_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS E INICIATIVAS VISANDO A RESTRUTURAÇÃO DAS BOCAS DE LOBO EXISTENTES NA REGIÃO DO CRUZAMENTO DA AVENIDA RIO BRANCO COM A RUA FIORAVANTE SPÓSITO, DE CORRIQUEIRA INCIDÊNCIA DE ALAGAMENTOS, COM A ALTERAÇÃO DO ATUAL MODELO &amp;#8220;CHAPÉU&amp;#8221;, COM CAPTAÇÃO MEDIANTE PASSAGEM VERTICAL, RENTE ÀS GUIAS/MEIO-FIO, PARA O MODELO &amp;#8220;GRELHA&amp;#8221;, COM CAPTAÇÃO PELO LEITO DA SARJETA, AMPLIANDO ASSIM A CAPACIDADE DE CAPTAÇÃO E FUNCIONALIDADE, JÁ QUE AS ÁGUAS PLUVIAIS, EM VELOCIDADE, NÃO SÃO EFETIVAMENTE CAPTADAS PELO SISTEMA VIGENTE.</t>
   </si>
   <si>
     <t>8373</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8373/8373_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8373/8373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE PERMITA, EM PROCESSOS SELETIVOS DE ESTAGIÁRIOS FUTUROS DO PODER EXECUTIVO MUNICIPAL, A POSSIBILIDADE DE INCLUSÃO DAS DEMAIS INSTITUIÇÕES DE ENSINO SUPERIOR INSTALADAS E EM FUNCIONAMENTO EM ADAMANTINA, NO ROL DAS INSTITUIÇÕES PARCEIRAS, E POSSIBILITE ASSIM AMPLIAR A PARTICIPAÇÃO DOS RESPECTIVOS ESTUDANTES UNIVERSITÁRIOS, DE DIFERENTES ÁREAS E INSTITUIÇÕES, NO ATENDIMENTO ÀS NECESSIDADES E DISPONIBILIDADES DO PODER PÚBLICO MUNICIPAL, PROMOVENDO ASSIM O QUE FOR NECESSÁRIO, NO ÂMBITO LEGAL, PARA O EFETIVO ATENDIMENTO A ESTA SOLICITAÇÃO. </t>
   </si>
   <si>
     <t>8374</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8374/8374_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8374/8374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE AO FINDAR DO PROCESSO SELETIVO PARA ESCOLHA DE ESTAGIÁRIOS, E CONSIDERANDO O CONVÊNIO INSTITUÍDO DE COOPERAÇÃO ENTRE O MUNICÍPIO DE ADAMANTINA E O DEPARTAMENTO ESTADUAL DE TRÂNSITO DE SÃO PAULO PARA FUNCIONAMENTO DA UNIDADE LOCAL DA CIRETRAN/DETRAN EM ADAMANTINA, DESIGNE ESTAGIÁRIOS PARA APOIO ADMINISTRATIVO À REFERIDA UNIDADE. </t>
   </si>
   <si>
     <t>8375</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8375/8375_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8375/8375_texto_integral.pdf</t>
   </si>
   <si>
     <t>8376</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8376/8376_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8376/8376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE SERVIÇOS DE TAPA-BURACO NA AL. FLORIANÓPOLIS EM FRENTE OS NÚMEROS 472 E 554, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>8377</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8377/8377_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8377/8377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A EXECUÇÃO DE SERVIÇOS DE PINTURA GERAL DOS BANCOS DA PRAÇA BAZILIO COLOMBO MARINI, PRÓXIMA AO PONTILHÃO.</t>
   </si>
   <si>
     <t>8378</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8378/8378_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8378/8378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA AVENIDA FRANCISCO BELLUSCI, A PEDIDO DE ANTÔNIO J. FRIZÃO, PROPRIETÁRIO DO ADAMANTINA PRODUTOS DE FUNDIÇÃO LTDA ESTABELECIDA NO NÚMERO 1155 E OUTROS EMPRESÁRIOS, GERADORES DE EMPREGO E RENDA PARA ADAMANTINA.</t>
   </si>
   <si>
     <t>8379</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8379/8379_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8379/8379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM E LIMPEZA DOS TERRENOS BALDIOS E ÁREAS INSTITUCIONAIS EM TODO O JARDIM BRASIL A FIM DE EVITAR OS MALEFÍCIOS CAUSADOS POR BARATAS, RATOS, COBRAS E ARANHAS QUE, SEGUNDO OS MORADORES, PARTEM DOS TERRENOS PARA AS CASAS DAS PESSOAS.</t>
   </si>
   <si>
     <t>8380</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8380/8380_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8380/8380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE AUDIÊNCIAS PÚBLICAS DO EXECUTIVO SEREM REALIZADAS SEMPRE NO PERÍODO NOTURNO, GARANTINDO, DESSA FORMA, A POSSIBILIDADE DE UMA MAIOR PARTICIPAÇÃO DA POPULAÇÃO, PRINCIPALMENTE DAS PESSOAS QUE TRABALHAM DURANTE O DIA E NÃO PODEM COMPARECER NOS EVENTOS REALIZADOS DURANTE O PERÍODO DIURNO.</t>
   </si>
   <si>
     <t>8381</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8381/8381_texto_integral.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8381/8381_texto_integral.doc</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAMENTO DE UMA REUNIÃO COM OS DIRETORES E/OU PRESIDENTES DAS EQUIPES ESPORTIVAS EXISTENTES EM NOSSO MUNICÍPIO, BEM COMO COM OS ESPORTISTAS DA NOSSA CIDADE, OBJETIVANDO A ELABORAÇÃO DE UM CALENDÁRIO ESPORTIVO ANUAL, A EXEMPLO DO QUE JÁ OCORRE COM OS EVENTOS CULTURAIS, CONTEMPLANDO AS PRINCIPAIS COMPETIÇÕES ESPORTIVAS QUE SERÃO REALIZADAS AO LONGO DO ANO DE 2018, VISANDO AO MESMO UMA MELHOR ORGANIZAÇÃO DESSES CAMPEONATOS E TORNEIOS.</t>
   </si>
   <si>
     <t>8382</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8382/8382_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8382/8382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM UMA ALTERAÇÃO NOS PONTOS DE ESTACIONAMENTOS DOS ÔNIBUS ESCOLARES E VANS ESCOLARES QUE FAZEM O TRANSPORTE DOS ALUNOS QUE ESTUDAM NAS ESCOLAS HELEN KELLER, FLEURIDES MENECHINO E MADRE CLÉLIA, OBJETIVANDO MELHORAR O FLUXO DE PESSOAS E VEÍCULOS NO HORÁRIO DE ENTRADA E SAÍDA NOS PERÍODOS LETIVOS DA MANHÃ E DA TARDE, GARANTINDO-SE DESSA FORMA, SEGURANÇA E AGILIDADE ÀS CRIANÇAS E ADOLESCENTES DOS REFERIDOS ESTABELECIMENTOS DE ENSINO NO EMBARQUE E DESEMBARQUE.</t>
   </si>
   <si>
     <t>8383</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8383/8383_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8383/8383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA RESOLVIDO O GRAVE PROBLEMA QUE VEM OCORRENDO NA MARGINAL ANTÔNIO BARBERATO, PROXIMIDADES DO MOTEL, QUE VEM RECEBENDO TODA A ÁGUA PLUVIAL DE UMA PROPRIEDADE RURAL, PRÓXIMA À MARGINAL, PROVOCANDO EROSÃO QUE CONTRIBUIRÁ PARA O ROMPIMENTO DA ESTRADA, NECESSITANDO, PORTANTO, DE BARREIRA DE CONCRETO OU PELO MENOS DE CASCALHO PARA EVITAR O ESCOAMENTO DAS ÁGUAS.</t>
   </si>
   <si>
     <t>8384</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8384/8384_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8384/8384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ORGANIZAR UM CRONOGRAMA DE SERVIÇOS MUNICIPAIS, OBJETIVANDO A REALIZAÇÃO DE OBRAS DE RECAPEAMENTO E DE OPERAÇÕES TAPA-BURACOS, PRIORIZANDO AS PRINCIPAIS ARTÉRIAS NA NOSSA CIDADE, BEM COMO AS VIAS DE ACESSO AOS BAIRROS E LOCAIS ESTRATÉGICOS, QUE APRESENTAM UMA GRANDE CIRCULAÇÃO DE PESSOAS, FLUXO DE VEÍCULOS E DE SERVIÇOS, COM O INTUITO DE OTIMIZAR A UTILIZAÇÃO DOS RECURSOS HUMANOS, EQUIPAMENTOS E MATERIAIS EXISTENTES.</t>
   </si>
   <si>
     <t>8407</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8407/8407_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8407/8407_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PASSAGEM DE MÁQUINA NIVELADORA NA RUA PERNAMBUCO NO JARDIM BRASIL, PRINCIPALMENTE NO SEU FINAL, POIS O LOCAL ESTÁ INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>8408</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8408/8408_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8408/8408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM CANALETÃO NA RUA JOSÉ DE OLIVEIRA JUNIOR, ESQUINA COM A ALAMEDA SANTA CRUZ, A FIM DE DISCIPLINAR O ESCOAMENTO DE ÁGUA NO LOCAL, PRINCIPALMENTE EM DIAS DE FORTES CHUVAS.</t>
   </si>
   <si>
     <t>8409</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8409/8409_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8409/8409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NA TAMPA DA BOCA DE LOBO EXISTENTE NA AV. RIO BRANCO EM FRENTE AO CENTRO COMUNITÁRIO DO CONJUNTO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>8410</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8410/8410_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8410/8410_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANUTENÇÃO E CONSERVAÇÃO DO PRÉDIO DOS BANHEIROS E VESTIÁRIOS DA ÁREA DE LAZER DA VILA JOAQUINA, ONDE ESTÁ LOCALIZADO O CAMPO DE FUTEBOL, PARQUE INFANTIL E ACADEMIA AO AR LIVRE, POIS SEGUNDO OS MORADORES, MUITAS VEZES FICAM ABERTOS, SERVINDO PARA ESCONDERIJO DE PESSOAS DESOCUPADAS, OCORRENDO DESTRUIÇÃO DO BEM PÚBLICO.</t>
   </si>
   <si>
     <t>8411</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8411/8411_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8411/8411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ROÇAGEM COMPLETA DA ÁREA VERDE DO PARQUE TANGARÁ, BEM COMO O CAMPO DE FUTEBOL DO JARDIM BRASIL, POIS OS LOCAIS ENCONTRAM-SE TOMADOS POR ENORME MATAGAL.</t>
   </si>
   <si>
     <t>8412</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8412/8412_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8412/8412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE CALÇADA NO TERRENO DA ÁREA VERDE DO CONJUNTO TANGARÁ, NO LADO DA RUA JURUVA, POIS A RUA É MUITO ESTREITA, OBRIGANDO OS PEDESTRES A ANDAR NO MEIO DA RUA.</t>
   </si>
   <si>
     <t>8413</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8413/8413_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8413/8413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COM URGÊNCIA A RETIRADA DOS ENTULHOS QUE ESTÃO SENDO DEPOSITADOS IRREGULARMENTE NA RUA PRINCESA ISABEL, PRÓXIMO À RESIDÊNCIA DE Nº 520, NO JARDIM PAULISTA, E COLOCAR PLACA &amp;#8220;PROIBIDO JOGAR LIXO E ENTULHO NESTE LOCAL&amp;#8221;.</t>
   </si>
   <si>
     <t>8414</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8414/8414_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8414/8414_texto_integral.pdf</t>
   </si>
   <si>
     <t>8415</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8415/8415_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8415/8415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAR UM OBSTÁCULO NA AL. PADRE NÓBREGA, ENTRE AS RUAS ANTÔNIO SHIMITD VILELA E GENERAL ISIDORO, A FIM DE COIBIR A VELOCIDADE PRATICADA NO LOCAL, EVITANDO DESTA FORMA POSSÍVEIS ACIDENTES COM PEDESTRES.</t>
   </si>
   <si>
     <t>8416</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8416/8416_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8416/8416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONFECCIONAR UMA PLACA &amp;#8220;CUIDADO COM AS NOSSAS CRIANÇAS&amp;#8221; E COLOCAR NA RUA DANILO FADEL, NO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>8417</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8417/8417_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8417/8417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA NAS ÁRVORES PARA O MELHORAMENTO DA ILUMINAÇÃO PÚBLICA NA RUA JOÃO LATINI, DO JARDIM ADAMANTINA, EM ESPECIAL NAS PROXIMIDADES DA RESIDÊNCIA Nº 177.</t>
   </si>
   <si>
     <t>8418</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8418/8418_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8418/8418_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE VISTORIA NO JARDIM AMÉRICA, EM ESPECIAL NAS ÁREAS VERDES DO BAIRRO PARA LIMPEZA DAS MESMAS, BEM COMO SEJA REALIZADA A ROÇAGEM.</t>
   </si>
   <si>
     <t>8419</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8419/8419_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8419/8419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAR O DESENTUPIMENTO DA BOCA DE LOBO LOCALIZADA NA RUA DAS PALMAS, ESQUINA COM A RUA DAS CAMÉLIAS.</t>
   </si>
   <si>
     <t>8420</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8420/8420_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8420/8420_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA HERMENEGILDO LOPES PEDROSO, NAS PROXIMIDADES DA EMEI DOMINGOS LATINE, LOCALIZADA NA VILA JARDIM.</t>
   </si>
   <si>
     <t>8421</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8421/8421_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8421/8421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA MELHORADA A COMUNICAÇÃO ENTRE OS SETORES DA PREFEITURA DE MODO QUE OS RESPONSÁVEIS POR CADA SETOR POSSAM TRANSFERIR O COMUNICADO AOS SERVIDORES DO DEPARTAMENTO, OU ATÉ PUBLICAR AS INFORMAÇÕES NOS MURAIS.</t>
   </si>
   <si>
     <t>8422</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8422/8422_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8422/8422_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AV. RIO BRANCO, NAS PROXIMIDADES DO ENTRONCAMENTO COM AS RUAS ÂNGELO STAFUZZA E DOMINGOS FRATINI, NO FINAL DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>8423</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8423/8423_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8423/8423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJA REALIZADA A AQUISIÇÃO DE UMA CAMIONETE ADAPTADA, COM ESCADA E CESTO AÉREO ACOPLADOS PARA A UTILIZAÇÃO DA EQUIPE DE ELETRICISTAS NOS SERVIÇOS DE MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>8424</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8424/8424_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8424/8424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR BELMIRO JOSÉ FERREIRA PARA DENOMINAR RUAS E AVENIDAS EM NOVOS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSO MUNICÍPIO, A FIM DE ETERNIZAR NA MEMÓRIA DA POPULAÇÃO O NOME DESTE ILUSTRE ADAMANTINENSE.</t>
   </si>
   <si>
     <t>8425</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8425/8425_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8425/8425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACO OU APLICAÇÃO DE LAMA ASFÁLTICA NAS RUAS DO BAIRRO PARQUE DAS NAÇÕES, PRINCIPALMENTE NA RUA ESTADOS UNIDOS QUE ESTÁ COM A MALHA ASFÁLTICA TOTALMENTE DANIFICADA.</t>
   </si>
   <si>
     <t>8426</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8426/8426_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8426/8426_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NO DISTRITO INDUSTRIAL E COMERCIAL VALENTIN GATTI, POIS O LOCAL CONTA HOJE COM MAIS DE 10 EMPRESAS, COM GRANDE FLUXO DE VEÍCULOS, PRINCIPALMENTE CAMINHÕES E A MALHA ASFÁLTICA ESTÁ TOTALMENTE DETERIORADA.</t>
   </si>
   <si>
     <t>8427</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8427/8427_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8427/8427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE LIXEIRAS EM DIVERSOS PONTOS DA ESTRADA 14, NO TRECHO DA APTA, ATÉ O PROLONGAMENTO DA AV. RIO BRANCO.</t>
   </si>
   <si>
     <t>8428</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8428/8428_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8428/8428_texto_integral.pdf</t>
   </si>
   <si>
     <t>8429</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8429/8429_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8429/8429_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO DE FAIXAS DIVISÓRIAS E LATERAIS NA RODOVIA PLÁCIDO ROCHA ATÉ O BAIRRO LAGOA SECA, BEM COMO A COLOCAÇÃO DE PLACAS 80KM/H &amp;#8211; R19, R25A E R25B DO CÓDIGO DE TRÂNSITO, POIS AS MESMAS ENCONTRAM-SE TOTALMENTE APAGADAS OFERECENDO PERIGO AOS MOTORISTAS QUE UTILIZAM A REFERIDA RODOVIA.</t>
   </si>
   <si>
     <t>8430</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8430/8430_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8430/8430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INCLUSÃO DE ADAMANTINA NO PROGRAMA CARTÃO REFORMA, CRIADO PELO GOVERNO FEDERAL. REFERIDA INCLUSÃO POSSIBILITARIA A MUITOS ADAMANTINENSES, COM RENDA DE ATÉ DOIS SALÁRIOS MÍNIMOS, RECEBEREM GRATUITAMENTE UMA AJUDA EM TORNO DE ATÉ DEZ MIL REAIS PARA A EXECUÇÃO DE PEQUENAS MELHORIAS EM SUAS RESIDÊNCIAS, FATO QUE SIGNIFICARIA MELHORIA DA QUALIDADE DE VIDA. </t>
   </si>
   <si>
     <t>8431</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8431/8431_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8431/8431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE CORRIMÕES E ADESIVOS ANTIDERRAPANTE JUNTO AOS DEGRAUS, NOS DOIS ACESSOS LATERAIS DO PALCO EXISTENTE NO INTERIOR AUDITÓRIO DR. MIGUEL REALE, CAMPUS II.</t>
   </si>
   <si>
     <t>8432</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8432/8432_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8432/8432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA REITORIA DA UNIFAI A REALIZAÇÃO DE ESTUDOS E A PROPOSITURA DE UM PROGRAMA DE FINANCIAMENTO ESTUDANTIL PRÓPRIO, COMO RECURSO COMPLEMENTAR, ESTRATÉGICO E COMPETITIVO PARA ATRAÇÃO E FIXAÇÃO DE ALUNOS EM SEUS CURSOS, DESENVOLVENDO ASSIM UMA AMPLA PESQUISA EM TORNO DAS INICIATIVAS QUE JÁ SE PROJETAM E REDIMENSIONANDO-AS PARA O CENÁRIO DE POSSIBILIDADES QUE ESTEJAM DEVIDAMENTE AMPARADAS PELA LEGISLAÇÃO VIGENTE.</t>
   </si>
   <si>
     <t>8433</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8433/8433_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8433/8433_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DESOBSTRUÇÃO DE BUEIRO LOCALIZADO NA RUA DAS PALMAS, ESQUINA COM A RUA DAS CAMÉLIAS, NA VILA JARDIM. </t>
   </si>
   <si>
     <t>8434</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8434/indicacao_159_26a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8434/indicacao_159_26a_ordinaria.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE VISTORIA E ELABORAR UM PLANO DE SERVIÇO, VISANDO RESOLVER O GRAVE PROBLEMA QUE OCORRE NO FINAL DA RUA JOSÉ CARDIM, JARDIM BELA VISTA, ONDE ESTÁ CONSTRUÍDA UMA GALERIA PARA O ESCOAMENTO DAS ÁGUAS PLUVIAIS QUE NÃO SUPORTA A GRANDE QUANTIDADE, JOGANDO TODO O EXCESSO NOS FUNDOS DE VÁRIAS RESIDÊNCIAS DA RUA ANTÔNIO ORAZIL BISTERSO, NO JARDIM BANDEIRANTES, TRAZENDO ENORMES TRANSTORNOS AOS MORADORES EM DIAS DE FORTES CHUVAS.</t>
   </si>
   <si>
     <t>8435</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8435/8435_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8435/8435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO DA RUA BATISTA BALDRIGHI, NO RESIDENCIAL MORUMBI.</t>
   </si>
   <si>
     <t>8436</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8436/8436_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8436/8436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SR. ROQUE FERRARI PARA DENOMINAR RUA, LOGRADOURO OU BEM PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS DE MOTO A ETERNIZAR, NA MEMÓRIA DA POPULAÇÃO, O NOME DESSE VALOROSO E HONRADO PIONEIRO.</t>
   </si>
   <si>
     <t>8437</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8437/8437_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8437/8437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE LOMBADA DE SINALIZAÇÃO DE TRÂNSITO NA MOVIMENTADA AV. RIO BRANCO, PROXIMIDADES DO SUPERMERCADO PRIMAVERA, Nº 2630.</t>
   </si>
   <si>
     <t>8438</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8438/8438_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8438/8438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ILUMINAÇÃO DO ESPAÇO DESTINADO A ACADEMIA AO AR LIVRE E AO PARQUINHO INFANTIL, AMBOS LOCALIZADOS NO &amp;#8220;CAMPO DO MARROCO&amp;#8221;, NA VILA JOAQUINA;</t>
   </si>
   <si>
     <t>8439</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8439/8439_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8439/8439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE UMA RECUPERAÇÃO DAS RUAS PAVIMENTADAS DO JARDIM BELA VISTA, POIS ALGUMAS DESSAS RUAS ESTÃO EM PÉSSIMO ESTADO DE CONSERVAÇÃO, DIFICULTANDO O TRÂNSITO DE VEÍCULOS E DE PESSOAS.</t>
   </si>
   <si>
     <t>8440</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8440/8440_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8440/8440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DOS ESTUDOS NECESSÁRIOS OBJETIVANDO TRANSFORMAR A ESTRADA DE SERVIDÃO QUE MARGEIA O CEMITÉRIO MUNICIPAL, NO JARDIM EUROPA, EM UM LOGRADOURO PÚBLICO MUNICIPAL (RUA), COM VISTAS A MELHORAR AS CONDIÇÕES DE TRÁFEGO DE PESSOAS E VEÍCULOS NAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>8441</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8441/8441_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8441/8441_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UMA ALÇA OU VIA DE ACESSO DO BAIRRO PARQUE ITAMARATI À RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, OBJETIVANDO UMA MELHOR MOBILIDADE URBANA E UM MELHOR TRÁFEGO DE VEÍCULOS E PESSOAS NAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>8442</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8442/8442_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8442/8442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AQUISIÇÃO E INSTALAÇÃO DE ESTRUTURA E ILUMINAÇÃO PÚBLICA NA ÁREA DA ACADEMIA AO AR LIVRE E PLAYGROUND, INSTALADOS NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>8443</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8443/8443_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8443/8443_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM E LIMPEZA NO TERRENO DO PATRIMÔNIO DA PREFEITURA, LOCALIZADO NA AL. SANTA CRUZ, AO LADO DA ESCOLA INFANTIL PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>8444</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8444/8444_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8444/8444_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE LIMPEZA DAS CALÇADAS DA CIDADE NA ÁREA CENTRAL, POIS É GRANDE A QUANTIDADE DE MATOS EM FRENTE AS LOJAS COMERCIAIS, CONTRIBUINDO COM UM PÉSSIMO VISUAL PRINCIPALMENTE AQUELES QUE VISITAM NOSSA CIDADE PARA FAZER SUAS COMPRAS.</t>
   </si>
   <si>
     <t>8445</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8445/8445_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8445/8445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE ROÇAGEM E LIMPEZA DE MATO QUE TOMA CONTA AO REDOR DO PRÉDIO DA CRECHE DO CONJUNTO HABITACIONAL MARIO COVAS.</t>
   </si>
   <si>
     <t>8446</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8446/8446_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8446/8446_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ELIMINAÇÃO DAS GOTEIRAS DOS APARELHOS DE AR CONDICIONADO DO PRÉDIO DA PREFEITURA QUE TEM CAÍDO NO PASSEIO PÚBLICO, MOLHANDO AS PESSOAS QUANDO PASSAM EM FRENTE AO PAÇO MUNICIPAL, O QUE TEM GERADO MUITA RECLAMAÇÃO PARA RESOLVER ESTA SITUAÇÃO MUITO DESAGRADÁVEL.</t>
   </si>
   <si>
     <t>8447</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8447/8447_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8447/8447_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RESOLVER COM URGÊNCIA A DEMANDA REPRIMIDA DA SECRETARIA SOBRE OS EXAMES DE IMAGEM, TOMOGRAFIA, RESSONÂNCIA MAGNÉTICA E ULTRASSOM, TENDO EM VISTA QUE MUITAS MUNÍCIPES TEM RECLAMADO DA DEMORA PARA FAZER OS MENCIONADOS EXAMES.</t>
   </si>
   <si>
     <t>8448</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8448/8448_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8448/8448_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA FIRMAR UMA PARCERIA ENTRE PREFEITURA E UNIFAI COM RESPEITO A QUADRA POLIESPORTIVA, CONSTRUÍDA NO CAMPUS III, NOS SEGUINTES TERMOS: A UNIFAI FICA COM A QUADRA DA PREFEITURA E A UNIFAI CONSTRÓI OUTRA  QUADRA PARA A PREFEITURA NA ÁREA AO LADO DO GINÁSIO DE ESPORTES.</t>
   </si>
   <si>
     <t>8469</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8469/8469_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8469/8469_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE &amp;#8220;GUARD RAIL&amp;#8221; NA AV. MOISÉS JUSTINO DA SILVA, PRÓXIMO AOS BAIRROS JARDIM BELA VISTA E POETAS, EM RAZÃO QUE OS MOTOCICLISTAS ESTÃO DESVIANDO DOS OBSTÁCULOS PELAS LATERAIS DA MALHA ASFÁLTICA SENDO NECESSÁRIO COLOCAR A PROTEÇÃO  NOS LOCAIS PARA COIBIR ESTE PROCEDIMENTO PERIGOSO UTILIZADO PELOS MOTORISTAS.</t>
   </si>
   <si>
     <t>8470</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8470/8470_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8470/8470_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DESIGNAR MAIS UMA FUNCIONÁRIA PARA AJUDAR NA LIMPEZA, DO CENTRO DA CIDADE, TENDO EM VISTA QUE SOMENTE UMA VARREDEIRA NÃO TEM ATENDIDO AS NECESSIDADES.</t>
   </si>
   <si>
     <t>8471</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8471/8471_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8471/8471_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NO BAIRRO MARIO COVAS, PRINCIPALMENTE A RUA PEDRO MARCHETTI; NOVO HORIZONTE; VILA CICMA, PRINCIPALMENTE A RUA VALENTIM GENTIL; JARDIM PRIMAVERA E SAN FERNANDO.</t>
   </si>
   <si>
     <t>8472</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8472/8472_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8472/8472_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE CALÇADA NA ÁREA VERDE LOCALIZADA NA RUA WALTER MASSAFERRO, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>8473</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8473/8473_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8473/8473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA DE VÁRIAS ÁRVORES NA RUA SÃO PAULO, PROXIMIDADES DO Nº 556, NO JARDIM BRASIL, POIS OS GALHOS VEM PROVOCANDO PERIGO À REDE ELÉTRICA E ENCOBRINDO AS LUMINÁRIAS DEIXANDO O LOCAL MUITO ESCURO.</t>
   </si>
   <si>
     <t>8474</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8474/8474_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8474/8474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA PROCEDER REPAROS NA ESTRUTURA DA PONTE DE MADEIRA LOCALIZADA NA ESTRADA GERALDO JORDÃO, BAIRRO CÓRREGO DO RANCHO, BEM COMO A COLOCAÇÃO DE PROTEÇÃO NAS SUAS LATERAIS, POIS O ESTADO DE CONSERVAÇÃO ENCONTRA-SE PRECÁRIO COLOCANDO EM RISCO OS USUÁRIOS. </t>
   </si>
   <si>
     <t>8475</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8475/8475_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8475/8475_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COMPLETA LIMPEZA EMBAIXO DAS ÁRVORES NATIVAS NAS MARGENS DO CÓRREGO CALDEIRAS APÓS A PONTE EM FRENTE A RUA PROFª MARIA ESTER TOFOLI.</t>
   </si>
   <si>
     <t>8476</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8476/8476_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8476/8476_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PARCERIA ENTRE PREFEITURA/UNIFAI COM A VIABILIDADE DE REFORMAR E CONSTRUIR NOVAS COBERTURAS DOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8477</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8477/8477_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8477/8477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZEM ESTUDOS EM UMA ÁREA, LOCALIZADA NA AV. MAL. CASTELO BRANCO, DE 18.216M², HOJE PERTENCENTE AO ESTADO, PARA O MUNICÍPIO DE ADAMANTINA, SEJA, CONFORME LEGISLAÇÃO MUNICIPAL, TRANSFORMADA EM ÁREA COMERCIAL POSSIBILITANDO INSTALAÇÃO DE NOVAS EMPRESAS PARA GERAÇÃO DE EMPREGOS.</t>
   </si>
   <si>
     <t>8478</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8478/8478_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8478/8478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM UMA COMPLETA REFORMA, INCLUSIVE NA PARTE HIDRÁULICA, E PINTURA DOS BANHEIROS NO PÁTIO DA ANTIGA FEPASA, ONDE SÃO REALIZADAS AS FEIRAS-LIVRES DE QUARTA E DOMINGO.</t>
   </si>
   <si>
     <t>8479</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8479/8479_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8479/8479_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJAM TOMADAS PROVIDÊNCIAS COM A MÁXIMA URGÊNCIA QUANTO AOS REPAROS QUE TEM QUE SER FEITOS NOS PASSEIOS PÚBLICOS (CALÇADAS) EM TODA A NOSSA CIDADE, PRINCIPALMENTE NA ÁREA CENTRAL.</t>
   </si>
   <si>
     <t>8480</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8480/8480_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8480/8480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM OPERAÇÃO TAPA-BURACOS EM SUA PROGRAMAÇÃO VISANDO O PÉSSIMO ESTADO DA MALHA ASFÁLTICA NOS BAIRROS ELDORADO, GIULIANO E MONTE ALEGRE, PRINCIPALMENTE NA RUA FRANCISCO ALVES DE LIMA COM ENORMES CRATERAS EM TODAS AS ESQUINAS EM FRENTE DAS RESIDÊNCIAS.  </t>
   </si>
   <si>
     <t>8481</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8481/8481_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8481/8481_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE AÇÕES VISANDO O RECOLHIMENTO DE ENTULHOS, LIXO, GALHOS DE ÁRVORES, MÓVEIS USADOS, DEPOSITADOS NAS VIAS PÚBLICAS HÁ MAIS DE UM ANO SEM RECOLHER NOS BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8482</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8482/8482_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8482/8482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR O NOME DO SR. ANTÔNIO VEIGA LOURENÇO PARA DENOMINAR RUA EM NOVOS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8483</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Eder do Nascimento Ruete, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8483/8483_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8483/8483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ROÇAGEM DE TODOS OS TERRENOS BALDIOS E ÁREAS VERDES E INSTITUCIONAIS EM TODOS OS BAIRROS DE NOSSA CIDADE, PRINCIPALMENTE OS BAIRROS JARDIM PRIMAVERA, JARDIM BRASIL, BANDEIRANTES, PARA EVITAR O SURGIMENTO DE VÁRIOS TIPOS DE INSETOS, PRINCIPALMENTE OS ESCORPIÕES QUE TEM AUMENTADO SUA PROLIFERAÇÃO.</t>
   </si>
   <si>
     <t>8484</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8484/8484_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8484/8484_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ESTUDAR A POSSIBILIDADE DE RETORNAR O SERVIÇO DE PINTURAS DOS NOMES DAS RUAS NOS POSTES DE ILUMINAÇÃO PÚBLICA A FIM DE ORIENTAR AS PESSOAS, PRINCIPALMENTE OS CARTEIROS E ENTREGADORES DE COMPRAS E ENCOMENDAS.</t>
   </si>
   <si>
     <t>8485</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8485/8485_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8485/8485_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A IMPLANTAÇÃO DE UM SEMÁFORO NO CRUZAMENTO DA RUA JOAQUIM NABUCO COM A ALAMEDA FERNÃO DIAS.</t>
   </si>
   <si>
     <t>8486</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8486/8486_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8486/8486_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DISPONIBILIZAR NOVAMENTE UM MÉDICO CLÍNICO GERAL PARA O ATENDIMENTO DIÁRIO NA UNIDADE BÁSICA DE SAÚDE DO BAIRRO JARDIM ADAMANTINA, O QUE DEIXOU DE OCORRER HÁ MAIS DE 15 DIAS, O QUE VEM GERANDO UM DESCONTENTAMENTO GENERALIZADO DA POPULAÇÃO DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>8487</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8487/8487_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8487/8487_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DISPONIBILIZAR NOVAMENTE UM MÉDICO CLÍNICO GERAL PARA O ATENDIMENTO DIÁRIO NA UNIDADE BÁSICA DE SAÚDE DA VILA JARDIM, O QUE DEIXOU DE OCORRER DESDE JANEIRO DESTE ANO, O QUE VEM GERANDO UM DESCONTENTAMENTO GENERALIZADO DA POPULAÇÃO DO REFERIDO BAIRRO BEM COMO O JARDIM BRASIL, PARQUE ITAMARATY, PARQUE DO SOL, VILA JAMIL DE LIMA E ADJACÊNCIAS QUE SÃO ATENDIDAS NA REFERIDA UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>8488</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8488/8488_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8488/8488_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTENDER OS SERVIÇOS DE PINTURA, COMO FOI FEITO NO GINÁSIO DE ESPORTES PAULO CAMARGO, PARA O ESTÁDIO MUNICIPAL E O GINÁSIO CARLOS SANTANA, LOCALIZADO NA AV. ADHEMAR DE BARROS.</t>
   </si>
   <si>
     <t>8489</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8489/8489_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8489/8489_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ESTUDAR A POSSIBILIDADE DE SE CONSTRUIR UM CANALETÃO NA RUA BONFIM, ESQUINA COM A AV. JOSÉ URBANO LUIZE A FIM DE DISCIPLINAR O ESCOAMENTO DE ÁGUA, POIS QUANDO CHOVE ALAGA TODA A EXTENSÃO DA RUA.</t>
   </si>
   <si>
     <t>8490</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8490/8490_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8490/8490_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A ENERGISA A FIM DE PROCEDER A PODA DE TODAS AS ÁRVORES DO BAIRRO PARQUE DO SOL, POIS OS GALHOS ESTÃO PROVOCANDO ESCURIDÃO POR COBRIR AS LUMINÁRIAS E OFERECENDO RISCO À REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>8491</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8491/8491_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8491/8491_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA REALIZAÇÃO DE PINTURA DE SOLO &amp;#8220;PARE&amp;#8221; EM TODAS AS RUAS DO PARQUE DO SOL, BEM COMO COLOCAR OUTRA PLACA COM O NOME DO BAIRRO NA ENTRADA, POIS A EXISTENTE NO LOCAL ENCONTRA-SE DANIFICADA. </t>
   </si>
   <si>
     <t>8492</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8492/8492_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8492/8492_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA TROCA DE TODAS AS LÂMPADAS QUEIMADAS NO PARQUE CALDEIRA, PRINCIPALMENTE AS DA PISTA DE CAMINHADA ATRÁS DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS ATENDENDO PEDIDO DOS USUÁRIOS DAQUELA PRAÇA. </t>
   </si>
   <si>
     <t>8493</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8493/8493_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8493/8493_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE VÁRIOS CONSERTOS NO CENTRO COMUNITÁRIO DO JARDIM DAS PRIMAVERAS E SOLICITA TAMBÉM QUE SE FAÇA UMA PARCERIA ASSOCIAÇÃO/PREFEITURA PARA A REALIZAÇÃO DE PINTURA TOTAL DO PRÉDIO, POIS A ASSOCIAÇÃO  TEM TODO O MATERIAL (TINTAS) FALTANDO SOMENTE A MÃO DE OBRA PARA EXECUTAR OS SERVIÇOS.</t>
   </si>
   <si>
     <t>8494</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8494/8494_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8494/8494_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE INCLUA NO PROGRAMA DE RECAPEAMENTO ASFÁLTICO O TRECHO DA AVENIDA FRANCISCO BELLUSCI ENTRE O ALMOXARIFADO MUNICIPAL E CAMPUS II DA INIFAI, BEM COMO O TRECHO DE CERCA DE 100 METROS DA VIA DE ENTRADA DA CIDADE PELO NOVO TREVO.</t>
   </si>
   <si>
     <t>8495</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8495/8495_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8495/8495_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO OPERAÇÃO TAPA-BURACOS NOS SEGUINTES LOCAIS: 1 &amp;#8211; BAIRRO ESTÂNCIA DORIGO E TODAS AS RUAS; 2 &amp;#8211; VILA CICMA, PRINCIPALMENTE A RUA PROFª. BERTA. 3 &amp;#8211; RUA SÃO PAULO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>8496</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8496/8496_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8496/8496_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFAZER A PINTURA DA CRUZ VERMELHA INDICANDO ESTACIONAMENTO EXCLUSIVO NO CENTRO MÉDICO LOCALIZADO NA RUA ARMANDO SALES DE OLIVEIRA, 276, CENTRO, ATENDENDO PEDIDOS DOS MÉDICOS.</t>
   </si>
   <si>
     <t>8497</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8497/8497_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8497/8497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SR. PLÍNIO HONÓRIO PARA DENOMINAR RUA, BEM OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8498</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8498/8498_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8498/8498_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO VISTORIA E POSTERIOR LIMPEZA DOS ENTULHOS LOCALIZADOS NA ÁREA VERDE DA RUA MANOEL ANTÔNIO DE AZEVEDO, ENTRONCAMENTO COM A RUA SANTA CECÍLIA, NO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>8499</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8499/8499_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8499/8499_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE VISTORIA E POSTERIOR PODA DAS ÁRVORES LOCALIZADAS NA ÁREA VERDE DA RUA CEDRO, PROXIMIDADES DA RESIDÊNCIA Nº 30 NO PQ. ITAIPUS.</t>
   </si>
   <si>
     <t>8500</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8500/8500_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8500/8500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA NO POSTO DE SAÚDE (PAS 2) LOCALIZADO NA VILA JARDIM, HAJA VISTA SER DE CONHECIMENTO NOSSO A EXISTÊNCIA DE PROBLEMAS ESTRUTURAIS NAS SALAS DE ATENDIMENTO.</t>
   </si>
   <si>
     <t>8501</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8501/8501_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8501/8501_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE ROÇAGEM DA ÁREA VERDE DO MUNICÍPIO LOCALIZADA AO FINAL DA RUA CEARÁ COM A RUA RIO DE JANEIRO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>8502</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8502/8502_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8502/8502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ROÇAGEM NO CANTEIRO DA ENTRADA DO BAIRRO JARDIM EUROPA, BEM COMO QUE SEJA REALIZADA MANUTENÇÃO NAS LÂMPADAS DOS POSTES DO LOCAL, QUE SE ENCONTRAM APAGADAS.</t>
   </si>
   <si>
     <t>8503</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8503/8503_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8503/8503_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE AUDIÊNCIA PÚBLICA ANTES DA EVENTUAL ALTERAÇÃO DAS ÁREAS DAS ESF&amp;#8217;S (DE PREFERÊNCIA NO PERÍODO NOTURNO) CONVIDANDO A POPULAÇÃO, BEM COMO OS SERVIDORES ENVOLVIDOS A FIM DE QUE SE DÊ AMPLA PUBLICIDADE E SEJAM ACOLHIDAS OPINIÕES DE TODOS.</t>
   </si>
   <si>
     <t>8504</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8504/8504_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8504/8504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA POSSIBILIDADE DE SE DESIGNAR SEMANALMENTE, SERVIDOR PARA A LIMPEZA DA SALA DOS MONITORES E DOS MOTORISTAS ESCOLARES LOCALIZADA NO ALMOXARIFADO MUNICIPAL, BEM COMO SEJA CONSTRUÍDO UM BANHEIRO FEMININO NO LOCAL.</t>
   </si>
   <si>
     <t>8505</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8505/8505_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8505/8505_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM REFERÊNCIA REFERENTES À &amp;#8220;ASSOCIAÇÃO DE ARTES E ARTESANATOS DE ADAMANTINA&amp;#8221;: 1) SEJA SOLICITADO AO DEPARTAMENTO COMPETENTE A VERIFICAÇÃO DA POSSIBILIDADE DE INCLUIR A PRESENTE ASSOCIAÇÃO NA LEI DAS SUBVENÇÕES DE 2019. 2) SEJA NOTIFICADA À SECRETARIA DE CULTURA PARA QUE ESTA PASSE A INFORMAR A ASSOCIAÇÃO DOS EVENTOS A SEREM REALIZADOS NO MUNICÍPIO, PARA A SUA POSSÍVEL PARTICIPAÇÃO. 3) SEJA CONSULTADA A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DA POSSIBILIDADE DE REALIZAR A CONTRATAÇÃO DE UM CURSO VOLTADO A ESPECIALIZAÇÃO DAS PARTICIPANTES DA ASSOCIAÇÃO DE ARTESANATOS.</t>
   </si>
   <si>
     <t>8506</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8506/8506_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8506/8506_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA APLICADO E RESPEITADO DEFINITIVAMENTE O §3º DO ART. 9-A DA LEI Nº 11.305/06, NO QUE SE REFERE AO PAGAMENTO DE INSALUBRIDADE SOBRE O SALÁRIO BASE AOS AGENTES COMUNITÁRIOS DE SAÚDE E DE COMBATE A ENDEMIAS.</t>
   </si>
   <si>
     <t>8507</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8507/8507_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8507/8507_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE SARJETÃO NOS PONTOS NECESSÁRIOS DA RUA SEBASTIÃO DE ALMEIDA NO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>8510</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>NÚMERO CANCELADO</t>
   </si>
   <si>
     <t>8508</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8508/8508_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8508/8508_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇOS DE CAPINAÇÃO E LIMPEZA DE MATO EXISTENTE NO CANTEIRO E JUNTO AO MEIO-FIO DA AV. SANTO ANTÔNIO, ENTRE A AV. JOSEFINA DAL&amp;#8217; ANTÔNIO TIVERON, E A ESCOLA NAVARRO DE ANDRADE, A PEDIDO DE COMERCIANTES E MORADORES PARA TORNAR A ÁREA CENTRAL MAIS BONITA E ATRAENTE.</t>
   </si>
   <si>
     <t>8509</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8509/8509_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8509/8509_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NOS SEGUINTES LOCAIS, A PEDIDO DE MORADORES: - RUA ANTÔNIO SHIMIDT VILELA, ALTURA DO NÚMERO 1.400; - RUA KANEMATSU MUNEMASSA, ALTURA DOS NÚMEROS 100 E 232.</t>
   </si>
   <si>
     <t>8511</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8511/8511_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8511/8511_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A AQUISIÇÃO DE LINHA DE TELEFONIA, FIXA OU MÓVEL, PARA INSTALAÇÃO IMEDIATA NA EMEF JOSÉ MACKERT, LOCALIZADA NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>8512</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8512/8512_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8512/8512_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO PERIÓDICA DE MEDIDAS DE HIGIENIZAÇÃO, DESRATIZAÇÃO, DESINSETIZAÇÃO, BEM COMO DE OUTROS PROCEDIMENTOS DE LIMPEZA NOS PRÉDIOS ESCOLARES, EQUIPAMENTOS E UTENSÍLIOS DAS ESCOLAS MUNICIPAIS DE ADAMANTINA, OBJETIVANDO MINIMIZAR OS RISCOS DE TRANSMISSÃO DE AGENTES CAUSADORES DE DOENÇAS E DE OUTROS PROBLEMAS DE SAÚDE, QUE PODEM AFETAR OS NOSSOS ALUNOS, MAS TAMBÉM OS NOSSOS EDUCADORES.</t>
   </si>
   <si>
     <t>8513</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8513/8513_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8513/8513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER REPAROS NO ASFALTO, BEM COMO ESTUDAR A POSSIBILIDADE DE FAZER UM REPARO NA JOSÉ URBANO LUIZE NO PARQUE DO SOL, POIS NO LOCAL ABRIU-SE UMA CRATERA ENORME, IMPOSSIBILITANDO O TRÂNSITO DE VEÍCULOS NO LOCAL.</t>
   </si>
   <si>
     <t>8514</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8514/8514_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8514/8514_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ARRUMAR PLACA COM NOME DE RUAS NA ESQUINA DA RUA OSVALDO CRUZ COM A AL SANTA CRUZ, POIS A MESMA ENCONTRA-SE DANIFICADA E AMARRADA EM UM ÁRVORE NA REFERIDA ESQUINA.</t>
   </si>
   <si>
     <t>8542</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8542/8542_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8542/8542_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE CONTATE A ALL LOGÍSTICA RESPONSÁVEL PELA MALHA FERROVIÁRIA QUE CORTA A NOSSA CIDADE DESATIVADA HÁ ANOS, QUE PROCEDA UMA COMPLETA LIMPEZA E ROÇAGEM DO ENORME MATAGAL EXISTENTE EM TODA A SUA EXTENSÃO, NO PERÍMETRO URBANO QUE LIGA O JARDIM ADAMANTINA AO JARDIM BELA VISTA, PRINCIPALMENTE NOS PONTOA MAIS CRÍTICOS, COMO O FINAL DA RUA ITIRAPINA NA VILA CICMA.</t>
   </si>
   <si>
     <t>8543</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8543/8543_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8543/8543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TROCA DE TODAS AS LÂMPADAS QUEIMADAS DA RUA TURQUESA NO BAIRRO GIULIANO, POIS, SEGUNDO OS MORADORES, A REFERIDA RUA ENCONTRA-SE ÀS ESCURAS OFERECENDO PERIGO AOS MORADORES NO QUESITO SEGURANÇA.</t>
   </si>
   <si>
     <t>8544</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8544/8544_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8544/8544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO CANALETÃO DA RUA PORTO ALEGRE, ESQUINA COM A RUA DAS HORTÊNSIAS NA VILA JARDIM, ATENDENDO PEDIDOS DOS MORADORES.</t>
   </si>
   <si>
     <t>8545</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8545/8545_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8545/8545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RECONSTRUÇÃO DA PONTE EXISTENTE NA ESTRADA ADM 451, DENOMINADA ESTRADA DO KOBORI, QUE LIGA A ESTRADA 6 A 10, POIS DESDE AGOSTO DE 2017 ESTÁ DESTRUÍDA, EM RAZÃO DAS FORTES CHUVAS, O QUE VEM PREJUDICANDO O ESCOAMENTO DA PRODUÇÃO AGRÍCOLA DE MAIS DE 05 PROPRIETÁRIOS RURAIS.</t>
   </si>
   <si>
     <t>8546</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8546/8546_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8546/8546_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJA RESOLVIDO, DEFINITIVAMENTE, O GRAVE PROBLEMA QUE VEM OCORRENDO NA ESTRUTURA DO PRÉDIO DO TIRO DE GUERRA, PRINCIPALMENTE NO TELHADO, QUE QUANDO CHOVE É GRANDE A QUANTIDADE DE GOTEIRAS MOLHANDO TOTALMENTE OS MÓVEIS E DANIFICANDO VÁRIOS OBJETOS CAUSANDO GRANDE TRANSTORNO, QUE TORNARÁ O LOCAL INVIÁVEL PARA O FUNCIONAMENTO DO TIRO DE GUERRA.</t>
   </si>
   <si>
     <t>8547</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8547/8547_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8547/8547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A VOLTA DO CAMPEONATO VARZEANO EM NOSSA CIDADE, JÁ QUE NOS PRÓXIMOS DIAS SERÁ INAUGURADO O NOSSO ESTÁDIO MUNICIPAL, TOTALMENTE REFORMADO.</t>
   </si>
   <si>
     <t>8548</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8548/8548_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8548/8548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TORNAR LEGAL E DEFINITIVA A PASSAGEM PRECÁRIA QUE LIGA A RUA NOVE DE JULHO À AV. MAL CASTELO BRANCO A FIM DE OFERECER MAIS UMA OPÇÃO DE TRÁFEGO PARA OS MOTORISTAS, TANTO PARA OS QUE SE DIRIGEM NO CENTRO DA CIDADE, BEM COMO ÀQUELES QUE SE DIRIGEM AOS BAIRROS VILA JAMIL DE LIMA, VILA JARDIM E SAÍDA DA CIDADE.</t>
   </si>
   <si>
     <t>8549</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8549/8549_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8549/8549_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SR. DURVILHO GIBERTONI PARA DENOMINAR RUA, BEM OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS DE MODO A ETERNIZAR O NOME DESSE VALOROSO PIONEIRO QUE MUITO CONTRIBUIU PARA O PROGRESSO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8550</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8550/8550_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8550/8550_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA, A INSTALAÇÃO DE LIXEIRA GRANDE NO CANTEIRO CENTRAL DA AV. DEP. CUNHA BUENO, ENTRE A AV. SANTO ANTÔNIO E A RUA EUCLIDES DA CUNHA, EM FRENTE O NÚMERO 645, A PEDIDO DO DR. JACKSON SOARES MARTINEZ E OUTROS CONTRIBUINTES A FIM DE FACILITAR OS SERVIÇOS DE COLETA E LIMPEZA PÚBLICA.</t>
   </si>
   <si>
     <t>8551</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8551/8551_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8551/8551_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REATIVAÇÃO DO FUTSAL EM NOSSO MUNICÍPIO, OBJETIVANDO DISPUTAR UMA DAS COMPETIÇÕES PROMOVIDAS PELA FEDERAÇÃO PAULISTA DE FUTSAL, TALVEZ DISPUTAR A COPA PAULISTA DO INTERIOR DE FUTSAL.</t>
   </si>
   <si>
     <t>8552</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8552/8552_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8552/8552_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE UM EVENTO DO &amp;#8220;DIA DA SAÚDE&amp;#8221; NO JARDIM BRASIL  AINDA NO 1º SEMESTRE DESTE ANO DE 2018, OBJETIVANDO OFERECER UM ATENDIMENTO GRATUITO AOS MORADORES DAQUELA IMPORTANTE COMUNIDADE DA NOSSA CIDADE, SOBRETUDO NAS ÁREAS DE: MEDICINA, FARMÁCIA, ENFERMAGEM, FISIOTERAPIA, NUTRIÇÃO, ODONTOLOGIA, EDUCAÇÃO FÍSICA, PSICOLOGIA ETC.</t>
   </si>
   <si>
     <t>8553</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8553/8553_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8553/8553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM URGENTE ADEQUAÇÃO NA LEI MUNICIPAL QUE CRIOU O CONSELHO TUTELAR DE ADAMANTINA, OBJETIVANDO CONCEDER AOS VALOROSOS CONSELHEIROS TUTELARES QUE ATUAM EM NOSSO MUNICÍPIO, OS DIREITOS PREVISTOS NA LEI Nº 12.696, DE 25 DE JULHO DE 2012, BEM COMO INSTITUIR O BENEFÍCIO DA CONCESSÃO DO AUXÍLIO ALIMENTAÇÃO, A EXEMPLO DO QUE JÁ OCORREU EM OUTROS MUNICÍPIOS DA NOSSA REGIÃO, POIS ACREDITAMOS QUE SÃO MEDIDAS REVESTIDAS DE INTEIRA JUSTIÇA E DE RECONHECIMENTO PELO EXEMPLAR TRABALHO QUE VEM SENDO REALIZADO PELOS REFERIDOS CONSELHEIROS NO EXERCÍCIO PLENO DE SUAS COMPETÊNCIAS E ATRIBUIÇÕES PREVISTAS NO ESTATUTO DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>8554</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8554/8554_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8554/8554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DA ÁREA VERDE DO MUNICÍPIO LOCALIZADA NA RUA JÁCOMO DALPHALO, NO JARDIM DALPHALO.</t>
   </si>
   <si>
     <t>8555</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8555/8555_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8555/8555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DA ÁREA VERDE DO MUNICÍPIO LOCALIZADA NA RUA JOSÉ DE OLIVEIRA JUNIOR NO BAIRRO MARIO COVAS.</t>
   </si>
   <si>
     <t>8556</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8556/8556_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8556/8556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAÇÃO DAS LÂMPADAS DOS POSTES DO PARQUE DOS CALDEIRAS, BEM COMO AS MANUTENÇÕES DAQUELES QUE ESTIVEREM QUEIMADOS.</t>
   </si>
   <si>
     <t>8558</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8558/8558_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8558/8558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM SINALIZAÇÃO DE SOLO NA VICINAL PLÁCIDO ROCHA, A FIM DE INDICAR AOS MOTORISTAS A DIVISÃO DA VICINAL, BEM COMO AS FAIXAS QUE DEMARCAM AS LATERAIS. </t>
   </si>
   <si>
     <t>8559</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8559/8559_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8559/8559_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM ELABORAÇÃO DE DOCUMENTO OFICIAL, SUBSCRITO PELO SENHOR ALEXANDRE TASSONI (LÊ), PREFEITO MUNICIPAL DE TUPI PAULISTA E PRESIDENTE DA ASSOCIAÇÃO DOS MUNICÍPIOS DA NOVA ALTA PAULISTA - AMNAP, VISANDO À INCLUSÃO, DE FORMA OFICIAL, NOS PLANOS DE GOVERNO DOS FUTUROS CANDIDATOS A GOVERNADOR DO ESTADO, A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA 14 DE ADAMANTINA, ANTIGA E JUSTA REIVINDICAÇÃO DOS MORADORES E PRODUTORES RURAIS DAQUELA REGIÃO, BEM COMO DA POPULAÇÃO DA NOSSA CIDADE COMO UM TODO. </t>
   </si>
   <si>
     <t>8560</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8560/8560_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8560/8560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ADOTAR MEDIDAS VISANDO O REPASSE DOS RECURSOS ORIUNDOS DO ALUGUEL DO POLIESPORTIVO, NOS DIAS DE GRANDES FESTAS, CEDIDOS ATRAVÉS DE LICITAÇÕES, SEJAM DESTINADOS ÀS ENTIDADES ASSISTENCIAIS COM BARRACAS NO INTERIOR DO LOCAL.</t>
   </si>
   <si>
     <t>8561</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8561/8561_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8561/8561_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER O DESASSOREAMENTO DO CÓRREGO QUE LIGA A ESTRADA ADM 432 ENTRE A ESTRADA QUE LIGA O BAIRRO AIDELÂNDIA AO BAIRRO FAZENDA JANDAIA.</t>
   </si>
   <si>
     <t>8562</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8562/8562_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8562/8562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETOMAR ESTUDOS QUE VISAM À INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DAS AVENIDAS DEPUTADO SALLES FILHO E RIO BRANCO, DEVIDO AO CAÓTICO FLUXO DE VEÍCULOS QUE TRAFEGAM NO LOCAL.</t>
   </si>
   <si>
     <t>8563</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8563/8563_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8563/8563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECOLHIMENTO DE ENTULHOS DA AV. JOSÉ URBANO LUIZE, ESQUINA COM A RUA BONFIM, NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>8564</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8564/8564_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8564/8564_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM, LIMPEZA E MANTER A CONSERVAÇÃO DA RUA GENERAL CARNEIRO, NAS LATERAIS DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, SENTIDO FLÓRIDA PAULISTA.</t>
   </si>
   <si>
     <t>8565</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8565/8565_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8565/8565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DO ENORME MATAGAL EXISTENTE NA RUA ARTUR PILLA, NO JARDIM BELA VISTA, A PEDIDO DOS MORADORES QUE RECLAMAM DO DESCASO DA PREFEITURA COM O LOCAL, POIS PERTO DA CRECHE OS SERVIÇOS SÃO FEITOS, MAS ESTA ÁREA É SEMPRE ESQUECIDA.</t>
   </si>
   <si>
     <t>8566</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8566/8566_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8566/8566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇO DE ROÇAGEM E LIMPEZA EM ÁREA VERDE MUNICIPAL DEFRONTE À RUA LOURIVAL FONTES, NO PARQUE RESIDENCIAL ITAMARATY.</t>
   </si>
   <si>
     <t>8567</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8567/8567_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8567/8567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAR NOS MOLDES DA LEGISLAÇÃO DE TRÂNSITO, UM OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA AV. DEP. CUNHA BUENO NA ALTURA DO NÚMERO 972, A FIM DE COIBIR O EXCESSO DE VELOCIDADE PRATICADO NESTE LOCAL.</t>
   </si>
   <si>
     <t>8604</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8604/8604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8604/8604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTENSIFICAR A FISCALIZAÇÃO E CONTROLE DOS VEÍCULOS DA FROTA DA PREFEITURA POR SECRETARIA COBRANDO HORÁRIO DE SAÍDA E CHEGADA, ITINERÁRIO REALIZADO EM TODOS OS VEÍCULOS DA FROTA, POIS SEGUNDO COMENTÁRIOS, TEM FUNCIONÁRIOS UTILIZANDO VEÍCULOS PARA FAZER SERVIÇOS DE TRANSPORTES PARTICULARES, COMPRAS, VIAGENS E UTILIZANDO VEÍCULOS NO HORÁRIO DE ALMOÇO.</t>
   </si>
   <si>
     <t>8605</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8605/8605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8605/8605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUIR MAIS DUAS BOCAS DE LOBOS NA RUA HUGO MIGUEL, NO BAIRRO MORADA DO SOL, A FIM DE EVITAR O QUE TEM OCORRIDO EM DIAS DE FORTES CHUVAS, ALAGANDO AS RESIDÊNCIAS 26, 36, 46 E 55, GERANDO TRANSTORNO AOS MORADORES.</t>
   </si>
   <si>
     <t>8606</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8606/8606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8606/8606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR OS NOMES DOS SENHORES CLAUDIO ANTÔNIO GUERRA E JOÃO SPÓSITO, PARA DENOMINAR RUAS EM FUTUROS LOTEAMENTOS A FIM DE ETERNIZAR NA MEMÓRIA DA POPULAÇÃO OS NOMES DESTES ILUSTRES E PRESTATIVOS ADAMANTINENSES.</t>
   </si>
   <si>
     <t>8607</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8607/8607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8607/8607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA PARCIAL DE UMA ÁRVORE LOCALIZADA NA RUA ADONIRAM BARBOSA, PRÓXIMO AO Nº 1218, POIS OS GALHOS ESTÃO ENCOSTANDO NA REDE ELÉTRICA, PROVOCANDO  INTERRUPÇÃO NO FORNECIMENTO DE ENERGIA, SEGUNDO RELATO DOS MORADORES.</t>
   </si>
   <si>
     <t>8608</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8608/8608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8608/8608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER ESTUDOS DURANTE ESTE ANO COM OS IDEALIZADORES DO TORNEIO DA LIBERDADE (DIA DOS TRABALHADORES) NO QUE TANGE AO REGULAMENTO E A MONTAGEM DAS EQUIPES, INCLUSIVE COM A POSSIBILIDADE DE TER DUAS CATEGORIAS, ABERTO E VETERANO, POIS SEGUNDO OS PARTICIPANTES, O TORNEIO MERECE SER REVISTO NOS PONTOS MENCIONADOS.</t>
   </si>
   <si>
     <t>8609</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8609/8609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8609/8609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INSTALAÇÃO DE UM BEBEDOURO, NOS MOLDES DO EXISTENTE NO PARQUE DOS PIONEIROS, NO JARDIM CENTRAL DA PRAÇA HÉLIO MICHELLONI, A FIM DE ATENDER OS FREQUENTADORES DIÁRIOS, BEM COMO EM DIAS DE EVENTOS ORGANIZADOS NO INTERIOR DA PRAÇA.</t>
   </si>
   <si>
     <t>8610</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8610/8610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8610/8610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AQUISIÇÃO DE DOIS APARELHOS DE TELEVISÃO PARA SUBSTITUIR OS EXISTENTES NO TERMINAL RODOVIÁRIO TAMOTO MATUOKA, QUE TEM APRESENTADO DEFEITOS CONSTANTES PELO TEMPO DE USO FUNCIONANDO HÁ MAIS DE 15 ANOS.</t>
   </si>
   <si>
     <t>8611</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8611/8611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8611/8611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE PARCERIA COM A INICIATIVA PRIVADA, ELABORANDO UM PROJETO PARA A TROCA TOTAL DAS LIXEIRAS COLOCADAS NO CENTRO E EM TODAS AS PRAÇAS PÚBLICAS DE NOSSO MUNICÍPIO, POIS AS EXISTENTES ESTÃO DANIFICADOS, APRESENTANDO UM PÉSSIMO VISUAL.</t>
   </si>
   <si>
     <t>8612</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, EDUARDO FIORILLO, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8612/8612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8612/8612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DO CURSO DE TÉCNICAS DE SOLDAGEM ECLÉTICA, NOS MOLDES DO QUE FOI REALIZADO NA CIDADE DE DRACENA A FIM DE QUALIFICAR JOVENS DESEMPREGADOS PARA O MERCADO DE TRABALHO.</t>
   </si>
   <si>
     <t>8613</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8613/8613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8613/8613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER AÇÕES QUE VISAM SOLUCIONAR OS PROBLEMAS EXISTENTES NO JARDIM BRASIL;</t>
   </si>
   <si>
     <t>8614</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8614/8614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8614/8614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE DUAS TOMADAS DE ENERGIA NO INTERIOR DA PRAÇA HÉLIO MICHELLONI, PRÓXIMO À CALÇADA DA RUA OSVALDO CRUZ, A FIM DE ATENDER PEDIDOS DOS AMBULANTES VENDEDORES DE PIPOCA E CHURROS QUE ESTACIONAM SEUS CARRINHOS NA CALÇADA NECESSITANDO DE ENERGIA PARA O FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>8615</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8615/8615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8615/8615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPINTURA DE TODAS AS FAIXAS DE PEDESTRES EXISTENTES NA AV. DEPUTADO CUNHA BUENO, PRINCIPALMENTE A QUE CRUZA COM A RUA MARÍLIA, EM FRENTE AO MINIMERCADO INDUSTRIAL E A ROTISSERIA RAVI, POIS O LOCAL É UM DOS MAIS MOVIMENTADOS COM A PASSAGEM DE PEDESTRES.</t>
   </si>
   <si>
     <t>8616</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8616/8616_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8616/8616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATENDIMENTO, COM A MÁXIMA DE URGÊNCIA, DAS REIVINDICAÇÕES DO MUNÍCIPE SENHOR PEDRO DE OLIVEIRA FILHO ELENCADO NO REQUERIMENTO DIRIGIDO A ESTA CASA NO ÚLTIMO DIA 04 DE MAIO, REFERENTE A LOMBADA NAS IMEDIAÇÕES DA ESCOLA CRISTÃ DE ENSINO DE ADAMANTINA, BEM COMO A INSTALAÇÃO DE CÂMARAS DE SEGURANÇA.</t>
   </si>
   <si>
     <t>8617</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8617/8617_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8617/8617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AVALIAÇÃO TÉCNICA DE SEGURANÇA NAS PLACAS DO PISO DA PASSARELA DO PONTILHÃO DA ANTIGA FEPASA, QUE LIGA A VIA DE ACESSO À RUA JOAQUIM NABUCO. A PRESENTE INDICAÇÃO VISA ATENDER AS PESSOAS QUE TRANSITAM DIARIAMENTE PELO LOCAL E TEM PERCEBIDO QUE AS PLACAS DE CIMENTO APRESENTAM CERTA FRAGILIDADE, NECESSITANDO SER REPARADAS A FIM DE EVITAR RISCOS AOS PEDESTRES.</t>
   </si>
   <si>
     <t>8618</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8618/8618_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8618/8618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA DA ÁRVORE QUE ESTÁ INVADINDO A PASSARELA DO PONTILHÃO QUE LIGA A VIA DE ACESSO À RUA JOAQUIM NABUCO (ANTIGA FEPASA) QUE FICA DO LADO ESQUERDO, SENTIDO CENTRO/VIA DE ACESSO, POIS OS GALHOS ESTÃO PREJUDICANDO A PASSAGEM DE VEÍCULOS, PRINCIPALMENTE OS MAIS ALTOS.</t>
   </si>
   <si>
     <t>8619</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8619/8619_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8619/8619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RELIGUE PELO MENOS UM DOS BEBEDOUROS DESATIVADOS PRÓXIMO À QUADRA DE VOLEIBOL DE AREIA, EXISTENTE NA PRAÇA EUCLIDES ROMANINI, DE FORMA QUE OS ATLETAS, PEDESTRES E OS QUE PRATICAM CAMINHADA URBANA, BEM COMO OS ALUNOS DO CAMPUS II DA UNIFAI TENHAM UM OPÇÃO PARA TOMAR ÁGUA DURANTE O TRAJETO.</t>
   </si>
   <si>
     <t>8620</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8620/8620_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8620/8620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA ESTUDOS VISANDO PARCERIA ENTRE PREFEITURA/CAMDA QUE PERMITA A MANUTENÇÃO DE ÁREAS DE LAZER E INSTITUCIONAL, LOCALIZADAS NO CONJUNTO IPÊ. </t>
   </si>
   <si>
     <t>8621</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8621/8621_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8621/8621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A LIMPEZA DO FINAL DA RUA PERNAMBUCO, PROXIMIDADES COM O ENTRONCAMENTO COM A RUA BAHIA BEM COMO REGULARIZAR A VIA EM QUESTÃO, POIS, ALÉM DE INTRANSITÁVEL, ATUALMENTE O LOCAL OFERECE RISCO À SAÚDE DOS MESMOS.</t>
   </si>
   <si>
     <t>8622</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8622/8622_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8622/8622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM VISTORIA E POSTERIORMENTE, DESIGNAR EQUIPE PARA A ROÇAGEM E LIMPEZA DAS ÁREAS AO REDOR DA LINHA FÉRREA NAS PROXIMIDADES DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>8623</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8623/8623_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8623/8623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA VERIFICADA A POSSIBILIDADE DE PROVIDÊNCIAS CABÍVEIS SOBRE OS SEGUINTES PONTOS NA ÁREA VERDE LOCALIZADA NA AV. RIO BRANCO, ESQUINA COM A RUA PALMEIRA (ENTRADA DO PARQUE ITAIPUS): 1) REFERENTE À CALÇADA DA ÁREA VERDE, INDICAMOS QUE SUA CONSTRUÇÃO SEJA ESTENDIDA ATÉ A CALÇADA DA CRECHE, POIS VÁRIAS CRIANÇAS ANDAM PELO LOCAL. 2) REFERENTE À LIMPEZA DO ESPAÇO, INDICAMOS REITERADAMENTE QUE O SETOR DE FISCALIZAÇÃO VERIFIQUE A SALUBRIDADE DO LOCAL, HAJA VISTA MORADORES VIZINHOS RECLAMAREM DA UTILIZAÇÃO  INDEVIDA DA ÁREA COM O ESTOQUE DE MADEIRA, NOTIFICANDO SE POSSÍVEL E NECESSÁRIO, OS RESPONSÁVEIS.</t>
   </si>
   <si>
     <t>8624</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8624/8624_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8624/8624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA VERIFICADA AS CONDIÇÕES DOS TERRENOS LOCALIZADOS AO LADO E AOS FUNDOS DAS RESIDÊNCIAS DO PARQUE UNIVERSITÁRIOS (CONFORME FOTO EM ANEXO), QUE SE ENCONTRAM EM SITUAÇÕES DE ABANDONO COM MATOS ALTOS, ATRAINDO PEÇONHENTOS E COBRAS AOS VIZINHOS.</t>
   </si>
   <si>
     <t>8625</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8625/8625_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8625/8625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALTERAÇÃO NOS PONTOS DE ESTACIONAMENTOS DOS ÔNIBUS E VANS ESCOLARES QUE FAZEM O TRANSPORTE DOS ALUNOS QUE ESTUDAM NAS ESCOLAS HELEN KELLER, FLEURIDES CAVALLINI MENECHINO E O COLÉGIO MADRE CLÉLIA, BEM COMO PARA ALTERAR O SISTEMA VIÁRIO NAQUELA LOCALIDADE, COM ADOÇÃO DE NOVAS SINALIZAÇÕES PARA O ESTACIONAMENTO DE ÔNIBUS, CARRO E MOTO.</t>
   </si>
   <si>
     <t>8626</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8626/8626_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8626/8626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATERRAMENTO E A TERRAPLANAGEM DO TRECHO NÃO PAVIMENTADO DA RUA PERNAMBUCO, QUE SE ENCONTRA EM PÉSSIMO ESTADO DE CONSERVAÇÃO, DIFICULTANDO O TRÁFEGO DE VEÍCULOS E DE PESSOAS.</t>
   </si>
   <si>
     <t>8627</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8627/8627_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8627/8627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIGAÇÃO DA RUA ANTÔNIO SHIMITH VILLELA, COM A RUA LAURINDO SIMONCELLI, NO JARDIM BRASIL, POSSIBILITANDO MAIS UMA IMPORTANTE VIA DE COMUNICAÇÃO DA ÁREA CENTRAL DA NOSSA CIDADE COM O JARDIM BRASIL.</t>
   </si>
   <si>
     <t>8628</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8628/8628_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8628/8628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO E CONSERVAÇÃO DE UMA ÁREA ABANDONADA EXISTENTE NA RUA PERNAMBUCO ESQUINA COM A RUA CEARÁ, NO JARDIM BRASIL, POIS O ESTADO DE ABANDONO É GRANDE, CAUSANDO VÁRIOS TRANSTORNOS AOS MORADORES, EM FUNÇÃO DO MATO ALTO, TAIS COMO: MAU CHEIRO, PROLIFERAÇÃO DE INSETOS.</t>
   </si>
   <si>
     <t>8629</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8629/8629_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8629/8629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER A COLOCAÇÃO DE PLACAS NA FORMA VERTICAL EM TODA A CIDADE &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221;, &amp;#8220;ESTACIONAMENTO PARA IDOSO&amp;#8221;, &amp;#8220;ESTACIONAMENTO PARA CADEIRANTE&amp;#8221;, &amp;#8220;ESTACIONAMENTO EXCLUSIVO, MÃO ÚNICA&amp;#8221;, BEM COMO AQUELES QUE INDICAM ENTRADA E SAÍDA DA CIDADE, SANTA CASA, ESCOLAS E DEMAIS ÓRGÃOS IMPORTANTES DA CIDADE.</t>
   </si>
   <si>
     <t>8630</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8630/8630_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8630/8630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE OFICIE A ENERGISA, A FIM DE INCLUIR NA SUA PROGRAMAÇÃO DE SERVIÇOS A ÁRVORE QUE EXISTENTE NA RUA MARIA CÂNDIDA ROMANINI, EM FRENTE AO NÚMERO 245, ESQUINA COM A RUA FIORAVANTE SPÓSITO.</t>
   </si>
   <si>
     <t>8631</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8631/8631_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8631/8631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM TODOS OS SEMÁFOROS INSTALADOS NA CIDADE, POIS É COMUM NOS DEPARARMOS COM OS EQUIPAMENTOS APRESENTANDO DEFEITOS NO CRONÔMETRO COM CONTAGEM DE TEMPO APAGADO, PROVOCANDO DESORGANIZAÇÃO NO TRÂNSITO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8655</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8655/8655_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8655/8655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM DISPOSITIVO DE SEGURANÇA TIPO &amp;#8220;LOMBADA&amp;#8221; E A REPINTURA DE TODAS AS FAIXAS DE PEDESTRES E OUTRAS SINALIZAÇÕES NA AVENIDA DA SAUDADE, EM FRENTE AO CEMITÉRIO MUNICIPAL, POIS O LOCAL JÁ FOI PALCO DE ACIDENTES E VEM OCASIONANDO CERTO DESCONFORTO AOS TRANSEUNTES E MOTORISTAS.</t>
   </si>
   <si>
     <t>8656</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8656/8656_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8656/8656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAR CARTAZ COM O NÚMERO DA OUVIDORIA EM TODOS OS POSTOS DE SAÚDE DE NOSSO MUNICÍPIO, BEM COMO NO PRONTO SOCORRO PARA UTILIZAÇÃO DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>8657</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8657/8657_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8657/8657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA PARCIAL DE TRÊS ÁRVORES NA RUA DANILO FADEL, LOCALIZADA NO JARDIM EUROPA, POIS OS GALHOS VEM PEGANDO NA REDE ELÉTRICA, PROVOCANDO PERIGO E MUITAS VEZES OCASIONANDO INTERRUPÇÃO DE ENERGIA.</t>
   </si>
   <si>
     <t>8658</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8658/8658_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8658/8658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS PROVIDÊNCIAS A FIM DE ELIMINAR O PROBLEMA QUE VEM OCORRENDO NA RUA NOÊMIA BUENO DO VALLE, PARQUE CECAP, POIS A TAMPA DA REDE COLETORA DE ESGOTO FOI ELEVADA ACIMA DO NÍVEL DA RUA E VEM OFERECENDO RISCO PESSOAL E MATÉRIA, POIS OS CARROS VEM PEGANDO NA PARTE INFERIOR, PODENDO OCORRER ACIDENTES.</t>
   </si>
   <si>
     <t>8659</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8659/8659_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8659/8659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DOS OBSTÁCULOS EM PONTOS CRÍTICOS NAS RUAS E AVENIDAS DE NOSSA CIDADE PARALISADO EM DECORRÊNCIA DO ROLO ESTAR QUEBRADO, O QUE JÁ FOI SOLUCIONADO, ESTANDO EM PLENO ESTADO PARA EXECUÇÃO DOS SERVIÇOS.</t>
   </si>
   <si>
     <t>8660</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8660/8660_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8660/8660_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM CANALETÃO A FIM DE RECEBER AS ÁGUAS QUE, EM DIAS DE FORTES CHUVAS, ACUMULAM NO INTERIOR DO PARQUE INFANTIL E ACABA ADENTRANDO AS RESIDÊNCIAS NA RUA NAIR QUINTO ZAMBÃO NO JARDIM TIPUANAS.</t>
   </si>
   <si>
     <t>8661</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8661/8661_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8661/8661_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE &amp;#8220;GUARD RAIL&amp;#8221;, OU OUTRO MATERIAL SEMELHANTE, NA ENTRADA E SAÍDA DE VEÍCULOS NA ÚLTIMA RUA DO BAIRRO JARDIM EUROPA, QUE DÁ ACESSO A ESTRADA VICINAL, POIS O LOCAL É MUITO PERIGOSO, FORÇANDO OS MORADORES A UTILIZAREM A ENTRADA E SAÍDA PRINCIPAL DO BAIRRO.</t>
   </si>
   <si>
     <t>8662</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8662/8662_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8662/8662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COMPLETA LIMPEZA DA ÁREA DE LAZER DO CONJUNTO OITI/TIPUANAS, BEM COMO UM SERVIÇO DE RECUPERAÇÃO DO CAMPO DE FUTEBOL, COM A RETIRADA DAS PRAGAS DO GRAMADO E A SUA TOTAL CONSERVAÇÃO, TENDO EM VISTA QUE NO LOCAL É DESENVOLVIDA VÁRIAS ATIVIDADES ESPORTIVAS E EDUCATIVAS COM CRIANÇAS E ADOLESCENTES, ATENDIDOS PELO PROFESSOR LUIZ MILANEZI.</t>
   </si>
   <si>
     <t>8663</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8663/8663_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8663/8663_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPINTURA DE SOLO DO ESTACIONAMENTO DE MOTOS E SIMILARES, LOCALIZADO NA AL. ARMANDO SALLES DE OLIVEIRA EM FRENTE A ANTIGA CASA DO PAPAI NOEL, E LOJA SERELEPE.</t>
   </si>
   <si>
     <t>8664</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8664/8664_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8664/8664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR DR. WALDIR USSO PARA DENOMINAR RUA DE NOVOS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE, A FIM DE ETERNIZAR O  NOME DESTE ILUSTRE ADAMANTINENSE.</t>
   </si>
   <si>
     <t>8665</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8665/8665_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8665/8665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE NOVAS PLACAS DE SINALIZAÇÃO NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, PRINCIPALMENTE NOS TRECHOS ADAMANTINA/DRACENA E ADAMANTINA/TUPÃ, POIS AS PLACAS EXISTENTES ESTÃO APAGADAS, DANIFICADAS, AMASSADAS E ATÉ ARRANHADAS, O QUE VEM GERANDO RECLAMAÇÃO, COM RAZÃO, DOS CONDUTORES QUE UTILIZAM ESTA RODOVIA.</t>
   </si>
   <si>
     <t>8666</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Aguinaldo Pires Galvão, Eder do Nascimento Ruete, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8666/8666_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8666/8666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A IMPLANTAÇÃO DE ECOPONTOS PARA O DESCARTE DE RESÍDUOS, COMO PILHAS, LÂMPADAS, BATERIAS, ÓLEO COMESTÍVEL USADO, PNEUS, COMPUTADORES E CELULARES COM DEFEITOS, RESÍDUOS DE REMÉDIOS, ETC.</t>
   </si>
   <si>
     <t>8667</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8667/8667_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8667/8667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APRIMORAR OS CRITÉRIOS DE CLASSIFICAÇÃO DAS UNIDADES CONSUMIDORAS DE ENERGIA ELÉTRICA CONFORME RESOLUÇÃO NORMATIVA DA ANEEL Nº 768 DE 23 DE MAIO DE 2017, QUE ENTROU EM VIGOR EM 1º DE JANEIRO DE 2018.</t>
   </si>
   <si>
     <t>8668</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8668/8668_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8668/8668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR NA SUA PROGRAMAÇÃO DE TAPA-BURACOS A RUA ANSELMO VERGÍLIO, LOCALIZADA NA ESTÂNCIA DORIGO, POIS A REFERIDA RUA VEM SENDO ALVO DE GRANDE RECLAMAÇÃO DOS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>8669</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8669/8669_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8669/8669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INCLUIR COM URGÊNCIA NA SUA PROGRAMAÇÃO DE SERVIÇOS DE TAPA-BURACOS, OU SE POSSÍVEL A APLICAÇÃO DE LAMA ASFÁLTICA NA RUA TURQUEZA, NO PARQUE GIULIANO E NA RUA SAFIRA, NO ELDORADO I, POIS ENCONTRAM-SE TOTALMENTE ESBURACADA.</t>
   </si>
   <si>
     <t>8670</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8670/8670_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8670/8670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO VISANDO A ROÇAGEM E UMA COMPLETA LIMPEZA NO CÓRREGO CALDEIRA, APÓS A PONTE ENTRE AS RUAS JOSÉ DE OLIVEIRA JUNIOR E PROFª. MARIA ESTER TOFOLI.</t>
   </si>
   <si>
     <t>8671</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8671/8671_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8671/8671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PROMOVER UMA FRENTE DE TRABALHO COM DESIGNAÇÃO DE VÁRIOS FUNCIONÁRIOS PARA REALIZAR OS SERVIÇOS DE LIMPEZA DA CIDADE, TANTO NO CENTRO, COMO TAMBÉM NOS BAIRROS, INCLUSIVE NOS DIAS DE SÁBADO, COMO ERA REALIZADO NO ANO PASSADO.</t>
   </si>
   <si>
     <t>8672</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8672/8672_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8672/8672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM À SECRETARIA DE SAÚDE FAZER CUMPRIR A LEI MUNICIPAL º 3639 DE 07 DE JANEIRO DE 2015, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE DIVULGAÇÃO DA RELAÇÃO DE MEDICAMENTOS EXISTENTES NO ÂMBITO DA SECRETARIA MUNICIPAL DE SAÚDE, INCLUSIVE AS FARMÁCIAS POPULARES, COM SEUS RESPECTIVOS ENDEREÇOS.</t>
   </si>
   <si>
     <t>8673</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8673/8673_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8673/8673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTALAÇÃO DE UM DISPOSITIVO DE SEGURANÇA DENOMINADO &amp;#8220;LOMBADAS&amp;#8221; NA VICINAL JOSÉ BOCARDI, NO SENTIDO CIDADE-BAIRRO TUPANZINHO E SENTIDO CONTRÁRIO BAIRRO-CIDADE, A 80 METROS ANTES DA ADASEBO A FIM DE EVITAR O EXCESSO DE VELOCIDADE PRATICADA NO LOCAL.</t>
   </si>
   <si>
     <t>8674</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8674/8674_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8674/8674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA E AS DEVIDAS DEMARCAÇÕES NA LOMBADA LOCALIZADA NA AL. PE. NÓBREGA, ENTRE AS RUAS RUI BARBOSA E TSUNEKISHI SAKAI.</t>
   </si>
   <si>
     <t>8675</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8675/8675_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8675/8675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DA(S) ÁREA(S) VERDE(S) LOCALIZADA(S) NA RUA ALCIDES BORTOLO, DEFRONTE À RESIDÊNCIA Nº 63 NO BAIRRO MORADA DO SOL.</t>
   </si>
   <si>
     <t>8676</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8676/8676_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8676/8676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM INCLUÍDAS NA PROGRAMAÇÃO DA APLICAÇÃO DE LAMA ASFÁLTICA AS SEGUINTES RUAS: 1- RUA JOSÉ BECHARA, LOCALIZADA APÓS O ESTÁDIO MUNICIPAL. 2- RUA CARLOS FERRARI, LOCALIZADA NO PQ. UNIVERSITÁRIOS.</t>
   </si>
   <si>
     <t>8677</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8677/8677_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8677/8677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA VERIFICADA A POSSIBILIDADE DE DESIGNAR SERVIDOR, PELO MENOS DUAS VEZES POR SEMANA, PARA REALIZAR LIMPEZA NO POSTO DE SAÚDE DA RUA 9 DE JULHO, OU PELO MENOS A VARRIÇÃO DA RUA E DA CALÇADA DO POSTO.</t>
   </si>
   <si>
     <t>8678</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8678/8678_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8678/8678_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE SEJA VERIFICADA A POSSIBILIDADE DE REALIZAR NOVA PARCERIA COM A INICIATIVA PRIVADA PARA A EVENTUAL MANUTENÇÃO E INSTALAÇÃO DOS BANCOS NO PARQUE DOS PIONEIROS, CONSIDERANDO QUE OS MESMOS ESTÃO EM SUA GRANDE MAIORIA DEFASADOS E DESTRUÍDOS. </t>
   </si>
   <si>
     <t>8679</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8679/8679_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8679/8679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETOMADA DO PROJETO DO CONJUNTO ESPORTIVO E DE LAZER NO CAMPO DO MARROCO, INCLUSIVE COM PISTA DE COOPER OU CAMINHADA, UMA VEZ QUE FOI ELABORADO QUANDO O ATUAL SECRETÁRIO DE ESPORTES TAMBÉM RESPONDIA PELA PASTA NA ADMINISTRAÇÃO KIKO MICHELONI (2009/2012).</t>
   </si>
   <si>
     <t>8680</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8680/8680_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8680/8680_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DE TODAS AS LÂMPADAS TRADICIONAIS, NAS PRINCIPAIS AVENIDAS DE NOSSA CIDADE, PELA ILUMINAÇÃO DE LED, UMA FORTE TENDÊNCIA DE MERCADO, POIS ESTA OFERECE VANTAGEM NA ILUMINAÇÃO PÚBLICA E EM TERMOS DE DURABILIDADE.</t>
   </si>
   <si>
     <t>8681</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8681/8681_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8681/8681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A ENERGISA, EMPRESA RESPONSÁVEL PELO FORNECIMENTO DE ENERGIA EM NOSSA CIDADE, ESTUDAR A POSSIBILIDADE DE PROCEDER O CORTE PARCIAL DE UMA ÁRVORE LOCALIZADA NA RUA DUQUE DE CAXIAS, RESIDÊNCIA DE Nº 708, POIS, SEGUNDO O MORADOR, OS GALHOS ESTÃO PEGANDO NA REDE ELÉTRICA OFERECENDO PERIGO E INTERRUPÇÃO DE ENERGIA NOS DIAS DE FORTES VENTOS.</t>
   </si>
   <si>
     <t>8682</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8682/8682_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8682/8682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CRIAÇÃO, ATRAVÉS DE LEI COMPLEMENTAR, DE UM PROGRAMA DE DESENVOLVIMENTO ECONÔMICO NO ÂMBITO DO MUNICÍPIO DE ADAMANTINA, INCENTIVANDO O ESTABELECIMENTO DE NOVAS EMPRESAS EM NOSSA CIDADE OU AMPLIAÇÃO DAS JÁ EXISTENTES.</t>
   </si>
   <si>
     <t>8683</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8683/8683_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8683/8683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCORPORAR AO SALÁRIO DOS APOSENTADOS E PENSIONISTAS, VINCULADOS AO ANTIGO FUNDO DE APOSENTADORIAS E PENSÕES DO MUNICÍPIO DE ADAMANTINA (FAPEN), O VALOR CORRESPONDENTE AO QUE SERIA PAGO AOS MESMOS ATRAVÉS DO VALE-ALIMENTAÇÃO, CONSIDERANDO A IMPOSSIBILIDADE DA CONCESSÃO DESTE BENEFÍCIO PELO EXECUTIVO.</t>
   </si>
   <si>
     <t>8684</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8684/8684_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8684/8684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM OBSTÁCULO NA RUA DAS MARGARIDAS, NA VILA JARDIM, NO TRECHO COMPREENDIDO ENTRE AS RUAS VEREADOR ALBERTO SAMPAIO E DAS CAMÉLIAS OU ENTRE AS RUAS DAS CAMÉLIAS E DOS JASMINS, POIS, SEGUNDO OS MORADORES DAQUELA LOCALIDADE OS VEÍCULOS TRAFEGAM EM ALTA VELOCIDADE, COLOCANDO EM RISCO A SEGURANÇA DOS PEDESTRES.</t>
   </si>
   <si>
     <t>8685</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8685/8685_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8685/8685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE UMA REFORMA E AMPLIAÇÃO DOS BANHEIROS EXISTENTES NO VELÓRIO MUNICIPAL, BEM COMO SOBRE A NECESSIDADE DA CONSTRUÇÃO DE UMA SALA DE ESPERA ESPECIFICA E MOBILIADA PARA ACOMODAR E DESCANSAR OS FAMILIARES E AMIGOS MAIS PRÓXIMOS DOS FALECIDOS, SOBRETUDO DAS PESSOAS MAIS IDOSAS QUE QUEREM PERMANECER UM TEMPO MAIOR JUNTO COM AOS SEUS ENTES QUERIDOS ANTES DO SEPULTAMENTO.</t>
   </si>
   <si>
     <t>8686</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8686/8686_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8686/8686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCLUSÃO DA LÍNGUA BRASILEIRA DE SINAIS &amp;#8211; LIBRAS, COMO LÍNGUA DE INSTRUÇÃO E MEIO DE COMUNICAÇÃO OBJETIVA E DE USO CORRENTE DOS ALUNOS SURDOS OU COM DEFICIÊNCIA AUDITIVA QUE ESTÃO MATRICULADOS DA REDE MUNICIPAL DE EDUCAÇÃO, OBJETIVANDO PROPORCIONAR AOS REFERIDOS ALUNOS POSSIBILIDADES REAIS DE APRENDIZAGEM, DENTRO DOS PRINCÍPIOS DE UMA EDUCAÇÃO VERDADEIRAMENTE INCLUSIVA.</t>
   </si>
   <si>
     <t>8687</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8687/8687_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8687/8687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPINTURA DE TODA SINALIZAÇÃO DE TRÂNSITO (SOLO) EM FRENTE À ESCOLA CRISTÃ DE ADAMANTINA (FAIXA DE PEDESTRES, ESTACIONAMENTOS PREVENTIVOS, OBSTÁCULOS, ETC).</t>
   </si>
   <si>
     <t>8688</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8688/8688_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8688/8688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TAPAR UM ENORME BURACO, LOCALIZADO NA PRAÇA TIRADENTES (ESCOLA NAVARRO DE ANDRADE) PRÓXIMO AO PORTÃO DE SAÍDA DOS ALUNOS.</t>
   </si>
   <si>
     <t>8689</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8689/8689_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8689/8689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA, PROCEDER COM URGÊNCIA A COLOCAÇÃO DE GRADES NAS BOCAS-DE-LOBO LOCALIZADAS NO FINAL DA RUA SANTA CATARINA, MAIS PRECISAMENTE EM FRENTE AO NOVO CONJUNTO HABITACIONAL SÃO MIGUEL I, POIS AS MESMAS ESTÃO ABERTAS, SEM NENHUMA PROTEÇÃO, OFERECENDO PERIGO.</t>
   </si>
   <si>
     <t>8690</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8690/8690_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8690/8690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RESOLVER O GRAVE PROBLEMA QUE VEM OCORRENDO NA MARGINAL DENOMINADA ANTÔNIO BARBERATO, PROXIMIDADES DO MOTEL, QUE VEM RECEBENDO TODA A ÁGUA PLUVIAL DE UMA PROPRIEDADE RURAL, PRÓXIMA À MARGINAL PROVOCANDO EROSÃO QUE CONTRIBUIRÁ PARA O ROMPIMENTO DA ESTRADA, NECESSITANDO, PORTANTO, DE UMA GALERIA OU BARREIRA DE CONCRETO OU PELO MENOS DE CASCALHO PARA EVITAR O ESCOAMENTO DAS ÁGUAS.</t>
   </si>
   <si>
     <t>8691</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8691/8691_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8691/8691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER COM URGÊNCIA A REFORMA DE UMA GRADE DE BOCA DE LOBO, LOCALIZADA NA RUA 9 DE JULHO, ENTRE AS RUAS ARMANDO SALES DE OLIVEIRA E AV. DEP. CUNHA BUENO, POIS A GRADE ESTÁ TOTALMENTE DANIFICADA, OFERECENDO PERIGO AOS TRANSEUNTES, PRINCIPALMENTE OS IDOSOS E CRIANÇAS.</t>
   </si>
   <si>
     <t>8756</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8756/8756_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8756/8756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATENDER OS MORADORES DO JARDIM DOS POETAS, QUE PEDEM QUE SEJA PLAINADO O TERRENO AO LADO DA AV. MOISÉS JUSTINO, NO TRECHO COMPREENDIDO DO INÍCIO DA ESTÂNCIA DORIGO, ATÉ O FINAL DO REFERIDO BAIRRO, PARA QUE OS MORADORES POSSAM FAZER CALÇADA EM PARCERIA COM A RCC CONCRETO, QUE IRÁ DISPONIBILIZAR AOS MORADORES TODA A SOBRA DE CONCRETO DOS CAMINHOS PARA FAZER O SERVIÇO.</t>
   </si>
   <si>
     <t>8757</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8757/8757_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8757/8757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS NO FINAL DA RUA PADRE ANCHIETA, NO JARDIM DAS ACÁCIAS, POIS VÁRIOS POSTES ESTÃO COM AS LÂMPADAS QUEIMADAS, GERANDO RECLAMAÇÃO DOS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>8758</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8758/8758_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8758/8758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER REPAROS E TROCA DE LÂMPADAS NA ILUMINAÇÃO PÚBLICA DA PISTA DE CAMINHADA DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>8759</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8759/8759_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8759/8759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER COM URGÊNCIA REPAROS E TROCAS DE LÂMPADAS QUEIMADAS NO SISTEMA DE ILUMINAÇÃO DA ÁREA DE LAZER DO BAIRRO JARDIM BELA VISTA, ONDE ESTÃO INSTALADOS O PARQUE INFANTIL E ACADEMIA AO AR LIVRE.</t>
   </si>
   <si>
     <t>8769</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8769/indicacao_314_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8769/indicacao_314_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a repintura da sinalização de solo “pare” em todas as ruas do Jardim Bela Vista, a fim de melhorar a sinalização e evitar possíveis acidentes.</t>
   </si>
   <si>
     <t>8770</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>Solicita incluir na sua programação de recapeamento asfáltico, ou aplicação de lama asfáltica, a Rua Adoniran Barbosa, no Jardim Ipiranga.</t>
   </si>
   <si>
     <t>8771</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8771/indicacao_316_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8771/indicacao_316_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam recursos financeiros visando a reconstrução da ponte destruída, localizada na Estrada ADM 451 (Estrada Kobori) que liga a Estrada 6 à Estrada 15.</t>
   </si>
   <si>
     <t>8772</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8772/indicacao_317_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8772/indicacao_317_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar o nome do Senhor Mauro Caliman para denominar rua em novos loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>8773</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8773/indicacao_318_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8773/indicacao_318_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de recolocar a placa de inauguração de obras referente a diversas benfeitorias, principalmente o asfaltamento das ruas, em volta do Parque dos Pioneiros no mandato 2001 a 2004 e 13ª Legislatura.</t>
   </si>
   <si>
     <t>8774</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8774/indicacao_319_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8774/indicacao_319_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a instalação de uma lixeira na Estrada 14, em local estratégico, escolhido pelos moradores para depositar o lixo residencial que deve ser recolhido pelos funcionários da coleta de lixo.</t>
   </si>
   <si>
     <t>8775</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8775/indicacao_320_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8775/indicacao_320_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita escalar dois funcionários para fazer a limpeza das ruas avenidas no centro da cidade, nos finais de semana, principalmente nos sábados.</t>
   </si>
   <si>
     <t>8776</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8776/indicacao_321_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8776/indicacao_321_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam disponibilizar um zelador aos sábados e domingos para abrir o “Ginásio de Esportes Carlos Santana Bueno, pois mesmo disponível para uso da população, fica impossibilitado sua utilização pela falta de um servidor para os serviços de abrir e fechar, e realização de limpeza do local.</t>
   </si>
   <si>
     <t>8777</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8777/indicacao_322_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8777/indicacao_322_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover reuniões periódicas com as associações de moradores nos centros comunitários dos bairros, com o objetivo de ouvir as carências da comunidade e buscar a solução para os problemas prioritários e/ou mais emergências.</t>
   </si>
   <si>
     <t>8778</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8778/indicacao_323_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8778/indicacao_323_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder a limpeza da calçada em frente ao Estádio Municipal, bem como fazer a poda das árvores ornamentais plantadas na extensão da calçada, por estarem atrapalhando a passagem dos pedestres e apresentando um péssimo visual.</t>
   </si>
   <si>
     <t>8779</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8779/indicacao_324_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8779/indicacao_324_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita executar com urgência a limpeza da Rua Gervásio Rodolfo Pozzeti no trecho entre as Ruas Itirapina e Valentin Gentil na Vila Cicma, proximidade do nº 345.</t>
   </si>
   <si>
     <t>8780</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Solicita vistoria in loco em uma galeria localizada na Rua João Perroni, proximidades do nº 351 no Jardim Adamantina, pois segundo os moradores daquela localidade ela precisa ser aumentada, pois nos dias de fortes chuvas não consegue captar o volume de água invadindo várias residências.</t>
   </si>
   <si>
     <t>8781</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8781/indicacao_326_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8781/indicacao_326_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a remoção de vegetação na calçada da Rua Tetsushi Haga (acesso entre a Avenida Rio Branco e Campus II da UniFAI), local de grande fluxo de estudantes e importante acesso, e que seja dedicada uma manutenção permanente no referido local e entorno, sobretudo nas proximidades da linha férrea, com ganhos paisagístico e à segurança dos pedestres.</t>
   </si>
   <si>
     <t>8782</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8782/indicacao_327_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8782/indicacao_327_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita substituição de lâmpadas da iluminação pública no trecho não pavimentado da Avenida Francisco Bellusci, Distrito Industrial.</t>
   </si>
   <si>
     <t>8783</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8783/indicacao_328_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8783/indicacao_328_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem nas áreas verdes do Residencial Califórnia Park, em especial a área verde localizada ao final da Rua Ângelo Piovesan.</t>
   </si>
   <si>
     <t>8784</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8784/indicacao_329_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8784/indicacao_329_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada vistoria para posterior limpeza e manutenção da propriedade da Prefeitura localizada aos fundos do ASPUMA, considerando que o local se encontra abandonado, ocasionando prejuízos aos moradores (caseiros) da Associação.</t>
   </si>
   <si>
     <t>8785</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8785/indicacao_330_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8785/indicacao_330_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>8786</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8786/indicacao_331_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8786/indicacao_331_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar rotatória (ou outro meio viável) no entroncamento da Av. Rio Branco com a Rua Tetsushi Haga (Trevo para UNIFAI), para a melhoria do trânsito no local.</t>
   </si>
   <si>
     <t>8787</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8787/indicacao_332_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8787/indicacao_332_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita iniciar estudos no sentido de viabilizar a conservação e preservação dos nossos imóveis antigos da cidade, que pelo valor histórico merecem a devida atenção e proteção do Poder Público Municipal.</t>
   </si>
   <si>
     <t>8788</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8788/indicacao_333_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8788/indicacao_333_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar o nome do Senhor José Modesto para denominar rua em novos loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>8789</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8789/indicacao_334_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8789/indicacao_334_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reestruturação ou adequação na carreira dos empregos permanentes de Borracheiro, Funileiro, Ferramenteiro e Almoxarife.</t>
   </si>
   <si>
     <t>8790</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8790/indicacao_335_31a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8790/indicacao_335_31a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja viabilizado recursos financeiros da Administração Municipal ou através de colaboradores para o custeio de algumas despesas que deverão ser contratadas pela diretoria responsável pela organização da 28º Festa Junina do Padroeiro de Adamantina (Santo Antônio), pois entendemos se tratar de uma questão de justiça e de reconhecimento pela relevância e grandiosidade desse evento em prol do município de Adamantina e dos municípios da nossa microrregião.</t>
   </si>
   <si>
     <t>8791</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8791/indicacao_336_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8791/indicacao_336_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de uma operação tapa-buraco nas ruas do Residencial Itaipus que se encontra totalmente esburacada.</t>
   </si>
   <si>
     <t>8792</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8792/indicacao_337_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8792/indicacao_337_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam uma parceria Prefeitura/UNIFAI com a viabilidade de reformar ou construir novas coberturas em todos os pontos de ônibus circular de nossa cidade.</t>
   </si>
   <si>
     <t>8793</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8793/indicacao_338_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8793/indicacao_338_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de tapa buracos a Al. Santa Catarina principalmente no trecho da Rua Padre Nobrega até o residencial São Miguel I, pois a grande quantidade de buracos na referida alameda que tem intenso tráfego de veículos.</t>
   </si>
   <si>
     <t>8794</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8794/indicacao_339_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8794/indicacao_339_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja verificada a situação da área verde do Parque Universitários, localizada no inicio da Rua dos Acadêmicos, pois o local vem sendo utilizado como espaço para depósito de lixo, considerando a não existência de lixeiras em algumas casas nas proximidades do local.</t>
   </si>
   <si>
     <t>8795</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8795/indicacao_340_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8795/indicacao_340_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a roçagem na área verde do Residencial Santa Monica, localizada ao lado da residência n° 36 na Rua Tesifão Quevedo, considerando que o pedido já foi feito em março deste ano e não foi atendido, o que ocasionou a picada de um escorpião em uma criança no bairro.</t>
   </si>
   <si>
     <t>8796</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8796/indicacao_341_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8796/indicacao_341_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de vistoria e posterior limpeza dos entulhos localizados na área verde da Rua Manoel Antônio de Azevedo, entroncamento com a Rua Santa Cecília, no Jardim Paulista.</t>
   </si>
   <si>
     <t>8797</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8797/indicacao_342_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8797/indicacao_342_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor João Gimenes para denominar ruas em futuros loteamentos que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>8798</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8798/indicacao_343_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8798/indicacao_343_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos técnicos e financeiros da para pavimentação do prolongamento da Avenida Francisco Bellusci [entre o Campus 2 da UniFAI e o Via Hotel 595].</t>
   </si>
   <si>
     <t>8799</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8799/indicacao_344_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8799/indicacao_344_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um canaletão na Rua José de Oliveira Junior, esquina com a Alameda Santa Cruz, a fim de disciplinar o escoamento de água no local, principalmente em dias de fortes chuvas.</t>
   </si>
   <si>
     <t>8800</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8800/indicacao_345_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8800/indicacao_345_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita repintura de toda sinalização de trânsito (solo) em frente à Escola Cristã de Adamantina (faixa de pedestres, estacionamentos preventivos, obstáculos, etc).</t>
   </si>
   <si>
     <t>8801</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8801/indicacao_346_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8801/indicacao_346_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma cobertura na arquibancada do poliesportivo no local reservado exclusivamente para cadeirantes a fim de oferecer um pouco mais de conforto às pessoas deficientes, principalmente em dias de chuva.</t>
   </si>
   <si>
     <t>8802</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>Solicito construir um canaletão na Rua Cambará, esquina com a Rua Palmeiras, no conjunto Residencial Itaipus a fim de disciplinar o escoamento de água no local, bem como a colocação de tachões para o bom direcionamento no trânsito no referido cruzamento.</t>
   </si>
   <si>
     <t>8803</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8803/indicacao_348_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8803/indicacao_348_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de obstáculo, tipo lombada ou equivalente, na Rua Hermenegildo Lopes Pedroso, vila Jardim, nas proximidades do número 317, a fim de reduzir a velocidade do intenso movimento de veículos, prevenir acidentes e oferecer segurança aos frequentadores do Centro do Professorado Paulista, assistidos do PAI – Polo de Atividades Integradas e, sobretudo as 140 crianças da pré-escola da Escola Municipal de Educação Infantil “Domingos Latine” que se movimentam pela manhã e à tarde.</t>
   </si>
   <si>
     <t>8804</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8804/indicacao_349_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8804/indicacao_349_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Cyrillo Marim para denominar ruas em futuros loteamentos que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>8805</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8805/indicacao_350_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8805/indicacao_350_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja determinado aos departamentos municipais competentes o atendimento do pedido do Departamento de Apoio ao Desenvolvimento dos Municípios Turísticos, o DADETUR, que pede alteração da Lei Municipal nº 3.765/17, que criou o Conselho Municipal de Turismo, visando adequá-la conforme referência do Guia de Criação e Fortalecimento dos Conselhos Municipais de Turismo, conforme orientação da Secretaria Estadual de Turismo, objetivando cumprirmos todos os requisitos legais, com vistas à aprovação tão importante e impactante lei estadual que trará enormes e imensuráveis benefícios para o nosso município e para a nossa população.</t>
   </si>
   <si>
     <t>8806</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8806/indicacao_351_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8806/indicacao_351_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam tomadas as providências necessárias visando iniciar estudos no sentido da implantação de um Centro de Especialidades Odontológicas em Adamantina, objetivando um atendimento clínico especializado na área de odontologia, com os seguintes serviços: Diagnóstico bucal, com ênfase no diagnóstico e detecção do câncer de boca, Periodontia especializada, Cirurgia oral menor dos tecidos moles e duros, Endodontia e Atendimento, bem como aos portadores de necessidades especiais.</t>
   </si>
   <si>
     <t>8807</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8807/indicacao_352_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8807/indicacao_352_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instituir o Projeto Escola de Tempo Integral com o objetivo de prolongar a permanência dos alunos matriculados nos Anos Iniciais do Ensino Fundamental nas Escolas Municipais de Ensino Fundamental, principalmente na EMEF Profº Eurico Leite de Morais, no Jardim Adamantina e na EMEF José Machert, no Bairro Lagoa Seca, de modo a ampliar as possibilidades de aprendizagem, com o enriquecimento do currículo básico, a exploração de temas transversais e a vivência de situações que favoreçam o aprimoramento pessoal, social e cultural dos educandos.</t>
   </si>
   <si>
     <t>8808</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8808/indicacao_353_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8808/indicacao_353_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de estudos com vista a proceder à construção de uma alça ou via de acesso do Bairro Parque Itamarati à Rodovia Comandante João Ribeiro de Barros, objetivando uma melhor mobilidade urbana e um melhor tráfego de veículos e pessoas naquela localidade, a exemplo do que já existe em outras locais de nossa cidade, como é o caso da ligação existente da Vila Jamil de Lima com a mesma Rodovia.</t>
   </si>
   <si>
     <t>8809</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8809/indicacao_354_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8809/indicacao_354_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação em uma das principais vias de acesso ao Bairro Estância Dorigo, através da ligação da Vicinal Moysés Justino da Silva com a Rua Deolinda Ferreira Silva, objetivando uma melhor mobilidade urbana e um melhor tráfego de veículos e pessoas naquela localidade.</t>
   </si>
   <si>
     <t>8810</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8810/indicacao_355_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8810/indicacao_355_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita transformar a estrada de servidão que margeia o Cemitério Municipal, no Jardim Europa, em um logradouro público municipal (rua), com vistas a melhorar as condições de tráfego de pessoas e veículos naquela localidade, contribuindo também, para uma melhor urbanização do referido bairro residencial.</t>
   </si>
   <si>
     <t>8811</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8811/indicacao_356_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8811/indicacao_356_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o nivelamento do solo  no ponto de ônibus circular, localizado nas imediações da Rodovia Comandante João Ribeiro de Barros, próximo à Madeireira Santo Antônio, pois os ônibus que utilizam aquele ponto para o embarque e desembarque de passageiros encontram dificuldade para estacionar em razão do declive do terreno.</t>
   </si>
   <si>
     <t>8812</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8812/indicacao_357_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8812/indicacao_357_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita verificação nas canaletas que foram feitas no lado direito do prédio do posto de saúde do Conjunto Habitacional Mário Covas, recentemente entregue a população, pois segundo o morador vizinho do prédio, as águas do terreno têm infiltrado no seu quintal podendo ter problema nas canaletas construídas para disciplinar as águas pluviais.</t>
   </si>
   <si>
     <t>8813</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8813/indicacao_358_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8813/indicacao_358_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar na programação de serviços de tapa-buracos a Rua Ipiranga, trecho entre a Av. XV de novembro e Al. Florianópolis, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8826/indicacao_359_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8826/indicacao_359_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos visando a mudança do local da feira, hoje realizada na Rua Heitor Freire de Carvalho entre a Rua Miguel Veiga e João Andrade, para o quarteirão entre as ruas Miguel Veiga e Armindo Silva, pois neste local o movimento de veículos que convergem a direita, sentido centro/bairro, é menor, melhorando o tráfego de veículos no local.</t>
   </si>
   <si>
     <t>8827</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8827/indicacao_360_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8827/indicacao_360_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita viabilizar a adesão do Programa Pet São Paulo do Governo do Estado de São Paulo que tem como objetivo prestar apoio aos cidadãos em ações e políticas públicas, em defesa dos animais domésticos, a fim de evitar os maus tratos dos animais.</t>
   </si>
   <si>
     <t>8830</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8830/indicacao_361_33a_ordinaria.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8830/indicacao_361_33a_ordinaria.doc</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor José Pedrozo para denominar rua em novos loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>8831</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8831/indicacao_362_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8831/indicacao_362_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita viabilizar a inclusão do nosso Município no Programa Pro-Moradia do Ministério da Cidade, conforme Instrução Normativa nº 04 de 21/03/2018, a fim de conceder acesso a moradia de baixa renda às pessoas em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>8833</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8833/indicacao_363_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8833/indicacao_363_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Luiz Romanini, popularmente conhecido por Lelé Romanini, para denominar rua em novos loteamentos que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>8834</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8834/indicacao_364_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8834/indicacao_364_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de pintura de solo e colocação de placa “pare” em todos os bairros da cidade bem como a pintura de lombadas e faixas de pedestres existentes com o objetivo de dar segurança e o atendimento à coletividade no trânsito.</t>
   </si>
   <si>
     <t>8835</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8835/indicacao_365_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8835/indicacao_365_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza na praça do Bairro Jardim América, onde está instalado o Parque Infantil, pois o local está totalmente abandonado, com enorme matagal e entulhos, impossibilitando as mães de levarem seus filhos ao parque e frequentar o local para outras atividades de lazer.</t>
   </si>
   <si>
     <t>8836</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8836/indicacao_366_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8836/indicacao_366_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na elaboração do Orçamento para 2019 recursos financeiros para construção de um Centro comunitário no Bairro Parque Itamaraty, atendendo desta forma grande anseio daquela comunidade.</t>
   </si>
   <si>
     <t>8837</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8837/indicacao_367_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8837/indicacao_367_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos em toda a rede hidráulica dos banheiros do poliesportivo.</t>
   </si>
   <si>
     <t>8838</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8838/indicacao_368_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8838/indicacao_368_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um recipiente coletor de lixo (lixeira), no cruzamento da Rua Líbero Badaró, com a Alameda Natal, na Vila Jamil de Lima, nas proximidades da Igreja Comunidade Cristã de Adamantina.</t>
   </si>
   <si>
     <t>8839</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8839/indicacao_369_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8839/indicacao_369_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que se estude a possibilidade da realização de um jogo de futebol de campo para celebrar a reinauguração do nosso estádio municipal, para tanto, sugerimos uma partida formada por atletas máster de Adamantina e uma seleção de estrelas máster de algum grande time do futebol paulista.</t>
   </si>
   <si>
     <t>8840</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8840/indicacao_370_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8840/indicacao_370_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza e vários reparos na quadra esportiva localizada no interior da FATEC, bem como fazer toda pintura e demarcação do solo para ser utilizada pelos alunos.</t>
   </si>
   <si>
     <t>8841</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8841/indicacao_371_33a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8841/indicacao_371_33a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicita colocar placa no trevo da cidade bem como na extensão da Av. Marechal Castelo Branco e Av. Antônio Tiveron, indicando o acesso principal ao prédio da FATEC a fim de orientar todas as pessoas que se dirigem à referida instituição.</t>
   </si>
   <si>
     <t>8842</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8842/indicacao_372_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8842/indicacao_372_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a retirada dos postes localizados aos fundos das quadras de vôlei de areia do parque dos pioneiros, para a instalação ao lado da nova quadra de grama sintética, reaproveitando o material que for possível para a iluminação da quadra em questão.</t>
   </si>
   <si>
     <t>8843</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8843/indicacao_373_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8843/indicacao_373_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Excelentíssimo Reitor da UNIFAI, junto às Coordenações do Curso de Direito e do “UNIFAI Cidadã” em parceria também com a 59ª Subseção da OAB - Adamantina, seja verificada a possibilidade de realizar palestras e eventos na semana do dia 05 de outubro deste ano em comemoração aos 30 anos da Constituição da República de 1988.</t>
   </si>
   <si>
     <t>8844</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8844/indicacao_374_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8844/indicacao_374_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder, neste mês de férias escolares, pintura interna e externa do prédio da Escola Cema II.</t>
   </si>
   <si>
     <t>8845</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8845/indicacao_375_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8845/indicacao_375_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam completa limpeza as vicinais pavimentadas: Pedro Monego, acesso ao bairro Tupanzinho, e José Bocardi, acesso à Usina de Lixo e Plácido Rocha, acesso ao Bairro Lagoa Seca.</t>
   </si>
   <si>
     <t>8846</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8846/indicacao_376_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8846/indicacao_376_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de mais um local de estacionamento de veículos no interior do Campus II para ser utilizado pelos alunos e professores, pois a construção do bloco de Medicina acabou reduzindo os locais de estacionamentos.</t>
   </si>
   <si>
     <t>8847</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8847/indicacao_377_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8847/indicacao_377_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita composição da Comissão Organizadora alusiva aos festejos comemorativos aos 70 anos de Adamantina, a serem celebrados em 2019 visando permitir ampla mobilização, organização e planejamento das ações, visando a celebração emblemática das sete décadas de história de nossa cidade.</t>
   </si>
   <si>
     <t>8848</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8848/indicacao_378_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8848/indicacao_378_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome de “Radialista Fauser Santos” para denominar logradouro público em novos loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>8849</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8849/indicacao_379_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8849/indicacao_379_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita adesão do Município de Adamantina ao Decreto Estadual Nº 63.505, de 18 de junho de 2018, que “Reorganiza o Programa Estadual de Identificação e Controle da População de Cães e Gatos instituído pelo Decreto nº 55.373, de 28 de janeiro de 2010”.</t>
   </si>
   <si>
     <t>8891</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8891/indicacao_380_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8891/indicacao_380_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que mantenha entendimento com a Secretaria de Finanças responsável pela elaboração do Orçamento Anual para o exercício de 2019, a fim de disponibilizar recursos financeiros para aquisição de um ônibus a fim de atender as necessidades de outras Secretarias, principalmente a de Esportes e Cultura.</t>
   </si>
   <si>
     <t>8892</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8892/indicacao_381_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8892/indicacao_381_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita retomar os serviços de recapeamento asfáltico na Av. Carlos Pegoraro até o seu final favorecendo todas as empresas instaladas no Distrito Comercial Luiz Stechi, pois os recursos já estão disponíveis através da emenda do Deputado Estadual Reinaldo Alguz no valor de R$ 200 mil reais.</t>
   </si>
   <si>
     <t>8893</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8893/indicacao_382_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8893/indicacao_382_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza das guias da Rua Turquesa no Bairro Eldorado I em frente a pista de caminhada do Parque Caldeira, pois as águas e barros ficam acumulados no local trazendo transtornos aos moradores da referida rua servindo também de criadouros de pernilongos e outros mosquitos maléficos à saúde.</t>
   </si>
   <si>
     <t>8894</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8894/indicacao_383_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8894/indicacao_383_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a substituição de todas as lâmpadas queimadas nos bairros de nossa cidade, principalmente na Rua Rangel Pestana no Parque Itamarati e na Rua Dep. Cunha Bueno, nas proximidades do Lava Rápido D’ Paula na Vila Industrial.</t>
   </si>
   <si>
     <t>8895</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8895/indicacao_384_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8895/indicacao_384_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a Energisa S/A, empresa responsável pela distribuição de energia elétrica em nosso município, incluir na programação de poda de árvores, as que estão oferecendo perigo à rede elétrica na Rua Condor, localizada no bairro Parque Tangará.</t>
   </si>
   <si>
     <t>8896</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8896/indicacao_385_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8896/indicacao_385_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita retirada de faixa amarela proibido estacionar na Av. Marechal Castelo Branco, em frente ao prédio do Godoy e do antigo Chopp Kremer para que os outros comerciantes e clientes possam utilizar o local para estacionamento de veículos.</t>
   </si>
   <si>
     <t>8897</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8897/indicacao_386_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8897/indicacao_386_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a empresa responsável pelas obras do prolongamento da Av. Padre Nóbrega, que está em execução no final dos serviços de asfaltamento, proceda a colocação de “guard rail” nos dois lados, antes e depois, da ponte do Córrego Caldeira, para oferecer segurança aos motoristas e pedestres em razão da profundidade do córrego naquele local.</t>
   </si>
   <si>
     <t>8898</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8898/indicacao_387_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8898/indicacao_387_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate a Diretoria Regional do DER – Presidente Prudente, no sentido de implantar a sinalização de trânsito conforme determina o Código nacional de Trânsito, colocando placas A-5a – curva em “S” à esqueda, A-5b – curva em “S” à direita, A-30a – transito de ciclistas e A-31 – trânsito de tratores ou máquinas agrícolas, na importante Vicinal que liga Adamantina/Mariápolis, denominada José Maria da Silva.</t>
   </si>
   <si>
     <t>8899</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8899/indicacao_388_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8899/indicacao_388_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação de todas as lixeiras do centro da cidade. pois o número de lixeiras é pequeno e as disponíveis estão precisando de conserto para ajudar na limpeza pública.</t>
   </si>
   <si>
     <t>8900</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8900/indicacao_389_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8900/indicacao_389_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de escalar servidores para fazer a limpeza das ruas avenidas no centro da cidade aos sábados das 7h às 11h.</t>
   </si>
   <si>
     <t>8901</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8901/indicacao_390_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8901/indicacao_390_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de disponibilizar remédios, leite e outros produtos da área da saúde a todas as Unidades Básicas de Saúde facilitando, desta forma, para as pessoas que se dirigem ao posto Central para buscar medicamentos distantes da sua comunidade.</t>
   </si>
   <si>
     <t>8902</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8902/indicacao_391_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8902/indicacao_391_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de lombada na Rua Osvaldo Cruz, entre as Alamedas dos Expedicionários e Padre Nóbrega, altura dos números 666 e 771, a fim de alertar os motoristas, sobretudo de carros e motos, de que devem reduzir a velocidade dos veículos para evitar acidentes e oferecer segurança aos moradores, em especial crianças e idosos, inclusive no período noturno.</t>
   </si>
   <si>
     <t>8903</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8903/indicacao_392_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8903/indicacao_392_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico da Av. Francisco Bellusci, Distrito Industrial, a pedido de Antônio J. Frisão, proprietário da Adamantina Produtos de Fundição Ltda, estabelecida no número 1155, José Dirceu Xavier de Andrade, proprietário da marmoraria Unipedras, estabelecida no número 1245 e outros empresários que geram emprego e renda para Adamantina.</t>
   </si>
   <si>
     <t>8904</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8904/indicacao_393_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8904/indicacao_393_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de estudos no sentido de incluir recursos no Orçamento de 2019 a fim de possibilitar a concessão da revisão e reajuste salarial a todos os servidores públicos municipais, ativos, inativos, pensionistas, inclusive da UNIFAI – Centro Universitário de Adamantina.</t>
   </si>
   <si>
     <t>8905</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8905/indicacao_394_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8905/indicacao_394_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o rebaixamento da guia e inscrição do símbolo convencional para facilitar o acesso de deficientes físicos, carrinhos de bebês etc.</t>
   </si>
   <si>
     <t>8906</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8906/indicacao_395_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8906/indicacao_395_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita aterramento e a terraplanagem do trecho não pavimentado da Rua Pernambuco, que se encontra em péssimo estado de conservação, dificultando o tráfego de veículos e de pessoas.</t>
   </si>
   <si>
     <t>8907</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8907/indicacao_396_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8907/indicacao_396_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estude junto à Comissão Municipal de Trânsito, sobre a possibilidade e a necessidade urgente da instalação de um obstáculo na Rua XV de novembro, na Vila Jamil de Lima, no trecho compreendido entre as Ruas Ipiranga e Líbero Badaró, ou entre as Ruas Líbero Badaró e da Liberdade ou ainda entre as Ruas entre as Ruas da Liberdade e José Frisão, pois, segundo os moradores daquela localidade os veículos trafegam em alta velocidade, colocando em risco a segurança dos pedestres, principalmente crianças e pessoas idosas, inclusive prejudicando o justo descanso das pessoas, sobretudo, no período noturno.</t>
   </si>
   <si>
     <t>8908</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8908/indicacao_397_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8908/indicacao_397_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sinalização de trânsito com a colocação de placa “Cuidado Escola” e pintura de solo na Al. Fernão Dias nos quarteirões próximos da Escola Objetivo, sentido bairro/centro e vice-versa.</t>
   </si>
   <si>
     <t>8909</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8909/indicacao_398_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8909/indicacao_398_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja verificada a possibilidade de apoiar a UNIFAI nos seguintes pedidos para a realização do “UNIFAI Social”, no dia 11 de agosto na estação recreio: 1 - Junto à Secretaria de Administração, providenciar ônibus circular específico para o transporte de moradores dos bairros ao evento. 2 - Junto à Secretaria de Saúde, solicitar aos Agentes Comunitários de Saúde o apoio na panfletagem e divulgação do evento às famílias em que atendem. 3 - Junto à Secretaria de Cultura, o apoio na divulgação do evento através de carros de som. 4 - Junto à Secretaria de Gabinete, a comunicação aos Líderes Representantes de Bairros sobre o evento, de forma a conscientizar e solicitar que os mesmos divulguem à sua comunidade.</t>
   </si>
   <si>
     <t>8910</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8910/indicacao_399_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8910/indicacao_399_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a aquisição de uma Camionete adaptada, com escada e cesto aéreo acoplados para a utilização da equipe de eletricistas nos serviços de manutenção da Iluminação Pública.</t>
   </si>
   <si>
     <t>8911</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8911/indicacao_400_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8911/indicacao_400_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita demarcações e sinalizações de trânsito no Residencial Novo Horizonte, haja vista a inexistência de sinalização nas poucas ruas que possui o bairro.</t>
   </si>
   <si>
     <t>8912</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8912/indicacao_401_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8912/indicacao_401_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de vistoria e posterior poda das árvores localizadas na área verde da Rua Mario Maião, do Residencial Novo Horizonte.</t>
   </si>
   <si>
     <t>8913</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8913/indicacao_402_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8913/indicacao_402_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita levantamento do sarjetão localizado na Al. Navarro de Andrade, esquina com a Rua Hermenegildo Romanini, pois os motoristas tem reclamado que ao passar no local, os carros têm raspado os assoalhos e para-choques nos paralelepípedos, ocasionando prejuízos aos motoristas.</t>
   </si>
   <si>
     <t>8914</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8914/indicacao_403_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8914/indicacao_403_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita averiguação na iluminação pública da pista de caminhada do Parque Caldeira, principalmente atrás do Centro Comunitário do Jardim das Acácias, pois segundo os usuários há várias lâmpadas queimadas deixando o local às escuras, prejudicando aqueles que fazem caminhada no horário noturno.</t>
   </si>
   <si>
     <t>8915</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8915/indicacao_404_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8915/indicacao_404_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a mudança do ponto de ônibus localizado na Rua Mato Grosso (ao lado da praça esportiva), no Jardim Brasil, utilizado principalmente pelos alunos residentes naquele importante bairro da nossa cidade, transferindo ele para a Rua Minas Gerais, nas proximidades do Instituto de Assistência ao Menor de Adamantina (IAMA), local onde há um fluxo maior de usuários e que também faz parte do percurso dos ônibus dos estudantes.</t>
   </si>
   <si>
     <t>8916</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8916/indicacao_405_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8916/indicacao_405_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação asfáltica do trecho não pavimentado no final da Rua Sergipe, no Jardim Brasil, local que se encontra em péssimo estado de conservação, dificultando o tráfego de veículos e de pessoas, sem contar o problema com a enorme quantidade de poeira gerada pela grande fluxo de automóveis, que vem causando diversos problemas (dificuldades em manter a limpeza das residências, prejudicando a saúde das crianças e dos idosos, muita lama quando chove etc) para os seus moradores, constituídos por pessoas simples, humildes e trabalhadoras.</t>
   </si>
   <si>
     <t>8917</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8917/indicacao_406_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8917/indicacao_406_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contratação imediata de um funcionário para atender as pessoas no escritório do IAMPSE (Instituto de Assistência Médica do Servidor Público Estadual) de Adamantina, localizado na Avenida Vitório Romanini, nº 204, Vila Cicma.</t>
   </si>
   <si>
     <t>8918</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8918/indicacao_407_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8918/indicacao_407_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita aquisição de uma moderna geladeira (com freezer na parte superior), objetivando atender aos inúmeros servidores municipais lotados em nossa Usina de Reciclagem e Compostagem de Lixo.</t>
   </si>
   <si>
     <t>8919</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8919/indicacao_408_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8919/indicacao_408_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam colocação de mais placas de orientação de destino nos bairros de nossa cidade, conforme a legislação do Código de Trânsito Brasileiro em vigor.</t>
   </si>
   <si>
     <t>8920</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8920/indicacao_409_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8920/indicacao_409_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reparos em todos os semáforos instalados na cidade, pois é comum nos depararmos com os equipamentos apresentando defeitos no cronômetro com contagem de tempo apagado, provocando desorganização no trânsito de nossa cidade.</t>
   </si>
   <si>
     <t>8921</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8921/indicacao_410_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8921/indicacao_410_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração de programação de filmes durante as férias escolares na Biblioteca Municipal utilizando o kit de cinema enviado ao nosso município pela Secretaria Estadual da Cultura, muito pouco utilizado nesta administração.</t>
   </si>
   <si>
     <t>8922</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8922/indicacao_411_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8922/indicacao_411_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam entrar em contato com a empresa responsável pela execução do Projeto de Desenvolvimento Rural Sustentável Microbacias Melhor Caminho da Estrada ADM 332, que liga a Rodovia Plácido Rocha à estrada do Bairro do Prata, para o término da obra conforme o plano de trabalho aprovado,  pois o contrato encerra-se no dia 31/08/2018, informado no Ofício 371/18 assinado pelo senhor Prefeito.</t>
   </si>
   <si>
     <t>8923</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8923/indicacao_412_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8923/indicacao_412_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construir um sarjetão na Al. Porto Alegre, esquina com a Av. Ipiranga, Vila Jardim, a fim de disciplinar o escoamento de água no local, atendendo inúmeros pedidos dos moradores daquela localidade.</t>
   </si>
   <si>
     <t>8924</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8924/indicacao_413_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8924/indicacao_413_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a sinalização nas proximidades do prédio do Projeto “Asa”, procedendo a pintura de “faixa de pedestre” e pintura de solo “PARE” nas esquinas da Rua Santa Cecília com a Rua José Bonifácio e Rua Santa Cecília com a Rua Cap. Ferreira Pinto, a fim de organizar o trânsito e oferecer segurança aos pedestres.</t>
   </si>
   <si>
     <t>8925</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8925/indicacao_414_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8925/indicacao_414_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Luiz Lino dos Santos para denominar ruas em futuros loteamentos que forem lançados em nosso município</t>
   </si>
   <si>
     <t>8926</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8926/indicacao_415_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8926/indicacao_415_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o recapeamento asfáltico do pátio da feira livre.</t>
   </si>
   <si>
     <t>8927</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8927/indicacao_416_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8927/indicacao_416_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de mais uma lixeira para coleta de lixo domiciliar na praça da igreja do bairro Aidelândia.</t>
   </si>
   <si>
     <t>8928</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8928/indicacao_417_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8928/indicacao_417_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que sejam tomadas as providências necessárias visando disponibilizar uma área na Vila Jamil ou nas proximidades daquele importante bairro da nossa cidade para construção de uma creche municipal.</t>
   </si>
   <si>
     <t>8929</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8929/indicacao_418_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8929/indicacao_418_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita melhorarias no sistema de iluminação do espaço destinado ao Parquinho Infantil e Academia ao Ar livre, localizados no “Parque dos Pioneiros”, inclusive procedendo à troca de luminárias queimadas, objetivando possibilitar que os usuários daquele importante recinto de atividades recreativas e de lazer de nossa cidade, sobretudo, crianças e adolescentes, mas também adultos, possam usufruí-los no período noturno com o devido conforto e segurança.</t>
   </si>
   <si>
     <t>8930</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8930/indicacao_419_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8930/indicacao_419_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um canaletão no final da Rua Fausto Oliveira, rua que foi asfaltada recentemente, pois a água está empoçando, podendo adentrar nas residências quando houver fortes chuvas.</t>
   </si>
   <si>
     <t>8931</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8931/indicacao_420_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8931/indicacao_420_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza e desentupimento da boca-de-lobo localizada no final da Rua Ovídio Albanez, no Jardim Primavera.</t>
   </si>
   <si>
     <t>8932</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8932/indicacao_421_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8932/indicacao_421_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita iluminação do local onde está instalada a academia ao ar livre no Jardim Bela Vista para possibilitar os usuários fazerem os seus exercícios no horário noturno.</t>
   </si>
   <si>
     <t>8933</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8933/indicacao_422_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8933/indicacao_422_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover divulgação dos serviços disponíveis para a população, principalmente ao agricultor, pecuarista e demais serviços disponibilizados no viveiro de mudas do município.</t>
   </si>
   <si>
     <t>8934</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8934/indicacao_423_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8934/indicacao_423_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder reparos nas calçadas do centro da cidade construídas com pedras petit pave, principalmente nas ruas: Avenida Rio Branco, Ruas Deputado Salles Filho, Osvaldo Cruz e Alameda Armando Salles de Oliveira.</t>
   </si>
   <si>
     <t>8935</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8935/indicacao_424_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8935/indicacao_424_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação, no interior daquele próprio público, uma torneira tipo transmatic de pressão, que só é acionado o jato de água quando está sendo utilizada, atendendo pedidos dos usuários.</t>
   </si>
   <si>
     <t>8936</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8936/indicacao_425_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8936/indicacao_425_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita alteração do Ponto de ônibus localizado na Rua Braulio Molina Frias, perto de um Posto de Gasolina (Bela Vista).</t>
   </si>
   <si>
     <t>8937</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8937/indicacao_426_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8937/indicacao_426_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação, nas imediações das quadras de voleibol e da recém inaugurada quadra de futebol society, uma torneira tipo transmatic, muito utilizada em praças públicas, pois só funciona no tempo necessário, depois é desligada automaticamente não tendo desperdício de água.</t>
   </si>
   <si>
     <t>8938</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8938/indicacao_427_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8938/indicacao_427_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização da Rodovia Plácido Rocha, conforme estabelece o Código de Trânsito Brasileiro: a – faixa da pista divisória onde separam os movimentos dos veículos em sentido contrário e regulamentam a ultrapassagem dos veículos; b – faixa amarela contínua; c – faixa amarela simples seccionada; d – faixa dupla contínua/seccionada, e – faixa dupla seccionada amarela.</t>
   </si>
   <si>
     <t>8939</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Solicita a instalação de placas com informação sobre monitoramento por câmeras., bem como, sugere locais onde os dispositivos poderão, eventualmente, ser instalados: - Avenida Marechal Castelo Branco (Via de Acesso), proximidades do trevo principal de acesso à SP-294; - Avenida Francisco Bellusci, altura do trevo da SP-294/Campus 2 da UniFAI); - Avenida Moysés Justino da Silva, altura do Jardim Bela Vista; - Proximidades do trevo da SP-294 ao bairro Lagoa Seca; - Rodovia Vicinal Mariápolis/Adamantina, altura da Estância Dorigo/Rotatória.</t>
   </si>
   <si>
     <t>8940</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8940/indicacao_429_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8940/indicacao_429_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de corrimões na rampa de acesso à unidade básica de saúde PAS I, localizado à Rua Nove de Julho, 841.</t>
   </si>
   <si>
     <t>8941</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8941/indicacao_430_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8941/indicacao_430_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de corrimões e adesivos antiderrapante junto aos degraus, nos dois acessos laterais do palco existente no interior Auditório Dr. Miguel Reale, Campus II, conforme já reivindicado por meio da Indicação nº 156/18, que integrou o expediente da 26ª Sessão Ordinária desta Câmara Municipal, realizada em 19 de março passado, até então sem atendimento.</t>
   </si>
   <si>
     <t>8942</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8942/indicacao_431_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8942/indicacao_431_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam iluminação pública da quadra existente na Vila Jamil de Lima (entre as alamedas XV de Novembro e Florianópolis e as ruas José Frizão e Liberdade), a fim de proporcionar melhores condições de segurança ao local, sobretudo face à escuridão noturna, o que atualmente torna o ambiente propício a práticas ilícitas.</t>
   </si>
   <si>
     <t>8943</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8943/indicacao_432_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8943/indicacao_432_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de redutores de velocidade na Avenida Antônio Tiveron, sobretudo em dois pontos onde há evidente excesso de velocidade, ou seja, na altura da Praça Euclydes Romanini e da Praça Celso Alves das Neves, na Vila Jamil de Lima, com o objetivo de promover a melhor segurança viária aos usuários.</t>
   </si>
   <si>
     <t>8944</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8944/indicacao_433_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8944/indicacao_433_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam revitalização total da sinalização de trânsito na Vila Jamil de Lima, com o objetivo de promover a melhor segurança viária aos usuários.</t>
   </si>
   <si>
     <t>8945</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8945/indicacao_434_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8945/indicacao_434_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de semáforo no cruzamento da Av. Vitório Romanini com a Rua Heitor Freire de Carvalho, na Vila Cicma, a pedido do Prof. Eugênio Borro e outros moradores para orientar o trânsito de veículos.</t>
   </si>
   <si>
     <t>8946</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8946/indicacao_435_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8946/indicacao_435_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização das demarcações e sinalizações de trânsito na Al. Expedicionários, no Jardim das Acácias, em especial no entroncamento com a Rua Marechal Deodoro.</t>
   </si>
   <si>
     <t>8947</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8947/indicacao_436_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8947/indicacao_436_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de manutenção da Câmera de monitoramento localizada na Av. Rio Branco entroncamento com a Rua Tetsushi Haga.</t>
   </si>
   <si>
     <t>8948</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8948/indicacao_437_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8948/indicacao_437_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado estudo para posterior providências (demarcações, sinalizações e/ou instalação de redutores de velocidade) na nova rua do Jardim Primavera, após o término da pavimentação do convênio em execução, em especial, no entroncamento com a Rua Saturnino de Castro.</t>
   </si>
   <si>
     <t>8949</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8949/indicacao_438_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8949/indicacao_438_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar iluminação na área de lazer localizada na entrada do Jardim Bela Vista, na Rua Germano Meira de Vasconcelos.</t>
   </si>
   <si>
     <t>8950</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8950/indicacao_439_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8950/indicacao_439_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira no entroncamento da Rua Carlos Pegoraro com a Estrada Municipal Dr. Gabriel Seixas, estrada que dá acesso aos bairros prata e pavão, bem como aos novos loteamentos, nas proximidades da Casa do Garoto.</t>
   </si>
   <si>
     <t>8951</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Eder do Nascimento Ruete, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8951/indicacao_440_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8951/indicacao_440_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que sejam realizadas as devidas demarcações e sinalizações de trânsito, inclusive, se necessário, a colocação de lombada na Rua Padre Caetano Maria Dolcimasculo, proximidades da Casa dos Garotos.</t>
   </si>
   <si>
     <t>8952</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8952/indicacao_441_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8952/indicacao_441_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja realizado o desentupimento de uma boca de lobo localizada na Al. Goiania, esquina com a Av. Ipiranga na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>8953</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8953/indicacao_442_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8953/indicacao_442_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de abrigo no ponto de ônibus, localizado no Jardim Bela Vista em frente à academia ao ar livre e parque infantil para proteger os passageiros da chuva e sol escaldante enquanto esperam o ônibus circular.</t>
   </si>
   <si>
     <t>8954</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8954/indicacao_443_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8954/indicacao_443_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de canaletão na esquina da Av. Rio Branco com a Rua Basílio Marini, no Jardim Adamantina a fim de disciplinar o escoamento do grande volume de água que escorre no referido local.</t>
   </si>
   <si>
     <t>8955</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Eder do Nascimento Ruete</t>
   </si>
   <si>
     <t>Solicitam aquisição de um ônibus a fim de atender as necessidades de outras Secretarias, principalmente a de Esportes e Cultura, já que os ônibus da Secretaria de Educação são de uso exclusivo ficando, portanto, estas secretarias prejudicadas quando precisam fazer suas viagens para apresentações e competições.</t>
   </si>
   <si>
     <t>8956</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Hélio José dos Santos, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8956/indicacao_445_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8956/indicacao_445_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam transformar a estrada de servidão que margeia o Cemitério Municipal, no Jardim Europa, em um logradouro público municipal (rua), com vistas a melhorar as condições de tráfego de pessoas e veículos naquela localidade, contribuindo também, para uma melhor urbanização do referido bairro residencial.</t>
   </si>
   <si>
     <t>8957</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8957/indicacao_446_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8957/indicacao_446_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam resolver o grave problema que vem ocorrendo com os estacionamentos de caminhões e carretas entre as empresas Alpavel e Escola Eleva, recentemente inaugurada na Av. Marechal Castelo Branco, colocando placas “proibido estacionar caminhões e carretas”.</t>
   </si>
   <si>
     <t>8958</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8958/indicacao_447_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8958/indicacao_447_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam reforma no pequeno jardim localizado em volta da imagem de Nossa Senhora Aparecida, no trevo da entrada da cidade.</t>
   </si>
   <si>
     <t>8959</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8959/indicacao_448_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8959/indicacao_448_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que o setor de iluminação pública da Secretaria de Obras e Serviços promova operação, no horário noturno, em toda a cidade, visando a verificação das lâmpadas queimadas a fim de que possam ser substituídas.</t>
   </si>
   <si>
     <t>8960</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8960/indicacao_449_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8960/indicacao_449_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita conserto e manutenção dos aparelhos da academia ao ar livre instalada no Parque Caldeira, pois vários aparelhos estão quebrados e outros não funcionam por falta de uma manutenção eficiente.</t>
   </si>
   <si>
     <t>8961</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8961/indicacao_450_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8961/indicacao_450_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja destinado um pedreiro e um ajudante para concluir a construção de um banheiro na área de lazer do Jardim das Acácias, que teve a obra interrompida por falta de mão de obra, atendendo desta forma inúmeros pedidos da Associação de Moradores.</t>
   </si>
   <si>
     <t>8962</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8962/indicacao_451_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8962/indicacao_451_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de um obstáculo na Alameda Maria Cândida Romanini, entre a Rua Arno Kiefer e a Praça João XXIII.</t>
   </si>
   <si>
     <t>8963</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8963/indicacao_452_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8963/indicacao_452_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita repintura das faixas de demarcações do estacionamento de veículos em toda a área central da cidade a fim de organizar o trânsito principalmente nas vagas de estacionamento.</t>
   </si>
   <si>
     <t>8964</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8964/indicacao_453_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8964/indicacao_453_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de lombada no final da Rua Zequinha de Abreu, no trecho do Parque Itapuã, a fim de coibir o excesso de velocidade praticada no local que oferece risco aos transeuntes, principalmente idosos e crianças.</t>
   </si>
   <si>
     <t>8965</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8965/indicacao_454_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8965/indicacao_454_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja feita uma análise da qualidade das lâmpadas que são utilizadas na iluminação pública, pois pessoas que entendem vêm questionando a durabilidade das mesmas que queimam com frequência, não atingindo, assim, a durabilidade que é determinada pelo fabricante.</t>
   </si>
   <si>
     <t>8966</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8966/indicacao_455_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8966/indicacao_455_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de recapeamento asfáltico a Rua Santa Cecília, em frente a creche do Jardim Paulista, pois o referido trecho está intransitável, em razão da grande quantidade de buracos.</t>
   </si>
   <si>
     <t>9009</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, Aguinaldo Pires Galvão, DINHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9009/indicacao_456_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9009/indicacao_456_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam minucioso reparo em todos os semáforos instalados em nossa cidade, pois já virou fato comum nos depararmos com os equipamentos apresentando defeitos no cronômetro com contagem de tempo apagado e outros defeitos, o que tem provocado uma desorganização no trânsito, principalmente na parte central de nossa cidade.</t>
   </si>
   <si>
     <t>9010</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9010/indicacao_457_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9010/indicacao_457_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a viabilidade de proceder o desassoreamento do córrego que liga a Estrada ADM 432 entre a estrada que liga o bairro Aidelândia ao Bairro Fazenda Jandaia.</t>
   </si>
   <si>
     <t>9011</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9011/indicacao_458_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9011/indicacao_458_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de uma lixeira na Estrada 14, em local estratégico, escolhido pelos moradores para depositar o lixo residencial que deve ser recolhido pelos funcionários da coleta de lixo.</t>
   </si>
   <si>
     <t>9012</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9012/indicacao_459_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9012/indicacao_459_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam recolhimento de entulhos, lixo, galhos de árvores, móveis usados, depositados nas vias públicas há mais de um ano sem recolher nos bairros de nossa cidade.</t>
   </si>
   <si>
     <t>9013</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9013/indicacao_460_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9013/indicacao_460_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam operação tapa-buracos no Distrito Industrial e Comercial Valentin Gatti.</t>
   </si>
   <si>
     <t>9014</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9014/indicacao_461_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9014/indicacao_461_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita dar início nos trabalhos de reparos e vários consertos nas ruas e avenidas do cemitério municipal, principalmente a avenida principal, entrada e saída das pessoas, pois vários munícipes têm reclamado do péssimo estado de conservação das mesmas.</t>
   </si>
   <si>
     <t>9015</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9015/indicacao_462_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9015/indicacao_462_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um outdoor de grande dimensão nas margens da Rodovia Comandante João Ribeiro de Barros, nas proximidades do trevo da cidade com os dizeres “AQUI TEM FATEC”, a fim de divulgar nossa nova instituição de ensino.</t>
   </si>
   <si>
     <t>9016</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9016/indicacao_463_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9016/indicacao_463_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita atender, com a máxima urgência, pedido da OAB de Adamantina, que solicita as demarcações de estacionamento para idosos e de pessoas com deficiência, bem como a pintura de solo “pare” e faixa de pedestre em frente a sua sede localizada na Rua Santo Antônio, esquina com a Al. Fernão Dias que está passando por reforma com reinauguração prevista para a próxima quinta-feira, dia 23/08/18.</t>
   </si>
   <si>
     <t>9017</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9017/indicacao_464_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9017/indicacao_464_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita vistoriar os serviços, parcialmente executados na Rua Batista Baldrighi, no Residencial Morumbi, em especial na última quadra onde reside o Senhor Cesar Tassi onde não foram realizados os serviços de tapa buracos.</t>
   </si>
   <si>
     <t>9018</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9018/indicacao_465_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9018/indicacao_465_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>9019</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9019/indicacao_466_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9019/indicacao_466_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação dos seguintes espaços esportivos existentes na área interna da EE. Profª Fleurides Cavallini Menechino: uma pista de atletismo; uma caixa de salto em extensão e uma caixa para o salto em altura, que se encontram totalmente sem condições de uso.</t>
   </si>
   <si>
     <t>9020</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9020/indicacao_467_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9020/indicacao_467_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a instalação de um obstáculo na Rua XV de novembro, na Vila Jamil de Lima, no trecho compreendido entre as Ruas Ipiranga e Líbero Badaró, ou entre as Ruas Líbero Badaró e da Liberdade ou ainda entre as Ruas entre as Ruas da Liberdade e José Frisão, pois, segundo os moradores daquela localidade os veículos trafegam em alta velocidade, colocando em risco a segurança dos pedestres.</t>
   </si>
   <si>
     <t>9021</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9021/indicacao_468_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9021/indicacao_468_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de construir um sarjetão na Rua José Urbano Luiz, esquina com a Rua Bonfim, a fim de disciplinar o grande escoamento de água naquele local, que tem provocado enormes buracos.</t>
   </si>
   <si>
     <t>9022</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9022/indicacao_469_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9022/indicacao_469_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos nas cabeceiras da ponte do Córrego do Rancho, localizado na Estrada Vicinal Geraldo Jordão, que estão apresentando problema, podendo, com a chegada das chuvas, piorar a situação oferecendo risco de cair.</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9023/indicacao_470_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9023/indicacao_470_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação dos serviços de tapa buraco a Rua Dionísio Bozzeto, no trecho compreendido da Rua Heitor Freire de Carvalho à Rua Itirapina, na Vila Cicma, proximidades da Construtora Laís.</t>
   </si>
   <si>
     <t>9024</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9024/indicacao_471_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9024/indicacao_471_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de redutores de velocidade na Rua Padre Caetano Maria Dolcimasculo, em toda extensão do novo loteamento, recentemente construído, denominado Aliança, da Rua Ivo Francisco dos Santos à Rua Imigrante, pois a referida rua foi asfaltada, aumentando a velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>9025</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>Solicita demarcação, sinalização e/ou instalação de redutores de velocidade na Rua Santos Dumont, antes de chegar à Casa Santa Ana, sentido bairro-centro, pois o local tem tráfego intenso, oferecendo risco aos pedestres e pessoas que visitam o local diariamente, podendo ocorrer acidentes.</t>
   </si>
   <si>
     <t>9026</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9026/indicacao_473_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9026/indicacao_473_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade e a legalidade de proceder o fechamento, com alambrado ou “guard rail”, da entrada e saída de veículos que está sendo feito irregularmente na Rua Ramon Russafa à Estrada Vicinal José Bocardi, no Jardim Europa.</t>
   </si>
   <si>
     <t>9027</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9027/indicacao_474_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9027/indicacao_474_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita operação tapa buracos em toda extensão da Rua Hanako Endo, no Residencial Ihity Endo, próximo do Parque dos Pioneiros, pois referida rua está totalmente esburacada, dificultando a passagem de veículos.</t>
   </si>
   <si>
     <t>9028</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9028/indicacao_475_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9028/indicacao_475_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de redutores de velocidades na Rua Arno Kieffer, proximidades do nº 1032, no Jardim Paulista, no trecho entre o Estádio Municipal e prédio de tratamento de água da Sabesp, atendendo inúmeros pedidos dos moradores, pois o local oferece risco à comunidade, pela velocidade dos veículos.</t>
   </si>
   <si>
     <t>9029</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9029/indicacao_476_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9029/indicacao_476_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita demarcação de estacionamento para idosos em frente ao Conservatório Musical Villa Lobos, localizado na Al. Santa Cruz, esquina com a Rua Deputado Salles Filho, próximo ao Correio.</t>
   </si>
   <si>
     <t>9030</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9030/indicacao_477_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9030/indicacao_477_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recape, a Al. Gervásio Rodolpho Pozzetti, na Vila Cicma, considerando o estado precário da referida via.</t>
   </si>
   <si>
     <t>9031</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9031/indicacao_478_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9031/indicacao_478_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sinalização de solo na Vicinal Plácido Rocha, a fim de indicar aos motoristas a divisão da vicinal, bem como as faixas que demarcam as laterais.</t>
   </si>
   <si>
     <t>9032</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9032/indicacao_479_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9032/indicacao_479_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam retomar a distribuição de pães no café da manhã aos servidores do setor de Obras e de Agricultura.</t>
   </si>
   <si>
     <t>9033</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9033/indicacao_480_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9033/indicacao_480_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja notificada a Empresa T.N. OKA TECNOLOGIA DE CONSTRUÇÕES EIRELI-EPP, contratada pela Prefeitura Municipal de Adamantina para a realização da obra de construção de Pista de Skate no Parque dos Pioneiros, objetivando a finalização dos serviços ou que adote, com a maior brevidade possível, as providências necessárias visando à proteção e segurança total daquele local, evitando-se, dessa forma, a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>9034</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9034/indicacao_481_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9034/indicacao_481_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam elaboração de documento oficial, subscrito pelo senhor Alexandre Tassoni (Lê), Prefeito Municipal de Tupi Paulista e Presidente da Associação dos Municípios da Nova Alta Paulista - AMNAP, visando à inclusão, de forma oficial, nos planos de governo dos candidatos a governador do Estado, a instalação de um Ambulatório Médico de Especialidades - AME, no município de Adamantina.</t>
   </si>
   <si>
     <t>9035</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9035/indicacao_482_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9035/indicacao_482_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que se manter entendimentos com a Superintendência do Instituto de Assistência Médica ao Servidor Público Estadual – IAMSPE no sentido de prorrogar a vigência do convênio celebrado com a Prefeitura do Município para o funcionamento do Escritório Regional do IAMSPE em Adamantina, conforme Processo nº 10.434/2017.</t>
   </si>
   <si>
     <t>9036</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9036/indicacao_483_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9036/indicacao_483_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização de trânsito (pintura de faixa de pedestre e colocação de obstáculo) na Rua Prefeito Antônio Cescon, no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9037</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9037/indicacao_484_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9037/indicacao_484_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza da área localizada na Rua Lourival Fontes, antigo local que estava instalado o parque, no Parque Itamarati, inclusive refazer a curva de nível para evitar o acúmulo de água no local, que em dias de fortes chuvas tem alagado várias residências próximas à referida área.</t>
   </si>
   <si>
     <t>9038</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9038/indicacao_485_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9038/indicacao_485_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização com faixa de pedestres, pintura de solo “pare” e colocação de dois obstáculos no prolongamento da Rua Padre Nóbrega, futura Rua Dante Bolgue, conforme projeto aprovado por esta Casa, pavimentada recentemente, o que justifica a sinalização.</t>
   </si>
   <si>
     <t>9039</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9039/indicacao_486_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9039/indicacao_486_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de obstáculos na Av. Francisco Bellusci, no sentido UNIFAI/Centro, nas proximidades da empresa RCC Concretos, tendo em vista a alta velocidade praticada no local pelos motoristas.</t>
   </si>
   <si>
     <t>9040</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9040/indicacao_487_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9040/indicacao_487_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização de trânsito com a colocação de placa e pintura de solo na alça de acesso a Av. Carlos Pegoraro, proximidades do trevo principal de entrada da cidade, pois o local não tem uma sinalização condizente com o grande fluxo de veículos.</t>
   </si>
   <si>
     <t>9041</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9041/indicacao_488_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9041/indicacao_488_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de mais dois obstáculos na Av. Euclides Romanini, em frente ao bar do Marola e o outro em frente ao bar do Toninho, pois os obstáculos existentes não tem coibido a alta velocidade praticada pelos motoristas que trafegam na Rodovia Plácido Rocha.</t>
   </si>
   <si>
     <t>9042</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9042/indicacao_489_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9042/indicacao_489_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a demarcação de novos bolsões regulamentados para estacionamento de motos na Rua Fioravante Spósito, na quadra entre a Avenida Capitão José Antônio de Oliveira e Alameda Armando de Salles Oliveira, promovendo a maior disciplina e organização ao trânsito, sobretudo o estacionamento de motos.</t>
   </si>
   <si>
     <t>9043</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9043/indicacao_490_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9043/indicacao_490_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam realização de duas medidas de segurança viária, na Avenida Rio Branco, altura do Jardim Adamantina, e seu prolongamento até o trevo de acesso à SP-294, a saber: 1 – Instalação de obstáculo (redutor de velocidade) e toda a sinalização necessária, no trecho de prolongamento, em razão do excesso de velocidade praticado por motoristas, naquele local, avançando à área urbana, residencial, do Jardim Adamantina, expondo outros condutores e pedestres a riscos de acidentes; 2 – Implantação de trecho “Proibido Estacionar” e, trecho da Avenida Rio Branco, no sentido bairro/centro (lado direito), a partir do ponto de junção com o novo prolongamento, face à baixa visibilidade para quem se desloca por esse novo trecho e ingressa na área urbana do bairro.</t>
   </si>
   <si>
     <t>9044</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9044/indicacao_491_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9044/indicacao_491_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de mão única na Rua Pastor Pedro Pereira de Araujo, um pequeno trecho (um quarteirão) sentido Padre Nóbrega até a Rua Luiz Rigato, onde está localizada a Escola Cristã de Ensino de Adamantina.</t>
   </si>
   <si>
     <t>9045</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9045/indicacao_492_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9045/indicacao_492_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à implantação de mão única na Al. Fernão Dias, um pequeno trecho (um quarteirão) da Rua Noêmia R. de Oliveira até a Rua Ana Augusta, onde está localizada a Escola Objetivo.</t>
   </si>
   <si>
     <t>9046</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA, Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9046/indicacao_493_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9046/indicacao_493_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam utilização das 800 luminárias que estão sendo retiradas, existentes em postes do centro e bairros estratégicos de nossa cidade, instalando nos postes em volta de todas as escolas de nossa cidade, municipal e estadual.</t>
   </si>
   <si>
     <t>9049</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9049/indicacao_494_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9049/indicacao_494_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita destinar recursos financeiros quando da elaboração do próximo orçamento para a Secretaria Municipal de Esportes e Recreação, a fim de ser utilizado na construção de um campo de malha no Jardim Adamantina</t>
   </si>
   <si>
     <t>9050</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9050/indicacao_495_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9050/indicacao_495_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam fechamento com alambrado, ou outro tipo de cerca, os finais das Ruas Hermínio Mazzaro, Pedro Torturelo e Archimedes Mantovani, no Jardim das Acácias, a fim de coibir a utilização da pista de caminhada do Parque Caldeiras.</t>
   </si>
   <si>
     <t>9051</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9051/indicacao_496_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9051/indicacao_496_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita dar continuidade na calçada para pedestres, no final da Rua Prefeito Antônio Cescon, no Parque dos Pioneiros, em frente aos terrenos não edificados, inclusive, boa parte do trecho pertence ao patrimônio da Prefeitura.</t>
   </si>
   <si>
     <t>9052</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9052/indicacao_497_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9052/indicacao_497_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de viabilizar uma área localizada na Rodovia José Bocardi, trecho do Clube do AFFA – Associação Família Forense, até a Chácara denominada “Bortoleto” transformando em área Industrial e Comercial.</t>
   </si>
   <si>
     <t>9053</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9053/indicacao_498_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9053/indicacao_498_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita escalar servidores para fazer a limpeza das ruas avenidas no centro da cidade aos sábados das 7h às 11h.</t>
   </si>
   <si>
     <t>9054</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9054/indicacao_499_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9054/indicacao_499_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam tomar várias providências na Vicinal José Bocardi e Pedro Mônego, conforme segue: 1) Limpeza do acostamento e tapa-buracos; 2) Colocação de placa de sinalização “60 km/h”; 3) Colocação de placa “A-30a: Devagar: ciclistas na pista”, uma no começo da pista e as outras a cada 2 km. Segundo o Código de Trânsito Brasileiro e consulta ao técnico de trânsito, referida placa deve ser retangular, com fundo azul e os dizeres em branco. 4) Colocação de placa “A-31: Trânsito de tratores ou maquinarias agrícolas”, uma no começo da pista e as outras a cada 2 km.</t>
   </si>
   <si>
     <t>9055</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9055/indicacao_500_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9055/indicacao_500_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura de faixa de pedestres na Rua Mario Oliveiro, entre as ruas Vitório Romanini e Jarbas Bento da Silva, por se tratar de local com um grande fluxo de pessoas, principalmente, estudantes.</t>
   </si>
   <si>
     <t>9056</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9056/indicacao_501_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9056/indicacao_501_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conserto do banco ou a construção de outro, de madeira ou concreto, no ponto de ônibus circular localizado em frente ao Terminal Rodoviário Tamoto Matuoka.</t>
   </si>
   <si>
     <t>9107</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>DINHA, Hélio José dos Santos, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9107/indicacao_502_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9107/indicacao_502_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam completa reforma no pequeno jardim existente ao redor da imagem de Nossa Senhora Aparecida, colocada no trevo de entrada e saída da nossa cidade, bem como a repintura total da imagem, pois está toda descascada.</t>
   </si>
   <si>
     <t>9108</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9108/indicacao_503_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9108/indicacao_503_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza da Rua Gervásio Rodolfo Pozzeti no trecho entre as Ruas Itirapina e Valentin Gentil na Vila Cicma, proximidade do nº 345.</t>
   </si>
   <si>
     <t>9109</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9109/indicacao_504_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9109/indicacao_504_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita conserto do asfalto em volta da tampa da tubulação da rede coletora de esgoto, canalizada na Rua Domingos Xavier da Silva, Vila Jurema.</t>
   </si>
   <si>
     <t>9110</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9110/indicacao_505_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9110/indicacao_505_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de redutor de velocidade na Rua Santos Dumont, em frente ao Residencial Califórnia Park, local onde há evidente excesso de velocidade.</t>
   </si>
   <si>
     <t>9111</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9111/indicacao_506_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9111/indicacao_506_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que, na elaboração do próximo orçamento para o Exercício de 2019, seja destinado recursos financeiros à Secretaria Municipal de Obras e Serviços, vinculado para a construção de uma nova pista de caminhada no Parque Caldeira, totalmente construída com concreto, a exemplo do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9112</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9112/indicacao_507_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9112/indicacao_507_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja disponibilizado um local com toda infraestrutura necessária para a instalação da sala do GAME – Grupo de Apoio Materno Infantil.</t>
   </si>
   <si>
     <t>9140</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9140/indicacao_508_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9140/indicacao_508_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir a Rua Gervásio Rodolfo Pozzeti na programação de serviços de tapa buracos e aplicação de lama asfáltica</t>
   </si>
   <si>
     <t>9141</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9141/indicacao_509_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9141/indicacao_509_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparos nos aparelhos da academia ao ar livre, instalada na área de lazer do Parque Caldeira.</t>
   </si>
   <si>
     <t>9142</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9142/indicacao_510_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9142/indicacao_510_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita designar um funcionário para fazer uma averiguação no telhado do velório municipal, na parte dos fundos, com a finalidade de instalar uma calha moldura para evitar que a chuva molhe os degraus oferecendo perigo às pessoas.</t>
   </si>
   <si>
     <t>9143</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9143/indicacao_511_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9143/indicacao_511_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de estacionamento privativo para idosos no entorno do Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9144</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9144/indicacao_512_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9144/indicacao_512_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita designar equipe para a roçagem e limpeza das áreas ao redor da Linha Férrea nas proximidades da Rua Mario Oliveiro (Vila Cicma), bem como verificar a possibilidade de conceder mudas para a realização plantio de árvores nas proximidades.</t>
   </si>
   <si>
     <t>9145</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9145/indicacao_513_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9145/indicacao_513_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam designados agentes para a visita a Horta Comunitária do Jardim Adamantina, para que verifiquem, junto à diretoria da associação de bairro, as necessidades do local.</t>
   </si>
   <si>
     <t>9146</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9146/indicacao_514_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9146/indicacao_514_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita rebaixamento de guia em local adequado na Av. Rio Branco, defronte ao Centro de Saúde, para a posterior instalação de vaga de deficiente, considerando que o local ainda não possui a indispensável vaga.</t>
   </si>
   <si>
     <t>9147</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9147/indicacao_515_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9147/indicacao_515_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam recuperação da pavimentação asfáltica (tapa-buracos e recapeamento), em toda a malha viária do Distrito Industrial, Comercial e de Serviços Valentim Gatti.</t>
   </si>
   <si>
     <t>9148</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9148/indicacao_516_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9148/indicacao_516_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reposição imediata da iluminação pública na passarela desativada entre o Pátio da Feira Livre e o Terminal Rodoviário.</t>
   </si>
   <si>
     <t>9149</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9149/indicacao_517_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9149/indicacao_517_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita, junto ao Reitor do Centro Universitário de Adamantina (UniFAI), para que reproduza a iniciativa positiva da FATEC Adamantina e dentro das ações de extensão comunitária, promova cursinho gratuito pré-vestibular e preparatório ao Exame Nacional do Ensino Médio (ENEM).</t>
   </si>
   <si>
     <t>9150</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9150/indicacao_518_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9150/indicacao_518_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reincorporação das instalações do popular “Clube do Ponteli” a ser utilizado para atividades como cursos, palestras, formaturas e eventos, de órgãos do poder público, extensível também às entidades assistenciais, sociais, assistenciais, de saúde, entre outras legalmente constituídas no município de Adamantina.</t>
   </si>
   <si>
     <t>9151</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9151/indicacao_519_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9151/indicacao_519_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reativação de publicações na fanpage oficial da Prefeitura do Município de Adamantina (@AdamantinaSP), no Facebook.</t>
   </si>
   <si>
     <t>9152</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9152/indicacao_520_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9152/indicacao_520_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reocupação do espaço do antigo CRERES (Centro de Reabilitação e Reintegração Social), para a instalação de um canil municipal.</t>
   </si>
   <si>
     <t>9153</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9153/indicacao_521_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9153/indicacao_521_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita execução das seguintes melhorias na Praça Euclydes Romanini: I - Revisão total da iluminação, inclusive rotatórias junto ao Cristo Redentor, com reposição de lâmpadas queimadas; II - Recuperação do lago; III - Revisão total do alambrado que cerca o lago; e IV - Construção de contenção/desvio de águas pluviais, que avançam pelo talude e gramado à quadra de areia recém recuperada.</t>
   </si>
   <si>
     <t>9154</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9154/indicacao_522_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9154/indicacao_522_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita execução de projeto paisagístico básico, com plantio de gramas e outras plantas de porte adequado, no trevo Profª Luzia Valeira V. Minutti, acesso da Rodovia Comandante João Ribeiro de Barros (SP-294) ao campus 2 do Centro Universitário de Adamantina (UniFAI), que recentemente recebeu nova iluminação led.</t>
   </si>
   <si>
     <t>9155</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9155/indicacao_523_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9155/indicacao_523_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita execução de projeto paisagístico básico, com plantio de gramas e outras plantas de porte adequado, bem como melhorias complementares, em áreas públicas no entorno da passagem sob a linha férrea que liga a Rua Rio de Janeiro (Jardim Brasil) à Rua José Vicente (Centro), importante acesso da comunidade.</t>
   </si>
   <si>
     <t>9156</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, ACACIO ROCHA, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9156/indicacao_524_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9156/indicacao_524_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam melhoria da iluminação pública e pintura do pontilhão que liga a Rua Joaquim Nabuco à Avenida Antônio Tiveron.</t>
   </si>
   <si>
     <t>9157</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9157/indicacao_525_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9157/indicacao_525_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir na programação de tapa buracos a Rua José Bechara, principalmente no quarteirão da residência número 121, no Jardim San Fernando.</t>
   </si>
   <si>
     <t>9158</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9158/indicacao_526_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9158/indicacao_526_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura de placa em frente a clínica, localizada na Rua Mario Oliveiro nº 237, bem como a sinalização e demarcações de estacionamento para idosos e de pessoas com deficiências, bem como a pintura de faixa de pedestres.</t>
   </si>
   <si>
     <t>9159</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9159/indicacao_527_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9159/indicacao_527_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita conserto do letreiro vertical instalado nas proximidades da entrada da cidade.</t>
   </si>
   <si>
     <t>9160</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9160/indicacao_528_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9160/indicacao_528_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar dois redutores de velocidade na Av. Dep. Cunha Bueno, um no trecho entre as Ruas Rui Barbosa e Tsunekishi Sakai e o outro no trecho entre a Rua Tsunekishi Sakai e Syrlene Rodrigues de Castro, em frente ao ambulatório da APAE.</t>
   </si>
   <si>
     <t>9161</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9161/indicacao_529_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9161/indicacao_529_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um recipiente coletor de lixo (lixeira) no cruzamento das ruas Laurindo Simonceli com a Rua Pará, no Jardim Brasil.</t>
   </si>
   <si>
     <t>9162</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9162/indicacao_530_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9162/indicacao_530_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de obstáculo, tipo lombada, na Rua Diego Garcia Morales, onde está localizada a escola infantil (creche), no Jardim Bela Vista, a fim de reduzir a velocidade de veículos.</t>
   </si>
   <si>
     <t>9163</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9163/indicacao_531_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9163/indicacao_531_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de reparos em todas as academias ao ar livre instaladas em praças e em áreas de lazer de diversos bairros de nossa cidade, principalmente do Parque Itamarati, recentemente inaugurada e já apresenta vários defeitos nos aparelhos.</t>
   </si>
   <si>
     <t>9164</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9164/indicacao_532_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9164/indicacao_532_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita incluir no Orçamento do Município para o ano de 2019, recursos financeiros para incorporar ao salário dos aposentados e pensionistas, vinculados ao antigo Fundo de Aposentadorias e Pensões do Município de Adamantina (FAPEN), o valor correspondente ao que seria pago aos mesmos através do vale-alimentação.</t>
   </si>
   <si>
     <t>9165</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9165/indicacao_533_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9165/indicacao_533_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma cobertura na área existente no Parque dos Pioneiros, onde estão localizadas mesas e cadeiras construídas de cimento e que foram instaladas para o lazer dos inúmeros frequentadores.</t>
   </si>
   <si>
     <t>9166</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9166/indicacao_534_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9166/indicacao_534_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir oficialmente o Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina, na relação das entidades sociais e filantrópicas da nossa comunidade que recebem subvenção da prefeitura.</t>
   </si>
   <si>
     <t>9167</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9167/indicacao_536_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9167/indicacao_536_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de uma quadra de tênis de saibro no Parque dos Pioneiros, para atender os amantes deste esporte que vem crescendo a cada dia e não tem um local público para treinos e jogos.</t>
   </si>
   <si>
     <t>9168</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9168/indicacao_537_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9168/indicacao_537_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita corrigir a baixa depressão na Av. das Rosas com a Rua das Camélias nas proximidades do Supermercado Mituo a fim de evitar que os carros tenham as partes de baixo danificadas quando passam neste local.</t>
   </si>
   <si>
     <t>9169</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9169/indicacao_537_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9169/indicacao_537_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita confeccionar placa proibido jogar lixo e instalar em todas as estradas rurais de nossa cidade, principalmente no início da Estrada 14, Estrada do Pavão e Vicinal José Maria da Silva que liga Adamantina-Mariápolis, tudo dentro das exigências da Lei nº 2763/97, que dispõe sobre a proibição de jogar lixo nas estradas rurais e dá outras providências.</t>
   </si>
   <si>
     <t>9170</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9170/indicacao_538_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9170/indicacao_538_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a construção de aproximadamente 40 metros de muro no Cemitério Municipal que encontra-se totalmente aberto.</t>
   </si>
   <si>
     <t>9171</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9171/indicacao_539_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9171/indicacao_539_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a sinalização de faixas divisórias e laterais na Rodovia Plácido Rocha até o Bairro Lagoa Seca, bem como a colocação de placas 80Km/h – R19, R25A e R25B do Código de Trânsito, e a colocação de redutor de velocidade a 60m da entrada da usina Branco Peres Álcool, sentido Adamantina/Valparaíso.</t>
   </si>
   <si>
     <t>9172</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9172/indicacao_540_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9172/indicacao_540_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sejam destinados recursos financeiros, no Exercício de 2019, para a construção de uma creche/escola, no Bairro Vila Jamil de Lima em área já reservada para este fim, que visa o atendimento ao referido bairro com abrangência dos bairros Parque do Sol, Morada do Sol e adjacências.</t>
   </si>
   <si>
     <t>9173</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9173/indicacao_541_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9173/indicacao_541_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder novamente à sinalização de trânsito (pintura de faixa de pedestre e colocação de obstáculo) na Rua Prefeito Antônio Cescon, no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9174</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9174/indicacao_542_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9174/indicacao_542_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de realização de um evento do Dia da Saúde no Parque dos Pioneiros, ainda este ano, objetivando oferecer atendimento gratuito nas áreas de: Medicina, Farmácia, Enfermagem, Fisioterapia, Nutrição, Odontologia, Educação Física, e outras, aos moradores dos Bairros Jardim América, Parque Iguaçu, Vila Ipiranga, Parque Cecap, Palmeiras, Jaraguá, Jardim Europa, Vila Endo e adjacências.</t>
   </si>
   <si>
     <t>9175</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9175/indicacao_543_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9175/indicacao_543_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocar uma tela, pelo menos em dois lados, na quadra de voleibol de areia, localizada na Praça José Parrila, recentemente reformada.</t>
   </si>
   <si>
     <t>9176</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9176/indicacao_544_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9176/indicacao_544_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência reparos na rotatória da Av. da Saudade, construída em razão da instalação do Posto Cocipa, pois várias tartarugas de sinalização de trânsito já foram destruídas prejudicando a sinalização da rotatória.</t>
   </si>
   <si>
     <t>9177</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9177/indicacao_545_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9177/indicacao_545_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma placa no PAS II, da Vila Jardim, com o nome do Dr. Célio de Azevedo Figueiredo, homenagem justa e merecida ao cidadão adamantinense.</t>
   </si>
   <si>
     <t>9178</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9178/indicacao_546_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9178/indicacao_546_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma placa na quadra coberta da EMEF “Navarro de Andrade”, com o nome da Profª Clara Luiza Gonçalves Martins, homenagem justa e merecida para umas das principais professoras de Educação Física da nossa cidade.</t>
   </si>
   <si>
     <t>9179</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9179/indicacao_548_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9179/indicacao_548_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade de transferir ao Polo de Atividades Integradas (PAI) Nosso Lar, a concessão do valor R$ 14.100,00 a título de subvenção que seria destinado a Creres neste ano de 2018, conforme estabelece a Lei nº 3.814, de 26 de abril de 2018.</t>
   </si>
   <si>
     <t>9180</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9180/indicacao_548_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9180/indicacao_548_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Chefe do Executivo que contate o Prof. André do Prado, Deputado Estadual, a fim de pedi intercessão junto ao Dr. Márcio França, Governador do Estado, objetivando disponibilizar ao município de Adamantina a utilização das dependências físicas da atual sede da Delegacia Seccional de Polícia de Adamantina, localizada na Alameda Maria Cândida Romanini, nº 290, após sua transferência para a nova sede, com o intuito de acomodar alguns órgãos municipais e/ou estaduais, diminuindo sensivelmente as despesas do erário público municipal.</t>
   </si>
   <si>
     <t>9181</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9181/indicacao_549_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9181/indicacao_549_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a realização de mutirão de lixo eletrônico, com ampla divulgação e mobilização de potenciais parceiros, com vistas a reduzir o descarte desses materiais em meios inadequados e promover a educação ambiental da população.</t>
   </si>
   <si>
     <t>9182</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9182/indicacao_550_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9182/indicacao_550_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a intensificação das ações que visem notificar e retirar veículos abandonados em vias públicas, em desacordo com a legislação municipal sobre o tema e o Código de Trânsito Brasileiro.</t>
   </si>
   <si>
     <t>9183</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9183/indicacao_551_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9183/indicacao_551_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa lavagem do espaço denominado “Estação Recreio” (antiga estação ferroviária), em razão da situação de sujeira no local, e que se faça a reposição das banquetas, mesas e bancos no local, para o melhor conforto dos frequentadores.</t>
   </si>
   <si>
     <t>9184</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9184/indicacao_552_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9184/indicacao_552_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sejam realizadas as seguintes melhorias na EMEI Cantinho da Criança, localizada no Jardim Brasil: 1 - Instalação de sinalizações horizontais e verticais necessárias nas Ruas Paraíba e Minas Gerais, indicando a velocidade permitida e a existência de “área escolar” em suas proximidades, considerando o fluxo de veículos em alta velocidade no local, oferecendo risco às crianças e familiares. 2 - Instalação de vaga de estacionamento para deficientes defronte a Escola (instalação de rampa, placa e sinalização de solo), haja vista a inexistência de vaga desta natureza em repartição pública que possui servidor portador de deficiência, bem como por ser necessária para a utilização da população.</t>
   </si>
   <si>
     <t>9185</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9185/indicacao_553_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9185/indicacao_553_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o atendimento dos seguintes pedidos: 1- Construção de Galerias na Rua Pernambuco, trecho entre as Ruas Ceará e Laurindo Simoncelli a fim de eliminar erosões do local; 2- Construção de muro de arrimo no Centro Comunitário; 3- Agilizar a liberação da praça de esportes (campo de futebol) do Jardim Brasil, e se possível, designar servidor para a função de zelador; 4- Realizar e conservar a limpeza da via férrea que margeia o Jardim Brasil, e se possível, melhorar a iluminação de suas travessias; 5- Realizar a instalação da academia ao ar livre no bairro; 6- Estudos, a fim de proceder a instalação de redutores de velocidade nas proximidades dos principais cruzamentos perigosos, sendo eles Rua Sergipe x Pernambuco, Rua Mato Grosso x Goiás, e outros.</t>
   </si>
   <si>
     <t>9186</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9186/indicacao_554_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9186/indicacao_554_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a possibilidade de viabilizar o pagamento dos boletos de IPTU em agências bancárias deste município.</t>
   </si>
   <si>
     <t>9187</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9187/indicacao_555_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9187/indicacao_555_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar redutor de velocidade na Avenida Miguel Veiga, proximidades da EMEI Raio de Sol, no Jardim das Tipuanas.</t>
   </si>
   <si>
     <t>9188</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9188/indicacao_556_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9188/indicacao_556_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar alambrados na área verde localizada ao lado da EMEI Raio de Sol, no Jardim das Tipuanas.</t>
   </si>
   <si>
     <t>9189</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9189/indicacao_557_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9189/indicacao_557_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de várias câmeras de segurança em pontos estratégicos de nossa cidade, estudar a possibilidade de colocar os referidos equipamentos nas praças públicas de nossa cidade, principalmente Prestes Maia e José Costa, onde são localizadas as feiras livres.</t>
   </si>
   <si>
     <t>9190</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9190/indicacao_558_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9190/indicacao_558_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder com urgência a extensão das melhorias (recapeamento) na Av. Francisco Bellusci, acesso à UNIFAI, até chegar no trevo da SP 294, tendo em vista que o referido trecho, de 100 metros entre o Campus II e pontilhão, estar muito danificado.</t>
   </si>
   <si>
     <t>9191</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9191/indicacao_559_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9191/indicacao_559_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a implantação de ajardinamento na área frontal da FATEC Adamantina, próximo da entrada principal, na Rua Paraná.</t>
   </si>
   <si>
     <t>9192</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9192/indicacao_560_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9192/indicacao_560_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços proceder à recuperação urgente do asfalto no acesso pela Av. Marechal Castelo Branco para o Parque Itamaraty, na Rua Quintino Bocaiúva, que passa atrás do Campus III da UNIFAI e recinto Poliesportivo.</t>
   </si>
   <si>
     <t>9193</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9193/indicacao_561_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9193/indicacao_561_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a sinalização de solo faixa de pedestre, em dois locais da Av. Antônio Tiveron, a primeira no cruzamento com a Av. Curitiba e outra no cruzamento com a Rua Florianópolis na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>9194</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9194/indicacao_562_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9194/indicacao_562_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita designar um funcionário da secretaria para aguar todos os dias o campo de futebol do Jardim Adamantina, principalmente nesta época de estiagem.</t>
   </si>
   <si>
     <t>9195</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9195/indicacao_563_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9195/indicacao_563_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita tornar a rotatória construída na Av. Antônio Tiveron, cruzamento com a Av. 15 de Novembro, na Vila Jamil de Lima, mais prática e segura, inclusive com a sinalização eficaz, tanto de placas verticais como de solo.</t>
   </si>
   <si>
     <t>9196</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9196/indicacao_564_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9196/indicacao_564_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocação de dois redutores de velocidade com a devida sinalização, principalmente noturna, na Vicinal José Bocardi, no trecho do Jardim Europa, até a Usina de Reciclagem de Lixo.</t>
   </si>
   <si>
     <t>9197</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9197/indicacao_565_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9197/indicacao_565_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a mudança dos pontos de ônibus localizados em frente à escola ETEC Eudécio Luiz Vicente, mais precisamente na Rua Líbero Badaró, para a Av. XV de Novembro e Al. Curitiba, ao lado da escola.</t>
   </si>
   <si>
     <t>9198</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9198/indicacao_566_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9198/indicacao_566_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma canaleta para o escoamento de águas de chuvas em frente das barracas das entidades no Poliesportivo.</t>
   </si>
   <si>
     <t>9199</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9199/indicacao_567_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9199/indicacao_567_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar um recipiente coletor de lixo (lixeira) no cruzamento das ruas Laurindo Simonceli com a Rua Paraná, e Rua São Paulo no Jardim Brasil.</t>
   </si>
   <si>
     <t>9200</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9200/indicacao_568_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9200/indicacao_568_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam corrigir uma grande falha ocorrida quando do asfaltamento da Rua Turquesa no Bairro Eldorado I, pois as guias e sarjetas ficaram acima do nivelamento do asfalto com um desnível que irá provocar, nos dias de fortes chuvas, a destruição das guias e sarjetas, no trecho entre as Ruas Esmeralda e Diamante no referido bairro.</t>
   </si>
   <si>
     <t>9201</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9201/indicacao_569_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9201/indicacao_569_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita autorizar o rebaixamento das guias para o estacionamento de veículos e ambulâncias na frente do Campus II da UNIFAI, local onde funciona a clínica de fisioterapia que atende dezenas de pessoas diariamente.</t>
   </si>
   <si>
     <t>9202</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9202/indicacao_570_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9202/indicacao_570_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reparar todas as calçadas do interior da Praça Élio Micheloni (jardim central), pois as pedras estão soltas.</t>
   </si>
   <si>
     <t>9203</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9203/indicacao_571_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9203/indicacao_571_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza nas guias e sarjetas da Av. Carlos Pegoraro, na Área Comercial.</t>
   </si>
   <si>
     <t>9204</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9204/indicacao_572_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9204/indicacao_572_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza de todas as bocas de lobo existentes no bairro Itaipus.</t>
   </si>
   <si>
     <t>9205</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9205/indicacao_573_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9205/indicacao_573_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar um redutor de velocidade na Rua Antônio Orazil Bisterso, Jardim dos Bandeirantes, nas proximidades do ponto de ônibus circular, a fim de evitar o excesso de velocidade praticada pelos motoristas na referida rua.</t>
   </si>
   <si>
     <t>9206</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9206/indicacao_574_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9206/indicacao_574_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a repintura no nome “Escola Eurico Leite de Moraes”, no Jardim Adamantina, pois a denominação está totalmente apagada.</t>
   </si>
   <si>
     <t>9207</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9207/indicacao_575_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9207/indicacao_575_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam sinalizar com faixa de pedestres, pintura de solo “pare” e colocação de dois obstáculos no prolongamento da Rua Padre Nóbrega, futura Rua Dante Bolgue.</t>
   </si>
   <si>
     <t>9208</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9208/indicacao_576_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9208/indicacao_576_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam colocação de placa e pintura de solo “Pare”, faixa de pedestres e pintura de solo nas ruas e avenidas do bairro Jardim Adamantina.</t>
   </si>
   <si>
     <t>9209</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9209/indicacao_577_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9209/indicacao_577_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita destinação de recursos financeiros à Secretaria Municipal competente, objetivando a instalação de um parque infantil na Escola Municipal de Ensino Fundamental José Marchetti, no bairro rural Lagoa Seca.</t>
   </si>
   <si>
     <t>9210</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9210/indicacao_578_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9210/indicacao_578_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder a sinalização da Rodovia Plácido Rocha, conforme estabelece o Código de Trânsito Brasileiro. Segue abaixo: a – faixa da pista divisória onde separam os movimentos dos veículos em sentido contrário e regulamentam a ultrapassagem dos veículos; b – faixa amarela contínua; c – faixa amarela simples seccionada; d – faixa dupla contínua/seccionada, e – faixa dupla seccionada amarela. f – colocação de redutor de velocidade nas imediações da rotatória da usina Branco Peres Álcool.</t>
   </si>
   <si>
     <t>9211</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9211/indicacao_579_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9211/indicacao_579_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam promover uma frente de trabalho com designação de vários funcionários para realizar os serviços de limpeza da cidade, tanto no centro, como também nos bairros, inclusive nos dias de sábado, como era realizado no ano passado.</t>
   </si>
   <si>
     <t>9212</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9212/indicacao_580_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9212/indicacao_580_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam retornar o serviço de pinturas dos nomes das ruas nos postes de iluminação pública a fim de orientar as pessoas, principalmente os carteiros e entregadores de compras e encomendas, que tem encontrado dificuldade para achar os endereços.</t>
   </si>
   <si>
     <t>9213</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9213/indicacao_581_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9213/indicacao_581_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalar dois redutores de velocidade na Av. XV de Novembro, entre os números 157 a 177 e 538 a 378, bem como a colocação de placa velocidade permitida 30kh e pintura de faixa de pedestre e outras, nas proximidades da Escola Eudécio Luiz Vicente a fim de evitar o excesso de velocidade no local.</t>
   </si>
   <si>
     <t>9214</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9214/indicacao_582_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9214/indicacao_582_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocar um corrimão nos degraus do canteiro central da Av. Adhemar de Barros, proximidades da Agência do Banco do Brasil, a fim de oferecer segurança às pessoas.</t>
   </si>
   <si>
     <t>9215</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9215/indicacao_583_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9215/indicacao_583_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeira grande no canteiro central da Av. Dep. Cunha Bueno, entre a Av. Santo Antônio e a Rua Euclides da Cunha, em frente o número 645, a pedido do Dr. Jackson Soares Martinez e outros contribuintes a fim de facilitar os serviços de coleta e limpeza pública.</t>
   </si>
   <si>
     <t>9216</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>ACACIO ROCHA, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9216/indicacao_584_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9216/indicacao_584_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de dispositivos complementares que permitam o bloqueio à passagens de veículos automotores (automóveis e motocicletas) pelo acostamento e além acostamento, junto a todos os obstáculos (redutores de velocidade) instalados ao longo da Avenida Moysés Justino da Silva, no trecho entre o Lar dos Velhos e Jardim Bela Vista.</t>
   </si>
   <si>
     <t>9217</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9217/indicacao_585_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9217/indicacao_585_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder à iluminação do espaço destinado a Academia ao Ar Livre e ao Parquinho Infantil, ambos localizados no “Campo do Marroco”, na Vila Joaquina.</t>
   </si>
   <si>
     <t>9218</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9218/indicacao_586_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9218/indicacao_586_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita execução de serviços de pintura geral dos bancos da Praça Bazilio Colombo Marini, próxima ao Pontilhão, inaugurada em 1992, a fim de torna-la mais bonita, agradável e atraente, a pedido da vizinhança, conforme requerimento protocolado na prefeitura, representado pelo Senhor Tatiano Cristian Papa.</t>
   </si>
   <si>
     <t>9219</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9219/indicacao_587_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9219/indicacao_587_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocar cobertura no ponto de ônibus circular, localizado na Av. Dep. Cunha Bueno, proximidade do nº 1300, em frente à farmácia, sentido centro/bairro a fim de proteger os passageiros da chuva e do sol escaldante enquanto aguardam os ônibus circulares.</t>
   </si>
   <si>
     <t>9220</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9220/indicacao_588_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9220/indicacao_588_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaborar projeto que visa tornar útil o antigo pontilhão localizado sobre os trilhos da antiga Fepasa que liga a Rua Deputado Sales Filho à Avenida das Rosas na Vila Jardim.</t>
   </si>
   <si>
     <t>9221</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9221/indicacao_589_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9221/indicacao_589_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construir uma cobertura a exemplo da do Parque dos Pioneiros na área de jogos (baralho, damas e outras), na área de lazer do Conjunto Habitacional Mario Covas, bem como a construção de banheiros para atender a referida área de jogos, campo de futebol e quadra.</t>
   </si>
   <si>
     <t>9222</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9222/indicacao_590_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9222/indicacao_590_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza no trevo de entrada da cidade efetuando a capinação dos matos existentes nas sarjetas, varrição de ruas e pinturas das guias, e também do pontilhão.</t>
   </si>
   <si>
     <t>9223</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9223/indicacao_591_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9223/indicacao_591_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita verificar in loco o sério problema que vem enfrentando a moradora da Rua Amapá nº 122, pois segundo ela, a galeria boca de lobo foi construída na frente da sua garagem, necessitando ser reconstruída a galeria em outro local.</t>
   </si>
   <si>
     <t>9224</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>ALCIO IKEDA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9224/indicacao_592_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9224/indicacao_592_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam iluminação na área de lazer localizada na entrada do Jardim Bela Vista, na Rua Germano Meira de Vasconcelos.</t>
   </si>
   <si>
     <t>9225</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9225/indicacao_593_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9225/indicacao_593_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita repinturas das demarcações das vagas de estacionamento nas vias públicas do centro do município, em especial, na Rua Osvaldo Cruz.</t>
   </si>
   <si>
     <t>9226</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9226/indicacao_594_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9226/indicacao_594_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhada a esta casa, projeto de lei alterando a legislação que institui o Vale Alimentação ao servidor público municipal, para que o valor diário devido seja calculado e indicado como quantidade em UFM’s (Unidade Fiscal do Município), e não mais fixado em reais. A título de sugestão, indicamos que seja encaminhado o valor inicial de 4,5 UFM’s.</t>
   </si>
   <si>
     <t>9227</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9227/indicacao_595_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9227/indicacao_595_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de instalar obstáculos no canteiro localizado entre a Vicinal Moises Justino e a Rua Guerino Dorigo, localizada na Estância Dorigo, considerando que os veículos estão passando por cima do canteiro e entrando na contra mão para criar um atalho, oferecendo risco aos motoristas que transitam pelo local.</t>
   </si>
   <si>
     <t>9228</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9228/indicacao_596_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9228/indicacao_596_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja verificado o problema do acúmulo de água encontrado na esquina na Rua João Latini, proximidade da residência número 219, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>9229</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9229/indicacao_597_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9229/indicacao_597_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam demarcação de faixas de pedestres, bem como seja realizado estudo para verificar a possibilidade de implantar redutor de velocidade ou realizar a providência necessária na Avenida Vitório Romanini, proximidades da residência nº 228, no centro deste município, considerando a intensidade do fluxo de veículos em horários de fluxo, oferecendo risco às crianças que utilizam a escola próxima do local indicado.</t>
   </si>
   <si>
     <t>9230</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9230/indicacao_498_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9230/indicacao_498_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja programada limpeza nos espaços públicos, bem como, realizado levantamento a fim de substituir todas as lâmpadas queimadas nos postes do Parque Itamaraty.</t>
   </si>
   <si>
     <t>9231</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9231/indicacao_599_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9231/indicacao_599_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam pintura do nome do Centro Comunitário do Jardim Adamantina para orientação dos moradores e visitantes já que no local por muitos anos funcionou a creche do referido bairro.</t>
   </si>
   <si>
     <t>9232</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9232/indicacao_600_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9232/indicacao_600_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Marginal Antônio Barberato nas proximidades do motel, pois as placas de concreto estão levantadas em consequência das fortes chuvas provocando perigo aos transeuntes.</t>
   </si>
   <si>
     <t>9233</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9233/indicacao_601_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9233/indicacao_601_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a roçagem, limpeza de terrenos baldios, quintais, áreas verdes e institucionais, em todo o município a fim de evitar a proliferação de insetos maléficos como escorpiões, baratas, ratos, cobras, aranha, que, segundo os moradores, partem dos terrenos para a casa das pessoas.</t>
   </si>
   <si>
     <t>9234</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9234/indicacao_602_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9234/indicacao_602_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita divulgação da Lei nº 3.715/16, que “dispõe sobre a Campanha ‘Adote o Verde’, e dá outras providências”.</t>
   </si>
   <si>
     <t>9235</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9235/indicacao_603_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9235/indicacao_603_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>9236</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA, EDUARDO FIORILLO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9236/indicacao_604_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9236/indicacao_604_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam transformar em mão única a Rua João Andrade, sentido Bairro/Centro, no trecho entre as Ruas Mário Oliveiro e Arno Kiefer.</t>
   </si>
   <si>
     <t>9237</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9237/indicacao_605_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9237/indicacao_605_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder minucioso reparo em todos os semáforos instalados em nossa cidade.</t>
   </si>
   <si>
     <t>9238</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9238/indicacao_606_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9238/indicacao_606_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita restabelecer o funcionamento da farmácia escola que os alunos utilizaram bem como voltar a ter os medicamentos para a distribuição, ajudando os alunos e população, nos bairros adjacentes da autarquia Jardim Adamantina, Primaveras, Parque Itaipus e outros.</t>
   </si>
   <si>
     <t>9239</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9239/indicacao_607_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9239/indicacao_607_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita serviço de recuperação dos brinquedos danificados no parque infantil localizado no “Campo do Marroco”, na Vila Joaquina, bem como para efetuar um amplo trabalho de monitoramento e conservação nos demais parques infantis instalados em nossa cidade, objetivando a utilização das nossas praças e parques para o lazer e recreação por parta da nossa população, sobretudo, de forma segura e sem risco de acidentes ou incidentes para os seus usuários.</t>
   </si>
   <si>
     <t>9240</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9240/indicacao_608_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9240/indicacao_608_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a possibilidade da inclusão da Língua Brasileira de Sinais – LIBRAS, como língua de instrução e meio de comunicação objetiva e de uso corrente dos alunos surdos ou com deficiência auditiva que estão matriculados da rede municipal de educação.</t>
   </si>
   <si>
     <t>9241</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9241/indicacao_609_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9241/indicacao_609_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam o atendimento das reivindicações dos moradores feitas na realização da sessão comunitária ocorrida segunda-feira passada, 24/09, no Centro Comunitário do Jardim Primavera, com moradores desta localidade e bairros próximos, Parque Universitário e Jardim Adamantina.</t>
   </si>
   <si>
     <t>9242</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9242/indicacao_610_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9242/indicacao_610_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita aquisição de parquinho infantil para ser instalado na Praça José Parrilla, proximidades da quadra de areia reativada recentemente.</t>
   </si>
   <si>
     <t>9243</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9243/indicacao_612_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9243/indicacao_612_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem da grama e realizar uma completa limpeza na área de lazer localizada entre as Ruas Bauru e Birigui, proximidade do Parque Residencial Jaraguá, CECAP e Boa Esperança.</t>
   </si>
   <si>
     <t>9244</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9244/indicacao_612_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9244/indicacao_612_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de calçada na área institucional de responsabilidade da Prefeitura, localizada entre os bairros Parque Residencial Jaraguá, CECAP e Boa Esperança.</t>
   </si>
   <si>
     <t>9245</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9245/indicacao_613_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9245/indicacao_613_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos visando uma sinalização mais eficaz em frente ao supermercado “SETE”, pois os motoristas estão transitando em cima dos tachões que estão totalmente destruídos, necessitando serem substituídos e transformar o quarteirão da Rua Sirlene Rodrigues de Castro, ao lado do Prédio do mercado, em mão única, sentido Al. Armando Salles de Oliveira para Av. Rio Branco.</t>
   </si>
   <si>
     <t>9246</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9246/indicacao_614_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9246/indicacao_614_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendar o nome do Senhor Wilson Luiz Geraidine de Miranda para denominar ruas em futuros loteamentos que forem lançados em nossa cidade.</t>
   </si>
   <si>
     <t>9247</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9247/indicacao_615_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9247/indicacao_615_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita notificar o proprietário do prédio localizado na Rua Dep. Salles Filho, nº 476, esquina com a Al. Santa Cruz a fim de proceder reparos no passeio público.</t>
   </si>
   <si>
     <t>9248</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9248/indicacao_616_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9248/indicacao_616_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a convocação de mais 5 (cinco) pessoas do concurso de serviços gerais para prestar serviços na limpeza pública como varredeiras.</t>
   </si>
   <si>
     <t>9249</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9249/indicacao_617_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9249/indicacao_617_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos visando alterar com urgência o ponto de ônibus circular da linha dois, localizado na Rua Sirlene Rodrigues de Castro, ao lado do prédio do Supermercado SETE, para a mesma rua, no quarteirão da Escola CEMA II.</t>
   </si>
   <si>
     <t>9250</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9250/indicacao_618_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9250/indicacao_618_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam disponibilizar remédios, leite e outros produtos da área da saúde a todas as Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>9251</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9251/indicacao_619_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9251/indicacao_619_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja restabelecido a configuração original da pintura de sinalização no Terminal Rodoviário “Tamoto Matuoka”.</t>
   </si>
   <si>
     <t>9252</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9252/indicacao_620_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9252/indicacao_620_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita uma limpeza total em volta da praça de lazer do Jardim das Primaveras, onde está localizado o campo de futebol médio, parque infantil e Centro Comunitário.</t>
   </si>
   <si>
     <t>9253</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9253/indicacao_621_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9253/indicacao_621_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura de solo e placa “pare” na Rua Limeira, esquina com a Rua Curitiba, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>9254</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9254/indicacao_622_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9254/indicacao_622_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita de instalar um redutor de velocidade (obstáculo) na Rua Líbero Badaró, no quarteirão da Escola ETEC.</t>
   </si>
   <si>
     <t>9255</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9255/indicacao_623_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9255/indicacao_623_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita entendimento com a Energisa visando a expansão de rede elétrica na rua José Modesto, no final do Bairro Jardim das Primaveras.</t>
   </si>
   <si>
     <t>9256</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9256/indicacao_624_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9256/indicacao_624_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza total nos passeios da Rua Alcides Bortolo, no Parque Residencial Morada do Sol.</t>
   </si>
   <si>
     <t>9257</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9257/indicacao_625_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9257/indicacao_625_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar a possibilidade de mudar de local o estacionamento exclusivo para idosos localizado na Rua Dep. Salles Filho, no meio do local destinado para o ponto de taxi.</t>
   </si>
   <si>
     <t>9258</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9258/indicacao_626_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9258/indicacao_626_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza na praça da AMJAIP, onde está instalado o Parque Infantil, bem como a roçagem da Praça Dante Guido em frente ao Bar do Diogo.</t>
   </si>
   <si>
     <t>9259</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9259/indicacao_627_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9259/indicacao_627_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam colocação de um obstáculo ou outro redutor de velocidade, na Al. Santa Catarina, entre as ruas Antônio Pires Ribeiro e José Valentini, no Conjunto Mário Covas.</t>
   </si>
   <si>
     <t>9260</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9260/indicacao_628_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9260/indicacao_628_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>9261</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9261/indicacao_629_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9261/indicacao_629_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de um redutor de velocidade (lombo-faixa), na Avenida Marechal Castelo Branco, nas proximidades do cruzamento com a Rua Francisco Troncon.</t>
   </si>
   <si>
     <t>9262</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9262/indicacao_630_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9262/indicacao_630_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam manter os nomes de todos os homenageados nas avenidas, alamedas ou ruas da nova área que será utilizada para a construção de 300 casas pela Companhia de Desenvolvimento Habitacional Urbano do Estado de São Paulo (CDHU), sendo que o novo conjunto habitacional deverá receber o nome do senhor Naur Belluci, conforme denomina Lei nº 3.689/15.</t>
   </si>
   <si>
     <t>9263</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9263/indicacao_631_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9263/indicacao_631_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam aumentar o valor do repasse da subvenção municipal ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>9264</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9264/indicacao_632_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9264/indicacao_632_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam revisão no valor do ticket alimentação dos funcionários da prefeitura e conceder abono natalino.</t>
   </si>
   <si>
     <t>9265</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9265/indicacao_633_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9265/indicacao_633_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de um sistema de iluminação na Pista de Skate no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9266</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9266/indicacao_634_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9266/indicacao_634_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estude a possibilidade de utilizar a denominada “Casa do Papai Noel” como um espaço destinado à exposição dos diversos materiais de valor histórico-cultural que atualmente estão na biblioteca municipal.</t>
   </si>
   <si>
     <t>9267</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9267/indicacao_635_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9267/indicacao_635_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita remoção de pombos das instalações do Terminal Rodoviário “Tamoto Matuoka”, e a adoção de barreiras físicas, eletrônicas e/ou químicas, entre outras, que inibam definitivamente essa população.</t>
   </si>
   <si>
     <t>9268</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9268/indicacao_636_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9268/indicacao_636_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda nas árvores localizadas no entorno do Campo do Marroco.</t>
   </si>
   <si>
     <t>9269</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9269/indicacao_637_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9269/indicacao_637_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a limpeza das guias bem como a roçagem da área verde localizada na Rua Juruva, entre as ruas Adem e Condor, no Parque Tangará.</t>
   </si>
   <si>
     <t>9270</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9270/indicacao_638_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9270/indicacao_638_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um “sarjetão” no cruzamento das Alamedas José Bechara e Shigueyoshi Noda, no Residencial Novo Horizonte.</t>
   </si>
   <si>
     <t>9271</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9271/indicacao_639_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9271/indicacao_639_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita, sejam atendidas as solicitações que feitas pelos moradores do Residencial Parque Paraíso por meio de abaixo assinado: 1) Programação para o recape da Avenida Miguel Veiga, nos dois quarteirões deste bairro, bem como o quarteirão que dá acesso ao Residencial Santa Mônica; 2) Construção de “sarjetão” na esquina da Rua Ernesto com a Avenida Miguel Veiga, a fim de preservar o cruzamento e evitar que o local permaneça diariamente com danos no asfalto.</t>
   </si>
   <si>
     <t>9272</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ALCIO IKEDA, EDUARDO FIORILLO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9272/indicacao_640_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9272/indicacao_640_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam Administração resolver definitivamente o problema das goteiras dos aparelhos de ar condicionado instalados no paço municipal.</t>
   </si>
   <si>
     <t>9273</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9273/indicacao_641_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9273/indicacao_641_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam limpeza em todas as áreas verdes de responsabilidade do Poder Público.</t>
   </si>
   <si>
     <t>9274</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9274/indicacao_642_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9274/indicacao_642_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam incluir o quarteirão da Rua Osvaldo Cruz, entre as ruas Alameda Armando Sales de Oliveira e Avenida Capitão José Antônio de Oliveira, e o quarteirão da Av. Cap. José Antônio de Oliveira entre as ruas Avenida Santo Antônio e Rua Euclides da Cunha, no perímetro de zona azul de nossa cidade.</t>
   </si>
   <si>
     <t>9275</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9275/indicacao_643_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9275/indicacao_643_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita tapar e asfaltar o enorme buraco, na Rua José Braz Filho, esquina com a Rua Zequinha de Abreu, na Vila Ipiranga.</t>
   </si>
   <si>
     <t>9276</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9276/indicacao_644_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9276/indicacao_644_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza total, e o nivelamento do solo de uma área, determinada “área verde”, localizada na esquina das Ruas Zequinha de Abreu e Santa Catarina entre os bairros Parque Itapuã e Conjunto Habitacional Mario Covas.</t>
   </si>
   <si>
     <t>9300</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9300/indicacao_645_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9300/indicacao_645_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita viabilizar a doação ao nosso município de uma academia ao ar livre para ser instalada na área de lazer da Vila Cicma.</t>
   </si>
   <si>
     <t>9301</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9301/indicacao_647_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9301/indicacao_647_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pintura de sinalização de solo e colocação de placa (PARE) e faixa de pedestre na Rua Dante Bolgue e a Rua José Modestro no Jardim das Primaveras, bem como na Rua Benedito Lemes de Souza, no Conjunto Oiti.</t>
   </si>
   <si>
     <t>9302</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9302/indicacao_647_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9302/indicacao_647_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita transformar em mão única a Rua José Caliman no Conjunto Palmeiras para organizar o trânsito naquele local.</t>
   </si>
   <si>
     <t>9303</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9303/indicacao_648_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9303/indicacao_648_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita destinar os postes, que serão substituídos com a nova iluminação das quadras do Parque dos Pioneiros, para a Associação dos Moradores do bairro Jardim das Primaveras a fim de ser utilizado na iluminação do Campo de Futebol Médio do referido bairro.</t>
   </si>
   <si>
     <t>9304</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9304/indicacao_649_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9304/indicacao_649_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem e limpeza do mato que toma conta dos terrenos que margeiam a Av. Rio Branco no Residencial Rio Branco, e entre o antigo prédio do IBC e o Centro Comunitário do Jardim das Primaveras.</t>
   </si>
   <si>
     <t>9305</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9305/indicacao_650_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9305/indicacao_650_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda parcial de uma árvore localizada na Rua Vergueiro, 230, Parque do Sol.</t>
   </si>
   <si>
     <t>9306</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9306/indicacao_651_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9306/indicacao_651_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recuperação da Vicinal José Antônio Manzano, popularmente conhecida como Estrada 14.</t>
   </si>
   <si>
     <t>9307</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9307/indicacao_652_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9307/indicacao_652_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita destinar um funcionário, zelador, para trabalhar pelo menos duas vezes por semana no campo de malha e bocha, no bairro Jardim das Alamandas, para fazer os serviços de limpeza do local.</t>
   </si>
   <si>
     <t>9308</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9308/indicacao_653_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9308/indicacao_653_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita iluminação da quadra sintética recentemente inaugurada no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9309</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9309/indicacao_654_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9309/indicacao_654_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudar um tipo de bonificação para o zelador do Ginásio de Esportes para que o mesmo possa desenvolver serviços de abertura e fechamento do local.</t>
   </si>
   <si>
     <t>9310</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9310/indicacao_655_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9310/indicacao_655_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam entendimento com a Secretaria Estadual competente objetivando destinar ao nosso Município duas academias ao ar livre para serem instaladas nos bairros Oiti/Tipuanas e Parque Cecap.</t>
   </si>
   <si>
     <t>9311</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9311/indicacao_656_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9311/indicacao_656_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de placas com o nome de Praça Vereador José Parrilla no Jardim Público da Vila Endo, a fim de orientar a população e dar cumprimento à Lei nº 2272, de 24 maio de  1990.</t>
   </si>
   <si>
     <t>9312</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9312/indicacao_657_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9312/indicacao_657_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita agendamento do nome do Senhor Deolindo Dallacqua para denominar rua em futuros loteamentos que forem lançados em nosso município.</t>
   </si>
   <si>
     <t>9313</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9313/indicacao_658_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9313/indicacao_658_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam limpeza no bairro Lagoa Seca, tanto nas casas antigas como no Conjunto novo do CDHU.</t>
   </si>
   <si>
     <t>9314</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9314/indicacao_659_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9314/indicacao_659_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam roçagem do enorme matagal em volta da pista de caminhada do Parque Caldeira, bem como tapar os buracos existentes em toda a extensão da pista.</t>
   </si>
   <si>
     <t>9315</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9315/indicacao_660_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9315/indicacao_660_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam proceder reparos nas calçadas do centro da cidade construídas com pedras petit pave, principalmente nas ruas: Avenida Rio Branco, Ruas Deputado Salles Filho, Osvaldo Cruz e Alameda Armando Salles de Oliveira.</t>
   </si>
   <si>
     <t>9316</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9316/indicacao_661_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9316/indicacao_661_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita proceder o desassoreamento do córrego que liga a Estrada ADM 432 entre a estrada que liga o bairro Aidelândia ao Bairro Fazenda Jandaia.</t>
   </si>
   <si>
     <t>9317</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9317/indicacao_662_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9317/indicacao_662_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação, no interior da Praça Euclides Romanini, uma torneira tipo transmatic de pressão.</t>
   </si>
   <si>
     <t>9318</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9318/indicacao_663_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9318/indicacao_663_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalar, nas imediações das quadras de voleibol e da recém inaugurada quadra de futebol society,  no Parque dos Pioneiros uma torneira tipo transmatic de pressão.</t>
   </si>
   <si>
     <t>9319</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9319/indicacao_664_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9319/indicacao_664_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma lixeira na Estrada 14.</t>
   </si>
   <si>
     <t>9320</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9320/indicacao_665_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9320/indicacao_665_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam notificar o proprietário do loteamento localizado na Rua Juruva, no Parque Residencial Tangará, para proceder a construção de calçada, pois a rua é muito estreita.</t>
   </si>
   <si>
     <t>9321</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9321/indicacao_666_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9321/indicacao_666_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam que seja oficiada a Direção Geral da Santa Casa de Misericórdia de Adamantina com a finalidade de informar quais os motivos que o elevador, instalado recentemente, não está funcionando.</t>
   </si>
   <si>
     <t>9322</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9322/indicacao_667_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9322/indicacao_667_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja promovido estudos que permitam a implantação de mecanismos para a tramitação eletrônica de documentos no âmbito do Poder Público Municipal.</t>
   </si>
   <si>
     <t>9323</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9323/indicacao_668_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9323/indicacao_668_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que promova os meios legais para, em processos seletivos para ingresso de estagiários para atuar na estrutura do Poder Público Municipal, seja permitida a participação de estudantes de graduação regularmente matriculados nas demais instituições de ensino legalmente instaladas e em atividades, em Adamantina, onde destaca-se o Centro Universitário de Adamantina (UniFAI), Universidade Virtual do Estado de São Paulo (UNIVESP) e Faculdade de Tecnologia (FATEC).</t>
   </si>
   <si>
     <t>9324</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9324/indicacao_669_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9324/indicacao_669_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que promova os estudos que permitam a criação do emprego de Agente Municipal de Fiscalização de Trânsito (nomenclatura provisória), subordinado ao Departamento Municipal de Trânsito.</t>
   </si>
   <si>
     <t>9325</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9325/indicacao_670_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9325/indicacao_670_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita implantação do projeto “Inclusão Produtiva com Segurança Sanitária” da ANVISA (Agência Nacional da Vigilância Sanitária).</t>
   </si>
   <si>
     <t>9326</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9326/indicacao_671_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9326/indicacao_671_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contatar oficialmente a Direção Regional do Grupo Energisa, objetivando esclarecer os motivos de tantas quedas de energia em algumas residências localizadas nos bairros residenciais Monte Alegre e Eldorado II, sobretudo em períodos de chuvas mais fortes, mesmo que não acompanhadas de ventanias.</t>
   </si>
   <si>
     <t>9327</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9327/indicacao_672_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9327/indicacao_672_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de um levantamento junto ao cadastro municipal das famílias assistidas por algum programa social federal, objetivando verificar se todas já foram contempladas com o referido kit gratuito da TV digital.</t>
   </si>
   <si>
     <t>9328</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9328/indicacao_673_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9328/indicacao_673_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de uma ampla campanha de arrecadação de brinquedos em nosso município, contando, caso seja possível, com a parceria do Tiro de Guerra, clubes de serviços e demais entidades da nossa cidade com a finalidade de promover Natal Feliz junto as crianças.</t>
   </si>
   <si>
     <t>9329</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9329/indicacao_674_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9329/indicacao_674_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de uma ampla campanha de arrecadação de alimentos em nosso município, contando, caso seja possível, com a parceria do Tiro de Guerra, clubes de serviços e demais entidades da nossa cidade com o intuito de promover Natal Solidário.</t>
   </si>
   <si>
     <t>9330</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9330/indicacao_675_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9330/indicacao_675_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita manutenção dos trechos ruins da “Estrada do Burrinho”.</t>
   </si>
   <si>
     <t>9331</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9331/indicacao_676_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9331/indicacao_676_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita reposição de bancos que foram quebrados na Praça Mário Bérgamo, localizada no Jardim Brasil.</t>
   </si>
   <si>
     <t>9332</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9332/indicacao_677_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9332/indicacao_677_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento da Rua Mauro Bernardo Pinto, localizada no Bairro Estância Dorigo.</t>
   </si>
   <si>
     <t>9333</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9333/indicacao_678_41a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9333/indicacao_678_41a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicitam estudo técnico para eventuais providências na Av. Bráulio Molina Frias, proximidades da Escola Fleurides e Madre Clélia,  como transformar em mão única, proibição do tráfego de caminhões e redução da faixa amarela para os Ônibus.</t>
   </si>
   <si>
     <t>9334</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9334/indicacao_679_41a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9334/indicacao_679_41a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicitam estudo minucioso para elaboração de projeto de mobilidade urbana que visa melhorar a qualidade do trânsito.</t>
   </si>
   <si>
     <t>9335</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, DINHA, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9335/indicacao_680_41a_ordinaria.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9335/indicacao_680_41a_ordinaria.doc</t>
   </si>
   <si>
     <t>Solicitam Semana do mutirão de limpeza em nosso município.</t>
   </si>
   <si>
     <t>9336</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9336/indicacao_681_41a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9336/indicacao_681_41a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicita convocação dos servidores aprovados em processo seletivo para o cargo de Agentes de Vetores.</t>
   </si>
   <si>
     <t>9337</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9337/indicacao_682_41a_ordinaria.doc.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9337/indicacao_682_41a_ordinaria.doc.pdf</t>
   </si>
   <si>
     <t>Solicita implantação de alça de retorno no prolongamento da Av. Rio Branco, nova opção para entrada e saída da cidade, próximo ao acesso a estrada 14.</t>
   </si>
   <si>
     <t>9338</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9338/indicacao_683_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9338/indicacao_683_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construção de mais um banheiro no cemitério municipal, na parte dos fundos e enquanto não for construído, pelo menos no dia de finados, sejam instalados banheiros químicos no local.</t>
   </si>
   <si>
     <t>9339</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>DINHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9339/indicacao_684_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9339/indicacao_684_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam colocação de um obstáculo na Alameda Maria Cândida Romanini, entre a Rua Arno Kiefer e a Praça João XXIII.</t>
   </si>
   <si>
     <t>9340</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9340/indicacao_685_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9340/indicacao_685_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam colocação de bancos de cimento em volta do local onde é celebrada missa no dia de finados, no Cemitério Municipal.</t>
   </si>
   <si>
     <t>9341</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9341/indicacao_686_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9341/indicacao_686_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita possibilidade de instalar um recipiente coletor de lixo (lixeira), na Rua Capitão Ferreira Pinto, no quarteirão do Projeto “ASA”, no bairro Jardim Paulista.</t>
   </si>
   <si>
     <t>9342</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9342/indicacao_687_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9342/indicacao_687_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>9343</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9343/indicacao_688_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9343/indicacao_688_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam aplicação de lama asfáltica nas ruas do Parque das Nações, principalmente a Rua Estados Unidos.</t>
   </si>
   <si>
     <t>9344</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9344/indicacao_689_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9344/indicacao_689_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam agendar na programação de tapa buracos as Ruas Cedro e Cabreúva, localizadas no Bairro Itaipus.</t>
   </si>
   <si>
     <t>9345</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9345/indicacao_690_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9345/indicacao_690_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja repassado à UNIFAI para uso exclusivo dos cursos de Medicina e Enfermagem, o prédio da UPA, Unidade de Pronto Atendimento que está sem funcionar.</t>
   </si>
   <si>
     <t>9346</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9346/indicacao_691_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9346/indicacao_691_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita colocar placa “proibido estacionar” no canteiro central da Av. Cap. José Antônio de Oliveira, em frente ao Posto Carreiro, e no canteiro central da Av. Dep. Cunha Bueno, entre as Ruas Hermenegildo Romanini e Duque de Caxias.</t>
   </si>
   <si>
     <t>9347</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9347/indicacao_692_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9347/indicacao_692_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudos visando a elaboração de projeto de construção de uma quadra de apoio para prática de vários esportes, principalmente os praticados pela terceira idade, no terreno ao lado do Ginásio de Esportes Paulo Camargo.</t>
   </si>
   <si>
     <t>9348</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9348/indicacao_693_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9348/indicacao_693_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um sarjetão na esquina da Rua Benjamim de Oliveira Ramos com a Alameda Armando Sales de Oliveira, na Vila Industrial, a fim de disciplinar a água que escorre no local.</t>
   </si>
   <si>
     <t>9349</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9349/indicacao_694_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9349/indicacao_694_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita projeto que vise a reforma da sala de hemodiálise para a ampliação dos atendimentos.</t>
   </si>
   <si>
     <t>9350</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9350/indicacao_695_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9350/indicacao_695_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita conserto/reativação do letreiro vertical instalado nas proximidades da entrada principal da cidade e desprovido de iluminação.</t>
   </si>
   <si>
     <t>9351</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9351/indicacao_696_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9351/indicacao_696_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam remanejamento dos postes localizados aos fundos das quadras de vôlei de areia do parque dos pioneiros, para a instalação ao lado da nova quadra de grama sintética, bem como às pistas de skates e demais quadras.</t>
   </si>
   <si>
     <t>9352</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9352/indicacao_697_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9352/indicacao_697_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudo técnico para eventuais providências na Av. Marechal Castelo Branco, nas proximidades do Campus III da UNIFAI, local que frequentemente ocorrem acidentes.</t>
   </si>
   <si>
     <t>9353</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9353/indicacao_698_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9353/indicacao_698_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pavimentação asfáltica (operação tapa-buracos e recape), a Rua Francisco Troncon, localizada na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>9354</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9354/indicacao_699_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9354/indicacao_699_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem das áreas localizadas ao lado da Vicinal José Bocardi.</t>
   </si>
   <si>
     <t>9355</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9355/indicacao_700_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9355/indicacao_700_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem das áreas verdes e canteiros, localizados na Rua Carlos Pegoraro, na Área Comercial Luiz Stechi.</t>
   </si>
   <si>
     <t>9356</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9356/indicacao_701_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9356/indicacao_701_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de placas indicando a proibição de estacionamento do lado esquerdo da Rua Yaoji Endo, via de mão única localizada nas proximidades da Rua Pref. Antônio Cescon, Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>9357</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9357/indicacao_702_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9357/indicacao_702_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita poda das árvores da Rua José Flavio, no bairro Vila Freitas.</t>
   </si>
   <si>
     <t>9358</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9358/indicacao_703_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9358/indicacao_703_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza e colocação de pedrisco no terreno da Prefeitura, na Avenida da Saudade, ao lado do prédio alugado (nº 1072) para o funcionamento de vários setores, inclusive da CIRETRAN para ser utilizado para emplacamento de veículos.</t>
   </si>
   <si>
     <t>9359</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9359/indicacao_704_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9359/indicacao_704_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa limpeza em volta da creche e na área de lazer, conhecida como jaqueira, no Bairro Mário Covas.</t>
   </si>
   <si>
     <t>9360</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9360/indicacao_705_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9360/indicacao_705_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção de um canaletão na Rua José de Oliveira Junior, esquina com a Alameda Santa Cruz.</t>
   </si>
   <si>
     <t>9361</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9361/indicacao_706_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9361/indicacao_706_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem do matagal existente nas laterais da Rodovia Vicinal José Bocardi.</t>
   </si>
   <si>
     <t>9362</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>PAULO CERVELHEIRA, Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9362/indicacao_706_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9362/indicacao_706_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam estudar a possibilidade de confeccionar uniformes e compra de equipamentos de segurança para distribuir para todos os funcionários da limpeza pública, inclusive os coletores de lixo.</t>
   </si>
   <si>
     <t>9363</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9363/indicacao_708_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9363/indicacao_708_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam construção de calçada na Rua Palmeiras, dando continuidade, da creche até a Av. Rio Branco, no lado esquerdo para quem entra no Bairro Itaipus, mais precisamente em frente ao posto de gasolina.</t>
   </si>
   <si>
     <t>9364</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9364/indicacao_709_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9364/indicacao_709_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita troca de lâmpadas queimadas nos bairros de nossa cidade, principalmente no Jardim Brasil.</t>
   </si>
   <si>
     <t>9382</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9382/indicacao_710_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9382/indicacao_710_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita elaboração do projeto de lei que objetive fazer a adequação na Lei Municipal que criou o Conselho Tutelar de Adamantina.</t>
   </si>
   <si>
     <t>9383</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9383/indicacao_711_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9383/indicacao_711_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam instalação de um redutor de velocidade (lombo-faixa), na Rua Santa Catarina, no Conjunto Residencial Mário Covas, no trecho compreendido entre as Ruas Joaquim Valentini e Antônio Pires Ribeiro.</t>
   </si>
   <si>
     <t>9384</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9384/indicacao_712_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9384/indicacao_712_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita construção da cobertura do ponto de ônibus existente na Rua Santa Catarina, próximo ao cruzamento com a Rua Joaquim Valentini, no Conjunto Residencial Mário Covas.</t>
   </si>
   <si>
     <t>9385</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9385/indicacao_713_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9385/indicacao_713_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que estude a possibilidade prestar uma justa homenagem aos grandes atletas e esportistas adamantinenses que foram importantes e responsáveis pelas duas principais conquistas obtidas pelo nosso time do nosso coração, o GUARANI FUTEBOL CLUBE na reinauguração do Estádio Municipal “Antônio Goulart Marmo”, prevista para ocorrer no próximo dia 01 de dezembro de 2018.</t>
   </si>
   <si>
     <t>9386</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9386/indicacao_714_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9386/indicacao_714_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços atender o munícipe Evandro Ronca, para que proceda à limpeza do bueiro localizado na parte baixa da Rua Pinheiro.</t>
   </si>
   <si>
     <t>9387</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9387/indicacao_715_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9387/indicacao_715_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal competente proceder a uma completa limpeza em volta do pontilhão principal de entrada e saída da cidade.</t>
   </si>
   <si>
     <t>9388</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9388/indicacao_716_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9388/indicacao_716_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que do DER de Presidente Prudente autorização para proceder à pintura de faixa de pedestres no trecho da Rodovia Comandante João Ribeiro de Barros, entrada e saída da cidade.</t>
   </si>
   <si>
     <t>9389</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9389/indicacao_717_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9389/indicacao_717_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Secretário Municipal de Obras a possibilidade de colocar em funcionamento uma camionete que está parada no Almoxarifado Municipal, para ser usado somente no interior do Cemitério Municipal para carregar materiais e outros objetos.</t>
   </si>
   <si>
     <t>9390</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9390/indicacao_718_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9390/indicacao_718_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços incluir, na sua programação de recapeamento asfáltico, a Rua Marília em toda a sua extensão, localizada na Vila Industrial.</t>
   </si>
   <si>
     <t>9391</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9391/indicacao_719_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9391/indicacao_719_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Diretoria Municipal de Trânsito proceder, com urgência, à pintura de sinalização de solo “Pare” e faixa de pedestres nos locais necessários, em todas as ruas que foram recentemente recapeadas do bairro Jardim Brasil.</t>
   </si>
   <si>
     <t>9392</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9392/indicacao_720_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9392/indicacao_720_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços incluir a Rua Tamoto Matuoka, localizada no bairro Jardim Ipiranga, na programação de recapeamento asfáltico.</t>
   </si>
   <si>
     <t>9393</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9393/indicacao_721_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9393/indicacao_721_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras e Serviços proceder, com urgência, a uma operação tapa-buracos na Rua José Bortolo, mais precisamente no quarteirão do número 170, no Jardim Adamantina.</t>
   </si>
   <si>
     <t>9394</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9394/indicacao_722_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9394/indicacao_722_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam, dentro das ações de combate a criadouros do mosquito Aedes Aegypti, transmissor da Dengue, Febre Amarela, Febre Chikungunya e Zika Vírus, a realização de serviços de limpeza, remoção de detritos e outros materiais, na área do entorno do Barracão da Fepasa, bem como se promova a limpeza de matagal na faixa entre o barracão da Fepasa e proximidades do Almoxarifado Municipal, na Alameda Antônio Tiveron e Rua Cristovão Goulart Marmo.</t>
   </si>
   <si>
     <t>9395</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9395/indicacao_723_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9395/indicacao_723_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita roçagem das áreas localizadas aos lados da Av. Rio Branco, trecho que liga o Jardim Adamantina ao trevo na Rodovia Cmte João Ribeiro de Barros.</t>
   </si>
   <si>
     <t>9396</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9396/indicacao_724_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9396/indicacao_724_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita demarcação de solo nos cruzamentos das Ruas do Bairro Jardim Brasil, em especial da Rua Mato Grosso.</t>
   </si>
   <si>
     <t>9397</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9397/indicacao_725_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9397/indicacao_725_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita pavimento ao final Rua Sergipe, no Jardim Brasil.</t>
   </si>
   <si>
     <t>9398</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9398/indicacao_726_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9398/indicacao_726_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam uma vistoria técnica, bem como orçamento para posterior providências no muro do Centro Comunitário do Jardim Brasil, uma vez que o mesmo apresenta nítidos problemas.</t>
   </si>
   <si>
     <t>9399</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9399/indicacao_727_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9399/indicacao_727_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza em todas as áreas verdes de responsabilidade da Prefeitura, principalmente Parque dos Universitários, Itaipus, Jardim Adamantina e Parque Tangará.</t>
   </si>
   <si>
     <t>9400</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9400/indicacao_728_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9400/indicacao_728_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de uma cobertura de uma área existente na praça de lazer do Conjunto Residencial Mário Covas (localizada na esquina da Rua Santa Catarina com a Rua Antônio Pires Ribeiro).</t>
   </si>
   <si>
     <t>9401</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9401/indicacao_729_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9401/indicacao_729_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita estudo técnico e viário visando proceder à alteração nos pontos de estacionamentos dos ônibus escolares e vans escolares que fazem o transporte dos alunos que estudam nas Escolas Helen Keller, Fleurides Menechino e Colégio Madre Clélia, bem como para alterar o sistema viário naquela localidade, com adoção de novas sinalizações para o estacionamento de ônibus, carro e moto.</t>
   </si>
   <si>
     <t>9402</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9402/indicacao_730_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9402/indicacao_730_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita inclusão da Língua Brasileira de Sinais - LIBRAS, como língua de instrução e meio de comunicação objetiva e de uso corrente dos alunos surdos ou com deficiência auditiva que estão matriculados da rede municipal de educação.</t>
   </si>
   <si>
     <t>9403</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9403/indicacao_731_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9403/indicacao_731_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita contratação de mais um psicólogo para atender no Centro de Saúde “Dr. Clovis de Oliveira Marinho” da nossa cidade.</t>
   </si>
   <si>
     <t>9404</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9404/indicacao_732_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9404/indicacao_732_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conceder um “abono natalino” ainda neste ano de 2018 aos abnegados funcionários da UNIFAI.</t>
   </si>
   <si>
     <t>9405</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9405/indicacao_733_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9405/indicacao_733_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam conceder um “abono natalino” ainda neste ano de 2018 aos abnegados funcionários administrativos da Câmara Municipal de Adamantina.</t>
   </si>
   <si>
     <t>9406</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9406/indicacao_734_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9406/indicacao_734_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza de terreno de propriedade da Prefeitura, localizado na Rua Mato Grosso, no Jardim Brasil, retirando restos de entulhos e parte de carros velhos e outros.</t>
   </si>
   <si>
     <t>9407</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9407/indicacao_735_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9407/indicacao_735_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que mantenha entendimento com a ALL Logística, objetivando promover uma parceria Empresa/Prefeitura para efetuar a limpeza e conservação do trecho da linha férrea que passa na área central e periférica de nossa cidade, a fim de evitar o que vem ocorrendo, principalmente no final da Rua Itirapina.</t>
   </si>
   <si>
     <t>9408</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9408/indicacao_736_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9408/indicacao_736_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico em  toda a extensão da Rua Quintino Bocaiuva, que liga a Av. Mal. Castelo Branco ao bairro Parque Itamaraty.</t>
   </si>
   <si>
     <t>9409</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9409/indicacao_737_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9409/indicacao_737_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita recapeamento asfáltico em toda a extensão da Rua Tetsushi Haga que liga a Av. Rio Branco ao Campus II da UNIFAI.</t>
   </si>
   <si>
     <t>9410</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9410/indicacao_738_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9410/indicacao_738_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam pintura do nome do Centro Comunitário do Jardim Adamantina.</t>
   </si>
   <si>
     <t>9446</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9446/indicacao_739_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9446/indicacao_739_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que mantenha entendimento com o Secretário Municipal de Saúde, para que estenda o horário até às 22 horas quando da implantação do Centro Integrado de Saúde (CIS).</t>
   </si>
   <si>
     <t>9447</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9447/indicacao_740_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9447/indicacao_740_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que contate o Reitor da UNIFAI, com o objetivo de agendar no calendário de atividades para 2019 a realização do Programa de Saúde itinerante da UNIFAI (PSTU) nos bairros Jardim Brasil, Vila Freitas, Jardim Bela Vista, Oiti, Jardim Adamantina, Vila Jamil de Lima e bairro rural Lagoa Seca.</t>
   </si>
   <si>
     <t>9448</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9448/indicacao_741_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9448/indicacao_741_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Educação promover estudos junto à Secretaria Municipal de Obras e Serviços, a fim de proceder a uma pintura da EMEI Profa. Eunice Maris, CEMA II, no período de férias, bem como a pintura e instalação de um parque infantil na escola do bairro Lagoa Seca, na zona rural.</t>
   </si>
   <si>
     <t>9449</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9449/indicacao_742_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9449/indicacao_742_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que determine à Secretaria Municipal de Obras e Serviços a possibilidade de fazer o levantamento do sarjetão construído na Av. Adhemar de Barros, esquina com a Rua Navarro de Andrade, próximo ao prédio do Fórum.</t>
   </si>
   <si>
     <t>9450</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9450/indicacao_743_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9450/indicacao_743_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Diretoria Municipal de Trânsito estudar a possibilidade de implantar estacionamento privativo aos portadores de deficiências na Rua Cristóvão Goulart Marmo, em frente ao novo prédio do Sincomércio.</t>
   </si>
   <si>
     <t>9451</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9451/indicacao_744_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9451/indicacao_744_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita da Secretaria Municipal de Obras incluir incluir trecho entre as Rua Miguel, Veiga e Antônio Buzzeto, na programação de recapeamento asfáltico.</t>
   </si>
   <si>
     <t>9452</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9452/indicacao_745_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9452/indicacao_745_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Secretário Municipal de Esportes Ronaldo Pereira Dutra, a viabilidade de retomar o projeto do conjunto esportivo e de lazer no Campo do Marroco, inclusive com pista de cooper ou caminhada.</t>
   </si>
   <si>
     <t>9453</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9453/indicacao_746_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9453/indicacao_746_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a reposição de lâmpadas queimadas na Praça José Costa e Estação Recreio, com vistas a promover melhor iluminação e segurança do local.</t>
   </si>
   <si>
     <t>9454</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9454/indicacao_747_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9454/indicacao_747_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de reparos e manutenções no Jardim Brasil, a saber: I – Reposição de tampa de boco de lobo danificada, o que pode acarretar quedas acidentais, localizada na Rua Mato Grosso, em frente ao campo de futebol da comunidade; II – Reposição do telhado, por outro tipo de cobertura que não sejam as telhas de barro (que sofrem danos e destelhamentos frequentes), no ponto de ônibus localizado na Rua Mato Grosso, altura do campo de futebol da comunidade; III – Reposição da tampa da rede esgoto, parcialmente danificada, localizada no passeio público, no Centro Comunitário.</t>
   </si>
   <si>
     <t>9455</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9455/indicacao_748_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9455/indicacao_748_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita completa roçagem e remoção de detritos orgânicos e outros, na área verde/sistema de lazer existente na Rua Tamoto Matuoka, altura do Conjunto das Palmeiras.</t>
   </si>
   <si>
     <t>9456</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9456/indicacao_749_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9456/indicacao_749_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita refazer os nomes de identificação de ruas escritas nos postes de iluminação pública nos bairros de nossa cidade, principalmente no Jardim Brasil, pois estão totalmente apagadas.</t>
   </si>
   <si>
     <t>9457</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9457/indicacao_750_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9457/indicacao_750_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita promover estudos visando resolver um grande problema existente na Av. Antônio Tiveron, no trevo próximo ao Cristo, pois um canteiro interrompe a faixa de pedestres, dificultando a passagem de pedestres e de cadeirantes, sendo necessário cortar o canteiro na extensão da faixa, deixando livre para os transeuntes.</t>
   </si>
   <si>
     <t>9458</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9458/indicacao_751_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9458/indicacao_751_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita sinalização mais eficaz atrás da Escola Municipal Navarro de Andrade, na confluência das Ruas Ary Barroso e Augusto Calheiro, dotando o local de pintura de solo “pare”, “faixa de pedestres”,  três “setas indicativas” e a colocação de tachões para a divisão das duas ruas.</t>
   </si>
   <si>
     <t>9459</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9459/indicacao_752_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9459/indicacao_752_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita Secretaria Municipal, que  irá cuidar da implantação de outorga à concessão gratuita visando a criação, confecção e instalação de mobiliário urbano com exploração de publicidade nas lixeiras das praças, parques e logradouros, especificar a empresa vencedora, a qualidade dos serviços que tem que ser executado inclusive o tempo de durabilidade e qualidade do material que será utilizado.</t>
   </si>
   <si>
     <t>9460</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9460/indicacao_753_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9460/indicacao_753_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita realização de concurso público para o cargo de Agente de Controle de Vetores.</t>
   </si>
   <si>
     <t>8242</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8242/8242_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8242/8242_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOSÀ IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PELA ADMINISTRAÇÃO DA SANTA CASA DE ADAMANTINA ATÉ O ANO DE 2017.</t>
   </si>
   <si>
     <t>8327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8327/8327_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8327/8327_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIOAO OFÍCIO DATADO DE 09 DE FEVEREIRO DE 2018, REALIZADO PELOCENTRO ACADÊMICO DO CURSO DE MEDICINA AO REITOR DA UNIFAI PAULO SÉRGIO DA SILVA, COM FINS DE APOIAR A SOLICITAÇÃO DA RENOMEAÇÃO DOS PROFS. MIGUEL ÂNGELO DE MARCHI E CÉSAR ANTÔNIO FRANCO MARINHO PARA OS CARGOS DE CHEFE DO DEPARTAMENTO DE MEDICINA E COORDENADOR DO CURSO DE MEDICINA, RESPECTIVAMENTE.</t>
   </si>
   <si>
     <t>8405</t>
   </si>
   <si>
     <t>DINHA, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8405/8405_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8405/8405_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À DRª. FERNANDA MILANEZ MORGADO DE ABREU, PELA INSTALAÇÃO EM NOSSA CIDADE DE MAIS UMA LOJA DA FRANQUIA ÓTICAS CAROL.</t>
   </si>
   <si>
     <t>8406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8406/8406_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8406/8406_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À ESCRITORA ADAMANTINENSE VANESSA BATISTA, PELA PRODUÇÃO LITERÁRIA &amp;#8220;O PODER DO AMOR&amp;#8221;.</t>
   </si>
   <si>
     <t>8534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8534/8534_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8534/8534_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AOS SENHORES RONALDO PEREIRA DUTRA, SECRETÁRIO MUNICIPAL DE ESPORTES; LUCIANO NETO, DIRETOR MUNICIPAL DE ESPORTES; JOSÉ DIRCEU XAVIER DE ANDRADE, PROPRIETÁRIO DA EMPRESA UNIPEDRAS; PROF. DR. PAULO SÉRGIO DA SILVA, REITOR DA UNIFAI, BEM COM A TODAS AS EQUIPES ESPORTIVAS PELA EXEMPLAR PARTICIPAÇÃO NESTE RELEVANTE CERTAME ESPORTIVO.</t>
   </si>
   <si>
     <t>8569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8569/8569_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8569/8569_texto_integral.pdf</t>
   </si>
   <si>
     <t>8570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8570/8570_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8570/8570_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS A WENDEL ALBINI, DIRETOR DA GOODU, NOVO PROVEDOR DE INTERNET, TV E TELEFONIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8571/8571_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8571/8571_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS A LUIZ ROBERTO ANDRADE, DIRETOR DA TV CIDADE, QUE INICIA OPERAÇÕES EM ADAMANTINA PELO CANAL 21.1.</t>
   </si>
   <si>
     <t>8572</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8572/8572_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8572/8572_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À DIRETORIA DA INSTITUIÇÃO CAPAZ DE ADAMANTINA (EX POLÍCIA MIRIM), QUE COMPLETOU NO ÚLTIMO DIA 03 DO CORRENTE MÊS, 01 ANO À FRENTE DA MENCIONADA ENTIDADE.</t>
   </si>
   <si>
     <t>8850</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8850/mocao_010_-_atletas_da_fase_regional_de_atletis_FSDsqeZ.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8850/mocao_010_-_atletas_da_fase_regional_de_atletis_FSDsqeZ.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos jovens atletas, pelos excelentes resultados alcançados na Fase Regional do Atletismo dos Jogos Escolares do Estado de São Paulo disputado na cidade de Presidente Prudente.</t>
   </si>
   <si>
     <t>8851</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8851/mocao_011_-_sergio_vanderlei_da_silva_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8851/mocao_011_-_sergio_vanderlei_da_silva_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao jornalista, empresário e publicitário adamantinense Sérgio Vanderlei da Silva, que também é diretor e jornalista responsável do Jornal Impacto, em função de sua nomeação de conselheiro do SESC (Serviço Social do Comércio) e de diretor efetivo da Federação do Comércio de Bens e Serviços do Estado de São Paulo (Fecomércio) para o período de 2018/2022.</t>
   </si>
   <si>
     <t>8888</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8888/mocao_012_-_fernando_henrique_pereira_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8888/mocao_012_-_fernando_henrique_pereira_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao jovem Fernando Henrique Pereira (B-Boy Fernandinho), pela conquista do tetracampeonato do 17º Festival Internacional de Hip Hop (FIH2) realizado entre os dias 6 e 8 de julho p.p. no Teatro Positivo, em Curitiba/PR.</t>
   </si>
   <si>
     <t>8889</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8889/mocao_013_-_lucas_marcelino_dos_santos_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8889/mocao_013_-_lucas_marcelino_dos_santos_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao adamantinense Lucas Marcelino dos Santos, pelos excelentes resultados internacionais obtido no salto em distância em diversos meetings realizados recentemente na Europa.</t>
   </si>
   <si>
     <t>8890</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8890/mocao_014_-_volei_feminino_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8890/mocao_014_-_volei_feminino_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS aos times das categorias mirim e infantil da modalidade de vôlei feminino da E.E. Prof. Durvalino Grion de Adamantina, em função das duas categorias esportivas terem conquistado o 1º lugar nos JEESP (Jogos Escolares do Estado de São Paulo), Fase Regional, realizado no mês de junho p.p., na cidade de Presidente Prudente.</t>
   </si>
   <si>
     <t>8980</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8980/mocao_015_protesto_-_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8980/mocao_015_protesto_-_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROTESTO contra as razões da Arguição de Descumprimento de Preceito Fundamental (ADPF) 442, ajuizada pelo Partido Socialismo e Liberdade (PSOL) no Supremo Tribunal Federal, e contra seu intento de descriminalizar o aborto até a décima segunda semana de gestação, por representar verdadeiro e injustificável atentado contra a vida e os direitos do nascituro.</t>
   </si>
   <si>
     <t>8981</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8981/mocao_016_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8981/mocao_016_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>016/18	MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Grupo Enzo pela inauguração da Via Japan Toyota, agência de Adamantina, dia 28 de junho de 2018, na Rua Carlos Pegoraro, 774, em amplas e modernas instalações.</t>
   </si>
   <si>
     <t>9007</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9007/mocao_017_-_mocao_de_apelo_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9007/mocao_017_-_mocao_de_apelo_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO E APOIO. Apelo aos excelentíssimos membros do Congresso Nacional, senhores e senhoras deputados federais e senadores, para que dediquem especial atenção a tudo o que diga respeito ao Postalis, que é o instituto de previdência complementar dos funcionários da Empresa Brasileira de Correios e Telégrafos – EBCT, e Apoio aos milhares de funcionários aposentados e em via de aposentadoria dos Correios.</t>
   </si>
   <si>
     <t>9008</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9008/mocao_018_-_mocao_de_apoio_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9008/mocao_018_-_mocao_de_apoio_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Excelentíssimo Senhor Presidente da Assembleia Legislativa do Estado de São Paulo, Deputado Estadual Cauê Macris, afim de que coloque em pauta a Proposta de Emenda Constitucional nº 02/2018 (PEC 2/18), que visa adequar a diferença da remuneração no salário padrão entre todos os postos e graduações da Polícia Militar do Estado de São Paulo para o imediatamente superior, não sendo superior a 10% (dez por cento), de autoria do Excelentíssimo Deputado Fernando Capez.</t>
   </si>
   <si>
     <t>9121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9121/mocao_019_-_promotor_rodrigo_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9121/mocao_019_-_promotor_rodrigo_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Promotor de Justiça Rodrigo de Andrade Fígaro Caldeira que, promovido pelo Ministério Público do Estado de São Paulo, desliga-se da 3ª Promotoria de Justiça da Comarca de Adamantina e assume a 2ª Promotoria de Justiça da Comarca de Poá, na Grande SP.</t>
   </si>
   <si>
     <t>9122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9122/mocao_020_-_pai_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9122/mocao_020_-_pai_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao novo presidente e aos membros da Diretoria Executiva, bem como ao novo presidente e aos membros do Conselho Fiscal do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina, com a certeza de que será uma gestão de muito sucesso e conquistas para a Clínica e para a comunidade.</t>
   </si>
   <si>
     <t>9123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9123/mocao_021_-_ruth_duarte_menegatti_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9123/mocao_021_-_ruth_duarte_menegatti_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Dra. Ruth Duarte Menegatti, Juíza de Direito e Diretora do Fórum da Comarca de Adamantina, a Dom Luiz Antônio Cipolini, Bispo da Diocese de Marília e aos Padres Rui Rodrigues da Silva, Marcelo Antônio dos Santos e Paulo Joaquim de Souza, “Quinzinho”, pela dedicação em favor da manutenção das atividades do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina</t>
   </si>
   <si>
     <t>9124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9124/mocao_022_-_marcio_alexandre_barreto_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9124/mocao_022_-_marcio_alexandre_barreto_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao empresário e jornalista adamantinense Márcio Alexandre Barreto, em função da inauguração da Escola de Teatro Castelo de Mareto de Adamantina, que certamente se transformará rapidamente em uma elogiável ferramenta de inclusão cultural, educacional e social para a nossa comunidade.</t>
   </si>
   <si>
     <t>9125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9125/mocao_023_-_comissao_do_desfile_de_7_de_setembr_NIam3D7.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9125/mocao_023_-_comissao_do_desfile_de_7_de_setembr_NIam3D7.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Comissão Organizadora do Desfile Cívico de 7 de Setembro, realizado neste ano em nossa cidade.</t>
   </si>
   <si>
     <t>9126</t>
   </si>
   <si>
     <t>JOÃO DAVOLI, ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9126/mocao_024_-_28a_expoverde_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9126/mocao_024_-_28a_expoverde_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Comissão Organizadora da 28ª Expoverde, realizada de 05 a 09 de setembro de 2018.</t>
   </si>
   <si>
     <t>9127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9127/mocao_025_-_atletas_jogos_escolares_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9127/mocao_025_-_atletas_jogos_escolares_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao jovem atleta Vinicius Santos Costa pelo excelente resultado alcançado em uma das Fases Estaduais dos Jogos Escolares do Estado de São Paulo (JEESP) deste ano de 2018, disputado na cidade de Sertãozinho/SP.</t>
   </si>
   <si>
     <t>9128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9128/mocao_026_-_competicao_de_damas_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9128/mocao_026_-_competicao_de_damas_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS as jovens atletas pelo excelente resultado alcançado em uma das Fases Estaduais dos Jogos Escolares do Estado de São Paulo (JEESP) deste ano de 2018, disputado na cidade de Americana/SP.</t>
   </si>
   <si>
     <t>9129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9129/mocao_027_-_estudante_do_curso_de_medicina_39a__bpWlPQm.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9129/mocao_027_-_estudante_do_curso_de_medicina_39a__bpWlPQm.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à estudante universitária Maria Eduarda Vilela Rodrigues da Cunha, aluna do curso de Medicina, 7º termo, do Centro Universitário de Adamantina, que após rigoroso e exigente processo de seleção foi admitida pelo segundo ano consecutivo ao grupo de voluntários do programa Doutores Sem Fronteiras.</t>
   </si>
   <si>
     <t>9130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9130/mocao_028_-_bruno_cesar_doretto_macorini_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9130/mocao_028_-_bruno_cesar_doretto_macorini_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao estudante universitário Bruno César Doretto Macorini, aluno do curso de Odontologia, 6º termo, do Centro Universitário de Adamantina, que após rigoroso e exigente processo de seleção foi admitido pelo segundo ano consecutivo ao grupo de voluntários do programa Doutores Sem Fronteiras.</t>
   </si>
   <si>
     <t>9131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9131/mocao_029_-_grupo_haddad_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9131/mocao_029_-_grupo_haddad_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao GRUPO HADDAD, pela inauguração das instalações da nova e moderna sede da clínica médica odontológica, denominada “Odonto Policlínica”, realizada no dia 29 de setembro deste ano de 2018.</t>
   </si>
   <si>
     <t>9132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9132/mocao_030_-_julia_barbosa_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9132/mocao_030_-_julia_barbosa_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à jovem Júlia Barbosa, pela conquista do Campeonato Brasileiro de Atletismo no lançamento de disco, categoria sub-16, realizado no Centro de Formação Olímpica de Fortaleza, no Estado do Ceará, no final do mês de setembro.</t>
   </si>
   <si>
     <t>9298</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9298/mocao_031_-_ead_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9298/mocao_031_-_ead_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO aos CURSOS DE GRADUAÇÃO NA ÁREA DA SAÚDE DESENVOLVIDOS EM SUA TOTALIDADE NA MODALIDADE EaD (ENSINO À DISTÂNCIA), pois aparentemente não cumprem as exigências legais, não dispõem de equipamentos adequados e suficientes para atender o número de acadêmicos e não são fiscalizados de forma eficaz</t>
   </si>
   <si>
     <t>9299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9299/mocao_032_-_gustavo_junqueira_machado_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9299/mocao_032_-_gustavo_junqueira_machado_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Dr. Gustavo Junqueira Machado, Presidente do Lions Clube de Adamantina; à Profa. Maria Renata Belém Geraldo, Presidente da Comissão de Cultura e Educação do Lions, bem como aos alunos vencedores do Concurso do Cartaz sobre a Paz, que teve como tema: “A Bondade Importa”.</t>
   </si>
   <si>
     <t>9438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9438/mocao_033-_major_da_pm_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9438/mocao_033-_major_da_pm_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Excelentíssimo Major da Polícia Militar Edson de Oliveira Lenardon, pelos relevantes serviços prestados à segurança pública, no Comando de Policiamento do Interior Oito na cidade de Presidente Prudente.</t>
   </si>
   <si>
     <t>9439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9439/mocao_034-_ed_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9439/mocao_034-_ed_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao empresário Mário Lúcio Moreira Filho, Diretor Proprietário da Rede de Lojas ÉD+, pela inauguração de mais uma loja em nossa cidade, instalada na Avenida Capitão José Antônio de Oliveira nº 551, centro da cidade.</t>
   </si>
   <si>
     <t>9440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9440/mocao_035_-_jose_cossi_neto_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9440/mocao_035_-_jose_cossi_neto_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Senhor José Cossi Neto, proprietário da Casa dos Parafusos, pela sua reinauguração em novo endereço na Av. Rio Branco, esquina com a Rua Euclides da Cunha, centro da cidade.</t>
   </si>
   <si>
     <t>9441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9441/mocao_036_-_pharmacia_homeopatica_chamomila_43a_gzM2WH7.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9441/mocao_036_-_pharmacia_homeopatica_chamomila_43a_gzM2WH7.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à Pharmácia Homeopática Chamomila, proprietária Rosicler Aparecida Lial, pela sua reinauguração na Rua Deputado Salles Filho nº 363 - centro da cidade.</t>
   </si>
   <si>
     <t>9442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9442/mocao_037_-_guarani_futebol_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9442/mocao_037_-_guarani_futebol_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Márcio Cardim, Prefeito do Município de Adamantina, bem como aos Senhores Ronaldo Pereira Dutra, Secretário Municipal de Esportes Esportes, Lazer e Recreação e Luciano Neto, Diretor Municipal de Esportes, Lazer e Recreação, pela grande festa de reinauguração do Estádio Municipal “Antônio Goulart Marmo” ocorrida no último dia 01 de dezembro de 2018.</t>
   </si>
   <si>
     <t>9443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9443/mocao_038_-_julia_barbosa_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9443/mocao_038_-_julia_barbosa_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS à jovem Júlia Barbosa, pela brilhante conquista da medalha de ouro no lançamento de disco, nos Jogos Sul-Americanos, realizado na cidade de Arequipa no Peru, na primeira semana deste mês de dezembro.</t>
   </si>
   <si>
     <t>9444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9444/mocao_039_-_joao_miguel_azedo_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9444/mocao_039_-_joao_miguel_azedo_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao escritor mirim João Miguel Azedo; à ilustradora Maria Clara de Oliveira Servantes Linhares; à Prof.ª Ângela Soares e ao Secretário Municipal de Educação Prof. Osvaldo José, pelo lançamento do livro “O Poder da Amizade”.</t>
   </si>
   <si>
     <t>9445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9445/mocao_040_-_i_noite_cultural_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9445/mocao_040_-_i_noite_cultural_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS ao Prof. Paulo Alves de Araújo, Diretor da Escola; ao aluno Matheus de Souza Farias dos Santos, Presidente do Grêmio Estudantil; aos Professores e Funcionários, aos colaboradores em geral e a todos que direta ou indiretamente contribuíram para o pleno sucesso da I Noite Cultural da EE. “Helen Keller” de Adamantina.</t>
   </si>
   <si>
     <t>8651</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8651/8651_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8651/8651_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO ILUSTRÍSSIMO SR. ENG. VINÍCIUS MARCHESE MARINELLI O TÍTULO DE CIDADÃO ADAMANTINENSE.</t>
   </si>
   <si>
     <t>8993</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8993/projeto_de_decreto_legislativo_002_-_contas_pre_JPN8V28.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8993/projeto_de_decreto_legislativo_002_-_contas_pre_JPN8V28.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apreciação das contas da Prefeitura do Município de Adamantina – exercício 2016 – TC 004269/989/16.</t>
   </si>
   <si>
     <t>9379</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, ALCIO IKEDA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9379/aprovado_projeto_de_decreto_legislativo_003.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9379/aprovado_projeto_de_decreto_legislativo_003.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Francisco Irandi Simoncelli (Dinho) o título de Cidadão Adamantinense.</t>
   </si>
   <si>
     <t>9380</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9380/aprovado_projeto_de_decreto_legislativo_004_-_j_Wdxvn9E.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9380/aprovado_projeto_de_decreto_legislativo_004_-_j_Wdxvn9E.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Júlio Marcelo Romagnoli o título de Cidadão Adamantinense.</t>
   </si>
   <si>
     <t>9381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9381/aprovado_projeto_de_decreto_legislativo_005_-_s_XmIPxEX.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9381/aprovado_projeto_de_decreto_legislativo_005_-_s_XmIPxEX.pdf</t>
   </si>
   <si>
     <t>Concede ao Ilustríssimo Senhor Sérgio Vanderlei da Silva o título de Cidadão Adamantinense.</t>
   </si>
   <si>
     <t>8652</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Eder do Nascimento Ruete, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8652/8652_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8652/8652_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO L85 DA LEI ORGÂNICA DO MUNICÍPIO</t>
   </si>
   <si>
     <t>8332</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8332/8332_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8332/8332_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, À EMPRESA BONANI &amp; OLIVEIRA ADAMANTINA ME O IMÓVEL QUE ESPECIFICA.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>8335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8335/8335_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8335/8335_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O REAJUSTE DOS VENCIMENTOS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS ATIVOS E INATIVOS DO PODER EXECUTIVO DO MUNICÍPIO DE ADAMANTINA E DO CENTRO UNIVERSITÁRIO DE ADAMANTINA. - UNIFAI"</t>
   </si>
   <si>
     <t>8336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8336/8336_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8336/8336_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS I, II, III, IV E V DA LEI COMPLEMENTAR Nº 283 DE 12 DE JUNHO DE 2017.</t>
   </si>
   <si>
     <t>8540</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8540/8540_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8540/8540_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO E AUMENTO REAL SOBRE OS VENCIMENTOS DOS SALÁRIOS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS, INATIVOS E PENSIONISTAS DA CÂMARA MUNICIPAL DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8648</t>
   </si>
   <si>
     <t>NÚMERO INEXISTENTE</t>
   </si>
   <si>
     <t>8649</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8649/8649_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8649/8649_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DOS ANEXOS I, II, III, IV E V DA LEI COMPLEMENTAR Nº 283, DE 12 DE JUNHO DE 2017</t>
   </si>
   <si>
     <t>8728</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8728/8728_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8728/8728_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À CONSTRULIX &amp;#8211; CONSTRUÇÃO, INDÚSTRIA, COMÉRCIO E SERVIÇOS LTDA</t>
   </si>
   <si>
     <t>8729</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8729/8729_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8729/8729_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À DALVA DORIGAN ME</t>
   </si>
   <si>
     <t>8730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8730/8730_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8730/8730_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL `A VALMIR DE SOUZA &amp; CIA. LTDA.</t>
   </si>
   <si>
     <t>8731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8731/8731_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8731/8731_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À ANDREOTTI &amp; ZAPPAROLLI LTDA. ME</t>
   </si>
   <si>
     <t>8732</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8732/8732_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8732/8732_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À GEO-ANALÍTICA SONDAGENS DE ADAMANTINA LTDA. ME</t>
   </si>
   <si>
     <t>8733</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8733/8733_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8733/8733_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À GUSTAVO GARCIA LOPES RIBEIRA 37680424802</t>
   </si>
   <si>
     <t>8734</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8734/8734_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8734/8734_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO  PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À ADASEBO &amp;#8211; INDÚSTRIA E COMÉRCIO DE PRODUTOS ANIMAIS LTDA.</t>
   </si>
   <si>
     <t>8868</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8868/plc_014_-_m_039.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8868/plc_014_-_m_039.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Anexo V da Lei Complementar nº 307, de 23 de maio de 2018.</t>
   </si>
   <si>
     <t>8869</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8869/plc_015_-_m_040.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8869/plc_015_-_m_040.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do Anexo II da Lei Complementar nº 191, de 04 de abril de 2012.</t>
   </si>
   <si>
     <t>8870</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8870/plc_016_-_m_043.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8870/plc_016_-_m_043.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Chefe do Poder Executivo alienar, por doação, à empresa C. A. Doretto &amp; Cia. Ltda. – ME o imóvel que especifica</t>
   </si>
   <si>
     <t>9061</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9061/plc_017_-_m_052.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9061/plc_017_-_m_052.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar nº 309, de 04 de julho de 2018, que dispõe sobre autorização para que o Chefe do Poder Executivo possa outorgar Concessão de Direito Real de Uso de Imóvel à Dalva Dorigan ME</t>
   </si>
   <si>
     <t>9062</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9062/plc_018_-_m_053.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9062/plc_018_-_m_053.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para o Chefe do Poder Executivo alienar, por doação, à empresa Dagoberto Martins Silveira – ME o imóvel que especifica.</t>
   </si>
   <si>
     <t>9063</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9063/plc_019_-_m_055.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9063/plc_019_-_m_055.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação das Leis Complementares nºs 81, de 19 de dezembro de 2006 e nº 124, de 11 de maio de 2009, que dispõem sobre autorização para Concessão de Uso de Imóveis que especifica à Casa de Recuperação e Reintegração Social – CRERES e dá outras providências.</t>
   </si>
   <si>
     <t>9068</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9068/plc_020_-_m_060_leitura_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9068/plc_020_-_m_060_leitura_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei Complementar nº 161, de 23 de Março de 2011 que dispõe sobre Concessão de Direito Real de Uso à Empresa Eliene Aparecida Francisco - ME.</t>
   </si>
   <si>
     <t>9138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9138/plc_021_-_m_064_leitura_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9138/plc_021_-_m_064_leitura_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo alienar bem imóvel, mediante Processo Licitatório, para a captação de recursos financeiros que serão reinvestidos em novos bens patrimoniais e dá outras providências.</t>
   </si>
   <si>
     <t>9290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9290/projeto_de_lei_complementar_022_-_modifica_plan_bfsE8mD.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9290/projeto_de_lei_complementar_022_-_modifica_plan_bfsE8mD.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do inciso VIII do artigo 27 da Lei Complementar nº 267, de 15 de dezembro de 2016, que ‘dispõe sobre a revisão da Lei Complementar nº 080, de 09 de outubro de 2006, que institui o Plano Diretor do Município de Adamantina e dá outras providências.</t>
   </si>
   <si>
     <t>9377</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9377/plc_023_-_m_074_leitura_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9377/plc_023_-_m_074_leitura_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos Anexos I, II, III, IV e V da Lei Complementar nº 307, de 23 de maio de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>9378</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9378/projeto_de_lei_complementar_024_-_m_083_leitura_LP8I4Y6.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9378/projeto_de_lei_complementar_024_-_m_083_leitura_LP8I4Y6.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 260, de 25 de abril de 2016, que dispõe sobre a autorização para que o Chefe do Poder Executivo possa efetuar a complementação salarial para os Agentes Comunitários de Saúde e Agentes de Controle de Vetores, vinculado do repasse do Governo Federal.</t>
   </si>
   <si>
     <t>8328</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8328/8328_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8328/8328_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA CONCESSÃO DE ALVARÁ, OUTORGA, AUTORIZAÇÃO E/OU LICENÇA DE COMPETÊNCIA MUNICIPAL PARA EXPLORAÇÃO E/OU EXPLOTAÇÃO DE GASES E ÓLEOS NÃO CONVENCIONAIS (GÁS DE XISTO SHALE GÁS, TIGHT OIL E OUTROS) NO MUNICÍPIO DE ADAMANTINA, PELO MÉTODO DE FRATURAMENTO HIDRÁULICO &amp;#8211; FRACKING E DE REFRATURAMENTO HIDRÁULICO &amp;#8211; RE-FRACKING E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8329/8329_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8329/8329_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 3º DA LEI MUNICIPAL Nº 3.368, DE 14 DE SETEMBRO DE 2009, QUE ESTRUTURA O CONSELHO MUNICIPAL DE POLÍTICA URBANA DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; (ALTERAÇÃO DE SECRETARIA DE ASSUNTOS JURÍDICOS PARA PROCURADORIA DO MUNICÍPIO)</t>
   </si>
   <si>
     <t>8330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8330/8330_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8330/8330_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 80.000,00 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; (OBJETIVANDO A CORRETA ALOCAÇÃO DOS RECURSOS DOS NASF EM VIRTUDE DO PROCESSO SELETIVO PARA CONTRATAÇÃO DE PROFISSIONAIS)</t>
   </si>
   <si>
     <t>8331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8331/8331_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8331/8331_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.&amp;#8221; (NO VALOR DE 115.000,00, PARA A INSTALAÇÃO DO POLO DE APOIO PRESENCIAL PARA FUNCIONAMENTO DOS CURSOS DA UNIVESP)</t>
   </si>
   <si>
     <t>8337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8337/8337_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8337/8337_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DO AUXÍLIO TRANSPORTE AOS ESTAGIÁRIOS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DO CENTRO UNIVERSITÁRIO DE ADAMANTINA - UNIFAI."</t>
   </si>
   <si>
     <t>8338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8338/8338_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8338/8338_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL."</t>
   </si>
   <si>
     <t>8339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8339/8339_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8339/8339_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE BOLSA DE PRECEPTORIA AOS PROFISSIONAIS DA ÁREA DA SAÚDE NO ÂMBITO DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>8340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8340/8340_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8340/8340_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 3.369 DE 14 DE SETEMBRO DE 2009, QUE DISPÕE SOBRE LOTEAMENTOS URBANOS E FECHADOS NO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8460</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8460/8460_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8460/8460_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.119, DE 21 DE DEZEMBRO DE 2004, QUE CRIOU O &amp;#8220;CONSELHO MUNICIPAL DA PESSOA IDOSA&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8461/8461_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8461/8461_texto_integral.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A PUBLICAÇÃO DE ATOS ADMINISTRATIVOS DO CENTRO UNIVERSITÁRIO ADAMANTINA UNIFAI</t>
   </si>
   <si>
     <t>8462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8462/8462_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8462/8462_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 1.817.570,81 (UM MILHÃO, OITOCENTOS E DEZESSETE MIL, QUINHENTOS E SETENTA REAIS E OITENTA E UM CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8463/8463_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8463/8463_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO, COM RESERVAS, DO MUNICÍPIO DE ADAMANTINA NO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE INOVAÇÃO E DESENVOLVIMENTO DO ESTADO DE SÃO PAULO &amp;#8211; CINDESP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8537/8537_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8537/8537_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE SEGURANÇA PÚBLICA PARA ATIVIDADE DE ESTÁGIO.</t>
   </si>
   <si>
     <t>8538</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8538/8538_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8538/8538_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 2836 DE 20 DE AGOSTO DE 1998, QUE DISPÕE SOBRE A CRIAÇÃO DO SERVIÇO DE INSPEÇÃO MUNICIPAL - SIM PARA PRODUTOS DE ORIGEM ANIMAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8539/8539_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8539/8539_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 3801 DE 26 DE DEZEMBRO DE 2018 QUE DISPÕE SOBRE A CONCESSÃO DE SUBVENÇÕES, AUXÍLIOS, CONTRIBUIÇÕES E CONVÊNIOS.</t>
   </si>
   <si>
     <t>8573</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8573/8573_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8573/8573_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 200.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8574</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8574/8574_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8574/8574_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 117.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8575</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8575/8575_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8575/8575_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CENTRO UNIVERSITÁRIO DE ADAMANTINA - UNIFAI A CELEBRAR CONVÊNIO COM A PREFEITURA DO MUNICÍPIO DE ADAMANTINA PARA PARCERIAS NA ÁREA DE EXTENSÃO SEM REPASSE FINANCEIRO.</t>
   </si>
   <si>
     <t>8715</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8716</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8716/8716_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8716/8716_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 226.536,26 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8717/8717_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8717/8717_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 145.781,10 E DÁ OUTRAS PROVIDÊNCIAS, PARA ACADEMIA AO AR LIVRES EM VÁRIOS BAIRROS DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>8718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8718/8718_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8718/8718_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 82.763,08 (OITENTA E DOIS MIL, SETECENTOS E SESSENTA E TRÊS REAIS E OITO CENTAVOS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8719/8719_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8719/8719_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 1.000.000,00 (UM MILHÃO DE REAIS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8720/8720_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8720/8720_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CENTRO UNIVERSITÁRIO DE ADAMANTINA &amp;#8211; UNIFAI POSSA FORMALIZAR TERMO DE COLABORAÇÃO COM A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, NOS TERMOS DA LEI FEDERAL Nº 13.019/14 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8721</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8721/8721_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8721/8721_texto_integral.pdf</t>
   </si>
   <si>
     <t>ASSEGURA ÀS ENTIDADES SOCIAIS A LIBERDADE DE COMPRA EM EVENTOS PROMOVIDOS PELO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8722/8722_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8722/8722_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DA LEI Nº 3.369, DE 14 DE SETEMBRO DE 2009, QUE DISPÕE SOBRE LOTEAMENTOS URBANOS E FECHADOS NO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8723/8723_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8723/8723_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 71.000,00 (SETENTA E UM MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8724</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8724/8724_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8724/8724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 80.000,00 (OITENTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>8725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8725/8725_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8725/8725_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR TOTAL DE R$ 80.000,00 (OITENTA MIL REAIS) E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>8726</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8726/8726_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8726/8726_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL</t>
   </si>
   <si>
     <t>8727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8727/8727_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8727/8727_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 3.800,DE 26 DE DEZEMBRO DE 2017, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8760</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8760/pl_032_-_mensagem_038.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8760/pl_032_-_mensagem_038.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 3.765, de 11 de julho de 2017, que dispõe sobre a criação do Conselho Municipal de Turismo e dá outras providências</t>
   </si>
   <si>
     <t>8864</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8864/pl_033_helio_-_rua_danta_bolgue.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8864/pl_033_helio_-_rua_danta_bolgue.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação do trecho que liga a Rua Professora Maria Esther Tofoli à Rua Santos Dumont (Rua Dante Bolgue).”</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8865/pl_034_-_m_041.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8865/pl_034_-_m_041.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 919.412,00 e dá outras providências</t>
   </si>
   <si>
     <t>8866</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8866/pl_035_-_m_042.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8866/pl_035_-_m_042.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.757, de 10 de maio de 2017, que Reestrutura o CMAS – Conselho Municipal de Assistência Social, nos termos da Lei Federal nº 8.742, de 07 de dezembro de 1993, alterada pela Lei Federal nº 12.435, de 06 de julho de 2011 e outras legislações vigentes e dá outras providências.</t>
   </si>
   <si>
     <t>8867</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8867/pl_036_-_m_044.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8867/pl_036_-_m_044.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.000.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>8885</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8885/pl_037_-_m_045_leitura_34a_sessao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8885/pl_037_-_m_045_leitura_34a_sessao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 37.000,00 e dá outras providências.</t>
   </si>
   <si>
     <t>8886</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8886/pl_038_leitura_34a_sessao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8886/pl_038_leitura_34a_sessao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público de Rua José Modesto (Jardim das Primaveras).</t>
   </si>
   <si>
     <t>8887</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8887/pl_039_-_m_046_leitura_34a_sessao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8887/pl_039_-_m_046_leitura_34a_sessao.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dispor de recursos públicos, e dá outras providências.</t>
   </si>
   <si>
     <t>8987</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8987/pl_040_-_msg_047.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8987/pl_040_-_msg_047.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a dispor de recursos públicos e dá outras providências. (10.000,00)</t>
   </si>
   <si>
     <t>8988</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8988/projeto_de_lei_041_-_denominacao_de_ruas_do_res_rmoEmF3.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8988/projeto_de_lei_041_-_denominacao_de_ruas_do_res_rmoEmF3.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouros públicos do Residencial Veredas e dá outras providências</t>
   </si>
   <si>
     <t>8989</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8989/pl_042_-_m_048.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8989/pl_042_-_m_048.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Saneamento Básico e dá outras providências</t>
   </si>
   <si>
     <t>8990</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8990/pl_043_-_m_049.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8990/pl_043_-_m_049.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito suplementar e adicional especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 4.024.795,88 e dá outras providências</t>
   </si>
   <si>
     <t>8991</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8991/pl_044_-_m_050.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8991/pl_044_-_m_050.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a Prefeitura do Município de Adamantina repassar à Irmandade da Santa Casa de Misericórdia de Adamantina, recursos financeiros provenientes de emenda federal e dá outras providências</t>
   </si>
   <si>
     <t>8992</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8992/pl_045_-_m_051.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8992/pl_045_-_m_051.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Poder Executivo possa receber, em doação, 19 (dezenove) aduelas de concreto de 3,00 x 3,00 x 1,00m e dá outras providências.</t>
   </si>
   <si>
     <t>9047</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9047/projeto_de_lei_046_-_alteracao_de_nome_de_rua_d_BQ8VdIu.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9047/projeto_de_lei_046_-_alteracao_de_nome_de_rua_d_BQ8VdIu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração de denominação de logradouro público do Residencial Itália e dá outras providências.</t>
   </si>
   <si>
     <t>9048</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9048/projeto_de_lei_047_-_loteamentos.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9048/projeto_de_lei_047_-_loteamentos.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei nº 3.369, de 14 de setembro de 2009, que dispõe sobre loteamentos urbanos e fechados no município de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>9057</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, ACACIO ROCHA, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9057/aprovado_projeto_de_lei_048_-_dia_do_profission_4S0bVEl.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9057/aprovado_projeto_de_lei_048_-_dia_do_profission_4S0bVEl.pdf</t>
   </si>
   <si>
     <t>Fica instituído, no Calendário Oficial do Município de Adamantina, o ‘Dia do Profissional de Educação Física’ e dá outras providências.</t>
   </si>
   <si>
     <t>9058</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9058/pl_049_-_m_054.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9058/pl_049_-_m_054.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 37.830,17 e dá outras providências</t>
   </si>
   <si>
     <t>9059</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9059/pl_050_-_m_057.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9059/pl_050_-_m_057.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a celebrar Convênio com municípios vizinhos, para articular entre si programas e ações relativas à proteção e recuperação do meio ambiente, para recuperação da mata ciliar ao longo do Rio Aguapeí e Peixe</t>
   </si>
   <si>
     <t>9060</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9060/pl_051_-_m_058.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9060/pl_051_-_m_058.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$288.772,62 e dá outras providências</t>
   </si>
   <si>
     <t>9064</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9064/pl_052_-_msg_059.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9064/pl_052_-_msg_059.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre aprovação do Programa Municipal de Educação Ambiental</t>
   </si>
   <si>
     <t>9065</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9065/pl_053_-_m_061_leitura_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9065/pl_053_-_m_061_leitura_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito adicional suplementar ao orçamento do Município de Adamantina. (R$ 1.240.000,00 ao Centro Universitário de Adamantina - UNIFAI)</t>
   </si>
   <si>
     <t>9066</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.034/02, 3071/03, 3630/14 e 3742/16, referentes à Contribuição para Custeio do Serviço de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>9067</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9067/pl_055_-_m_063_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9067/pl_055_-_m_063_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito especial ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 230.000,00 (duzentos e trinta mil reais) e dá outras providências.</t>
   </si>
   <si>
     <t>9133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9133/projeto_de_lei_056_-_fogos_de_artificio.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9133/projeto_de_lei_056_-_fogos_de_artificio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima, soltura e manuseio de fogos de artifício e artefatos pirotécnicos que causem poluição sonora acima de 65 decibéis no município de Adamantina, e dá outras providências</t>
   </si>
   <si>
     <t>9134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9134/pl_057_-_m_056_leitura_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9134/pl_057_-_m_056_leitura_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Adamantina para o exercício de 2019</t>
   </si>
   <si>
     <t>9135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9135/pl_058_-_m_065_leitura_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9135/pl_058_-_m_065_leitura_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de subvenções, auxílios, contribuições e convênios, termo de colaboração/fomento.</t>
   </si>
   <si>
     <t>9136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9136/pl_059_-_m_066_leitura_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9136/pl_059_-_m_066_leitura_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de diárias aos servidores públicos da Administração Municipal Direta e Indireta, para os casos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>9137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9137/pl_060_-_m_067_leitura_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9137/pl_060_-_m_067_leitura_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 3.034/2002, 3.071/2003, 3.630/2014 e 3.742/2016, referentes à Contribuição para Custeio do Serviços de Iluminação Pública e dá outras providências.</t>
   </si>
   <si>
     <t>9288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9288/projeto_de_lei_061_leitura_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9288/projeto_de_lei_061_leitura_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Poder Executivo possa outorgar a concessão gratuita visando à criação, confecção e instalação de mobiliário urbano de uso e utilidade pública com exploração publicitária, na modalidade de lixeiras nas praças, nos parques e em outros logradouros públicos.</t>
   </si>
   <si>
     <t>9289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9289/pl_062_leitura_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9289/pl_062_leitura_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de rua de área que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>9365</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9365/pl_063_-_m_070_leitura_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9365/pl_063_-_m_070_leitura_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para aquisição de tubos de concreto, em atendimento ao Convênio nº 9.00.00.00/3.00.00.00/6.00.00.00/0074/2016, celebrado entre a Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo – CDHU e o município de Adamantina, visando a produção de empreendimento habitacional, pelo Programa Viver Melhor.</t>
   </si>
   <si>
     <t>9366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9366/pl_064_-_m_071_leitura_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9366/pl_064_-_m_071_leitura_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar ao Orçamento da Prefeitura do Município de Adamantina no valor total de R$ 2.155.000,00 para reforço das dotações de despesa pessoal do Centro Universitário de Adamantina - UNIFAI e dá outras providências</t>
   </si>
   <si>
     <t>9367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9367/pl_065_-_m_072_leitura_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9367/pl_065_-_m_072_leitura_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sanções aos proprietários de imóveis que possibilitem a proliferação de mosquito Aedes Aegypt no município de Adamantina e dá outras providências</t>
   </si>
   <si>
     <t>9368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9368/pl_066_-_m_073_leitura_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9368/pl_066_-_m_073_leitura_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de funções gratificadas, bem como sobre seu exercício, no âmbito da Administração Direta do Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>9369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9369/projeto_de_lei_067_-_m_075_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9369/projeto_de_lei_067_-_m_075_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Chefe do Poder Executivo possa conceder abono natalino especial aos servidores ativos e inativos da Administração Direta do Município e dá outras providências.</t>
   </si>
   <si>
     <t>9370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9370/projeto_de_lei_068_-_m_076_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9370/projeto_de_lei_068_-_m_076_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 3.855, de 30 de novembro de 2018, que dispõe sobre o pagamento de diárias aos servidores públicos da Administração Municipal Direta e Indireta para os casos que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>9371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9371/projeto_de_lei_069_-_m_077_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9371/projeto_de_lei_069_-_m_077_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei nº 3.855, de 30 de novembro de 2018, que dispõe sobre o pagamento de diárias aos servidores públicos da Administração Municipal Direta e Indireta para os casos que menciona e dá outras providências</t>
   </si>
   <si>
     <t>9372</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9372/projeto_de_lei_070_-_m_078_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9372/projeto_de_lei_070_-_m_078_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da denominação da Alameda Paraíso para Alameda Joaquim Zacarias da Silva, localizada na Vila Olivero.</t>
   </si>
   <si>
     <t>9373</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9373/projeto_de_lei_071_-_m_079_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9373/projeto_de_lei_071_-_m_079_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de gratificação para os profissionais de saúde da atenção básica das Unidades Integrantes do PMAQ – Programa Nacional de Melhoria do Acesso e da Qualidade da Atenção Básica e dá outras providências.</t>
   </si>
   <si>
     <t>9374</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Centro Universitário de Adamantina – UNIFAI possa formalizar Termo de Colaboração com a Santa Casa de Misericórdia de Adamantina, nos termos da Lei Federal nº 13.019/14 e suas alterações e dá outras providências.</t>
   </si>
   <si>
     <t>9375</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9375/projeto_de_lei_073_-_m_081_leitura_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9375/projeto_de_lei_073_-_m_081_leitura_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o Poder Executivo possa ofertar vagas de estágio a estabelecimentos de Ensino Superior e dá outras providências.</t>
   </si>
   <si>
     <t>9376</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9376/projeto_de_lei_074_-_m_082_leitura_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9376/projeto_de_lei_074_-_m_082_leitura_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para que o Centro Universitário de Adamantina – UNIFAI possa conceder abono natalino especial aos servidores da instituição e dá outras providências.</t>
   </si>
   <si>
     <t>8333</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8333/8333_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8333/8333_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AS AÇÕES DE DIVULGAÇÃO DAS ATIVIDADES DA CÂMARA MUNICIPAL DE ADAMANTINA, QUE PASSAM A INTEGRAR O TÍTULO IV, CAPÍTULO I, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA&amp;#8221;.</t>
   </si>
   <si>
     <t>8334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8334/8334_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8334/8334_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DAS SESSÕES COMUNITÁRIAS, QUE PASSAM A INTEGRAR O TÍTULO IV, CAPÍTULO I, DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA&amp;#8221;</t>
   </si>
   <si>
     <t>8243</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8243/8243_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8243/8243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAINFORMAÇÕES SOBRE A SECRETARIA DE ESPORTES, LAZER E RECREAÇÃO: QUANTOS FUNCIONÁRIOS TEM HOJE, ESPECIFICAR NOME, LOCAL DE TRABALHO E RESPECTIVOS HORÁRIOS, QUAIS SÃO AS MODALIDADES ESPORTIVAS DESENVOLVIDAS PELA SECRETARIA, QUAIS AS PRAÇAS DE FUTEBOL DE CAMPO À DISPOSIÇÃO DESTA SECRETARIA PARA DESENVOLVER TRABALHOS? E SE A SECRETARIA JÁ TEM O CALENDÁRIO DE EVENTOS DEFINIDOS PARA AS ATIVIDADES DE TODO O ANO DE 2018?</t>
   </si>
   <si>
     <t>8244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8244/8244_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8244/8244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SÍLVIO TORRES A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 500.000,00, OBJETIVANDO O INÍCIO DAS OBRAS DE RECUPERAÇÃO, REURBANIZAÇÃO E REVITALIZAÇÃO DO PARQUE DOS PIONEIROS, BEM COMO A CANALIZAÇÃO DO CÓRREGO EXISTENTE NAQUELE LOCAL E A CONSEQUENTE PRESERVAÇÃO DAQUELA IMPORTANTE ÁREA AMBIENTAL DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8245/8245_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8245/8245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENADOR JOSÉ SERRA, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 1.000.000,00, OBJETIVANDO O INÍCIO DAS OBRAS DE RECUPERAÇÃO, REURBANIZAÇÃO E REVITALIZAÇÃO DO PARQUE DOS PIONEIROS, BEM COMO A CANALIZAÇÃO DO CÓRREGO EXISTENTE NAQUELE LOCAL E A CONSEQUENTE PRESERVAÇÃO DAQUELA IMPORTANTE ÁREA AMBIENTAL DA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8246/8246_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8246/8246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL MÁRCIO ALVINO, AINCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018, NO VALOR DE R$ 500 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8247/8247_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8247/8247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR ALEXANDRE TASSONI, PREFEITO MUNICIPAL DE TUPI PAULISTA E PRESIDENTE DA ASSOCIAÇÃO DOS MUNICÍPIOS DA NOVA ALTA PAULISTA - AMNAP, QUE ESTUDE A POSSIBILIDADE E VIABILIDADE DA ELABORAÇÃO DE UM DOCUMENTO OFICIAL, SUBSCRITO PELOS 30 (TRINTA) PREFEITOS E PRESIDENTES DE CÂMARAS DOS MUNICÍPIOS MEMBROS PARA SER ENTREGUE OFICIALMENTE AOS CANDIDATOS AO GOVERNO DO ESTADO DE SÃO PAULO, VISANDO À INCLUSÃO, DE FORMA OFICIAL, NOS PLANOS DE GOVERNO DOS FUTUROS CANDIDATOS, TODAS AS DEMANDAS E NECESSIDADES DA POPULAÇÃO DA NOVA ALTA PAULISTA.</t>
   </si>
   <si>
     <t>8248</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8248/8248_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8248/8248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: A) A NOMEAÇÃO EM APREÇO ATENDE AOS PRINCÍPIOS DA ADMINISTRAÇÃO PÚBLICA E AOS PRECEITOS PREVISTOS NA SÚMULA VINCULANTE Nº 13 DO SUPREMO TRIBUNAL FEDERAL? B) A NOMEAÇÃO FOI DISCUTIDA E HOMOLOGADA PELO CONSELHO UNIVERSITÁRIO DA UNIFAI? HÁ AMPARO LEGAL NAS NORMAS INTERNAS DA INSTITUIÇÃO E NAS LEGISLAÇÕES ESTADUAL E FEDERAL PARA A REFERIDA DESIGNAÇÃO? C) QUE PROCEDIMENTO SERÁ ADOTADO PELO CENTRO UNIVERSITÁRIO EM RELAÇÃO À NOTA DE REPÚDIO/ABAIXO-ASSINADO ELABORADO PELOS ALUNOS DO CURSO DE MEDICINA CONTRA TAL DESIGNAÇÃO?</t>
   </si>
   <si>
     <t>8249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8249/8249_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8249/8249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMAO DEPUTADO FEDERAL DR. ANTÔNIO CARLOS MENDES THAME, AINCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 500 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8250/8250_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8250/8250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. SINVAL MALHEIROS, OBJETIVANDO APOIO POLÍTICO JUNTO À FUNASA, NO SENTIDO DA LIBERAÇÃO DEUM CAMINHÃO COMPACTADOR DE LIXO.</t>
   </si>
   <si>
     <t>8251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8251/8251_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8251/8251_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. SINVAL MALHEIROS, OBJETIVANDO APOIO NO SENTIDO DE VIABILIZAR POR MEIO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00, DESTINADOS À SAÚDEDESTE MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8252/8252_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8252/8252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES DO DIRETOR MUNICIPAL DE TRÂNSITO: 1) O MUNICÍPIO TEM SE MOBILIZADO PARA A INSTALAÇÃO DE REDUTORES DE VELOCIDADES? QUAL A INTENÇÃO DO MUNICÍPIO EM MELHORIAS NESSE SENTIDO? 2) OS SEMÁFOROS DO CENTRO DO MUNICÍPIO ESTÃO EM BOAS CONDIÇÕES? O DEPARTAMENTO DE TRÂNSITO NÃO PODERIA REALIZAR A TROCA DESSES SEMÁFOROS DEFEITUOSOS DO CENTRO DO MUNICÍPIO? 3) SOBRE A RUA SANTOS DUMOND, SABE-SE QUE FOI REALIZADA DIVULGAÇÕES DE MELHORIA NA SINALIZAÇÃO DO LOCAL. TAIS MELHORIAS FORAM REALIZADAS? QUAIS?</t>
   </si>
   <si>
     <t>8253</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Aguinaldo Pires Galvão, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8253/8253_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8253/8253_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES DO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO, PARAQUE SEJA CONCEDIDO AOS ESTAGIÁRIOS DESTA PREFEITURA O AUXÍLIO-TRANSPORTE QUE LHES SÃO MERECIDOS, INDICANDO AINDA, O VALOR DIÁRIO DE R$6,00. SOLICITA AINDA SEJA ENCAMINHADA CÓPIA DESTE OFÍCIO AO SETOR JURÍDICO DO &amp;#8220;CIEE&amp;#8221;.</t>
   </si>
   <si>
     <t>8254</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Hélio José dos Santos, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8254/8254_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8254/8254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES AO REITOR DA UNIFAI: 1) A REITORIA DESTA AUTARQUIA VEM ACOMPANHANDO AS PETIÇÕES PÚBLICAS REALIZADAS PELOS ALUNOS DO CURSO DE MEDICINA? 2) QUAL POSICIONAMENTO SERÁ TOMADO, HAJA VISTA TAL SITUAÇÃO COLOCAR EM RISCO A INTEGRIDADE DO CURSO DE MEDICINA?3) A MENCIONADA NOMEAÇÃO DA PROFESSORA QUESTIONADA NA PETIÇÃO, AO PONTO DE VISTA DESTA REITORIA, NÃO VIOLA FRONTALMENTE O DISPOSTO NO ART. 7º DA LEI MUNICIPAL Nº 274/17, BEM COMO O ART. 5º, IV, DA LEI 12.842/2013?4) SEGUNDO ENTENDIMENTO DESTE MAGNÍFICO REITOR, TAMBÉM PROFISSIONAL DO RAMO DE DIREITO, TAIS NOMEAÇÕES DIVULGADAS RECENTEMENTE RESPEITAM O ENTENDIMENTO DA SÚMULA VINCULANTE Nº 13 E AOS PRINCÍPIOS CONSTITUCIONAIS DA MORALIDADE E DA IMPESSOALIDADE ELENCADOS NO ART. 37 DA CONSTITUIÇÃO DA REPÚBLICA?</t>
   </si>
   <si>
     <t>8255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8255/8255_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8255/8255_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES REFERENTES AO PROCESSO Nº 2167083-17.2017.8.26.0000, QUE DISPÕE SOBRE A INCONSTITUCIONALIDADE DA LEI DAS BOLSAS AOS SERVIDORES MUNICIPAIS:1) REQUEREMOS CÓPIA DA DEFESA APRESENTADA PELA PREFEITURA;2) A PROCURADORIA DESIGNOU PROCURADOR PARA REALIZAR SUSTENTAÇÃO ORAL NA AUDIÊNCIA DE JULGAMENTO NO TRIBUNAL DE JUSTIÇA EM SÃO PAULO, NO DIA 31 DE JANEIRO DE 2018?3) O MUNICÍPIO RECORRERÁ DA DECISÃO?</t>
   </si>
   <si>
     <t>8256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8256/8256_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8256/8256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAAO DEPUTADO FEDERAL SILVIO TORRES SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, OBJETIVANDO VIABILIZAR A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 250.000,00 PARA SER REPASSADO À ARCA, REFERÊNCIA REGIONAL QUE ATENDE CERCA DE 10 MUNICÍPIOS, PARA CONSTRUÇÃO E AMPLIAÇÃO DO CENTRO DE HEMODIÁLISE E DIÁLISE.</t>
   </si>
   <si>
     <t>8257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8257/8257_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8257/8257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AOEXMº. SR. SECRETÁRIO DE ESTADO DA SAÚDE, DAVID EVERSON UIP, COM O FIM DE AGENDAR, PARA ADAMANTINA, OS SERVIÇOS PREVENTIVOS EM SAÚDE DA MULHER COM A CARRETA MÓVEL DO PROGRAMA MULHERES DO PEITO.</t>
   </si>
   <si>
     <t>8258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8258/8258_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8258/8258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AODIRETOR DO DER, POR MEIO DA UNIDADE REGIONAL DE PRESIDENTE PRUDENTE, QUE PROCEDA ÀS MEDIDAS DE CONTENÇÃO FÍSICA AO ACESSO E CIRCULAÇÃO DE VEÍCULOS EM VIA CLANDESTINA, ONDE HÁ TRANSPOSIÇÃO DO CANTEIRO DIVISOR ENTRE A SP-294 (RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS) E A AVENIDA QUINTINO BOCAIUVA, EM ADAMANTINA.</t>
   </si>
   <si>
     <t>8259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8259/8259_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8259/8259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO REITOR DAUNIFAI, QUE DÊ PUBLICAÇÃO DE TODAS AS ATAS, DELIBERAÇÕES, RESOLUÇÕES, PORTARIAS, CONVOCAÇÕES, AVISOS, CALENDÁRIOS DE REUNIÕES E DEMAIS DISPOSITIVOS ADMINISTRATIVOS DA REITORIA E DO CONSELHO UNIVERSITÁRIO, COM O OBJETIVO DE PROMOVER TRANSPARÊNCIA AOS ATOS E PERMITIR QUE A COMUNIDADE INTERNA E OS CIDADÃOS, COMO UM TODO, TENHAM ACESSO À TRAMITAÇÃO DAS DECISÕES ADMINISTRATIVAS E ACADÊMICAS DA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>8260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8260/8260_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8260/8260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO REITOR DAUNIFAI, QUE DETERMINE AO CURSO DE ENGENHARIA A REALIZAÇÃO DE PROJETO DO REFEITÓRIO DO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8261/8261_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8261/8261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES:QUAIS SERÃO AS AÇÕES DE PLANEJAMENTO QUANTO ÀS MELHORIAS DO TRÂNSITO NO ANO DE 2018, REFERENTES ÀS MELHORIAS DE MOBILIDADE URBANA TAIS COMO: MUDANÇAS DE MÃO DAS RUAS, MANUTENÇÕES CONSTANTES NOS SEMÁFOROS, SINALIZAÇÃO VERTICAL DAS VAGAS E CRIAÇÃO DE NOVAS VAGAS DENOMINADAS ZONA AZUL?</t>
   </si>
   <si>
     <t>8304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8304/8304_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8304/8304_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAA SEGUINTE INFORMAÇÃO: COMO ESTÃO SENDO REALIZADAS AS AÇÕES PARA IMPLANTAÇÃO DO PROJETO &amp;#8220;AGRICULTURA FAMILIAR&amp;#8221;, ENTREPOSTO PARA SER UTILIZADO PELOS NOSSOS PRODUTORES RURAIS?</t>
   </si>
   <si>
     <t>8305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8305/8305_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8305/8305_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMAO DEPUTADO FEDERAL RODRIGO GARCIA SUA INTERFERÊNCIA JUNTO AOMINISTÉRIO COMPETENTE, VISANDO A LIBERAÇÃO DE 02 ACADEMIAS AO AR LIVRE, A SEREM INSTALADAS NA PRAÇA PRESTES MAIA E NO BAIRRO RURAL LAGOA SECA.</t>
   </si>
   <si>
     <t>8306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8306/8306_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8306/8306_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES COM REFERÊNCIA AO PROJETO DESENVOLVIMENTO RURAL SUSTENTÁVEL MICRO BACIAS MELHOR CAMINHO DA ESTRADA ADM 332, QUE LIGA A RODOVIA PLÁCIDO ROCHA À ESTRADA DO BAIRRO DO PRATA, CONHECIDA COMO ESTRADA DO PACHIONE: 1 &amp;#8211; QUAL FOI O VALOR DO PROJETO? 2 &amp;#8211; JÁ FOI EFETUADO TODO O PAGAMENTO DA OBRA? 3 &amp;#8211; QUAL SECRETARIA MUNICIPAL É RESPONSÁVEL PELA REALIZAÇÃO DOS SERVIÇOS? 4 &amp;#8211; A SECRETARIA RECEBEU A OBRA OU TEM FEITO NOTIFICAÇÕES À EMPRESA RESPONSÁVEL PELOS SERVIÇOS, NO SENTIDO DE QUE A OBRA NÃO ESTÁ SENDO REALIZADA CONFORME PROJETO APRESENTADO?</t>
   </si>
   <si>
     <t>8307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8307/8307_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8307/8307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAAS SEGUINTES INFORMAÇÕES: 1) POR QUE OS BRINQUEDOS QUE OCASIONARAM A TRAGÉDIA NO PARQUE DOS PIONEIROS ESTÃO INTERDITADOS MAS AINDA NÃO FORAM REMOVIDOS? 2) CONSIDERANDO QUE ESTE BRINQUEDO, MESMO QUE INTERDITADO, AINDA É UTILIZADO, CONTINUA OFERECENDO RISCO ÀS CRIANÇAS, ACREDITO SER PRUDENTE A SUA RETIRADA.</t>
   </si>
   <si>
     <t>8308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8308/8308_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8308/8308_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) QUANTAS NOTIFICAÇÕES PARA A RETOMADA DOS SERVIÇOS E QUANTAS MULTAS FORAM APLICADAS À EMPRESA RESPONSÁVEL PELA REALIZAÇÃO DO CONVÊNIO EM ANDAMENTO DA AL PADRE NÓBREGA, CONJUNTO OITI E JARDIM PRIMAVERA? 2) REQUEIRO CÓPIA DE TODAS AS NOTIFICAÇÕES E/OU MULTAS REALIZADAS À EMPRESA ATÉ ENTÃO.</t>
   </si>
   <si>
     <t>8309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8309/8309_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8309/8309_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) O ESPAÇO LOCALIZADO ENTRE OS LOTES 4 E 5 DA QUADRA &amp;#8220;J&amp;#8221; DO RESIDENCIAL CALIFÓRNIA PARK FOI DEVIDAMENTE UTILIZADO COMO VIELA SANITÁRIA? 2) CASO CONTRÁRIO, QUAL DESTINO SERÁ DADO A TAL TERRENO?</t>
   </si>
   <si>
     <t>8310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8310/8310_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8310/8310_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) EM QUAL PRÉDIO O PROCON, O BANCO DO POVO E O PAT SERÃO ALOCADOS? 2) OS SERVIDORES QUE ATUAM NESTES ÓRGÃOS TÊM A CIÊNCIA DESSA MUDANÇA? ELES JÁ FORAM INSTRUÍDOS? 3) O PRÉDIO EM QUESTÃO POSSUI ESTRUTURA E ESTÁ PREPARADO PARA RECEBER OS ÓRGÃOS ACIMA MENCIONADOS? TERÁ ACESSO À INTERNET? 4) SOBRE O PAT: COMO PROCEDE A REGULARIZAÇÃO DO POSTO? EM QUAL TRÂMITE SE ENCONTRA E O QUE A PREFEITURA VEM FAZENDO PARA AGILIZAR E NÃO CORRER O RISCO DE PERDER OS SERVIÇOS?</t>
   </si>
   <si>
     <t>8311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8311/8311_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8311/8311_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) O CIRCO INSTALADO NO GINÁSIO DE ESPORTES ESTÁ REGULARIZADO, NO QUE DIZ RESPEITO AO RECOLHIMENTO DE TAXAS? REQUEIRO CÓPIAS DOS COMPROVANTES. 2) EM OUTROS MOMENTOS, ESTA ADMINISTRAÇÃO ALEGOU QUE MANTERIA O ALTO VALOR DA COBRANÇA DA LOCAÇÃO DO GINÁSIO PARA O ADAMANTINENSE UTILIZAR EM PRÁTICAS ESPORTIVAS, COM FINS DE PRESERVAR A QUADRA. NESTE SENTIDO, A ESTRUTURA INSTALADA NÃO PREJUDICARÁ A QUADRA MUNICIPAL?</t>
   </si>
   <si>
     <t>8312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8312/8312_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8312/8312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) QUAL O VALOR ESTIMADO PARA A REALIZAÇÃO DA EXPO VERDE 2018? 2) HOJE, O MUNICÍPIO TEM CONFORTO FINANCEIRO PARA REALIZAR UMA FESTA NESTE PADRÃO?</t>
   </si>
   <si>
     <t>8313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8313/8313_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8313/8313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) O AMBULATÓRIO DE ESPECIALIDADES, INAUGURADO NO ANO PASSADO, CONTINUARÁ COM O MESMO FUNCIONAMENTO? 2) NO ANO DE 2017 A UNIFAI, EM ALGUM MOMENTO, DESCUMPRIU A LEI COMPLEMENTAR Nº 274/17, NO QUE SE REFERE A PAGAMENTO DE HORAS/AULAS AOS CARGOS TIPIFICADOS NA NORMA?</t>
   </si>
   <si>
     <t>8314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8314/8314_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8314/8314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL DR. RICARDO MADALENA, SUA INTERCESSÃO JUNTO AO DR. SAMUEL MOREIRA, SECRETÁRIO CHEFE DA CASA CIVIL, OBJETIVANDO A LIBERAÇÃO URGENTE DE R$500 MIL A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8315/8315_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8315/8315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. LUIZ TURCO, DESTACADO DEPUTADO ESTADUAL, SOLICITANDO AINCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO PARA O ANO DE 2018 NO VALOR DE R$ 250 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8316/8316_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8316/8316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. PAULO FREIRE, AINCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 300 MIL, A SEREM ALOCADOS NO CUSTEIO, MANUTENÇÃO E AQUISIÇÃO DE EQUIPAMENTOS DESTINADOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8317/8317_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8317/8317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO FEDERAL DR. ANTÔNIO CARLOS DE MENDES THAME, AINCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 300 MIL, A SEREM ALOCADOS NO CUSTEIO, MANUTENÇÃO E AQUISIÇÃO DE EQUIPAMENTOS DESTINADOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8318/8318_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8318/8318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO, SUA INTERCESSÃO JUNTO AO SENHOR JOSÉ LUIZ PENNA, SECRETÁRIO ESTADUAL DA CULTURA, OBJETIVANDO A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO PARA O ANO DE 2018, NO VALOR DE R$100 MIL A SEREM ALOCADOS EM ATIVIDADES CULTURAIS, EDUCACIONAIS E RECREATIVAS, BEM COMO EM PROJETOS SOCIAIS ALUSIVOS À COMEMORAÇÃO DO 69º ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO - ADMINISTRATIVO DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8319/8319_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8319/8319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: A) COMO FOI REALIZADO O RECADASTRAMENTO IMOBILIÁRIO PELA PREFEITURA DE ADAMANTINA NO ANO DE 2017, COM VISTAS AO CÁLCULO DO IPTU/2018? PROCEDE A INFORMAÇÃO DE QUE ESSE SERVIÇO FOI EXECUTADO ATRAVÉS DE UM GEORREFERENCIAMENTO, POR INTERMÉDIO DE UM SISTEMA DE DRONE? B)CASO ESSE LEVANTAMENTO TENHA SIDO REALIZADO POR UM SISTEMA DE DRONE, QUAL FOI À EMPRESA RESPONSÁVEL PELO TRABALHO? ELA TINHA AUTORIZAÇÃO DOS ÓRGÃOS COMPETENTES PARA UTILIZAÇÃO DESSE EQUIPAMENTO? QUAL FOI O VALOR GASTO PELA PREFEITURA NA EXECUÇÃO DESSES SERVIÇOS? C)CONSIDERANDO QUE JÁ FORAM IDENTIFICADOS VÁRIOS CARNÊS COM VALORES CALCULADOS DE FORMA ERRADA, ONDE CONSTA AUMENTO DE ÁREA CONSTRUÍDA DO IMÓVEL INEXISTENTE DO ANO DE 2017 PARA O ANO DE 2018, COMO A PREFEITURA PRETENDE RESOLVER ESSES PROBLEMAS SEM CAUSAR MAIS TRANSTORNO E DESCONFORTO PARA A POPULAÇÃO E, AO MESMO TEMPO, NÃO PERMITIR QUE NENHUM MUNÍCIPE SEJA PREJUDICADO POR UM ERRO PRATICADO PELA ADMINISTRAÇÃO MUNICIPAL?</t>
   </si>
   <si>
     <t>8320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8320/8320_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8320/8320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VÁRIAS INFORMAÇÕES SOBRE PROCEDIMENTOS E PROJETOS DE LEI DA PROCURADORIA GERAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8321/8321_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8321/8321_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: CÓPIA DO REGISTRO DE PONTO DE TODOS OS PROCURADORES MUNICIPAIS, DESDE A DATA DE INSTITUIÇÃO DA REFERIDA PROCURADORIA GERAL DO MUNICÍPIO ATÉ O PRESENTE MOMENTO.</t>
   </si>
   <si>
     <t>8322</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8322/8322_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8322/8322_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITADIVERSAS INFORMAÇÕES EM TORNO DAS INICIATIVAS PARA AMPLIAÇÃO DA CAPACIDADE DE SEPULTAMENTOS DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>8323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8323/8323_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8323/8323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS QUANTO À REFORMA DO ESTÁDIO MUNICIPAL? AS OBRAS CONTINUAM PARALISADAS? A EMPRESA JÁ FOI NOTIFICADA OU MULTADA POR NÃO TER CUMPRIDO COM O CONTRATO?</t>
   </si>
   <si>
     <t>8324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8324/8324_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8324/8324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUAIS FORAM AS MELHORIAS REALIZADAS NOS BRINQUEDOS DO PARQUE INFANTIL DO PARQUE DOS PIONEIROS? QUAIS FORAM AS MEDIDAS E PROVIDÊNCIAS TOMADAS QUANTO AOS BRINQUEDOS PARA PESSOAS COM DEFICIÊNCIA?</t>
   </si>
   <si>
     <t>8325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8325/8325_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8325/8325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: ENCAMINHAR RELATÓRIO FINANCEIRO DEMONSTRANDO AS DESPESAS COM A REALIZAÇÃO DOS JOGOS REGIONAIS DOS IDOSOS, ARCADAS COM RECURSOS PRÓPRIOS. A PREFEITURA RECEBEU RECURSOS EXTRAORDINÁRIOS PARA AJUDAR NAS DESPESAS DA REALIZAÇÃO DO EVENTO?</t>
   </si>
   <si>
     <t>8326</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8326/8326_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8326/8326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE O CONCURSO PÚBLICO DA PREFEITURA COM RELAÇÃO ÀS ATRIBUIÇÕES DO CARGO DE ENGENHEIRO CIVIL, POIS NA GRADE CURRICULAR DA UNIFAI NÃO HÁ MATÉRIAS DAS ESPECIALIDADES EXIGIDASQUE QUALIFICAM OS ENGENHEIROS.</t>
   </si>
   <si>
     <t>8385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8385/8385_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8385/8385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. DR. ANTÔNIO ROLNEI DA SILVEIRA, SUPERINTENDENTE REGIONAL DE TRÂNSITO DA REGIÃO DE PRESIDENTE PRUDENTE, SUA INTERFERÊNCIA JUNTO AO DEPARTAMENTO ESTADUAL DE TRÂNSITO, VISANDO A INSTALAÇÃO DE UMA UNIDADE DO DETRAN EM ADAMANTINA.</t>
   </si>
   <si>
     <t>8386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8386/8386_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8386/8386_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL JOSÉ EDUARDO BOLSONARO, SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA CIDADE, VISANDO A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 300 MIL REAIS PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA URBANA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8387/8387_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8387/8387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: POR QUE NÃO FOI INICIADO O ATENDIMENTO MÉDICO NO BAIRRO LAGOA SECA, TENDO EM VISTA QUE O EXECUTIVO PROPÔS UM ACORDO PARA INICIAR NO PRIMEIRO SEMESTRE DE 2017? QUAIS SÃO OS MOTIVOS PELA DEMORA DA INSTALAÇÃO DO POSTO DE ESTRATÉGIA DA FAMÍLIA, CONFORME PROMETIDO PELA EX-SECRETÁRIA DE SAÚDE?</t>
   </si>
   <si>
     <t>8388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8388/8388_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8388/8388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL RITA PASSOS, SUA INTERFERÊNCIA JUNTO AO GOVERNADOR GERALDO ALCKMIN, VISANDO A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 300 MIL REAIS PARA SEREM UTILIZADOS EM OBRAS DE INFRAESTRUTURA URBANA (CONSTRUÇÃO DE GUIAS, SARJETAS, ASFALTO E RECAPEAMENTO) EM BAIRROS PERIFÉRICOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8389/8389_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8389/8389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL REINALDO ALGUZ, A FIM DE AGENDAR UMA EMENDA PARA O PRÓXIMO ORÇAMENTO NO VALOR DE R$ 300 MIL REAIS, PARA O USO EXCLUSIVO DE CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO PARQUE TANGARÁ, QUE IRÁ BENEFICIAR NÃO SÓ O REFERIDO BAIRRO, COMO TAMBÉM OS PARQUES ELDORADO I E II, GIULIANO, MONTE ALEGRE E VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>8390</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8390/8390_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8390/8390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE A POSSIBILIDADE DA VIGILÂNCIA SANITÁRIA AVERIGUAR UM POSSÍVEL POÇO CLANDESTINO ABERTO NO CONJUNTO RESIDENCIAL BOA ESPERANÇA, PROXIMIDADES DO PARQUE RESIDENCIAL JARAGUÁ.</t>
   </si>
   <si>
     <t>8391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8391/8391_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8391/8391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO ENGENHEIRO ELETRICISTA SR. THIAGO PERES DE OLIVEIRA DA EMPRESA ENERGISA, ESTUDOS VISANDO INFORMAR A ESTA CASA SOBRE A POSSIBILIDADE DE ESTENDER O PROJETO DE EFICIÊNCIA ENERGÉTICA AO LAR DOS VELHOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8392/8392_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8392/8392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO SOBRE A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA: ELA É COBRADA EM LOTES EM QUE AINDA NÃO POSSUEM ILUMINAÇÃO INSTALADA?</t>
   </si>
   <si>
     <t>8393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8393/8393_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8393/8393_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) QUAIS OS CURSOS QUE NÃO ABRIRAM TURMA EM 2018? 2) QUAIS FORAM OS MOTIVOS? FORAM QUANTOS ALUNOS MATRICULADOS?</t>
   </si>
   <si>
     <t>8394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8394/8394_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8394/8394_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SILVIO TORRES SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO COMPETENTE, VISANDO A LIBERAÇÃO DE 01 (UMA) ACADEMIA AO AR LIVRE, A SER INSTALADA NA ÁREA DO CENTRO COMUNITÁRIO DOZINA PAZIN DAL BELLO, DO BAIRRO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>8395</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8395/8395_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8395/8395_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO QUE CONTATE A CDHU, OBJETIVANDO SABER AS SEGUINTES INFORMAÇÕES DO CONJUNTO BANDEIRANTES (ADAMANTINA L): 1 &amp;#8211; PARA A SELEÇÃO DOS FUTUROS MUTUÁRIOS, BENEFICIÁRIOS DAS NOVAS CASAS, A CDHU CONSIDERARÁ O CADASTRO DOS INSCRITOS NA SUPLÊNCIA, REFERENTES ÀS UNIDADES REMANESCENTES, OU OPORTUNAMENTE CONVOCARÁ NOVO PERÍODO DE INSCRIÇÃO? 2 &amp;#8211; EM QUAL ESTÁGIO SE ENCONTRAM A EXECUÇÃO DOS CONTRATOS PARA A CONSTRUÇÃO DE NOVAS UNIDADES HABITACIONAIS NO MUNICÍPIO DE ADAMANTINA? 3 &amp;#8211; QUAL A PREVISÃO DE INÍCIO DAS OBRAS? 4 &amp;#8211; APÓS INICIADAS, QUAL O PRAZO DE CONCLUSÃO PREVISTO?</t>
   </si>
   <si>
     <t>8396</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8396/8396_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8396/8396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; A ADMINISTRAÇÃO MUNICIPAL TEM CONHECIMENTO DOS PROBLEMAS REFERENTES AO NÃO CUMPRIMENTO DE OBRIGAÇÕES CONTRATUAIS ENTRE O PRESTADOR DE SERVIÇOS DE CARTÕES DO &amp;#8220;AUXÍLIO-ALIMENTAÇÃO&amp;#8221; JUNTO ÀS EMPRESAS LOCAIS DE SUA REDE CONVENIADA DE SUPERMERCADOS E ESTABELECIMENTOS CONGÊNERES? QUAL RELATÓRIO É POSSÍVEL FAZER, ACERCA DOS PROBLEMAS ATÉ ENTÃO IDENTIFICADOS? 2 &amp;#8211; QUAIS MEDIDAS ADMINISTRATIVAS E JURÍDICAS ESTÃO E/OU ESTARÃO SENDO TOMADAS PELO MUNICÍPIO DE ADAMANTINA, PARA GARANTIR A PRESTAÇÃO REGULAR DO BENEFÍCIO AO SERVIDOR PÚBLICO MUNICIPAL?</t>
   </si>
   <si>
     <t>8397</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8397/8397_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8397/8397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. PAULO GUSTAVO MAIURINO, SECRETÁRIO ESTADUAL DE ESPORTE, LAZER E JUVENTUDE, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM IPIRANGA.</t>
   </si>
   <si>
     <t>8398</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8398/8398_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8398/8398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. JOSÉ SERRA, SENADOR DA REPÚBLICA, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2018 NO VALOR DE R$ 300 MIL, A SEREM ALOCADOS NO CUSTEIO, MANUTENÇÃO E AQUISIÇÃO DE EQUIPAMENTOS DESTINADOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8399</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8399/8399_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8399/8399_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO PARA O ANO DE 2018, NO VALOR DE R$ 250 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA).</t>
   </si>
   <si>
     <t>8400</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8400/8400_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8400/8400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL, SUA INTERCESSÃO JUNTO AO SENHOR JOSÉ LUIZ PENNA, SECRETÁRIO ESTADUAL DA CULTURA, OBJETIVANDO A DOAÇÃO DE LIVROS DE LITERATURA À E. E. PROFª. FLEURIDES CAVALLINI MENECHINO.</t>
   </si>
   <si>
     <t>8401</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8401/8401_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8401/8401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS PROVIDÊNCIAS A PREFEITURA VEM TOMANDO JUNTO À UNIFAI, PARA QUE O CURSO DE MEDICINA RECEBA O SEU RECONHECIMENTO SEM NENHUMA DIFICULDADE?</t>
   </si>
   <si>
     <t>8402</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8402/8402_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8402/8402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: EM QUE ESTÁGIO SE ENCONTRA O PROCESSO DE TERCEIRIZAÇÃO PARA A LIMPEZA E CONSERVAÇÃO DAS ÁREAS E PRAÇAS INSTITUCIONAIS DO MUNICÍPIO, CONFORME DIVULGADO PELO EXECUTIVO EM REUNIÃO COM OS VEREADORES?</t>
   </si>
   <si>
     <t>8403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8403/8403_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8403/8403_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: O PRÉDIO ONDE IRÁ ABRIGAR O POSTO DE SAÚDE DO CONJUNTO HABITACIONAL MÁRIO COVAS JÁ ESTÁ CONCLUÍDO? A PREFEITURA JÁ RECEBEU TODOS OS MÓVEIS E EQUIPAMENTOS PARA O SEU FUNCIONAMENTO? QUANDO ESTÁ PREVISTA A INAUGURAÇÃO DO POSTO? QUAIS OS MOTIVOS QUE ESTÃO IMPEDINDO SUA INAUGURAÇÃO PARA O USO DA POPULAÇÃO QUE ESPERA ANSIOSAMENTE?</t>
   </si>
   <si>
     <t>8404</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8404/8404_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8404/8404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: QUAIS OS MOTIVOS QUE ESTÃO IMPEDINDO O INÍCIO DAS OBRAS DE ADAPTAÇÕES DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA RECEBER OS ALUNOS DO CURSO DE MEDICINA, CONFORME TERMO DE COOPERAÇÃO APROVADO PELA CÂMARA MUNICIPAL?</t>
   </si>
   <si>
     <t>8449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8449/8449_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8449/8449_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A COBRANÇA REALIZADA PELA UTILIZAÇÃO DO GINÁSIO MUNICIPAL.</t>
   </si>
   <si>
     <t>8450</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8450/8450_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8450/8450_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES EM RELAÇÃO AO VALE-ALIMENTAÇÃO: 1) QUANTOS SERVIDORES POSSUEM SALDO REMANESCENTE NO CARTÃO JUNTO À EMPRESA EM QUE A PREFEITURA RESCINDIU O CONTRATO? QUAL O VALOR APROXIMADAMENTE? COMO A PREFEITURA PRETENDE LIDAR NO CASO DAQUELES SERVIDORES QUE POSSUEM SALDO REMANESCENTE NO CARTÃO ANTERIOR? 3) POR SE TRATAR DE VERBA DE NATUREZA ALIMENTAR IMPOSSIBILITADA DE SER UTILIZADA PELOS SERVIDORES, A PREFEITURA TEM INTENÇÃO DE ACIONAR JUDICIALMENTE A EMPRESA PARA REAVER OS VALORES REPASSADOS?</t>
   </si>
   <si>
     <t>8451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8451/8451_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8451/8451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES AO REITOR DA UNIFAI: CÓPIAS INTEGRAIS, FÍSICAS OU DIGITALIZADAS DE TODO O PROCESSO DOS EMPENHOS Nº 998/2018, 824/2018, 770/2018 E 705/2018.</t>
   </si>
   <si>
     <t>8452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8452/8452_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8452/8452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: SEGUINDO O TRAJETO DA AVENIDA CRISTÓVÃO GOULART MARMO, ALTURA DAS VILAS CHRISTINA/JUREMA, LOGO ATRÁS DAS DEPENDÊNCIAS DO COLÉGIO OBJETIVO, QUAL O LIMITE FINAL DA REFERIDA VIA NESSE TRECHO? OU A VIA DEVERIA AVANÇAR LOGO ATRÁS DA ESCOLA E DEMAIS ÁREAS SUBSEQUENTES, ATÉ ENCONTRAR A DIVISA COM A UNIDADE DE LOGÍSTICA DA COOPERATIVA CAMDA?</t>
   </si>
   <si>
     <t>8453</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8453/8453_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8453/8453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL JORGE TADEU MUDALEN, A DESTINAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UM ÔNIBUS A SER DESTINADO À APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8454</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8454/8454_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8454/8454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUAL É A PRODUÇÃO DO CONSELHO TUTELAR DE ADAMANTINA NOS ANOS DE 2016 E 2017? SOLICITAMOS INFORMAR O : I) NÚMERO DE ATENDIMENTOS REALIZADOS EM SUA SEDE E A QUANTIDADE DE ADOLESCENTES E FAMÍLIAS ATENDIDOS; II) NÚMERO DE VISITAS DOMICILIARES E A QUANTIDADE DE ADOLESCENTES E FAMÍLIAS ATENDIDOS; III) NÚMERO DE AÇÕES EXTERNAS DE FISCALIZAÇÃO EM EVENTOS; IV) NÚMERO DE AÇÕES EXTERNAS DE FISCALIZAÇÃO EM BARES, RESTAURANTES, LANCHONETES, LOJAS DE CONVENIÊNCIA, CASAS NOTURNAS E OUTROS ESTABELECIMENTOS FIXOS ONDE POSSA OCORRER A PERMANÊNCIA DE CRIANÇAS E ADOLESCENTES; E V) NÚMERO DE AÇÕES DE CONSCIENTIZAÇÃO, CAMPANHAS, PALESTRAS E OUTRAS INICIATIVAS REALIZADAS PELO PRÓPRIO ÓRGÃO.</t>
   </si>
   <si>
     <t>8455</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8455/8455_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8455/8455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) QUAL MEDIDA FOI ADOTADA PARA CORRIGIR A IMPRESSÃO DO CALENDÁRIO 2018? 2) FORAM GERADOS CUSTOS ADICIONAIS AOS COFRES PÚBLICOS? SE POSITIVO, ANEXAR CÓPIA DO EMPENHO E REQUISIÇÃO. 3) A RESPONSABILIDADE PELO ERRO FOI APURADA? 4) QUAL A DESTINAÇÃO DOS CALENDÁRIOS?</t>
   </si>
   <si>
     <t>8456</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8456/8456_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8456/8456_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM OFICIADOS O DR. GERALDO ALCKMIN FILHO, GOVERNADOR DO ESTADO E O PROF. DR. JOSÉ RENATO NALINI, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, PARA QUE ELABOREM UM PROJETO DE LEI COMPLEMENTAR COM O INTUITO DE INCLUIR OS PROFESSORES CONTRATADOS COM FUNDAMENTO LEGAL NA LEI COMPLEMENTAR Nº 1.093, DE 16 DE JULHO DE 2009 (CATEGORIA &amp;#8220;O&amp;#8221;) NA REDE DE ASSISTÊNCIA DO IAMPSE.</t>
   </si>
   <si>
     <t>8457</t>
   </si>
   <si>
     <t>SOLICITA SEJAM OFICIADOS O DR. GERALDO ALCKMIN FILHO, GOVERNADOR DO ESTADO E O PROF. DR. JOSÉ RENATO NALINI, SECRETÁRIO DE ESTADO DA EDUCAÇÃO, PARA QUE ELABOREM UM PROJETO DE LEI COMPLEMENTAR COM O INTUITO DE ESTENDER AOS PROFESSORES CONTRATADOS PELA LEI COMPLEMENTAR Nº 1.093, DE 16 DE JULHO DE 2009 (CATEGORIA &amp;#8220;O&amp;#8221;) OS MESMOS BENEFÍCIOS CONCEDIDOS AOS DOCENTES ADMITIDOS EM CARÁTER TEMPORÁRIO, INCLUSIVE COM UMA NECESSÁRIA ESTABILIDADE PROFISSIONAL.</t>
   </si>
   <si>
     <t>8458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8458/8458_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8458/8458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. MILTON MONTI, SUA INTERFERÊNCIA JUNTO À FUNDAÇÃO BIBLIOTECA NACIONAL - DEPARTAMENTO NACIONAL DO LIVRO, COM O OBJETIVO DE PROCEDER À DOAÇÃO DE LIVROS DE LITERATURA À BIBLIOTECA PÚBLICA MUNICIPAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8459/8459_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8459/8459_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. MILTON MONTI, SUA INTERFERÊNCIA JUNTO AO DR. SÉRGIO SÁ LEITÃO, MINISTRO DE ESTADO DA CULTURA, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE NOVOS UNIFORMES E INSTRUMENTOS MUSICAIS PARA A BANDA MARCIAL DE ADAMANTINA (BAMAD).</t>
   </si>
   <si>
     <t>8515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8515/8515_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8515/8515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE UM IMÓVEL REFERIDO NO REQUERIMENTO Nº 854/18 DE 22/02/18, ONDE O PROPRIETÁRIO SOLICITOU SUBSÍDIO AO MUNICÍPIO SOBRE SEU IMÓVEL E CONSIDERANDO AINDA QUE O IMÓVEL MENCIONADO FOI ADQUIRIDO E A RESIDÊNCIA FOI DEMOLIDA COM OBJETIVO DE LIVRAR O ESCOAMENTO DAS ÁGUAS PLUVIAIS DA AL. DOS EXPEDICIONÁRIOS A FIM DE REDUZIR OS ALAGAMENTOS DA RUA.</t>
   </si>
   <si>
     <t>8516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8516/8516_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8516/8516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) PORQUE HOUVE SUPERÁVIT FINANCEIRO DE R$ 1.817.570,81 (UM MILHÃO, OITOCENTOS E DEZESSETE MIL, QUINHENTOS E SETENTA REAIS E OITENTA E UM CENTAVOS)? 2) QUAL A SITUAÇÃO FINANCEIRA ATUAL DO MUNICÍPIO? SOLICITO BALANÇO DISCRIMINADO DE JANEIRO DE 2018 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>8517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8517/8517_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8517/8517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: COMO ESTÁ O ANDAMENTO DA EXTENSÃO DA ILUMINAÇÃO DE 02 (DOIS) POSTES NA AV. EUCLIDES ROMANINI, NO BAIRRO LAGOA SECA?</t>
   </si>
   <si>
     <t>8518</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8518/8518_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8518/8518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO REITOR DA UNIFAI: COMO ESTÁ O ESTÁGIO DOS ALUNOS QUE CURSAM AGRONOMIA NA UNIFAI? QUAIS AS PROPRIEDADES JÁ VISITADAS NO CORRENTE ANO, PELO MENOS COMO ESTÁGIO? QUAL A META DA COORDENAÇÃO DO CURSO NA ATIVIDADE PRÁTICA ATÉ O FINAL DO ANO?</t>
   </si>
   <si>
     <t>8519</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8519/8519_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8519/8519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES AO REITOR DA UNIFAI: COMO ESTÁ SENDO UTILIZADO O TRAILER MÓVEL DA UNIFAI DESTINADO AO CURSO DE MEDICINA? EM QUAIS BAIRROS JÁ FORAM REALIZADAS ESSAS ATIVIDADES ATÉ HOJE?</t>
   </si>
   <si>
     <t>8520</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8520/8520_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8520/8520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAL O MOTIVO DA FALTA DE MÉDICO NO ESF (POSTO DE SAÚDE) DO JARDIM ADAMANTINA?</t>
   </si>
   <si>
     <t>8521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8521/8521_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8521/8521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO EMENDA NO VALOR DE R$ 300.000,00, PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA NOS BAIRROS PERIFÉRICOS DE NOSSA CIDADE QUE SE ENCONTRAM COM A MALHA ASFÁLTICA EM PÉSSIMO ESTADO DE CONSERVAÇÃO.</t>
   </si>
   <si>
     <t>8522</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8522/8522_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8522/8522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: EM QUE ESTÁGIO SE ENCONTRA A CONSTRUÇÃO DOS VESTIÁRIOS E BANHEIROS DA ÁREA DE LAZER DO JARDIM ADAMANTINA? EXISTE UMA DATA LIMITE PARA A ENTREGA DAS OBRAS PARA A COMUNIDADE? QUAIS FORAM OS MOTIVOS DA PARALISAÇÃO DAS OBRAS?</t>
   </si>
   <si>
     <t>8523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8523/8523_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8523/8523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE A REFORMA DO CENTRO COMUNITÁRIO DO JARDIM ADAMANTINA: 1) POR QUE A PROMETIDA OBRA AINDA NÃO FOI INICIADA? 2) A PREFEITURA TEM PREVISÃO DE QUANDO OS SERVIÇOS SERÃO INICIADOS?</t>
   </si>
   <si>
     <t>8524</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8524/8524_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8524/8524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANTOS TERRENOS EXISTEM AINDA NA CIDADE QUE PODEM SER DESMEMBRADOS, CASO SEJA APROVADO O PROJETO DE LEI QUE VISA AUTORIZAR O DESMEMBRAMENTO ATÉ 125 METROS?</t>
   </si>
   <si>
     <t>8525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8525/8525_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8525/8525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANTOS CARNÊS DE IPTU FORAM ANALISADOS E REFEITOS DECORRENTES DE ERROS OBSERVADOS PELOS CONTRIBUINTES NAS METRAGENS DOS IMÓVEIS?</t>
   </si>
   <si>
     <t>8526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8526/8526_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8526/8526_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES EM RELAÇÃO À RECENTE DIVULGAÇÃO DA MORTE DE UMA CRIANÇA DE ADAMANTINA OCORRIDA NO DIA 2 DE ABRIL PASSADO: QUAIS MEDIDAS CAUTELARES, NO CAMPO DA SAÚDE PÚBLICA, FORAM ADOTADAS DIANTE DESSA HIPÓTESE? EXISTEM OUTRAS AÇÕES QUE EVENTUALMENTE POSSAM SER ADOTADAS DENTRO DO PROTOCOLO PARA ESTA DOENÇA, CASO OCORRA A CONFIRMAÇÃO DA MESMA? EM HAVENDO POSITIVAÇÃO PARA A DOENÇA E CONSIDERANDO OCORRÊNCIA SIMILAR EM NOVEMBRO PASSADO, TAMBÉM VITIMANDO FATALMENTE UMA CRIANÇA, O CENÁRIO É DE PREOCUPAÇÃO? COMO A SAÚDE PÚBLICA DO MUNICÍPIO DE ADAMANTINA SE POSICIONA, NESSE EVENTUAL CONTEXTO?</t>
   </si>
   <si>
     <t>8527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8527/8527_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8527/8527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INFORMAÇÕES SOBRE COMO A SECRETARIA MUNICIPAL DE SAÚDE SE ORGANIZA PARA AÇÕES DE REVISÃO/MANUTENÇÃO DIÁRIA DE SUA FROTA, PARA QUE CIRCULE COM CONDIÇÕES DE SEGURANÇA PARA OS FUNCIONÁRIOS/MOTORISTAS E PACIENTES TRANSPORTADOS, CONSIDERANDO A OCORRÊNCIA DE SINISTRO ENVOLVENDO AMBULÂNCIA DO MUNICÍPIO DE ADAMANTINA. </t>
   </si>
   <si>
     <t>8528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8528/8528_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8528/8528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES SOBRE O SISTEMA DE TRANSPORTE ESCOLAR MUNICIPAL: A) QUAL É O NÚMERO MÉDIO DE CRIANÇAS E ADOLESCENTES QUE SÃO TRANSPORTADOS POR VEÍCULO, REFERENTE AO TRANSPORTE ESCOLAR DOS ALUNOS MATRICULADOS NAS REDES MUNICIPAL E ESTADUAL DE EDUCAÇÃO, COM ÔNIBUS DA FROTA MUNICIPAL? QUANTOS ÔNIBUS SÃO UTILIZADOS NESSE TRANSPORTE ESCOLAR? EM QUAIS PERÍODOS? B) QUAL É O NÚMERO MÉDIO DE CRIANÇAS E ADOLESCENTES QUE SÃO TRANSPORTADOS POR VEÍCULO, REFERENTE AO TRANSPORTE ESCOLAR DOS ALUNOS MATRICULADOS NAS REDES MUNICIPAL E ESTADUAL DE EDUCAÇÃO, COM ÔNIBUS DE EMPRESA CONTRATADA PARA ESSA FINALIDADE? QUAL É A EMPRESA RESPONSÁVEL PELO TRANSPORTE ESCOLAR? QUANTOS ÔNIBUS SÃO UTILIZADOS NESSE TRANSPORTE? EM QUAIS PERÍODOS? C) A PREFEITURA POSSUI QUANTOS MONITORES DE TRANSPORTE ESCOLAR EM ATIVIDADE NO TRANSPORTE ESCOLAR?  EM QUANTOS E QUAIS VEÍCULOS E PERÍODOS OS MONITORES DE TRANSPORTE ESCOLAR ATUAM?</t>
   </si>
   <si>
     <t>8529</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8529/8529_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8529/8529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL, SUA INTERFERÊNCIA JUNTO AO DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, OBJETIVANDO A REGULAMENTAÇÃO DA UTILIZAÇÃO DO TEMPO DE SERVIÇO PRESTADO NA CONDIÇÃO DE PROFESSORES CONTRATADOS (CATEGORIA &amp;#8220;O&amp;#8221;), NA VIDA FUNCIONAL DOS DOCENTES EFETIVOS PARA TODOS OS FINS, INCLUSIVE PARA A EVOLUÇÃO FUNCIONAL PELA VIA NÃO ACADÊMICA.</t>
   </si>
   <si>
     <t>8530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8530/8530_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8530/8530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL, SUA INTERFERÊNCIA JUNTO AO DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, OBJETIVANDO A ELABORAÇÃO DE UM PROJETO DE LEI COMPLEMENTAR COM O INTUITO DE INCLUIR OS PROFESSORES CONTRATADOS NA REDE DE ASSISTÊNCIA DO IAMPSE.</t>
   </si>
   <si>
     <t>8531</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8531/8531_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8531/8531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: A) A PREFEITURA MUNICIPAL ADOTOU ALGUMA PRECAUÇÃO NO SENTIDO DE SE EXIGIR NO INSTRUMENTO CONVOCATÓRIO ALGUMAS DAS GARANTIAS PREVISTAS NO ARTIGO 56 DA LEI Nº. 8666/93, OU SEJA, CAUÇÃO EM DINHEIRO OU EM TÍTULOS DA DÍVIDA PÚBLICA, SEGURO-GARANTIA OU FIANÇA BANCÁRIA? EM CASO POSITIVO, QUAL FOI À GARANTIA EXIGIDA PELA ADMINISTRAÇÃO MUNICIPAL E SE FOI CUMPRIDA PELA REFERIDA EMPRESA? B) CASO O EXECUTIVO MUNICIPAL NÃO TENHA EXIGIDO AS GARANTIAS PREVISTAS NA REFERIDA LEGISLAÇÃO, QUAL FOI O MOTIVO PELA QUAL ESSA GARANTIA NÃO FOI EXIGIDA, HAJA VISTA O HISTÓRICO DAS DIFICULDADES APRESENTADAS PELA EMPRESA TN OKA TECNOLOGIA DE CONSTRUÇÕES LTDA EPP NA EXECUÇÃO DE OBRAS RECENTES EM NOSSA CIDADE?</t>
   </si>
   <si>
     <t>8532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8532/8532_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8532/8532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DER, POR MEIO DE SUA DIRETORIA REGIONAL DE PRESIDENTE PRUDENTE, AS SEGUINTES SOLICITAÇÕES: A) QUE SEJA REALIZADA A URGENTE E ADEQUADA SINALIZAÇÃO NOS ACESSOS DE ENTRADA E SAÍDA DO BAIRRO RURAL TUCURUVI, NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS (SP-294), ALTURA/IMEDIAÇÕES DO QUILÔMETRO 598/599. B) SE SEJA DESENVOLVIDO ESTUDO TÉCNICO PARA IMPLANTAÇÃO DE DISPOSITIVO DE ACESSO COMPATÍVEL COM AS CARACTERÍSTICAS DO LUGAR. C) QUE SEJAM PROMOVIDOS OS DEVIDOS REPAROS NA ROTATÓRIA DA SP-294, QUE DÁ ACESSO À RODOVIA PLÁCIDO ROCHA, EM RAZÃO DE ACÚMULO DE ÁGUA DE CHUVA SOBRE A PISTA.</t>
   </si>
   <si>
     <t>8533</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8533/8533_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8533/8533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUAL A SITUAÇÃO DOS TERRENOS DA ÁREA COMERCIAL E INDUSTRIAL VALENTIM GATTI QUE JÁ FORAM LICITADOS? POR QUE AINDA NÃO FORAM LIBERADOS? O QUE FALTA PARA ENTREGAR PARA OS INTERESSADOS COMEÇAREM AS OBRAS?</t>
   </si>
   <si>
     <t>8576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8576/8576_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8576/8576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL CEZINHA DE MADUREIRA SUA INTERCESSÃO JUNTO AO GOVERNADOR DO ESTADO DE SÃO PAULO, EXMº. SR. MÁRCIO FRANÇA, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 300.000,00, PARA SEREM DESTINADOS NA COMPRA DE EQUIPAMENTOS E CUSTEIO NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>8577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8577/8577_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8577/8577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL WALTER S. IHOSHI, SUA INTERCESSÃO JUNTO AO GOVERNO FEDERAL, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00 PARA OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8578</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8578/8578_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8578/8578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUAIS OS CRITÉRIOS ADOTADOS NA MUDANÇA DE REFERÊNCIA SALARIAL FEITA PELA PREFEITURA NO ANO DE 2000, QUANDO ALTEROU A REFERÊNCIA DE 5 PARA 6 AOS OCUPANTES DOS CARGOS DE TRATORISTAS, MOTORISTAS E ENCANADORES, DEIXANDO DE FORA OS OCUPANTES DO CARGO DE PEDREIRO?</t>
   </si>
   <si>
     <t>8579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8579/8579_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8579/8579_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAL O REAL VALOR REPASSADO PELO ESTADO, ATÉ O PRESENTE MÊS, SOBRE O IPVA?</t>
   </si>
   <si>
     <t>8580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8580/8580_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8580/8580_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUAL O DESTINO QUE O EXECUTIVO PRETENDE DAR À ÁREA DE TERRA ADQUIRIDA NA ADMINISTRAÇÃO PASSADA LOCALIZADA NA ESTRADA VICINAL ADM 375 JOSÉ MANOEL DA SILVA, SENDO QUE O DESTINO, NA ÉPOCA, ERA PARA CONSTRUÇÃO DE CASAS POPULARES? O LOCAL ESTÁ SENDO EMPRESTADO OU ALUGADO PARA PASTO DE BOVINOS? A RESIDÊNCIA DA REFERIDA PROPRIEDADE ESTÁ OCUPADA? A PREFEITURA RECEBE ALGUM RECURSO COMO FORMA DE ALUGUEL?</t>
   </si>
   <si>
     <t>8581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8581/8581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8581/8581_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) O CENTRO COMUNITÁRIO DO JARDIM AMÉRICA É PATRIMÔNIO DO MUNICÍPIO? 2) EXISTE INFORMAÇÃO NESTA PREFEITURA DE QUE HÁ UMA DIRETORIA RESPONSÁVEL PELA ADMINISTRAÇÃO DO ESPAÇO? 3) HAVERIA POSSIBILIDADE DAQUELE ESPAÇO SER UTILIZADO PARA OUTROS FINS?</t>
   </si>
   <si>
     <t>8582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8582/8582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8582/8582_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) A PREFEITURA FORNECE CERTIDÕES NEGATIVAS DE DÉBITO (CND) PARA PESSOAS FÍSICAS E JURÍDICAS PELO SITE DA PREFEITURA? 2) EM CASO NEGATIVO, POR QUE NÃO É REALIZADO ESTE SERVIÇO? EXISTE A POSSIBILIDADE DE O MUNICÍPIO INCLUIR ESSA FERRAMENTA PARA FACILITAR E AGILIZAR A EMISSÃO DESTES DOCUMENTOS?</t>
   </si>
   <si>
     <t>8583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8583/8583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8583/8583_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES AO REITOR DA UNIFAI: AS SEGUINTES INFORMAÇÕES: 1) COMO É REALIZADA A ATRIBUIÇÃO DE AULAS AOS PROFESSORES DA UNIFAI? 2) EXISTE ALGUM TIPO DE REGULAMENTAÇÃO QUE CLASSIFICA O PROFESSOR, POR EXEMPLO, POR TEMPO DE SERVIÇO, TITULAÇÃO OU PRODUÇÕES ACADÊMICAS? 3) CASO CONTRÁRIO EXISTE A INTENÇÃO DE ELABORAR ALGO DO TIPO, VISANDO INCENTIVAR AOS DOCENTES DA INSTITUIÇÃO?</t>
   </si>
   <si>
     <t>8584</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8584/8584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8584/8584_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) A CONSTRUÇÃO DO BLOCO V DO CAMPUS II DA UNIFAI TEVE ADITAMENTOS? 2) SE SIM, QUAIS FORAM? QUAIS AS JUSTIFICATIVAS? 3) QUAL O TEOR DO RELATÓRIO DO PROCESSO Nº 00006284.989.18-3 DO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO E QUAL O POSICIONAMENTO DA AUTARQUIA PERANTE OS APONTAMENTOS? 4) SOLICITAMOS CÓPIA INTEGRAL DO EMPENHO DA REFERIDA OBRA, BEM COMO DO RELATÓRIO E DA RESPOSTA DA UNIFAI EM QUESTÃO. 5) A COMISSÃO NOMEADA PELA PORTARIA Nº 006/2018 TEM RELATADO SOBRE O ANDAMENTO DA OBRA? REQUEREMOS OS PARECERES DA COMISSÃO SOBRE A OBRA, EM OBSERVÂNCIA À PORTARIA MENCIONADA.</t>
   </si>
   <si>
     <t>8585</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Aguinaldo Pires Galvão, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8585/8585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8585/8585_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) SOBRE A CONSTRUÇÃO DOS BANHEIROS (VESTIÁRIOS) INICIADOS NO PARQUE DOS CALDEIRAS E NO JARDIM ADAMANTINA, QUAL A SITUAÇÃO DAS OBRAS INICIADAS E NÃO FINALIZADAS? 2) QUAL O MOTIVO PARA O INTERRUPÇÃO DAS OBRAS? 3) QUAIS OS VALORES GASTOS? SOLICITO CÓPIA DE TODO PROCESSO DAS OBRAS MENCIONADAS (DISCRIMINANDO TODOS OS VALORES E AS FONTES DE RECURSOS).</t>
   </si>
   <si>
     <t>8586</t>
   </si>
   <si>
     <t>ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8586/8586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8586/8586_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) ATUALMENTE, HAJA VISTA O ORDENAMENTO JURÍDICO EXISTENTE, QUAL O ENTENDIMENTO DO MUNICÍPIO SOBRE A POSSIBILIDADE DA INSTALAÇÃO DE CEMITÉRIOS PARTICULARES? 2) SOB A ÓTICA DA ATUAL GESTÃO, QUAL SERIA A FORMA MAIS ADEQUADA DE EVENTUALMENTE AUTORIZAR A REFERIDA INSTALAÇÃO?</t>
   </si>
   <si>
     <t>8587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8587/8587_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8587/8587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: COMO SE PROCEDE À FISCALIZAÇÃO POR PARTE DO MUNICÍPIO DE ADAMANTINA ACERCA DAS OPERAÇÕES TAPA-BURACOS EM VIAS PÚBLICAS E REPAROS EM PASSEIOS PÚBLICOS, DECORRENTES DAS OBRAS E SERVIÇOS DE ÁGUA E ESGOTO OPERADOS NO MUNICÍPIO PELA CONCESSIONÁRIA? QUAL É A REFERÊNCIA TÉCNICA E/OU NORMATIZAÇÃO DESSES SERVIÇOS, ADOTADOS NO CONTRATO E/OU OUTRO TERMO, FIRMADO ENTRE O MUNICÍPIO E A CONCESSIONÁRIA? EXISTE UMA COMUNICAÇÃO POR PARTE DA CONCESSIONÁRIA, ACERCA DAS OBRAS E SERVIÇOS DE ÁGUA E ESGOTO, INCLUSIVE MANUTENÇÕES, PARA POSTERIOR ACOMPANHAMENTO E FISCALIZAÇÃO PELO MUNICÍPIO?</t>
   </si>
   <si>
     <t>8588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8588/8588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8588/8588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A CONTRATAÇÃO DE ENGENHEIRO DE SEGURANÇA DO TRABALHO E/OU PESSOA JURÍDICA COM A COMPETENTE ATRIBUIÇÃO PARA EMISSÃO DE LAUDO TÉCNICO DE PERICULOSIDADE, LAUDO TÉCNICO DE INSALUBRIDADE, LAUDO TÉCNICO DE CONDIÇÕES AMBIENTAIS DO TRABALHO E PERFIL PROFISSIOGRÁFICO PREVIDENCIÁRIO. NA EVENTUAL MANIFESTAÇÃO NEGATIVA, SOLICITAMOS AS JUSTIFICATIVAS PARA A MESMA.</t>
   </si>
   <si>
     <t>8589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8589/8589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8589/8589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: O MUNICÍPIO TEM CIÊNCIA ACERCA DOS RECURSOS FINANCEIROS DISPONÍVEIS JUNTO AO SISTEMA REGISTRO NACIONAL DE INFRAÇÕES DE TRÂNSITO &amp;#8211; RENAINF, DECORRENTES DE MULTAS DE TRÂNSITO APLICADAS EM OUTROS ESTADOS DA FEDERAÇÃO, A VEÍCULOS COM PLACAS DE ADAMANTINA? SE POSITIVO, TEM BUSCADO ROTINEIRAMENTE ACESSAR ESSES RECURSOS PARA APLICÁ-LOS EM NOSSA CIDADE, EM SINALIZAÇÃO, ENGENHARIA DE TRÁFEGO, DE CAMPO, POLICIAMENTO, FISCALIZAÇÃO E EDUCAÇÃO DE TRÂNSITO, COMO DISCIPLINA O ARTIGO 320 DO CÓDIGO DE TRÂNSITO BRASILEIRO? NA EVENTUALIDADE DAS RESPOSTAS SEREM NEGATIVAS, COMO O MUNICÍPIO PRETENDE ATUAR, PARA ACESSAR ESSES RECURSOS?</t>
   </si>
   <si>
     <t>8590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8590/8590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8590/8590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A UNIFAI: 1 &amp;#8211; A ATUAL NOMEAÇÃO PARA DESEMPENHAR A FUNÇÃO DE PRÓ-REITOR DE PESQUISA E PÓS-GRADUAÇÃO ATENDE AO DISPOSTO NO § 1º DO ARTIGO 21 DO REGIMENTO GERAL DO CENTRO UNIVERSITÁRIO ADAMANTINA? 2 &amp;#8211; SOLICITO CÓPIA DO SISTEMA DE REGISTRO FUNCIONAL COM A DATA DE ADMISSÃO E DA RESPECTIVA PORTARIA DE NOMEAÇÃO PARA AS FUNÇÕES DE PRÓ-REITOR DE PESQUISA E PÓS-GRADUAÇÃO.</t>
   </si>
   <si>
     <t>8591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8591/8591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8591/8591_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A UNIFAI: 1 &amp;#8211; DENTRE AS FUNÇÕES ACADÊMICAS E FUNÇÕES ADMINISTRATIVAS, COMO SE DÁ O CONTROLE DE PONTO DESSE PESSOAL? 2 &amp;#8211; DAS DEMAIS FUNÇÕES QUE INTEGRAM O QUADRO DE PESSOAL, COMO SE DÁ O CORRESPONDENTE CONTROLE DE PONTO? 3 &amp;#8211; TAL DINÂMICA PARA CONTROLE DE PONTOS, DISCRIMINADA NOS ITENS 1 E 2, SÃO CONSIDERADAS EFICIENTES?</t>
   </si>
   <si>
     <t>8592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8592/8592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8592/8592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A UNIFAI: 1 &amp;#8211; RELATÓRIO DE PATRIMÔNIO REFERENTE AOS 2 ÚLTIMOS ANOS; 2 &amp;#8211; RELAÇÃO DE BAIXA, COM A DISCRIMINAÇÃO DOS BENS BAIXADOS DO PATRIMÔNIO NOS ÚLTIMOS 4 ANOS.</t>
   </si>
   <si>
     <t>8593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8593/8593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8593/8593_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES SOBRE A UNIFAI: 1 &amp;#8211; RELAÇÃO COMPLETA DE TODOS OS TELEFONES CORPORATIVOS DA UNIFAI UTILIZADOS POR FUNCIONÁRIOS DA INSTITUIÇÃO, DISCRIMINANDO: NÚMERO DO TELEFONE, FUNCIONÁRIO, FUNÇÃO QUE EXERCE E VALOR DAS FATURAS INDIVIDUAIS DOS ÚLTIMOS 12 MESES.</t>
   </si>
   <si>
     <t>8594</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8594/8594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8594/8594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: COMO TEM SIDO REALIZADA A FISCALIZAÇÃO DE CAÇAMBAS, CONFORME DISCIPLINA A LEI MUNICIPAL Nº 3.761, DE 25 DE MAIO DE 2017, QUE DISPÕE SOBRE A REGULAMENTAÇÃO DA COLETA DE ENTULHOS NAS OBRAS DE CONSTRUÇÃO, REFORMA E DEMOLIÇÃO, EM ESPECIAL ÀS EXIGÊNCIAS DEFINIDAS NOS ARTIGOS 2º, 3º E 5º DA PRESENTE LEGISLAÇÃO? EM RELAÇÃO À APLICAÇÃO DAS PENALIDADES PREVISTAS NO ARTIGO 7º DA MESMA NORMA, HÁ OCORRÊNCIAS QUE RESULTARAM NA EFETIVAÇÃO DAS SANÇÕES? SE POSITIVO, RELACIONAR OS EXPEDIENTES ADMINISTRATIVOS ADOTADOS.</t>
   </si>
   <si>
     <t>8595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8595/8595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8595/8595_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO, SUA INTERFERÊNCIA JUNTO AO DR. FRANCISCO SÉRGIO FERREIRA JARDIM, SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO DE SÃO PAULO, OBJETIVANDO A LIBERAÇÃO DE KITS DE SEMENTES DE HORTALIÇAS A SEREM DISTRIBUÍDOS ÀS ENTIDADES ASSISTENCIAIS, UNIDADES ESCOLARES E COMUNIDADES DO NOSSO MUNICÍPIO QUE MANTÊM PROGRAMAS DE HORTAS COMUNITÁRIAS EM SEUS DOMÍNIOS.</t>
   </si>
   <si>
     <t>8596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8596/8596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8596/8596_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: A) A PREFEITURA MUNICIPAL ADOTOU ALGUMA PRECAUÇÃO NO SENTIDO DE SE EXIGIR NO INSTRUMENTO CONVOCATÓRIO ALGUMAS DAS GARANTIAS PREVISTAS NO ARTIGO 56 DA LEI Nº. 8666/93? EM CASO POSITIVO, QUAL FOI À GARANTIA EXIGIDA PELA ADMINISTRAÇÃO MUNICIPAL E SE FOI CUMPRIDA PELA REFERIDA EMPRESA? B) CASO O EXECUTIVO MUNICIPAL NÃO TENHA EXIGIDO AS GARANTIAS PREVISTAS NA REFERIDA LEGISLAÇÃO, QUAL FOI O MOTIVO PELA QUAL ESSA GARANTIA NÃO FOI EXIGIDA, HAJA VISTA O HISTÓRICO DAS DIFICULDADES APRESENTADAS PELA EMPRESA T.N. OKA TECNOLOGIA DE CONSTRUÇÕES EIRELI - EPP NA EXECUÇÃO DE OBRAS RECENTES EM NOSSA CIDADE?</t>
   </si>
   <si>
     <t>8597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8597/8597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8597/8597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO, SUA INTERFERÊNCIA JUNTO AO DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, PARA QUE SEJA RETOMADO O PROCESSO DE PROMOÇÃO POR MÉRITO AOS INTEGRANTES DO QUADRO DO MAGISTÉRIO PAULISTA.</t>
   </si>
   <si>
     <t>8598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8598/8598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8598/8598_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL ED THOMAS, SUA INTERFERÊNCIA JUNTO AO DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, OBJETIVANDO A INCLUSÃO DE FORMA OFICIAL NO PROGRAMA ESTADUAL DE MELHORIAS DE VICINAIS NÃO ASFALTADAS, RECURSOS FINANCEIROS VISANDO À PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA 14 DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8599/8599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8599/8599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) TODOS OS PARQUINHOS INFANTIS DOS BAIRROS RECEBERAM OS SERVIÇOS NECESSÁRIOS DE REFORMA E ADEQUAÇÃO DE SEGURANÇA? 2) QUANTOS AINDA CONTINUAM INTERDITADOS NO MUNICÍPIO? 3) O PARQUINHO DA PRAÇA DA ESTAÇÃO RODOVIÁRIA, CONHECIDO COMO &amp;#8220;PARQUE DO FOGUETE&amp;#8221; AINDA ESTÁ INTERDITADO? POR QUAL MOTIVO AINDA NÃO FOI REFORMADO E ADEQUADO JUNTO COM OS DEMAIS? EXISTE PREVISÃO PARA QUE SEJA RESTAURADO E DEVOLVIDO PARA A POPULAÇÃO?</t>
   </si>
   <si>
     <t>8600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8600/8600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8600/8600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS OS TRABALHOS DE ACOMPANHAMENTO ÀS GESTANTES QUE ESTÃO SENDO REALIZADOS VISANDO À QUEDA DA TAXA DE MORTALIDADE INFANTIL EM NOSSO MUNICÍPIO?</t>
   </si>
   <si>
     <t>8601</t>
   </si>
   <si>
     <t>Eder do Nascimento Ruete, ACACIO ROCHA, Aguinaldo Pires Galvão, EDUARDO FIORILLO, JOÃO DAVOLI, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8601/8601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8601/8601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DIRETOR REGIONAL DO DER, SENHOR JOÃO AUGUSTO RIBEIRO, OBJETIVANDO ENCAMINHAR A ESTA CASA OS PROJETOS DOS TREVOS E MARGINAL ACERTADOS EM REUNIÃO NO ÚLTIMO DIA 19 DE ABRIL, CONFORME SEGUE: 1) TREVO DE ACESSO À ÁREA INDUSTRIAL E COMERCIAL VALENTIM GATTI, NA SP 294; 2) TREVO DO BAIRRO TUCURUVI, NA SP 294; 3) MARGINAL NA SP 294, TRECHO DO TREVO DA UNIFAI &amp;#8211; CAMPUS II (LUZIA MINUTTI) ATÉ O TREVO EUCLIDES RAVAZI, SENTIDO ADAMANTINA &amp;#8211; FLÓRIDA PAULISTA.</t>
   </si>
   <si>
     <t>8602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8602/8602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8602/8602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: ENCAMINHAR CÓPIA DE TODO O PROCESSO LICITATÓRIO DA EMPRESA VENCEDORA PARA A REALIZAÇÃO DA EXPOVERDE 2018 EM ADAMANTINA.</t>
   </si>
   <si>
     <t>8632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8632/8632_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8632/8632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUANTOS FUNCIONÁRIOS TRABALHAM COMO FRENTISTA NO ALMOXARIFADO? NOS FINAIS DE SEMANA E FERIADOS É FEITO RODÍZIO DOS FUNCIONÁRIOS? COMO É FEITO O PAGAMENTO DE HORAS-EXTRAS AOS FRENTISTAS?</t>
   </si>
   <si>
     <t>8633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8633/8633_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8633/8633_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE O PROJETO DE DESENVOLVIMENTO RURAL SUSTENTÁVEL MICRO BACIAS MELHOR CAMINHO DA ESTRADA ADM 332, QUE LIGA A RODOVIA PLÁCIDO ROCHA À ESTRADA DO PRATA: OS SERVIÇOS QUE NÃO FORAM REALIZADOS EM RAZÃO DO PERÍODO CHUVOSO JÁ FORAM REALIZADOS, DE MODO QUE A EXECUÇÃO ATENDA O PLANO DE TRABALHO APROVADO? FOI EFETUADO OUTRO PAGAMENTO APÓS NOVA MEDIÇÃO E VISTORIA DA OBRA PELO RESPONSÁVEL PELA UNIDADE TÉCNICA DE ENGENHARIA? QUAL O PRAZO FINAL PARA ENTREGA DA OBRA DENTRO DO PROJETO APROVADO, QUE É DE 09 (NOVE) METROS DE LARGURA?</t>
   </si>
   <si>
     <t>8634</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8634/8634_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8634/8634_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. JOÃO AUGUSTO RIBEIRO, DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, SE DIGNE DETERMINAR A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NA SP 294 &amp;#8211; RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, PROXIMIDADES DO &amp;#8220;TREVO EUCLIDES RAVAZI&amp;#8221;, INDICANDO ACESSO AO CENTRO DE ADAMANTINA PELO PROLONGAMENTO DA AVENIDA RIO BRANCO.</t>
   </si>
   <si>
     <t>8635</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8635/8635_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8635/8635_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: EM QUE FASE ENCONTRA-SE A TRAMITAÇÃO DA CONCRETIZAÇÃO DAS ACADEMIAS AO AR LIVRE CONQUISTADAS PELA ADMINISTRAÇÃO MUNICIPAL NO ANO PASSADO E SUA RESPECTIVA IMPLANTAÇÃO NOS BAIRROS JARDIM BRASIL, VILA FREITAS E JARDIM DAS ACÁCIAS? HÁ ALGUMA PREVISÃO?</t>
   </si>
   <si>
     <t>8636</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8636/8636_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8636/8636_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) EM QUAL PROCEDIMENTO SE ENCONTRA A SOLICITAÇÃO REALIZADA PELO NÚCLEO DE APOIO À VIDA DE ADAMANTINA, ATRAVÉS DO OFÍCIO Nº 02/2018? 2) EXISTE A INTENSÃO DO MUNICÍPIO EM COLABORAR COM ESSA NOBRE CAUSA? 3) REQUEIRO SEJA DADA A DEVIDA RESPOSTA E ATENÇÃO AO PROTOCOLO MENCIONADO.</t>
   </si>
   <si>
     <t>8637</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8637/8637_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8637/8637_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES SOBRE O CONVÊNIO DE PAVIMENTAÇÃO DE VIAS DA AL. PADRE NÓBREGA, CONJUNTO OITI E JARDIM PRIMAVERA: 1) NO QUE SE REFERE ÀS CALÇADAS QUE SERÃO CONSTRUÍDAS, EXISTIRÃO PONTOS OCIOSOS EM QUE AS CALÇADAS NÃO SERÃO CONSTRUÍDAS DE FORMA A PREENCHER O TODO O ESPAÇO EXISTENTE? 2) EM CASO POSITIVO, CONSIDERANDO QUE A EXECUÇÃO PARCIAL DOS SERVIÇOS PODE COMPROMETER A QUALIDADE E A DURABILIDADE DA OBRA, O MUNICÍPIO PRETENDE REALIZAR ADITAMENTO NO CONVÊNIO OU, SE FOR O CASO, FINALIZAR A CONSTRUÇÃO DAS CALÇADAS QUE EVENTUALMENTE NÃO SEJAM CONSTRUÍDAS POR COMPLETO? 3) SOLICITO QUE O MUNICÍPIO VERIFIQUE A QUESTÃO, EM ESPECIAL NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>8638</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8638/8638_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8638/8638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SECRETÁRIO DE ESTADO DA CULTURA, ROMILDO CAMPELLO, EXPLICAÇÕES SOBRE A EXCLUSÃO DE ADAMANTINA DA PROGRAMAÇÃO DO CIRCUITO CULTURAL PAULISTA.</t>
   </si>
   <si>
     <t>8639</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8639/8639_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8639/8639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O MUNICÍPIO DE ADAMANTINA NOTIFIQUE AS INSTITUIÇÕES BANCÁRIAS LOCAIS, PARA O INTEGRAL CUMPRIMENTO DA LEI Nº 13.204, DE 14 DE DEZEMBRO DE 2015, QUE FALA DO REGIME JURÍDICO DAS PARCERIAS VOLUNTÁRIAS, ENVOLVENDO OU NÃO TRANSFERÊNCIAS DE RECURSOS FINANCEIROS ENTRE A ADMINISTRAÇÃO PÚBLICA E AS ORGANIZAÇÕES DA SOCIEDADE CIVIL, EM REGIME DE MÚTUA COOPERAÇÃO, PARA A CONSECUÇÃO DE FINALIDADES DE INTERESSE PÚBLICO.</t>
   </si>
   <si>
     <t>8640</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8640/8640_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8640/8640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES PARA QUE DETERMINE AO DEPARTAMENTO MUNICIPAL DE FISCALIZAÇÃO A NOTIFICAÇÃO E EVENTUAIS MEDIDAS CABÍVEIS A TODAS AS EMPRESAS QUE SE UTILIZAM DE PASSEIOS PÚBLICOS PARA EXPOSIÇÃO DE OBJETOS À VENDA.</t>
   </si>
   <si>
     <t>8641</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8641/8641_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8641/8641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÃO SOBRE QUAIS MEDIDAS O MUNICÍPIO DE ADAMANTINA PRETENDE ADOTAR PARA RESOLVER O PROBLEMA NA VAZÃO DE GALERIA DE ÁGUAS PLUVIAIS AO FINAL DA RUA AMAZONAS, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>8642</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8642/8642_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8642/8642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÃO AO DEPARTAMENTO MUNICIPAL DE FISCALIZAÇÃO SOBRE A NOTIFICAÇÃO E EVENTUAIS MEDIDAS CABÍVEIS A TODAS AS EMPRESAS DETENTORAS DOS PAINÉIS DE OUTDOOR EM ADAMANTINA PARA QUE, AO SUBSTITUIR O MATERIAL PUBLICITÁRIO, RECOLHAM INTEGRALMENTE OS RESÍDUOS, FICANDO SUJEITAS ÀS PENAS E IMPLICAÇÕES PREVISTAS NA LEGISLAÇÃO VIGENTE.</t>
   </si>
   <si>
     <t>8643</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8643/8643_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8643/8643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. ANDRÉS SANCHEZ, SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, COM O OBJETIVO DE LIBERAR RECURSO EXTRA ORÇAMENTÁRIO NO VALOR DE R$ 500 MIL REAIS, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8644</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8644/8644_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8644/8644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL DRA. MARTA COSTA, SUA INTERCESSÃO JUNTO AO DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, OBJETIVANDO A LIBERAÇÃO DE UMA AMBULÂNCIA UTI PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8645</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8645/8645_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8645/8645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO, SUA INTERFERÊNCIA JUNTO AO DR. FRANCISCO SÉRGIO FERREIRA JARDIM, SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO DE SÃO PAULO, A POSSIBILIDADE DO MUNICÍPIO DE ADAMANTINA SER CONTEMPLADO COM MAIS UMA FASE DO &amp;#8220;PROGRAMA MELHOR CAMINHO&amp;#8221;.</t>
   </si>
   <si>
     <t>8646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8646/8646_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8646/8646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, QUE ENVIDE ESFORÇOS COM O OBJETIVO DE CUMPRIR A DECISÃO DO TRIBUNAL DE JUSTIÇA DE SÃO PAULO, QUE DETERMINOU AO GOVERNO ESTADUAL CONCEDER 10,5% DE REAJUSTE SALARIAL, JÁ APLICADO AO SALÁRIO BASE DOS PROFESSORES DE EDUCAÇÃO BÁSICA I (PEB I), VISANDO EQUIPARÁ-LOS AO PISO SALARIAL PROFISSIONAL NACIONAL, ESTENDENDO ESSE REAJUSTE A TODOS OS DEMAIS INTEGRANTES DO MAGISTÉRIO ESTADUAL (PEB II, DIRETOR DE ESCOLA, SUPERVISOR DE ENSINO E DIRIGENTE DE ENSINO), TANTO PARA OS DA ATIVA, QUANTO AOS APOSENTADOS E PENSIONISTAS.</t>
   </si>
   <si>
     <t>8647</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8647/8647_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8647/8647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANDO A SECRETARIA DE PLANEJAMENTO, ATRAVÉS DA SUA DIRETORIA DE TRÂNSITO, IRÁ PROCEDER À COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO VERTICAL COMO &amp;#8220;PARE&amp;#8221;, &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221;, &amp;#8220;ESTACIONAMENTO PARA IDOSOS&amp;#8221;, &amp;#8220;ESTACIONAMENTO PARA CADEIRANTES&amp;#8221;, ETC., VISANDO ATENDER INÚMERAS INDICAÇÕES DOS VEREADORES DESTA CASA DE LEIS?</t>
   </si>
   <si>
     <t>8692</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8692/8692_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8692/8692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES COM REFERÊNCIA AO VALE ALIMENTAÇÃO DOS SERVIDORES DA PREFEITURA: A NOVA EMPRESA QUE ELA CONTRATOU EMERGENCIALMENTE ESTÁ PAGANDO RIGOROSAMENTE EM DIA AS EMPRESAS CONVENIADAS, PRINCIPALMENTE OS SUPERMERCADOS, QUE SÃO OS MAIORES CREDORES? A OUTRA EMPRESA VENCEDORA DA LICITAÇÃO PARA O FORNECIMENTO DO VALE ALIMENTAÇÃO JÁ FEZ O REEMBOLSO TOTAL DOS VALORES QUE FICOU DEVENDO ÀS EMPRESAS CONVENIADAS?</t>
   </si>
   <si>
     <t>8693</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8693/8693_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8693/8693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1. QUANDO SERÁ INSTALADO O SEMÁFORO, JÁ PROJETADO, PARA A AV. DA SAUDADE COM A AL. PADRE NÓBREGA, PROXIMIDADES DO POSTO COCIPA? 2. QUAIS OS MOTIVOS QUE VÊM ATRASANDO O SERVIÇO DE IMPLANTAÇÃO?</t>
   </si>
   <si>
     <t>8694</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8694/8694_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8694/8694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) A UNIFAI DESIGNOU SERVIDORES PARA REALIZAR A LIMPEZA DE CLUBE PARTICULAR APÓS FESTA REALIZADA DIAS ATRÁS? 2) EM CASO POSITIVO, QUAL O MOTIVO DA DESIGNAÇÃO? HÁ RELAÇÃO COM JUNIFAI? HAVIA PREVISÃO CONTRATUAL PARA TAL? NÃO ERA DE RESPONSABILIDADE DO CLUBE TAL LIMPEZA? 3) REQUEIRO A RELAÇÃO DE SERVIDORES QUE REALIZARAM TAIS SERVIÇOS NO DIA 14 DE MAIO DE 2018, BEM COMO A JUSTIFICATIVA DA REALIZAÇÃO. 4) REQUEIRO AINDA, CÓPIA DOS CONTRATOS QUE FORAM FIRMADOS COM CLUBES PARTICULARES PARA A REALIZAÇÃO DO JUNIFAI.</t>
   </si>
   <si>
     <t>8695</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8695/8695_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8695/8695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) OS MEDICAMENTOS E DEMAIS PRODUTOS FORNECIDOS PELO POSTO DE SAÚDE DESTE MUNICÍPIO POSSUEM CONTROLE DE ESTOQUE? COMO É O FUNCIONAMENTO DESTE CONTROLE? EXISTE SISTEMA EM QUE SE REGISTRAM TAIS MOVIMENTAÇÕES? 2) QUAIS OS CRITÉRIOS PARA A RETIRADA DOS PRODUTOS? A RETIRADA OCORRE SOMENTE COM RECEITA MÉDICA? 3) O CIDADÃO QUE NECESSITA DE FORMA CONTÍNUA DE MEDICAMENTOS OU PRODUTOS FORNECIDOS PELA SECRETARIA DE SAÚDE DEVE APRESENTAR DE FORMA FREQUENTE E CONTÍNUA AS RECEITAS MÉDICAS PARA A SUA RETIRADA? 4) É DE CONHECIMENTO DOS SERVIDORES RESPONSÁVEIS DO SETOR E DO SECRETÁRIO DE SAÚDE, DE QUE EXISTE ATUALMENTE ALGUM CASO ESPECÍFICO DE FAVORECIMENTO OU TRATAMENTO DIFERENCIADO NA RETIRADA DOS MEDICAMENTOS OU DEMAIS PRODUTOS DO POSTO DE SAÚDE?</t>
   </si>
   <si>
     <t>8696</t>
   </si>
   <si>
     <t>ALCIO IKEDA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8696/8696_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8696/8696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO EXCELENTÍSSIMO SENHOR DR. HÉLIO MALHEIROS VIEIRA JUNIOR, PRESIDENTE DA OAB, SOLICITANDO SUA INTERCESSÃO JUNTO AO CONSELHO SECCIONAL DA OAB/SP, NO SENTIDO DE DISPONIBILIZAR APROXIMADAMENTE 70 EXEMPLARES DO CÓDIGO DE ÉTICA E ESTATUTO DA OAB ATUALIZADOS PARA OS ALUNOS DO 5º ANO DO CURSO DE DIREITO.</t>
   </si>
   <si>
     <t>8697</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8697/8697_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8697/8697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PROFA. LÚCIA FRANÇA, PRIMEIRA-DAMA E PRESIDENTE DO FUNDO SOCIAL DE SOLIDARIEDADE DO ESTADO DE SÃO PAULO, A POSSIBILIDADE DA INCLUSÃO DO MUNICÍPIO DE ADAMANTINA NA &amp;#8220;CAMPANHA DO AGASALHO/2018&amp;#8221;.</t>
   </si>
   <si>
     <t>8698</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8698/8698_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8698/8698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MAURÍCIO BRUSADIN, SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, A DOAÇÃO DE LIVROS E PUBLICAÇÕES REFERENTES AO MEIO AMBIENTE À E.E. PROFA. FLEURIDES CAVALLINI MENECHINO.</t>
   </si>
   <si>
     <t>8699</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8699/8699_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8699/8699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. CARLOS RENATO CARDOSO PIRES DE CAMARGO &amp;#8220;CACÁ CAMARGO&amp;#8221;, SECRETÁRIO ESTADUAL DE ESPORTE, LAZER E JUVENTUDE, OBJETIVANDO A LIBERAÇÃO DE KITS DE MATERIAL ESPORTIVO PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8700</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8700/8700_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8700/8700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MÁRCIO ALVINO, DEPUTADO FEDERAL, A DOAÇÃO DE EXEMPLARES DAS SEGUINTES PUBLICAÇÕES: CONSTITUIÇÃO FEDERAL, CÓDIGO DE TRÂNSITO BRASILEIRO, ESTATUTO DO IDOSO E LEGISLAÇÃO BRASILEIRA DE PROTEÇÃO E DEFESA DO CONSUMIDOR, COM AS ÚLTIMAS ATUALIZAÇÕES PARA SEREM DISTRIBUÍDAS ÀS ESCOLAS PÚBLICAS MUNICIPAIS E ESTADUAIS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8701</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8701/8701_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8701/8701_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES SOBRE O CONVÊNIO QUE A PREFEITURA FEZ COM A EMPRESA NOROESTE CONSTRUTORA E SERVIÇOS DE TOPOGRAFIA, VISANDO ASFALTAR O PROLONGAMENTO DA ALAMEDA PADRE NÓBREGA: A) O EXECUTIVO MUNICIPAL ENCAMINHOU ALGUMA NOTIFICAÇÃO À EMPRESA EM QUESTÃO PARA A RETOMADA DAS OBRAS PREVISTAS NO CONVÊNIO CELEBRADO? HOUVE APLICAÇÃO DE ALGUMA MULTA EM FUNÇÃO DAS PARALISAÇÕES NOS SERVIÇOS VERIFICADOS NESSE PERÍODO? SE POSITIVO, ANEXAR CÓPIA DA NOTIFICAÇÃO E DO BOLETO DEMONSTRANDO O PAGAMENTO DE MULTA. B) PROCEDE A INFORMAÇÃO EXTRAOFICIAL QUE A EMPRESA NOROESTE CONSTRUTORA E SERVIÇOS DE TOPOGRAFIA CONTRATOU OUTRA FIRMA PARA FINALIZAR OS TRABALHOS? QUAL A PREVISÃO PARA A RETOMADA DOS SERVIÇOS? QUAL O PRAZO PARA A CONCLUSÃO DEFINITIVA DAS TRÊS OBRAS OBJETO DO CONVÊNIO? HOUVE ALGUM ADITAMENTO PARA CONCLUSÃO DOS SERVIÇOS? SE POSITIVO, QUAL FOI O VALOR ADITADO? C) QUAIS DEPARTAMENTOS/SECRETARIAS MUNICIPAIS TÊM ACOMPANHADO O ANDAMENTO DAS ATIVIDADES NAS TRÊS FRENTES DE TRABALHO? OS SERVIÇOS EXECUTADOS ATÉ O PRESENTE MOMENTO ATENDEM AOS REQUISITOS TÉCNICOS E LEGAIS EM RELAÇÃO À QUALIDADE E A DURABILIDADE DAS OBRAS? QUAIS OS INSTRUMENTOS QUE A MUNICIPALIDADE TEM UTILIZADO COM ESSA FINALIDADE?</t>
   </si>
   <si>
     <t>8702</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8702/8702_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8702/8702_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO IAMSPE, PARA QUE SE REALIZE UMA REUNIÃO &amp;#8220;TIRA-DÚVIDAS&amp;#8221; E DE ORIENTAÇÕES EM ADAMANTINA COM REPRESENTANTES DA REFERIDA INSTITUIÇÃO, AOS USUÁRIOS DA CIDADE E REGIÃO, SOBRETUDO DA ÁREA DA EDUCAÇÃO, ADMINISTRAÇÃO PENITENCIÁRIA E DEMAIS, ACERCA DO LEQUE DE SERVIÇOS OFERECIDOS, ACESSO A ESSES SERVIÇOS E DEMAIS ORIENTAÇÕES, PERMITIDO A ESSE PÚBLICO A AMPLA UTILIZAÇÃO DE SEUS SERVIÇOS E PROGRAMAS.</t>
   </si>
   <si>
     <t>8703</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8703/8703_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8703/8703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO. SR. DEPUTADO FEDERAL VANDERLEI MACRIS, RECURSOS FINANCEIROS NO VALOR DE R$ 600.000,00 PARA OBRAS DE CONSTRUÇÃO DE NOVO REFEITÓRIO E COZINHA NO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8704</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8704/8704_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8704/8704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL CAUÊ MACRIS, SOLICITANDO INFORMAÇÕES SOBRE O ANDAMENTO DO PROJETO DE LEI Nº 825/2007, DE AUTORIA DO DEPUTADO ESTADUAL ANTÔNIO SALIM CURIATI, QUE CRIA O HOSPITAL REGIONAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8705</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8705/8705_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8705/8705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ANTÔNIO SALIM CURIATI, INFORMAÇÕES SOBRE O ANDAMENTO DO PROJETO DE LEI Nº 825/2007, QUE CRIA O HOSPITAL REGIONAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>8706</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8706/8706_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8706/8706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS MEDICAMENTOS E OS PREÇOS PRATICADOS NA COMPRA REALIZADA PELO SECRETÁRIO MUNICIPAL DE SAÚDE PARA ATENDER À DEMANDA DO MUNICÍPIO?</t>
   </si>
   <si>
     <t>8707</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8707/8707_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8707/8707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANTAS MULTAS FORAM ELABORADAS PELOS FISCAIS DA PREFEITURA REFERENTES A ENTULHOS E MATERIAIS DE CONSTRUÇÃO DEPOSITADOS NOS PASSEIOS PÚBLICOS E TERRENOS BALDIOS QUE SE ENCONTRAM TOMADOS POR ENORMES MATAGAIS, JÁ NOTIFICADOS PELA PREFEITURA ATÉ A PRESENTE DATA?</t>
   </si>
   <si>
     <t>8708</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8708/8708_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8708/8708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: RELATÓRIO DO DÉFICIT EDUCACIONAL DO MUNICÍPIO DE ADAMANTINA REFERENTE AO ENSINO INFANTIL ATÉ O FUNDAMENTAL.</t>
   </si>
   <si>
     <t>8735</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8735/8735_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8735/8735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES SOBRE A TRAMITAÇÃO DOS PROJETOS DE LIGAÇÃO DA VIA DE ACESSO COM A RUA NOVE DE JULHO, BEM COMO DA AV. DAS ROSAS COM A RUA DEPUTADO SALLES FILHO: 1) O PROJETO FOI COMPLETAMENTE CONCLUÍDO PELO SETOR COMPETENTE? 2) QUAL O VALOR NECESSÁRIO PARA A EXECUÇÃO DAS OBRAS? 3) QUE DESTINO FOI DADO AO PROJETO NA BUSCA DE VIABILIZÁ-LO?</t>
   </si>
   <si>
     <t>8736</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8736/8736_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8736/8736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. MÁRCIO FRANÇA, GOVERNADOR DO ESTADO, QUE ESTUDE A POSSIBILIDADE DE CONCEDER UMA REVISÃO SALARIAL AOS SERVIDORES DO QAE E DO QSE COM UM ÍNDICE SEMELHANTE AO OFERTADO AOS INTEGRANTES DO QUADRO DO MAGISTÉRIO ESTADUAL.</t>
   </si>
   <si>
     <t>8737</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8737/8737_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8737/8737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. NELSON LUIZ BAETA NEVES FILHO, SECRETÁRIO DE ESTADO DA HABITAÇÃO, A LIBERAÇÃO DE FINANCEIROS ATRAVÉS DO PROGRAMA ESPECIAL DE MELHORIAS, A SEREM ALOCADOS EM OBRAS DE REFORMA E/OU AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL DAS AZALÉIAS, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>8738</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8738/8738_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8738/8738_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. GILBERTO NASCIMENTO JÚNIOR, SECRETÁRIO DE ESTADO DE DESENVOLVIMENTO SOCIAL, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>8739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8739/8739_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8739/8739_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. PAULO FREIRE, A DOAÇÃO DE 100 EDIÇÕES DA CONSTITUIÇÃO FEDERAL, EDITADAS PELO CONGRESSO NACIONAL, COM AS ÚLTIMAS EMENDAS APROVADAS, PARA SEREM DISTRIBUÍDAS ÀS ESCOLAS PÚBLICAS ESTADUAIS E MUNICIPAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>8740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8740/8740_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8740/8740_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 - DIVULGAÇÃO DOS NÚMEROS DE TODOS OS SETORES, NO CAMPO &amp;#8220;TELEFONES ÚTEIS&amp;#8221; DO SITE OFICIAL DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA, CUJO CONJUNTO DE INFORMAÇÕES DISPONÍVEIS NESSE CAMPO É OMISSO E NÃO RELACIONA TODOS OS SETORES DA ADMINISTRAÇÃO MUNICIPAL; 2 &amp;#8211; CRIAÇÃO DE UMA ABA &amp;#8220;SERVIÇOS&amp;#8221; OU &amp;#8220;O QUE VOCÊ PRECISA&amp;#8221;, COM INFORMAÇÕES SOBRE SERVIÇOS PÚBLICOS, ORGANIZADA POR ASSUNTOS (COLETA DE LIXO, ESCORPIÕES, DENGUE, TERRENOS BALDIOS, BURACOS EM VIAS PÚBLICAS, ILUMINAÇÃO PÚBLICA, ROÇAGEM DE ÁREAS VERDES, ENTRE OUTROS) E COMO ACESSÁ-LOS, INDICANDO TELEFONE, ENDEREÇO E E-MAIL. 3 &amp;#8211; DIVULGAÇÃO DO CONTEÚDO REFERENTE AO ITEM 2, DESTE REQUERIMENTO, COM CUNHO DE PUBLICIDADE INSTITUCIONAL, JUNTO À IMPRENSA OFICIAL E DEMAIS VEÍCULOS DE IMPRENSA.</t>
   </si>
   <si>
     <t>8741</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8741/8741_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8741/8741_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; IDENTIFICAÇÃO E NOTIFICAÇÃO DO PROPRIETÁRIO E DO RESPONSÁVEL TÉCNICO PELAS OBRAS DE CONSTRUÇÃO CIVIL EM ÁREA PARTICULAR ABANDONADAS, LOCALIZADAS NA RUA JURUVA, QUADRA 3, PARA QUE PROMOVA AS MEDIDAS DE MANUTENÇÃO DA ÁREA E O RESPECTIVO ISOLAMENTO DA MESMA.</t>
   </si>
   <si>
     <t>8742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8742/8742_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8742/8742_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO A RELAÇÃO DE BENS ATIVOS ADQUIRIDOS ENTRE 01/01/2016 A 02/05/2018, E INCORPORADOS AO PATRIMÔNIO DA UNIFAI, SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; CÓPIA DOS COMUNICADOS INTERNOS, OFÍCIO E/OU PEDIDO DE COMPRA, COM A IDENTIFICAÇÃO DO REQUERENTE E A RESPECTIVA MOTIVAÇÃO PARA A AQUISIÇÃO; 2 &amp;#8211; CÓPIA DOS ORÇAMENTOS QUE COMPÕEM A RESPECTIVA COTAÇÃO PARA A AQUISIÇÃO; 3 &amp;#8211; CÓPIA DA NOTA DE EMPENHO DOS BENS ADQUIRIDOS; 4 &amp;#8211; CÓPIA DO DOCUMENTO FISCAL EMITIDO PELO FORNECEDOR.</t>
   </si>
   <si>
     <t>8743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8743/8743_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8743/8743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR JOSÉ APARECIDO LIRA, LÍDER REGIONAL DO PR, SUA INTERFERÊNCIA JUNTO À BANCADA DO PARTIDO NA ASSEMBLÉIA LEGISLATIVA, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, QUE SERÃO UTILIZADOS PARA O FECHAMENTO DE DUAS QUADRAS ESPORTIVAS CONSTRUÍDAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8744</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8744/8744_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8744/8744_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DEPUTADO RAMALHO DA CONSTRUÇÃO PSDB, SUA INTERFERÊNCIA JUNTO À SECRETARIA DE ESPORTE, LAZER E JUVENTUDE DO ESTADO DE SÃO PAULO, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, QUE SERÃO UTILIZADOS PARA O FECHAMENTO DE DUAS QUADRAS ESPORTIVAS CONSTRUÍDAS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>8745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8745/8745_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8745/8745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) INFORMAÇÕES SOBRE AS AÇÕES TOMADAS PELA PREFEITURA SOBRE O INQUÉRITO CIVIL Nº 14.0182.0001013/2017 PELA 1ª PROMOTORIA DE JUSTIÇA DE ADAMANTINA, ENVOLVENDO PROBLEMAS ESTRUTURAIS NO PARQUE ITAIPUS. 2) A PREFEITURA ENTENDE QUE OCORRERAM DEFEITOS POR CULPA DA EMPRESA LOTEADORA? 3) EM CASO POSITIVO, A PROCURADORIA ENTENDE PELA APLICAÇÃO DA SÚMULA 194 DO STJ NO PRESENTE CASO?</t>
   </si>
   <si>
     <t>8746</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8746/8746_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8746/8746_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO LÍDER REGIONAL DO PR &amp;#8211; PARTIDO DA REPÚBLICA, SENHOR JOSÉ APARECIDO LIRA, SUA INTERFERÊNCIA JUNTO À BANCADA DO PARTIDO NA ASSEMBLÉIA LEGISLATIVA DO ESTADO, A FIM DE AGILIZAR O PROCESSO DE ESTADUALIZAÇÃO DA RODOVIA PLÁCIDO ROCHA, NO TRECHO COMPREENDIDO ENTRE ADAMANTINA ATÉ A DIVISA COM O MUNICÍPIO DE VALPARAÍSO.</t>
   </si>
   <si>
     <t>8747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8747/8747_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8747/8747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PRESIDENTE ESTADUAL DO PR &amp;#8211; PARTIDO DA REPÚBLICA, SENHOR JOSÉ TADEU CANDELÁRIA, SUA INTERFERÊNCIA JUNTO À BANCADA DO PARTIDO NA ASSEMBLÉIA LEGISLATIVA DO ESTADO, A FIM DE AGILIZAR O PROCESSO DE ESTADUALIZAÇÃO DA RODOVIA PLÁCIDO ROCHA, NO TRECHO COMPREENDIDO ENTRE ADAMANTINA ATÉ A DIVISA COM O MUNICÍPIO DE VALPARAÍSO.</t>
   </si>
   <si>
     <t>8748</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8748/8748_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8748/8748_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUANTOS MÉDICOS PRESTAM SERVIÇO ATUALMENTE NO CENTRO DE SAÚDE CLÓVIS MARINHO? ENCAMINHAR RELAÇÃO COM OS NOMES, SUAS ESPECIALIDADES E RESPECTIVOS HORÁRIOS.</t>
   </si>
   <si>
     <t>8749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8749/8749_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8749/8749_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) AS OBRAS DE ADEQUAÇÃO DO ESTÁDIO FORAM OFICIALMENTE RECEBIDAS PELO MUNICÍPIO? 2) QUAIS PROCEDIMENTOS SE FAZEM NECESSÁRIOS VISANDO A LIBERAÇÃO DO ESTÁDIO MUNICIPAL &amp;#8220;ANTÔNIO GOULART MARMO&amp;#8221; PELAS AUTORIDADES DA SEGURANÇA PÚBLICA? 3) EM QUE ESTÁGIO TAIS PROCEDIMENTOS SE ENCONTRAM?</t>
   </si>
   <si>
     <t>8750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8750/8750_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8750/8750_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RELAÇÃO INFORMANDO OS QUARTEIRÕES SELECIONADOS PARA OS SERVIÇOS DE APLICAÇÃO DE LAMA ASFÁLTICA OU RECAPEAMENTO ASFÁLTICO A SER REALIZADO ESTE ANO.</t>
   </si>
   <si>
     <t>8751</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, DINHA, Eder do Nascimento Ruete, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8751/8751_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8751/8751_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO FEDERAL RODRIGO GARCIA A DESTINAÇÃO, AO NOSSO MUNICÍPIO, DE UMA ACADEMIA AO AR LIVRE PARA SER INSTALADA NO BAIRRO RURAL &amp;#8220;LAGOA SECA&amp;#8221;.</t>
   </si>
   <si>
     <t>8752</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8752/8752_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8752/8752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: COMO É FEITO O ATENDIMENTO AOS PACIENTES QUE DÃO ENTRADA NO PRONTO SOCORRO COM PROBLEMAS CARDÍACOS? O NOSSO PRONTO SOCORRO TEM PLANTONISTA PARA ATENDER GRATUITAMENTE ESTES PACIENTES? OU SÃO OBRIGADOS A SOLICITAR MÉDICOS ESPECIALISTAS PARTICULAR? COMO É FEITA A INTERNAÇÃO DE PACIENTES ATENDIDOS PELO SUS E PARTICULARES?</t>
   </si>
   <si>
     <t>8753</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8753/8753_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8753/8753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL REINALDO ALGUZ SUA INTERFERÊNCIA JUNTO À SECRETARIA ESTADUAL COMPETENTE, VISANDO A LIBERAÇÃO DE UMA ACADEMIA AO AR LIVRE AO NOSSO MUNICÍPIO PARA SER INSTALADA NO PARQUE CECAP.</t>
   </si>
   <si>
     <t>8754</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8754/8754_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8754/8754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES COM REFERÊNCIA AO PSF DO JARDIM BRASIL: 1) OS RECURSOS DESTINADOS PELO GOVERNO PARA A CONSTRUÇÃO DA UNIDADE DE SAÚDE CONTINUAM À DISPOSIÇÃO DA OBRA? 2) QUAL A SITUAÇÃO ATUAL DO PROCESSO QUE ENVOLVE A PARALISAÇÃO DA CONSTRUÇÃO DO PSF? 3) SERÁ MANTIDA A CONSTRUÇÃO NO JARDIM BRASIL? 4) HÁ PREVISÃO DE REINÍCIO DA OBRA?</t>
   </si>
   <si>
     <t>8762</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ACACIO ROCHA, ALCIO IKEDA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8762/requerimento_173_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8762/requerimento_173_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a seguinte informação: enviar Laudo de Sondagem de Solo da área onde está sendo construído o Bloco V no Campus II da UNIFAI.</t>
   </si>
   <si>
     <t>8763</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, EDUARDO FIORILLO, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações do Departamento de Fiscalização da Prefeitura: a) Quais são os servidores municipais do emprego permanente de fiscal de atividade gerais da prefeitura? Há algum instrumento utilizado pelo Departamento de Fiscalização para acompanhar o desempenho desses funcionários em suas atividades fiscalizadoras? Se positivo, qual é o instrumento utilizado? Anexar documentos comprobatórios das informações que serão prestadas. b) Existe um relatório de produtividade ou algum instrumento semelhante utilizado pelos fiscais de atividades gerais para registrar suas atividades cotidianas? Informar individualmente as atribuições de cada fiscal, bem como a quantidade de serviços realizados de forma discriminada, indicando a quantidade de notificações e as datas em que elas foram elaboradas, ao longo dos últimos 12 meses? Anexar documentos comprobatórios das informações que serão prestadas.</t>
   </si>
   <si>
     <t>8764</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8764/requerimento_175_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8764/requerimento_175_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, sua interferência junto ao FNDE, objetivando a liberação de recursos financeiros do programa Caminho da Escola que será utilizado na aquisição de um micro-ônibus para o município de Adamantina.</t>
   </si>
   <si>
     <t>8765</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8765/requerimento_176_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8765/requerimento_176_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Milton Monti, Deputado Federal, sua interferência junto ao Delegado da Receita Federal de Foz do Iguaçu/PR, objetivando a doação de televisores, notebooks, motos, aparelhos de telefone, eletrodomésticos e outros utensílios domésticos para serem utilizados como brindes em leilões e promoções beneficentes a serem realizados por importantes entidades assistenciais do município de Adamantina que mantêm serviços de assistência social.</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8766/requerimento_177_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8766/requerimento_177_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Ricardo Madalena, sua interferência junto ao Dr. Márcio França, Governador do Estado, objetivando a liberação de R$ 200 mil de recursos orçamentários, a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) para o Município de Adamantina.</t>
   </si>
   <si>
     <t>8767</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8767/requerimento_178_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8767/requerimento_178_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações, a fim de instruir estudos junto à Pastoral Social da Diocese de Marília: Quais os conselhos municipais que existem hoje em nosso município e como são regidos? A participação de munícipes que não integram a estrutura dos referidos conselhos é permitida quando das reuniões por eles realizadas?</t>
   </si>
   <si>
     <t>8768</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8768/requerimento_179_32a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8768/requerimento_179_32a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: as obras de construção do Bloco V do Campus II da UNIFAI estão paralisadas? A empresa que venceu o processo licitatório ainda é responsável pela obra ou já foi realizada a anulação do certame?</t>
   </si>
   <si>
     <t>8852</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8852/requerimento_180_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8852/requerimento_180_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: os aparelhos celulares utilizados pelos Secretários Municipais pertencem à Prefeitura ou são particulares? Se forem de propriedade da Prefeitura, como é feito o controle das ligações de serviços e particulares para pagamento de cada conta? Ou a Prefeitura tem pago as contas do valor integral incluindo as ligações particulares e de serviços?</t>
   </si>
   <si>
     <t>8853</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8853/requerimento_181_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8853/requerimento_181_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: os servidores públicos que desempenham jornada de trabalho 12 por 36 horas têm direito à remuneração de hora-extra dobrada nos feriados?</t>
   </si>
   <si>
     <t>8854</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8854/requerimento_182_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8854/requerimento_182_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua interferência junto ao Senhor Romildo Campello, Secretário de Estado da Cultura, com o objetivo de proceder à doação de livros à Biblioteca Pública Municipal.</t>
   </si>
   <si>
     <t>8855</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8855/requerimento_183_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8855/requerimento_183_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua interferência junto ao Dr. Carlos Renato Cardoso Pires de Camargo “Cacá Camargo”, Secretário Estadual de Esporte, Lazer e Juventude, objetivando a liberação de kits de material esportivo para o município de Adamantina, contendo: bolas de futebol, basquete, voleibol, handebol, uniformes esportivos, redes, jogos de dama, xadrez, dominó e baralho, entre outros.</t>
   </si>
   <si>
     <t>8856</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8856/requerimento_184_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8856/requerimento_184_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua interferência junto ao Dr. Carlos Renato Cardoso Pires de Camargo “Cacá Camargo”, Secretário Estadual de Esporte, Lazer e Juventude, objetivando a liberação de 02 (dois) Tatames Eva Karatê 30 MM para o município de Adamantina.</t>
   </si>
   <si>
     <t>8857</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8857/requerimento_185_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8857/requerimento_185_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Como se procede à divisão de responsabilidades entre o Município e a Santa Casa, em situações de transferências de pacientes para outro município através das UTI móveis? 2) Existe um quadro de equipes (médicos e enfermeiros) preestabelecido para realizar os plantões necessários? 3) Em situações de emergência, quando houver a necessidade de mais profissionais do que aqueles disponíveis no momento da transferência, qual o procedimento realizado?</t>
   </si>
   <si>
     <t>8858</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8858/requerimento_186_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8858/requerimento_186_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Foi realizada contratação ou aberto processo licitatório para contratar profissional para realizar nova avaliação de insalubridades aos servidores do Município? 2) Em caso positivo, qual empresa contratada e qual número do processo licitatório e qual o objetivo?</t>
   </si>
   <si>
     <t>8859</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, JOÃO DAVOLI</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8859/requerimento_187_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8859/requerimento_187_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) Existe a intenção da realização de “Farmácia Itinerante”, realizando semanalmente distribuição de medicamentos em Unidades de Saúde dos Bairros do Município? 2) Quais as necessidades atuais que possuem a Administração para o início de um programa dessa natureza? 3) Existe a possibilidade de realizar parceria com a UNIFAI junto ao curso de Farmácia, utilizando o trailer que possui a autarquia?</t>
   </si>
   <si>
     <t>8860</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, EDUARDO FIORILLO, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8860/requerimento_188_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8860/requerimento_188_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) No que se refere aos Procuradores Municipais, foi realizada a regulamentação prevista no art. 13, §2º da Lei Complementar nº 284/17? 2) Foi iniciada a elaboração do plano de carreira dos Procuradores, previsto no art. 14 da Lei Complementar nº 284/17, considerando que está para se findar o prazo de 1 (um) ano de sua vigência? 3) Em caso de existência dos documentos questionados neste requerimento, solicitamos cópia dos mesmos.</t>
   </si>
   <si>
     <t>8861</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8861/requerimento_189_33a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8861/requerimento_189_33a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: quais os estudos, trabalhos e ações estão sendo realizados com as gestantes, visando diminuir a taxa de mortalidade infantil em razão do aumento de óbitos nos últimos meses, fator preocupante na saúde pública de nosso município?</t>
   </si>
   <si>
     <t>8875</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8875/requerimento_190_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8875/requerimento_190_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual a referência técnica/norma oficial regulamentada, utilizada para a instalação dos novos redutores de velocidade instalados na Alameda Fernão Dias (altura do Colégio Objetivo), Avenida Rio Branco (altura do Parque das Nações), Rua Santos Dumont e Avenida Moysés Justino da Silva.</t>
   </si>
   <si>
     <t>8876</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8876/requerimento_191_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8876/requerimento_191_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual o prazo para implantação de nomes de ruas no Residencial Califórnia, San Miguel I e outros, reclamados há anos pelos moradores dessas localidades.</t>
   </si>
   <si>
     <t>8877</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8877/requerimento_192_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8877/requerimento_192_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a implantação de iluminação pública em trechos da Rua Santos Dumont e Rua Santa Catarina.</t>
   </si>
   <si>
     <t>8878</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8878/requerimento_193_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8878/requerimento_193_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca das condições do Recinto Poliesportivo de Adamantina junto ao órgão estadual da Defesa Agropecuária, para verificação se o local está apto e sem restrições para recepcionar bovídeos e outros, condição imprescindível para realização de eventos da comunidade, entidades e a própria Expoverde.</t>
   </si>
   <si>
     <t>8879</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8879/requerimento_194_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8879/requerimento_194_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: I – Qual a justificativa pela não participação de representantes locais no Congresso que elegeu a cidade-sede para os Jogos Regionais de 2019? II – O Município de Adamantina se mobilizou e se articulou, em tempo, para sustentar sua candidatura? Quais foram as iniciativas, nesse sentido?</t>
   </si>
   <si>
     <t>8880</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8880/requerimento_195_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8880/requerimento_195_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) A epidemia de escorpiões no município nos últimos anos (2017-2018) é maior do que em anos anteriores, no qual se realizava o mutirão de limpeza nos bairros duas vezes por ano? 2) Qual a maior dificuldade do município em retomar os mutirões? Um possível investimento para voltar a realizar os mutirões não seria rentável para o município, haja vista se tratar de melhorias à saúde pública?</t>
   </si>
   <si>
     <t>8881</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8881/requerimento_196_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8881/requerimento_196_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Prof. André do Prado, Deputado Estadual, sua interferência junto ao Dr. Márcio França, Governador do Estado, objetivando a liberação de recursos financeiros destinados à construção de uma creche no município de Adamantina, dentro do “Projeto Juntos pela Escola”.</t>
   </si>
   <si>
     <t>8882</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ACACIO ROCHA, ALCIO IKEDA, Eder do Nascimento Ruete, EDUARDO FIORILLO, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8882/requerimento_197_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8882/requerimento_197_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam várias informações ao prefeito em relação ao desenvolvimento das atribuições, competências e atividades do departamento de fiscalização da prefeitura, sobretudo no que diz respeito à produtividade dos servidores que prestam serviço naquele importante setor da administração municipal.</t>
   </si>
   <si>
     <t>8883</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8883/requerimento_198_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8883/requerimento_198_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre a utilização da quadra pública localizada aos fundos da UNIFAI, Campus 3 e da quadra de grama sintética finalizada no Parque dos Pioneiros.</t>
   </si>
   <si>
     <t>8884</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8884/requerimento_199_34a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8884/requerimento_199_34a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre as obras do Estádio Municipal.</t>
   </si>
   <si>
     <t>8967</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8967/requerimento_200_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8967/requerimento_200_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito que requeira as seguintes informações ao Reitor da UNIFAI: 1) Estão sendo realizados trabalhos de divulgação dos cursos da instituição através de visitas em escolas, como se fazia anteriormente? 2) O marketing da UNIFAI é focado principalmente em inserções de propaganda em redes televisivas? 3) Quais outras ações eficientes desenvolvidas pelo departamento de marketing a instituição investe, a fim de projetar da divulgação dos cursos? 4) De forma discriminada, quais os valores gastos no ano de 2018 com propagandas da UNIFAI?</t>
   </si>
   <si>
     <t>8968</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8968/requerimento_201_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8968/requerimento_201_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Prefeito que requeira as seguintes informações ao Reitor da UNIFAI: 1) Relação atualizada de todos os cargos nomeados da UNIFAI, discriminando o nome de todos os servidores (e professores) nomeados e informando as horas-aulas atribuídas a cada um. 2) Qual foi o valor gasto com folha de pagamento dos professores e dos cargos nomeados em janeiro de 2016, janeiro de 2017 e janeiro de 2018? 3) A quantidade de alunos da instituição, em comparação aos anos anteriores, está diminuindo ou aumentando? Os cursos atualmente são autossustentáveis?</t>
   </si>
   <si>
     <t>8969</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8969/requerimento_202_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8969/requerimento_202_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações sobre o término da pavimentação da Al. Padre Nobrega, após a ponte do Parque Caldeiras, pois aparentemente o pavimento não se encontra em bom estado.</t>
   </si>
   <si>
     <t>8970</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8970/requerimento_203_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8970/requerimento_203_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Prefeito Municipal, que contate a Diretoria Municipal de Esporte, Lazer e Recreação, objetivando as seguintes informações: 1) Em qual situação se encontra a construção do vestiário do campo da Vila Jamil de Lima? Encontra-se finalizado? 2) Caso contrário, o que está faltando para o término da referida obra? 3) Existe previsão para a sua inauguração? Requer ainda que a obra seja fechado até a conclusão.</t>
   </si>
   <si>
     <t>8971</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8971/requerimento_204_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8971/requerimento_204_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: I - Houve novo reordenamento territorial das Estratégias em Saúde da Família (ESF) em relação às Unidades Básicas de Saúde (UBS)? Se positivo, qual o embasamento técnico para a decisão? II – Quantas equipes de ESF a cidade dispõe atualmente e a quais UBS as mesmas estão vinculadas? Informar a equipe, bairros/área atendida, população média atendida no respeito bairro/área e a qual UBS se vinculam. III – Esse número de equipes de ESF é suficiente para atender o universo populacional local, atual? E o número de atendidos, por cada equipe, está no parâmetro previsto pelo programa?</t>
   </si>
   <si>
     <t>8972</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8972/requerimento_205_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8972/requerimento_205_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: o Município pretende se organizar para promover a revisão do Plano Municipal de Cultura? Se positivo, informar prazo/cronograma para que tal situação ocorra.</t>
   </si>
   <si>
     <t>8973</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8973/requerimento_206_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8973/requerimento_206_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Prof. André do Prado, Deputado Estadual, sua intercessão junto ao Dr. Márcio França, Governador do Estado, bem como junto ao Dr. Mário Mondolfo, Secretário Estadual de Logística e Transportes, com o intuito de oficializar a intenção do Governo do Estado em assumir a responsabilidade pela conservação da Estrada Vicinal Dr. Plácido Rocha (SP-541), no trecho compreendido entre a Rodovia Comandante João Ribeiro de Barros (SP-294), até a divisa com o município de Valparaíso.</t>
   </si>
   <si>
     <t>8974</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8974/requerimento_207_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8974/requerimento_207_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: Qual o valor pago pela Prefeitura com despesas de contrato de locação de imóveis até a presente data? Quais secretarias e departamentos utilizam os imóveis locados pela prefeitura? Relacionar os imóveis com os respectivos valores pagos pela prefeitura, informando nome do proprietário e endereço do imóvel.</t>
   </si>
   <si>
     <t>8975</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8975/requerimento_208_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8975/requerimento_208_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Federal Herculano Passos, agendar emenda para 2019 no valor de R$ 200 mil reais, que será utilizado na adequação da iluminação do campo de futebol “society” do Jardim das Alamandas.</t>
   </si>
   <si>
     <t>8976</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8976/requerimento_209_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8976/requerimento_209_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Herculano Passos, agendar emenda para 2019 no valor de R$ 450 mil reais, que será utilizado na construção de um Centro Comunitário no bairro Parque Tangará, e que irá beneficiar não só o referido bairro como também a Vila Industrial, Parque Eldorado I e II, Giuliano e Monte Alegre.</t>
   </si>
   <si>
     <t>8977</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8977/requerimento_210_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8977/requerimento_210_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Deputado Federal Herculano Passos, agendar emenda para 2019 no valor de R$ 200 mil reais, que será destinado à construção de uma ciclovia na Rodovia Moisés Justino da Silva, no trecho entre o Posto Bela Vista até a divisa do município de Lucélia.</t>
   </si>
   <si>
     <t>8978</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8978/requerimento_211_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8978/requerimento_211_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: Quantos dentistas fazem atendimentos na rede municipal de saúde? Todas as Unidades Básicas de Saúde de Adamantina contam com os serviços odontológicos atendidos por estes profissionais? Existe concurso em aberto para estes profissionais? Se positivo, os aprovados serão convocados ainda este ano?</t>
   </si>
   <si>
     <t>8979</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8979/requerimento_212_35a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8979/requerimento_212_35a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Arnaldo Jardim, Deputado Federal, sua interferência junto ao Dr. Márcio França, Governador do Estado, a fim de incluir, de forma oficial no programa estadual de melhorias de vicinais não asfaltadas, recursos financeiros visando à pavimentação asfáltica da Estrada 14 de Adamantina.</t>
   </si>
   <si>
     <t>8995</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8995/requerimento_213_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8995/requerimento_213_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja encaminhado ofício à Diretoria do CONSEG, no sentido de que seja verificada a possibilidade do agendamento de uma reunião no Parque Universitário.</t>
   </si>
   <si>
     <t>8996</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8996/requerimento_214_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8996/requerimento_214_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Considerando reunião do CONSEG, solicita as seguintes informações: 1) No setor de transporte da Secretaria de Educação, no que diz respeito à lavagem dos ônibus utilizados, atualmente cada motorista é responsável pelos veículos que utilizam? 2) Em caso positivo, a eles são assegurados os pagamentos de adicionais de insalubridade ou periculosidade, haja vista utilização de produto químico? 3) Há a intenção em designar um servidor para a realização deste serviço?</t>
   </si>
   <si>
     <t>8997</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8997/requerimento_215_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8997/requerimento_215_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado ofício à Agência dos Correios em Adamantina, objetivando a inclusão do bairro Califórnia Park, a fim de que as correspondências sejam devidamente entregues aos moradores do local.</t>
   </si>
   <si>
     <t>8998</t>
   </si>
   <si>
     <t>ALCIO IKEDA, Eder do Nascimento Ruete</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8998/requerimento_216_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8998/requerimento_216_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a seguinte informação: a administração tem intenção de realizar concurso público para efetivar mais servidores (agentes de controle de vetores) para dar continuidade às ações e fortalecer o setor de controle de vetores e combate às endemias?</t>
   </si>
   <si>
     <t>8999</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8999/requerimento_217_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8999/requerimento_217_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado ofício ao Dr. Márcio França, Governador do Estado e ao Dr. Marco Antônio Zago, Secretário de Estado da Saúde, que seja estudada a possibilidade da instalação de uma unidade de um Ambulatório Médico de Especialidades - AME, em Adamantina.</t>
   </si>
   <si>
     <t>9000</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9000/requerimento_218_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9000/requerimento_218_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: a) Quais foram às providências adotadas e às medidas efetivamente implementadas pela administração municipal, visando atender ao proposto por estes vereadores e contido na Indicação nº 077/2018, com o intuito de evitar o surgimento de novos casos de Dengue e de Leishmaniose em nosso município neste ano de 2018? b) Face à morte de uma pessoa adulta em decorrência de falência de múltiplos órgãos, leuctrome hepato renal, leishmaniose visceral e hepatopatia crônica, quais ações planejadas e procedimentos programados estão ou serão colocadas em práticas pela prefeitura municipal, com vistas a evitar a ocorrência de novos casos de Leishmaniose, bem como casos de Dengue em nosso município, sobretudo, em função do período de chuvas que se aproxima?</t>
   </si>
   <si>
     <t>9001</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9001/requerimento_219_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9001/requerimento_219_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio França, Governador do Estado e ao Dr. João Cury Neto, Secretário Estadual de Educação, com o intuito de ampliar o oferecimento do exemplar Programa Educacional de Resistências às Drogas - PROERD, aos alunos matriculados nos Anos Finais (6º ao 9º ano) do Ensino Fundamental junto às Escolas Públicas do Sistema de Ensino do Estado de São Paulo.</t>
   </si>
   <si>
     <t>9002</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9002/requerimento_220_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9002/requerimento_220_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal Arnaldo Jardim, se digne manter entendimentos com o Dr. Mário França, Governador do Estado de São Paulo, no sentido de autorizar a pavimentação asfáltica da estrada Adamantina – Bairro do Pavão, com extensão aproximada de 3.300 metros e orçada em R$ 2.375.180,16.</t>
   </si>
   <si>
     <t>9003</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9003/requerimento_221_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9003/requerimento_221_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: quais providências a Prefeitura do Município de Adamantina vem tomando quanto às sepulturas do Cemitério Municipal que não são perpétuas?</t>
   </si>
   <si>
     <t>9004</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9004/requerimento_222_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9004/requerimento_222_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Exmo. Deputado Federal Jorge Tadeu Mudalen, para que atue junto ao Ministério dos Direitos Humanos, visando a destinação de um kit com veículo, móveis e equipamentos para o Conselho Municipal do Idoso de Adamantina.</t>
   </si>
   <si>
     <t>9005</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9005/requerimento_223_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9005/requerimento_223_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: o imóvel onde funcionava a antiga CRERES está sendo utilizado? Quais são as intenções da Prefeitura em utilizar aquele próprio público?</t>
   </si>
   <si>
     <t>9006</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9006/requerimento_224_36a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9006/requerimento_224_36a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: especificar, em relatório minucioso, as causas das mortes de crianças até um ano de vida, dos óbitos ocorridos em nossa cidade.</t>
   </si>
   <si>
     <t>9078</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9078/requerimento_225_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9078/requerimento_225_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: quantos funcionários a Prefeitura tem na oficina mecânica do Almoxarifado Municipal, sob a responsabilidade da Secretaria Municipal de Obras e Serviços?</t>
   </si>
   <si>
     <t>9079</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9079/requerimento_226_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9079/requerimento_226_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) a Prefeitura realiza devidamente o pagamento do adicional de periculosidade aos servidores que utilizam motocicleta em seus serviços? 2) Caso contrário, o município pretende regularizar e efetuar devidamente o pagamento dos direitos trabalhistas destes servidores?</t>
   </si>
   <si>
     <t>9080</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9080/requerimento_227_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9080/requerimento_227_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: qual o valor gasto pela Prefeitura por metro quadrado, na limpeza das áreas verdes, praças públicas e canteiros centrais, calculando combustível, funcionários e outras despesas para realizar os serviços?</t>
   </si>
   <si>
     <t>9081</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9081/requerimento_228_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9081/requerimento_228_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita interferência ao Reitor da UNIFAI junto ao Coordenador do Curso de Design da referida instituição, visando estudar uma parceria junto à Prefeitura Municipal, objetivando elaborar um projeto de paisagismo para ser realizado no trevo principal de nossa cidade, incluindo também o local onde está instalada a imagem de Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>9082</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9082/requerimento_229_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9082/requerimento_229_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: I – Como se processa os pedidos de autorizações para podas de árvores localizadas em vias públicas? II – Quantos foram os pedidos requeridos, bem como os deferidos, de 1º de janeiro de 2017 a 31 de agosto de 2018?  Discriminá-los mês a mês. III – Como se dá a fiscalização sobre a correta execução das podas, devidamente requeridas e autorizadas, e sobre aquelas realizadas sem autorização do órgão competente? IV – Quem responde pela fiscalização ambiental que permita o cumprimento das medidas previstas no item anterior?</t>
   </si>
   <si>
     <t>9083</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9083/requerimento_230_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9083/requerimento_230_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, a inclusão de uma Emenda ao Orçamento do Estado para o ano de 2019, via Prefeitura Municipal de Adamantina, no valor de R$ 250 mil, a serem alocados no custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>9085</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9085/requerimento_231_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9085/requerimento_231_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a inclusão de uma Emenda ao Orçamento da União para o ano de 2019, via Prefeitura Municipal de Adamantina, no valor de R$ 250 mil, a serem alocados no custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>9086</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9086/requerimento_232_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9086/requerimento_232_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua intercessão junto à Dra. Maria das Graças Bigal Barbosa da Silva, Superintendente do IAMSPE, visando à imediata liberação de recursos financeiros para o CEAMA de Presidente Prudente/SP, visando um melhor atendimento dos conveniados ao referido Instituto de Assistência Médica em Adamantina.</t>
   </si>
   <si>
     <t>9087</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9087/requerimento_233_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9087/requerimento_233_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: a) Qual é o prazo final para que a UniFAI protocole o projeto acadêmico do curso de Medicina junto ao Conselho Estadual de Educação (CEE-SP), objetivando o seu reconhecimento e aprovação? Há algum desafio que precisa ser superado ou algum entrave de qualquer natureza que precisa ser vencido para apresentação do referido projeto acadêmico? b) Quais as providências adotadas e as medidas efetivamente implementadas pela nossa Autarquia, visando atender todos os itens que serão avaliados pelos Especialistas do Conselho Estadual de Educação, com vistas ao reconhecimento e aprovação do curso de Medicina?</t>
   </si>
   <si>
     <t>9088</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9088/requerimento_234_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9088/requerimento_234_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita à Diretoria Regional do DER de Presidente Prudente, que estude a possibilidade de instalar um ponto de ônibus com cobertura na Rodovia Comandante João Ribeiro de Barros, nas proximidades do trevo de acesso à Rodovia Plácido Rocha (mais precisamente ao lado direito sentido Valparaíso – Adamantina).</t>
   </si>
   <si>
     <t>9089</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9089/requerimento_235_37a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9089/requerimento_235_37a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: está sendo utilizado pela Associação Passiflora de Produtores Rurais de Adamantina, o equipamento destinado pelo Governo Federal para descascar, cortar e embalar legumes para ser comercializado? A utilização do maquinário é feito somente pelos produtores associados? Os produtores que não pertencem ao quadro de associados têm acesso ao maquinário? Quais os critérios utilizados para o uso do equipamento?</t>
   </si>
   <si>
     <t>9090</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9090/requerimento_236_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9090/requerimento_236_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) Informar local de trabalho, função e carga horária dos seguintes servidores: José Mauro Zambão e Thalita Luciano Rufato.</t>
   </si>
   <si>
     <t>9091</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9091/requerimento_237_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9091/requerimento_237_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) No que diz respeito à ponte localizada na Alameda Francisco José de Azevedo (Parque dos Pioneiros), a mesma se encontra em boas condições? Existe risco de desabamento? 2) Se possível, solicitamos parecer técnico do departamento de engenharia neste sentido.</t>
   </si>
   <si>
     <t>9092</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9092/requerimento_238_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9092/requerimento_238_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) O prédio onde se instala o centro de saúde, atualmente, possui a acessibilidade necessária? 2) As portas das salas de atendimento possuem as larguras mínimas para o acesso dos cadeirantes, estando de acordo com as normas de acessibilidade?</t>
   </si>
   <si>
     <t>9093</t>
   </si>
   <si>
     <t>ACACIO ROCHA, Aguinaldo Pires Galvão, ALCIO IKEDA, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9093/requerimento_239_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9093/requerimento_239_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações, considerando os pedidos do ofício da Associação dos Moradores do Bairro Jardim Brasil: 1) Há intenção desta administração em realizar projetos sociais de esporte, recreação e integração com crianças no bairro Jardim Brasil? Caso positivo, solicitamos informações a respeito dos projetos. 2) Considerando a licitação realizada para a retomada do posto de saúde do Jardim Brasil, solicitamos informações a respeito. Qual a previsão para o início e o término das obras? Qual o valor contratado? Deste valor, qual valor o município empregará de recursos próprios? Solicitamos cópia do contrato administrativo e da planilha da obra.</t>
   </si>
   <si>
     <t>9094</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9094/requerimento_240_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9094/requerimento_240_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado ofício ao Prof. André do Prado, Deputado Estadual, solicitando sua intercessão junto ao Dr. Márcio França, Governador do Estado, objetivando disponibilizar ao município de Adamantina a utilização das dependências físicas da atual sede da Delegacia Seccional de Polícia de Adamantina, com o intuito de acomodar alguns órgãos municipais e/ou estaduais.</t>
   </si>
   <si>
     <t>9095</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9095/requerimento_241_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9095/requerimento_241_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Como está o processo de implementação das três academias ao ar livre, destinadas para Adamantina ainda em 2017 pelo Governo do Estado? 2) Quais etapas ainda faltam ser cumpridas pelo município para efetivar a conquista de forma concreta? 3) Há previsão de quando as academias serão instaladas? 4) Continuam mantidos os bairros Jardim Brasil, Vila Freitas e Jardim das Acácias como sede das instalações dos equipamentos?</t>
   </si>
   <si>
     <t>9096</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9096/requerimento_242_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9096/requerimento_242_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Já foram tomadas as providências para contratação de nova empresa que conclua os serviços nestes dois locais? 2) Existe previsão de concretização desta contratação? 3) Há previsão de data de retorno das obras? 4) Qual o valor do convênio relacionado às duas obras? 5) Os recursos restantes são suficientes para finalizar as construções? 6) A Prefeitura precisará investir recurso extra para viabilizar a conclusão das obras?</t>
   </si>
   <si>
     <t>9097</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9097/requerimento_243_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9097/requerimento_243_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Estadual Reinaldo Alguz, sua interferência junto à Secretaria Estadual de Esportes Lazer e Juventude, objetivando a destinação de 2 (duas) academias ao ar livre, que deverão ser instaladas nos bairros Jardim das Tipuanas e Parque Cecap.</t>
   </si>
   <si>
     <t>9098</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9098/requerimento_244_38a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9098/requerimento_244_38a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1 – Há casos de inadimplência por parte dos contribuintes/empresas com referência aos Impostos Municipais? 2 – Em caso afirmativo, a quanto monta a dívida em atraso? 3 – Tem havido acordo entre as partes antes do envio dos processos para cobrança executiva?</t>
   </si>
   <si>
     <t>9099</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9099/requerimento_245_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9099/requerimento_245_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Em que estágio se encontra o projeto de instalação do ESF – Estratégia de Saúde da Família, no bairro rural Lagoa Seca, conforme estabelece o plano de governo desta administração? 2) Qual o motivo da demora para a concretização deste pleito, através da Secretaria Municipal de Saúde?</t>
   </si>
   <si>
     <t>9100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9100/requerimento_246_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9100/requerimento_246_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Quando serão retomados os serviços de recapeamento asfáltico do pátio da feira livre da Praça José Costa, antigo pátio da Fepasa? 2) Os serviços serão feitos somente onde são montadas as barracas, ou serão estendidas até a área de estacionamento?</t>
   </si>
   <si>
     <t>9101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9101/requerimento_247_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9101/requerimento_247_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações relativos ao IPTU: a) Qual o número total de requerimentos protocolados no paço municipal até a data de 28 de setembro de 2018, solicitando a revisão da medicação realizada pela administração municipal nos imóveis residenciais e comerciais da nossa cidade no ano de 2017? b) Em relação aos requerimentos deferidos pela administração municipal, qual foi o número total de carnês do IPTU/2018 que sofreram alterações no cálculo da medição inicial realizada no ano de 2017? c) O Executivo tenciona realizar um novo recadastramento imobiliário neste ano, com vistas ao cálculo do IPTU/2019? Em caso positivo, como esse serviço será executado pela administração municipal?</t>
   </si>
   <si>
     <t>9102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9102/requerimento_248_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9102/requerimento_248_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua intercessão junto ao Dr. Márcio França, Governador do Estado, objetivando a liberação de recursos financeiros através do "PEM - Programa Especial de Melhorias", a serem alocados em obras de reforma e/ou ampliação do Centro Comunitário do Conjunto Habitacional das Azaléias, na Vila Jamil de Lima.</t>
   </si>
   <si>
     <t>9103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9103/requerimento_249_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9103/requerimento_249_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Márcio Alvino, Deputado Federal, a doação de exemplares das seguintes publicações: Constituição Federal, Código de Trânsito Brasileiro, Estatuto do Idoso, Estatuto da Criança e do Adolescente e Legislação Brasileira de Proteção e Defesa do Consumidor com as últimas atualizações, para serem distribuídas às escolas públicas municipais e estaduais existentes em nosso município.</t>
   </si>
   <si>
     <t>9104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9104/requerimento_250_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9104/requerimento_250_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o Senhor Prefeito contate o Reitor da UNIFAI, a fim de obter informações sobre o cumprimento da Lei Municipal nº 3.820, de 14 de maio de 2018, que torna obrigatória a publicação de atos administrativos da UniFAI?</t>
   </si>
   <si>
     <t>9105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9105/requerimento_251_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9105/requerimento_251_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Há recursos suficientes para o repasse das contribuições e subvenções para as entidades previstas, conforme prevê a lei municipal? 2) Solicito informativo das datas de repasse (ano de 2018) das subvenções às entidades em questão. 3) Quanto a Associação dos Servidores Públicos Municipais (ASPUMA) receberá o valor em que lhe é garantido pela lei municipal? Esta associação recebeu os valores previstos no ano de 2017?</t>
   </si>
   <si>
     <t>9106</t>
   </si>
   <si>
     <t>ALCIO IKEDA, ACACIO ROCHA, Eder do Nascimento Ruete, Hélio José dos Santos, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9106/requerimento_252_39a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9106/requerimento_252_39a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) No que diz respeito ao processo no Ministério Público que cessou o pagamento de insalubridades aos Agentes Comunitários de Saúde, quais os critérios utilizados pelo profissional contratado para chegar ao resultado negativo em que apresenta o laudo? 2) O mesmo realizou quantas visitas? Foram avaliados presencialmente, casos em que os agentes mantém contato com pessoas portadoras de doenças? 3) Qual o valor pago e qual foi a forma de contratação dos serviços para a elaboração do mencionado laudo? Foi licitado? Se sim, qual modalidade? 4) Qual a data da recomendação realizada pelo ministério público para a contratação de laudo técnico e qual a data da contratação dos serviços realizados? 5) Os agentes terão de usar EPIs? Se sim, por quais motivos (considerando que o laudo indicou ser inexistente o risco à saúde)? Receberão treinamento para a utilização destes EPIs? 6) Solicitamos cópia de todo o processo (denúncia, recomendações e defesas), do contrato realizado entre a prefeitura e a empresa em que elaborou o laudo, bem como, das cotações de preço realizadas para a contratação.</t>
   </si>
   <si>
     <t>9113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9113/requerimento_253_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9113/requerimento_253_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: Qual o valor real da Emenda Parlamentar do Deputado Reinaldo Alguz enviada ao nosso município? Os recursos foram todos aplicados para melhorar a iluminação pública do trevo principal da cidade e o de acesso ao Campus II da UNIFAI? Caso tenha sobrado recursos, serão aplicados em outros pontos de nossa cidade?</t>
   </si>
   <si>
     <t>9114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9114/requerimento_254_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9114/requerimento_254_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Senhor Prefeito que contate a Sabesp, requerendo as seguintes informações: 1) Quais foram os investimentos realizados pela empresa nos últimos 05 (cinco) anos em nosso município? 2) A empresa tem estudos para investimentos em nosso município? Se positivo, quais os projetos em saneamentos básicos serão realizados?</t>
   </si>
   <si>
     <t>9115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9115/requerimento_255_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9115/requerimento_255_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município de Adamantina adote o sistema de diárias, em substituição ao atual procedimento de empenhos para antecipação de despesas de viagens, para motoristas de veículos para transporte na área de saúde (ambulâncias, vans e outros), pois tal expediente tem se mostrado bastante positivo em outras localidades, simplificando a prestação de contas, relatórios e outros expedientes burocráticos, com facilidades para os servidores diretamente atingidos e para a estrutura pública envolvida, como um todo.  I – Se positivo, qual o prazo/programação para que isso ocorra? II – Se negativo, quais as justificativas para tal posicionamento?</t>
   </si>
   <si>
     <t>9116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9116/requerimento_256_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9116/requerimento_256_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Márcio Alvino, Deputado Federal, sua intercessão junto ao Ministério do Desenvolvimento Social, objetivando o aumento no repasse do valor da subvenção do Governo Federal ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>9117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9117/requerimento_257_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9117/requerimento_257_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua intercessão junto à Secretária Estadual de Desenvolvimento Social, objetivando o aumento no repasse do valor da subvenção do Governo Estadual ao Lar dos Velhos de Adamantina.</t>
   </si>
   <si>
     <t>9118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9118/requerimento_258_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9118/requerimento_258_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Em qual etapa se encontram as obras do convênio da Al. Padre Nobrega/Jardim Primavera/Conjunto Oiti? As obras já foram recebidas pela Prefeitura? 2) Qual o prazo que a empresa tem para finalizar o serviço? Quando serão definitivamente retomadas para a finalização? 3) Considerando a existência de bueiros abertos oferecendo risco às crianças e demais pedestres que passam pelo local, quando serão tomadas medidas necessárias? 4) Serão construídos sarjetões na Rua Turquesa? 5) As calçadas que precisam ser regularizadas devido às obras, serão regularizadas pela Prefeitura?</t>
   </si>
   <si>
     <t>9119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9119/requerimento_259_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9119/requerimento_259_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações ao Senhor Prefeito, através do Reitor da UNIFAI: 1) Existe intenção do atendimento das solicitações elencadas nos protocolos, como por exemplo, a elaboração do projeto de reforma e ampliação da Fisioclínica e a adequação das instalações elétricas? 2) Sob a ótica desta reitoria, existe algum impedimento para a realização de melhorias no prédio? Se sim, quais? 3) A instituição já realizou algum tipo de reforma ou melhoria no prédio desde que passou a funcionar no mesmo? Em caso positivo, qual a diferença das melhorias realizadas anteriormente e as que foram solicitadas nos ofícios em questão? 4) Como se encontram as adequações dos banheiros, vestiários e demais salas da Fisioclínica, no que diz respeito à suficiência de atendimento e aprovação da vigilância sanitária?</t>
   </si>
   <si>
     <t>9120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9120/requerimento_260_40a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9120/requerimento_260_40a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita do Excelentíssimo Prefeito de Adamantina, junto à Procuradora Geral do Município, as seguintes informações: 1) Os estagiários desta prefeitura, em especial os que atuam na Procuradoria Municipal, tem direito à redução de carga horária em período de avaliações, conforme prevê o art. 10, § 2º da Lei dos estagiários (Lei Federal nº 11.788/08) e o item 42 da Cartilha do Estágio publicada pelo Ministério do Trabalho? 2) O Município tem descontado as horas reduzidas nos períodos de avaliação de algum estagiário? Em caso positivo, REQUEIRO seja interrompido o desconto e sejam realizadas as devidas restituições aos estagiários que tiveram seus vencimentos descontados pela redução da jornada nos períodos de avaliação na instituição de ensino, sob risco de encaminhamento do caso ao Ministério Público do Trabalho.</t>
   </si>
   <si>
     <t>9277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9277/requerimento_261_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9277/requerimento_261_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações sobre a interdição do parquinho infantil da Praça José Costa (Parquinho do Foguete), qual o motivo da demora na solução dos problemas existentes, quais melhorias precisam ser executadas para sua liberação e se existe alguma previsão de reabertura para uso da população?</t>
   </si>
   <si>
     <t>9278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9278/requerimento_262_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9278/requerimento_262_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a remoção de pombos das instalações da Rodoviária e a adoção de barreiras físicas, eletrônicas e/ou químicas, entre outras, que inibam definitivamente essa população.</t>
   </si>
   <si>
     <t>9279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9279/requerimento_263_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9279/requerimento_263_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. José Serra, Senador da República, a inclusão de uma Emenda para 2019 no valor de R$ 500 mil, a serem alocados no custeio, manutenção e aquisição de equipamentos destinados à Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>9280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9280/requerimento_264_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9280/requerimento_264_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Paulo Freire Costa, Deputado Federal, a inclusão de uma Emenda para 2019 no valor de R$500 mil, a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) para o Município de Adamantina.</t>
   </si>
   <si>
     <t>9281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9281/requerimento_265_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9281/requerimento_265_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Francisco Everardo Oliveira Silva (Tiririca), Deputado Federal, a inclusão de uma Emenda para 2019 no valor de R$500 mil, a serem alocados em obras de infraestrutura urbana (recapeamento asfáltico e pavimentação asfáltica) para o Município de Adamantina.</t>
   </si>
   <si>
     <t>9282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9282/requerimento_266_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9282/requerimento_266_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Dr. Márcio Alvino, Deputado Federal, a inclusão de uma Emenda para 2019, via Prefeitura Municipal de Adamantina, no valor de R$ 500 mil, a serem alocados no custeio do Polo de Atividades Integradas (PAI) Nosso Lar de Adamantina.</t>
   </si>
   <si>
     <t>9283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9283/requerimento_267_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9283/requerimento_267_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Capitão Augusto, Deputado Federal, a inclusão de uma Emenda para 2019 no valor de R$ 500 mil, a serem alocados no custeio, manutenção e aquisição de equipamentos destinados à Santa Casa de Misericórdia de Adamantina.</t>
   </si>
   <si>
     <t>9284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9284/requerimento_268_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9284/requerimento_268_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Qual a situação do Inquérito Civil nº 14.0182.0001013/2017, instaurado pela 1ª Promotoria de Justiça de Adamantina, envolvendo problemas estruturais no Parque Itaipus? 2) Quais as últimas ações tomadas pela Prefeitura e qual a atual situação do caso? Quais os prazos a serem cumpridos? 3) Houve TAC firmado entre as partes? Em caso positivo, requeiro cópia.</t>
   </si>
   <si>
     <t>9285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9285/requerimento_269_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9285/requerimento_269_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Atualmente, quantos médicos temos nos Postos de Saúde em Adamantina? Existe um déficit de mão-de-obra de médicos nos PSFs? 2) O Posto de Saúde do Jardim Adamantina tem quantos médicos e quantas equipes em atendimento? A quantidade de servidores e médicos para o atendimento da população condiz com a demanda populacional da área em questão? 3) Existe Ouvidoria nos postos de saúde? Quem o controla e como se desenvolve o serviço em questão?</t>
   </si>
   <si>
     <t>9286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9286/requerimento_270_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9286/requerimento_270_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: existe algum impedimento em relação aos Vereadores fiscalizarem documentos públicos in loco (como empenhos, processos licitatórios, etc) e realizarem registros fotográficos ou realizarem xerocópias dos mesmos?</t>
   </si>
   <si>
     <t>9287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9287/requerimento_271_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9287/requerimento_271_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Como a Administração realiza a publicidade das licitações na modalidade “Convite”?  Em quais murais e em qual fase a administração publica os editais dos Convites? 2) Os editais dos Convites são divulgados nos portais da transparência? De qual forma? 3) A administração acredita que moralmente seria interessante a publicação dos editais em Diários Oficiais e nos demais meios utilizados para divulgar as licitações de outras modalidades?</t>
   </si>
   <si>
     <t>9291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9291/requerimento_272_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9291/requerimento_272_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Foi nomeado o Ouvidor do Município? Se sim, em qual data foi nomeado? 2) Quem são os membros da Ouvidoria Municipal? Foram nomeados membros para o Conselho consultivo do órgão? 3) Quais os meios utilizados pelo Ouvidor para acolher a opinião da população? 4) Qual o índice de interação da população com os meios disponíveis para a Ouvidoria? Houve divulgação da existência desses meios? 5) Solicito relatório de desempenho da função exercida pelo Ouvidor a partir de sua nomeação, indicando a quantidade de reclamações/sugestões recebidas, de respostas realizadas aos interessados, das requisições e recomendações aos órgãos do município, bem como solicitamos que sejam encaminhadas as cópias dos relatórios trimestrais de atividades e de avaliação da qualidade dos serviços públicos.</t>
   </si>
   <si>
     <t>9292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9292/requerimento_273_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9292/requerimento_273_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Existe interesse da administração em reformar os bancos do Parque dos Pioneiros? 2) No caso de particular que tenha intenção de instalar bancos no local indicando nome de sua empresa ou família, qual o trâmite necessário para que o ato seja realizado de forma legal? O município pretende promover essa melhoria junto à iniciativa privada, conforme já realizado anteriormente por outras administrações?</t>
   </si>
   <si>
     <t>9293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9293/requerimento_274_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9293/requerimento_274_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Quais são os estudantes beneficiados com o transporte público diretamente do Município e quais são os estudantes que são beneficiados com o “passe” para o transporte público por meio de empresa terceirizada? 2) O transporte realizado por empresa terceirizada disponibiliza de auxiliar para o acompanhamento das crianças, assim como ocorre no transporte municipal? Caso contrário, quais providências o município pretende tomar a fim de evitar problemas futuros?</t>
   </si>
   <si>
     <t>9294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9294/requerimento_275_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9294/requerimento_275_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Quantas ambulâncias estão designadas para prestarem serviços no Corpo de Bombeiro de Adamantina? 2) Quem é responsável pela manutenção dos veículos? 3) As ambulâncias existentes têm atendido à demanda no atendimento da comunidade?</t>
   </si>
   <si>
     <t>9295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9295/requerimento_276_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9295/requerimento_276_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) Existem projetos de melhorias para “Campo do Marroco”? Quais? 2) Existe a possibilidade da instalação de traves, redes, alambrados, assim como da demarcação do campo para que seja utilizado pela comunidade?</t>
   </si>
   <si>
     <t>9296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9296/requerimento_277_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9296/requerimento_277_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja encaminhado a esta Casa, Projeto de Lei atualizando os valores dos salários dos Agentes Comunitários de Saúde, para que o pagamento no novo valor seja possível já a partir de janeiro de 2019.</t>
   </si>
   <si>
     <t>9297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9297/requerimento_278_41a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9297/requerimento_278_41a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja realizada sessão extraordinária para a eleição da nova Mesa Diretora no dia 23 de novembro de 2018, às 10:00h.</t>
   </si>
   <si>
     <t>9411</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9411/requerimento_279_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9411/requerimento_279_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações:1) Quais as propriedades que foram visitadas pelos professores, coordenadores e alunos do curso de Agronomia da UNIFAI em nossa cidade e região nos meses de agosto, setembro e outubro? 2) Encaminhar relação dos locais.</t>
   </si>
   <si>
     <t>9412</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9412/requerimento_280_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9412/requerimento_280_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam seja oficiado o Senhor Mauro Bragato, eleito Deputado Estadual que, quando de sua posse, interfere junto à Secretaria de Desenvolvimento Econômico, Tecnologia e Inovação do Estado de São Paulo, no sentido de conquistar ao nosso município os cursos via Rápido Emprego oferecido pela Secretaria nos seguintes cursos: 1) Corte de confecção e costura industrial tecido plano; 2) Azulejistas; 3) Ajudante de cozinha; 4) Auxiliar de inseminação em bovinos; 5) Confeitaria básica.</t>
   </si>
   <si>
     <t>9413</t>
   </si>
   <si>
     <t>ACACIO ROCHA, ALCIO IKEDA, PAULO CERVELHEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9413/requerimento_281_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9413/requerimento_281_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que o Município adote legislação que institua programas de incentivo voltados à defesa e proteção animal de cães e gatos, bem como ao controle de natalidade, com a isenção total do IPTU para moradores que abriguem cães e gatos abandonados em suas residências e isenção total do IPTU para clínicas veterinárias e/ou profissionais da medicina veterinária que atuam como autônomos, do endereço onde desenvolvem a atividade profissional mediante a realização de cirurgias de esterilização (castração) de cães e gatos.</t>
   </si>
   <si>
     <t>9414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9414/requerimento_282_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9414/requerimento_282_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre os estágios dos alunos do Curso de Medicina.</t>
   </si>
   <si>
     <t>9415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9415/requerimento_283_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9415/requerimento_283_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita que seja convocado o Senhor Reitor da UNIFAI e o Coordenador do curso de Medicina, para esclarecimentos sobre a realização de estágio dos alunos do curso de Medicina.</t>
   </si>
   <si>
     <t>9416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9416/requerimento_284_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9416/requerimento_284_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as informações relativo a convênio/contrato da prestação de serviço de estágio dos alunos do curso de Medicina da UNIFAI, solicitando, caso existam repasses, que seja enviado a esta Casa cópia integral dos extratos bancários, além de cópia integral do ato devidamente publicado em Diário Oficial que nomeou o responsável pelo Município em fiscalizar o referido contrato/termo de convênio.</t>
   </si>
   <si>
     <t>9417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9417/requerimento_285_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9417/requerimento_285_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Senhor Ed Thomas, Deputado Estadual, interferência junto ao Dr. Gilberto Nascimento Júnior, Secretário de Estado de Desenvolvimento Social, objetivando a inclusão de uma Emenda para o ano de 2019, com vistas à liberação de recursos financeiros para a construção de um Centro Comunitário no Bairro Parque Itamarati.</t>
   </si>
   <si>
     <t>9418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9418/requerimento_286_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9418/requerimento_286_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre qual o número total de médicos cubanos prestando atendimento em nossa rede municipal de saúde? Em quais unidades básicas de saúde municipais eles estão prestando serviço a nossa população?  Em se confirmando a saída dos médicos cubanos de Adamantina, quais providências serão adotadas pelo Executivo Municipal, objetivando a substituição desses profissionais de saúde? A prefeitura já está realizando algum estudo nesse sentido? A Administração Municipal tem interesse na manutenção dos médicos cubanos atendendo em nosso município? Em caso positivo, há alguma tratativa visando à permanência desses profissionais em nosso município?</t>
   </si>
   <si>
     <t>9419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9419/requerimento_287_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9419/requerimento_287_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja oficiado o Dr. Márcio França, Governador do Estado, com o objetivo de incluir recursos financeiros no Orçamento do Estado para 2019, objetivando uma revisão salarial digna e justa a todos os gestores, professores, servidores e funcionários da ativa e aos aposentados pertencentes à Pasta da Educação do Estado de São Paulo, com um percentual mínimo de 10%.</t>
   </si>
   <si>
     <t>9420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9420/requerimento_288_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9420/requerimento_288_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita seja oficiado o Dr. Márcio França, Governador do Estado, solicitando que envide o esforço necessário com o objetivo de incluir recursos financeiros no Orçamento do Estado para o ano de 2019, objetivando aumentar o valor do auxílio alimentação, passando dos atuais R$12,00 para ao menos R$15,00, concedendo esse importante benefício a todos os servidores públicos que estão lotados na Secretaria Estadual de Educação ou pelo menos para quem ganha até 05 (cinco) salários mínimos paulista, que hoje representa o valor de R$5.636,15, pois acreditamos se constituir uma questão de inteira justiça e reconhecimento por tudo que os educadores têm feito de bom e vão continuar fazendo em prol da educação paulista.</t>
   </si>
   <si>
     <t>9421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9421/requerimento_289_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9421/requerimento_289_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita o projeto pedagógico do curso de Medicina, feito por sua coordenadoria.</t>
   </si>
   <si>
     <t>9422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9422/requerimento_290_42a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9422/requerimento_290_42a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam a seguinte informação: por que a Secretaria de Educação do Município não tem designado mais monitores para organizar o transporte de alunos da nossa rede escolar?</t>
   </si>
   <si>
     <t>9423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9423/requerimento_291_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9423/requerimento_291_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: por quais os motivos que a Prefeitura não atende minha Indicação, que solicita a sinalização da Rodovia Plácido Rocha, segue abaixo: a) faixa da pista divisória onde separam os movimentos dos veículos em sentido contrário e regulamentam a ultrapassagem dos veículos; b) faixa amarela contínua; c) faixa amarela simples seccionada; d) faixa dupla contínua/seccionada; e) faixa dupla seccionada amarela.</t>
   </si>
   <si>
     <t>9424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9424/requerimento_292_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9424/requerimento_292_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Prof. André do Prado, Deputado Estadual, sua interferência junto ao Senhor Romildo Campello, Secretário de Estado da Cultura, com o objetivo de fazer a indicação da doação de um kit de livros à Biblioteca Pública Municipal “Cônego João Baptista de Aquino” para o 1º semestre do ano de 2019.</t>
   </si>
   <si>
     <t>9425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9425/requerimento_293_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9425/requerimento_293_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a celebração de convênio com o Governo do Estado visando à construção de uma creche escola em nosso município; e se o Executivo já adotou as providências para disponibilizar uma área na Vila Jamil de Lima e as documentações obrigatórias para construção dessa creche.</t>
   </si>
   <si>
     <t>9426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9426/requerimento_294_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9426/requerimento_294_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) Quem atualmente está realizando a limpeza dos ônibus escolares, utilizando dos produtos químicos necessários para a sua limpeza? 2) Os servidores que utilizam dos produtos estão recebendo devidamente adicional de insalubridade?</t>
   </si>
   <si>
     <t>9427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9427/requerimento_295_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9427/requerimento_295_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre a manutenção aos semáforos do município: se houve cotação recente para verificar a viabilidade da manutenção dos mesmos; se existe intenção de instalação de semáforos e radares em alguns pontos da cidade? Se sim, quais; se o município necessita de semáforos para pedestres (em especial no centro do município) e; se existe algum plano para a renovação e implementação de novos meios de trânsito para a melhoria do tráfego de veículos e trânsito de pedestres.</t>
   </si>
   <si>
     <t>9428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9428/requerimento_296_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9428/requerimento_296_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: 1) No decorrer destes últimos anos, quantos projetos foram realizados por este departamento para a manutenção e reforma da Usina de Reciclagem? Foram protocolados pedidos para recursos Federais ou Estaduais? Solicito cópia do projeto atual em que este departamento trabalha. 2) O Diretor do Departamento acompanha diariamente o andamento dos serviços na Usina de Reciclagem? 3) A realização da triagem na usina está sendo sustentável? Como o departamento organiza a venda dos materiais? Há acompanhamento do Diretor no processo de venda? 4) No que tange à renovação da frota da coleta de lixo, quantos pedidos foram realizados por este departamento nos últimos 2 anos? Existem projetos para a realização de mudanças na forma da coleta de lixo? Solicito cópia do(s) projeto(s) em questão. 5) Os servidores da coleta de lixo e da usina de reciclagem estão recebendo EPI’s e uniformes para o seu trabalho? O diretor acompanha com frequência a utilização dos mesmos? 6) Qual o grau de efetividade do método adotado para a coleta seletiva, iniciado no ano passado? O calendário indicado está sendo rigorosamente cumprido pelo departamento? A forma de coleta de recicláveis atual vem sendo mais eficiente que a coleta realizada de quintas-feiras? 7) O Diretor do Departamento de Resíduos Sólidos vem atuando em conjunto aos Departamentos de Controle de Vetores e de Saúde, no que diz respeito à realização de mutirões no município?</t>
   </si>
   <si>
     <t>9429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9429/requerimento_297_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9429/requerimento_297_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) De forma discriminada e detalhada, quais foram os gastos a mais que, realizados, não haviam sido calculados na elaboração do Projeto de Lei Orçamentária de 2018 e ocasionaram a necessidade de suplementação no orçamento da Pró-Reitoria de Ensino ao final deste exercício Financeiro? 2) No Projeto de Lei Orçamentária de 2019, a UNIFAI considerou essa deficiência orçamentária para que o remanejamento não seja necessário novamente ao final do próximo ano?</t>
   </si>
   <si>
     <t>9430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9430/requerimento_298_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9430/requerimento_298_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam as seguintes informações: 1) Relatório de docentes da instituição indicando o curso em que leciona o valor de sua hora-aula, bem como a quantidade de horas aulas semanais que o mesmo realiza, levando em consideração os exercícios de 2016 e 2018. 2) Como são controladas as horas-aulas aos docentes da instituição? Existe algum tipo de relatório de atividades que é apresentado pelo mesmo? Quais os critérios utilizados para a avaliação desses relatórios?</t>
   </si>
   <si>
     <t>9431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9431/requerimento_299_43a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9431/requerimento_299_43a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita a seguinte informação: quais os requisitos para se ter o direito aos medicamentos distribuídos no posto de saúde do município?</t>
   </si>
   <si>
     <t>9432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9432/requerimento_300_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9432/requerimento_300_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao futuro Deputado Federal Geninho Zuliani, sua interferência junto ao Ministério competente, visando a liberação, para o nosso município, de 01 (uma) academia ao ar livre, a ser instalada na área do Centro Comunitário Dozina Pazin Dal Bello, do bairro Parque do Sol.</t>
   </si>
   <si>
     <t>9433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9433/requerimento_301_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9433/requerimento_301_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: a) Qual foi o valor total gasto pela prefeitura com o pagamento das despesas de custeio (energia elétrica, água etc.)? Houve outras despesas de custeio dessa mesma natureza? Anexar documentos comprobatórios dessas despesas pagas. b) Foi realizado o pagamento de horas-extras com servidores municipais? Se positivo, para quantos funcionários e de quais secretarias municipais e qual o valor gasto com esse pagamento? c) Por que esses gastos não foram apresentados no balanço final da 28ª Feira do Verde e Exposição Agropecuária, Comercial e Industrial de Adamantina e consignado como despesas contraídas pela Administração Municipal para realização desse importante evento educacional, cultural, social, de lazer e entretenimento?</t>
   </si>
   <si>
     <t>9434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9434/requerimento_302_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9434/requerimento_302_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações: quais medidas podem ser tomadas no que se refere à execução de limpeza, manutenção, remoção de edificações irregulares abandonadas e conservação da faixa de terras entre a Rua João Latini e a ferrovia, no Jardim Adamantina?</t>
   </si>
   <si>
     <t>9435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9435/requerimento_303_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9435/requerimento_303_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita as seguintes informações, no que diz respeito ao serviço funerário municipal: 1) No que diz respeito ao Velório Municipal, levando em consideração a arrecadação dos serviços cobrados com as despesas necessárias pelo município, atualmente é viável a manutenção do espaço pela Prefeitura? 2) A administração tem intenção de buscar, legalmente, uma forma concessão do espaço à iniciativa privada? Já houve tentativa nesse sentido? 3) Quantas empresas de serviço funerário utilizam do espaço atualmente? Na eventual situação em que não haja mais procura do velório municipal pela iniciativa privada, qual seria a medida adotada pela administração para a utilização do espaço? 4) Solicitamos detalhes sobre a intenção da Administração Municipal sobre o espaço do velório municipal.</t>
   </si>
   <si>
     <t>9436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9436/requerimento_304_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9436/requerimento_304_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicita ao Deputado Federal eleito Prof. Luiz Flávio Gomes, objetivando cientificá-lo das necessidades existentes na Vicinal Moisés Justino da Silva para que, a partir do ano de 2019, sejam feitas melhorias dos problemas na vicinal para a instalação de iluminação pública e instalação de ciclovia.</t>
   </si>
   <si>
     <t>9437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9437/requerimento_305_44a_ordinaria.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9437/requerimento_305_44a_ordinaria.pdf</t>
   </si>
   <si>
     <t>Solicitam informações e ações, no que diz respeito à Vicinal Moisés Justino: 1) Quais seriam as medidas técnicas ideais para a segurança dos motoristas que utilizam da Vicinal?  É cogitada a aquisição de radares para a instalação? 2) O município de Adamantina já buscou realizar parcerias com o Município de vizinho para as melhorias em questão? 3) O trecho da vicinal em que pertence ao município de Adamantina possui iluminação em sua totalidade? 4) Existem projetos realizados sobre instalação de iluminação pública, ciclovia e/ou outras melhorias para a vicinal?</t>
   </si>
   <si>
     <t>9474</t>
   </si>
   <si>
     <t>VEPE</t>
   </si>
   <si>
     <t>Veto Parcial à Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9474/digitalizar.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9474/digitalizar.pdf</t>
   </si>
   <si>
     <t>Veto Parcial à Emenda Modificativa nº 008/2018.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -14413,67 +14413,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8262/8262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8263/8263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8264/8264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8265/8265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8464/8464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8465/8465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8466/8466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8467/8467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8468/8468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8535/8535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8536/8536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8541/8541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8557/8557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8568/8568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8603/8603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8653/8653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8654/8654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8709/8709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8710/8710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8711/8711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8712/8712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8713/8713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8714/8714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8755/8755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8761/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8862/circular_026_33a_ord._com_proj..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8863/circular_027_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8871/circular_028_18a_extra_sessao_cancelada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8872/circular_029_envio_do_processo_do_tc.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8874/circular_031_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8982/circular_032_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8983/circular_033_18a_extra.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8984/circular_034_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8985/circular_035_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8986/circular_036_19a_extra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8994/circular_037_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9069/circular_038_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9070/circular_039_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9072/circular_041_20a_extra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9073/circular_042_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9074/circular_043_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9076/circular_045_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9077/circular_046_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9084/circular_047_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9139/circular_048_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9461/circular_049_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9462/circular_050_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9463/circular_051_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9464/circular_052_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9465/circular_053_22a_extra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9466/circular_054_23a_extra_-_eleicao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9467/circular_055_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9468/circular_056_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9469/circular_057_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9470/circular_058_24a_extra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8193/8193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8194/8194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8195/8195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8196/8196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8197/8197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8198/8198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8199/8199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8200/8200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8201/8201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8202/8202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8203/8203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8204/8204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8205/8205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8206/8206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8207/8207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8208/8208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8209/8209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8210/8210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8211/8211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8212/8212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8213/8213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8214/8214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8215/8215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8216/8216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8217/8217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8218/8218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8219/8219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8220/8220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8221/8221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8222/8222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8223/8223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8224/8224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8225/8225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8226/8226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8227/8227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8228/8228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8229/8229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8230/8230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8231/8231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8232/8232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8233/8233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8234/8234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8235/8235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8236/8236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8237/8237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8238/8238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8239/8239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8240/8240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8241/8241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8266/8266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8267/8267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8268/8268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8269/8269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8270/8270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8271/8271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8272/8272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8273/8273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8274/8274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8275/8275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8276/8276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8277/8277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8278/8278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8279/8279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8280/8280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8281/8281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8282/8282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8283/8283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8284/8284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8285/8285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8286/8286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8287/8287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8288/8288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8289/8289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8290/8290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8291/8291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8292/8292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8293/8293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8294/8294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8295/8295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8296/8296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8297/8297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8298/8298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8299/8299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8300/8300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8301/8301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8302/8302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8303/8303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8341/8341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8342/8342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8343/8343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8344/8344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8345/8345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8346/8346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8347/8347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8348/8348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8349/8349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8350/8350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8351/8351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8352/8352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8353/8353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8354/8354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8355/8355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8356/8356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8357/8357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8358/8358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8359/8359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8360/8360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8361/8361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8362/8362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8363/8363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8364/8364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8365/8365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8366/8366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8367/8367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8368/8368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8369/8369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8370/8370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8371/8371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8372/8372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8373/8373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8374/8374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8375/8375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8376/8376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8377/8377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8378/8378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8379/8379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8380/8380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8381/8381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8382/8382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8383/8383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8384/8384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8407/8407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8408/8408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8409/8409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8410/8410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8411/8411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8412/8412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8413/8413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8414/8414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8415/8415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8416/8416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8417/8417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8418/8418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8419/8419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8420/8420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8421/8421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8422/8422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8423/8423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8424/8424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8425/8425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8426/8426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8427/8427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8428/8428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8429/8429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8430/8430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8431/8431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8432/8432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8433/8433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8434/indicacao_159_26a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8435/8435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8436/8436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8437/8437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8438/8438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8439/8439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8440/8440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8441/8441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8442/8442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8443/8443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8444/8444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8445/8445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8446/8446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8447/8447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8448/8448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8469/8469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8470/8470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8471/8471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8472/8472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8473/8473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8474/8474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8475/8475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8476/8476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8477/8477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8478/8478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8479/8479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8480/8480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8481/8481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8482/8482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8483/8483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8484/8484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8485/8485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8486/8486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8487/8487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8488/8488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8489/8489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8490/8490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8491/8491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8492/8492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8493/8493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8494/8494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8495/8495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8496/8496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8497/8497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8498/8498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8499/8499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8500/8500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8501/8501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8502/8502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8503/8503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8504/8504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8505/8505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8506/8506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8507/8507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8508/8508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8509/8509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8511/8511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8512/8512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8513/8513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8514/8514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8542/8542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8543/8543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8544/8544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8545/8545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8546/8546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8547/8547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8548/8548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8549/8549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8550/8550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8551/8551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8552/8552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8553/8553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8554/8554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8555/8555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8556/8556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8558/8558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8559/8559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8560/8560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8561/8561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8562/8562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8563/8563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8564/8564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8565/8565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8566/8566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8567/8567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8604/8604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8605/8605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8606/8606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8607/8607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8608/8608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8609/8609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8610/8610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8611/8611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8612/8612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8613/8613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8614/8614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8615/8615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8616/8616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8617/8617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8618/8618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8619/8619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8620/8620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8621/8621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8622/8622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8623/8623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8624/8624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8625/8625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8626/8626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8627/8627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8628/8628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8629/8629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8630/8630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8631/8631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8655/8655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8656/8656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8657/8657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8658/8658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8659/8659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8660/8660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8661/8661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8662/8662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8663/8663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8664/8664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8665/8665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8666/8666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8667/8667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8668/8668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8669/8669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8670/8670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8671/8671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8672/8672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8673/8673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8674/8674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8675/8675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8676/8676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8677/8677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8678/8678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8679/8679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8680/8680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8681/8681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8682/8682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8683/8683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8684/8684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8685/8685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8686/8686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8687/8687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8688/8688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8689/8689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8690/8690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8691/8691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8756/8756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8757/8757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8758/8758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8759/8759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8769/indicacao_314_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8771/indicacao_316_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8772/indicacao_317_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8773/indicacao_318_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8774/indicacao_319_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8775/indicacao_320_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8776/indicacao_321_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8777/indicacao_322_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8778/indicacao_323_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8779/indicacao_324_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8781/indicacao_326_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8782/indicacao_327_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8783/indicacao_328_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8784/indicacao_329_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8785/indicacao_330_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8786/indicacao_331_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8787/indicacao_332_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8788/indicacao_333_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8789/indicacao_334_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8790/indicacao_335_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8791/indicacao_336_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8792/indicacao_337_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8793/indicacao_338_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8794/indicacao_339_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8795/indicacao_340_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8796/indicacao_341_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8797/indicacao_342_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8798/indicacao_343_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8799/indicacao_344_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8800/indicacao_345_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8801/indicacao_346_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8803/indicacao_348_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8804/indicacao_349_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8805/indicacao_350_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8806/indicacao_351_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8807/indicacao_352_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8808/indicacao_353_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8809/indicacao_354_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8810/indicacao_355_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8811/indicacao_356_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8812/indicacao_357_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8813/indicacao_358_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8826/indicacao_359_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8827/indicacao_360_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8830/indicacao_361_33a_ordinaria.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8831/indicacao_362_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8833/indicacao_363_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8834/indicacao_364_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8835/indicacao_365_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8836/indicacao_366_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8837/indicacao_367_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8838/indicacao_368_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8839/indicacao_369_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8840/indicacao_370_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8841/indicacao_371_33a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8842/indicacao_372_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8843/indicacao_373_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8844/indicacao_374_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8845/indicacao_375_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8846/indicacao_376_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8847/indicacao_377_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8848/indicacao_378_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8849/indicacao_379_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8891/indicacao_380_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8892/indicacao_381_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8893/indicacao_382_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8894/indicacao_383_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8895/indicacao_384_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8896/indicacao_385_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8897/indicacao_386_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8898/indicacao_387_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8899/indicacao_388_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8900/indicacao_389_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8901/indicacao_390_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8902/indicacao_391_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8903/indicacao_392_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8904/indicacao_393_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8905/indicacao_394_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8906/indicacao_395_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8907/indicacao_396_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8908/indicacao_397_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8909/indicacao_398_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8910/indicacao_399_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8911/indicacao_400_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8912/indicacao_401_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8913/indicacao_402_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8914/indicacao_403_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8915/indicacao_404_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8916/indicacao_405_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8917/indicacao_406_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8918/indicacao_407_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8919/indicacao_408_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8920/indicacao_409_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8921/indicacao_410_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8922/indicacao_411_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8923/indicacao_412_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8924/indicacao_413_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8925/indicacao_414_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8926/indicacao_415_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8927/indicacao_416_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8928/indicacao_417_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8929/indicacao_418_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8930/indicacao_419_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8931/indicacao_420_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8932/indicacao_421_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8933/indicacao_422_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8934/indicacao_423_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8935/indicacao_424_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8936/indicacao_425_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8937/indicacao_426_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8938/indicacao_427_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8940/indicacao_429_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8941/indicacao_430_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8942/indicacao_431_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8943/indicacao_432_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8944/indicacao_433_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8945/indicacao_434_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8946/indicacao_435_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8947/indicacao_436_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8948/indicacao_437_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8949/indicacao_438_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8950/indicacao_439_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8951/indicacao_440_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8952/indicacao_441_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8953/indicacao_442_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8954/indicacao_443_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8956/indicacao_445_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8957/indicacao_446_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8958/indicacao_447_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8959/indicacao_448_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8960/indicacao_449_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8961/indicacao_450_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8962/indicacao_451_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8963/indicacao_452_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8964/indicacao_453_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8965/indicacao_454_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8966/indicacao_455_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9009/indicacao_456_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9010/indicacao_457_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9011/indicacao_458_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9012/indicacao_459_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9013/indicacao_460_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9014/indicacao_461_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9015/indicacao_462_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9016/indicacao_463_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9017/indicacao_464_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9018/indicacao_465_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9019/indicacao_466_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9020/indicacao_467_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9021/indicacao_468_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9022/indicacao_469_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9023/indicacao_470_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9024/indicacao_471_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9026/indicacao_473_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9027/indicacao_474_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9028/indicacao_475_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9029/indicacao_476_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9030/indicacao_477_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9031/indicacao_478_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9032/indicacao_479_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9033/indicacao_480_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9034/indicacao_481_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9035/indicacao_482_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9036/indicacao_483_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9037/indicacao_484_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9038/indicacao_485_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9039/indicacao_486_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9040/indicacao_487_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9041/indicacao_488_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9042/indicacao_489_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9043/indicacao_490_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9044/indicacao_491_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9045/indicacao_492_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9046/indicacao_493_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9049/indicacao_494_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9050/indicacao_495_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9051/indicacao_496_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9052/indicacao_497_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9053/indicacao_498_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9054/indicacao_499_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9055/indicacao_500_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9056/indicacao_501_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9107/indicacao_502_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9108/indicacao_503_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9109/indicacao_504_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9110/indicacao_505_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9111/indicacao_506_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9112/indicacao_507_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9140/indicacao_508_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9141/indicacao_509_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9142/indicacao_510_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9143/indicacao_511_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9144/indicacao_512_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9145/indicacao_513_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9146/indicacao_514_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9147/indicacao_515_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9148/indicacao_516_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9149/indicacao_517_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9150/indicacao_518_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9151/indicacao_519_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9152/indicacao_520_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9153/indicacao_521_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9154/indicacao_522_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9155/indicacao_523_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9156/indicacao_524_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9157/indicacao_525_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9158/indicacao_526_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9159/indicacao_527_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9160/indicacao_528_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9161/indicacao_529_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9162/indicacao_530_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9163/indicacao_531_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9164/indicacao_532_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9165/indicacao_533_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9166/indicacao_534_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9167/indicacao_536_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9168/indicacao_537_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9169/indicacao_537_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9170/indicacao_538_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9171/indicacao_539_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9172/indicacao_540_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9173/indicacao_541_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9174/indicacao_542_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9175/indicacao_543_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9176/indicacao_544_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9177/indicacao_545_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9178/indicacao_546_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9179/indicacao_548_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9180/indicacao_548_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9181/indicacao_549_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9182/indicacao_550_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9183/indicacao_551_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9184/indicacao_552_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9185/indicacao_553_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9186/indicacao_554_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9187/indicacao_555_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9188/indicacao_556_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9189/indicacao_557_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9190/indicacao_558_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9191/indicacao_559_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9192/indicacao_560_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9193/indicacao_561_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9194/indicacao_562_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9195/indicacao_563_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9196/indicacao_564_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9197/indicacao_565_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9198/indicacao_566_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9199/indicacao_567_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9200/indicacao_568_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9201/indicacao_569_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9202/indicacao_570_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9203/indicacao_571_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9204/indicacao_572_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9205/indicacao_573_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9206/indicacao_574_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9207/indicacao_575_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9208/indicacao_576_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9209/indicacao_577_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9210/indicacao_578_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9211/indicacao_579_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9212/indicacao_580_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9213/indicacao_581_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9214/indicacao_582_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9215/indicacao_583_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9216/indicacao_584_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9217/indicacao_585_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9218/indicacao_586_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9219/indicacao_587_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9220/indicacao_588_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9221/indicacao_589_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9222/indicacao_590_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9223/indicacao_591_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9224/indicacao_592_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9225/indicacao_593_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9226/indicacao_594_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9227/indicacao_595_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9228/indicacao_596_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9229/indicacao_597_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9230/indicacao_498_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9231/indicacao_599_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9232/indicacao_600_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9233/indicacao_601_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9234/indicacao_602_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9235/indicacao_603_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9236/indicacao_604_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9237/indicacao_605_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9238/indicacao_606_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9239/indicacao_607_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9240/indicacao_608_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9241/indicacao_609_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9242/indicacao_610_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9243/indicacao_612_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9244/indicacao_612_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9245/indicacao_613_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9246/indicacao_614_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9247/indicacao_615_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9248/indicacao_616_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9249/indicacao_617_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9250/indicacao_618_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9251/indicacao_619_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9252/indicacao_620_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9253/indicacao_621_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9254/indicacao_622_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9255/indicacao_623_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9256/indicacao_624_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9257/indicacao_625_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9258/indicacao_626_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9259/indicacao_627_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9260/indicacao_628_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9261/indicacao_629_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9262/indicacao_630_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9263/indicacao_631_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9264/indicacao_632_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9265/indicacao_633_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9266/indicacao_634_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9267/indicacao_635_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9268/indicacao_636_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9269/indicacao_637_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9270/indicacao_638_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9271/indicacao_639_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9272/indicacao_640_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9273/indicacao_641_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9274/indicacao_642_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9275/indicacao_643_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9276/indicacao_644_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9300/indicacao_645_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9301/indicacao_647_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9302/indicacao_647_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9303/indicacao_648_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9304/indicacao_649_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9305/indicacao_650_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9306/indicacao_651_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9307/indicacao_652_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9308/indicacao_653_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9309/indicacao_654_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9310/indicacao_655_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9311/indicacao_656_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9312/indicacao_657_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9313/indicacao_658_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9314/indicacao_659_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9315/indicacao_660_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9316/indicacao_661_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9317/indicacao_662_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9318/indicacao_663_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9319/indicacao_664_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9320/indicacao_665_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9321/indicacao_666_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9322/indicacao_667_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9323/indicacao_668_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9324/indicacao_669_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9325/indicacao_670_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9326/indicacao_671_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9327/indicacao_672_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9328/indicacao_673_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9329/indicacao_674_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9330/indicacao_675_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9331/indicacao_676_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9332/indicacao_677_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9333/indicacao_678_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9334/indicacao_679_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9335/indicacao_680_41a_ordinaria.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9336/indicacao_681_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9337/indicacao_682_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9338/indicacao_683_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9339/indicacao_684_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9340/indicacao_685_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9341/indicacao_686_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9342/indicacao_687_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9343/indicacao_688_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9344/indicacao_689_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9345/indicacao_690_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9346/indicacao_691_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9347/indicacao_692_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9348/indicacao_693_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9349/indicacao_694_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9350/indicacao_695_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9351/indicacao_696_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9352/indicacao_697_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9353/indicacao_698_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9354/indicacao_699_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9355/indicacao_700_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9356/indicacao_701_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9357/indicacao_702_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9358/indicacao_703_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9359/indicacao_704_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9360/indicacao_705_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9361/indicacao_706_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9362/indicacao_706_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9363/indicacao_708_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9364/indicacao_709_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9382/indicacao_710_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9383/indicacao_711_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9384/indicacao_712_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9385/indicacao_713_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9386/indicacao_714_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9387/indicacao_715_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9388/indicacao_716_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9389/indicacao_717_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9390/indicacao_718_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9391/indicacao_719_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9392/indicacao_720_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9393/indicacao_721_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9394/indicacao_722_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9395/indicacao_723_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9396/indicacao_724_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9397/indicacao_725_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9398/indicacao_726_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9399/indicacao_727_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9400/indicacao_728_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9401/indicacao_729_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9402/indicacao_730_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9403/indicacao_731_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9404/indicacao_732_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9405/indicacao_733_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9406/indicacao_734_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9407/indicacao_735_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9408/indicacao_736_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9409/indicacao_737_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9410/indicacao_738_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9446/indicacao_739_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9447/indicacao_740_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9448/indicacao_741_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9449/indicacao_742_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9450/indicacao_743_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9451/indicacao_744_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9452/indicacao_745_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9453/indicacao_746_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9454/indicacao_747_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9455/indicacao_748_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9456/indicacao_749_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9457/indicacao_750_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9458/indicacao_751_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9459/indicacao_752_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9460/indicacao_753_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8242/8242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8327/8327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8405/8405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8406/8406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8534/8534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8569/8569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8570/8570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8571/8571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8572/8572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8850/mocao_010_-_atletas_da_fase_regional_de_atletis_FSDsqeZ.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8851/mocao_011_-_sergio_vanderlei_da_silva_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8888/mocao_012_-_fernando_henrique_pereira_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8889/mocao_013_-_lucas_marcelino_dos_santos_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8890/mocao_014_-_volei_feminino_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8980/mocao_015_protesto_-_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8981/mocao_016_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9007/mocao_017_-_mocao_de_apelo_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9008/mocao_018_-_mocao_de_apoio_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9121/mocao_019_-_promotor_rodrigo_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9122/mocao_020_-_pai_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9123/mocao_021_-_ruth_duarte_menegatti_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9124/mocao_022_-_marcio_alexandre_barreto_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9125/mocao_023_-_comissao_do_desfile_de_7_de_setembr_NIam3D7.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9126/mocao_024_-_28a_expoverde_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9127/mocao_025_-_atletas_jogos_escolares_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9128/mocao_026_-_competicao_de_damas_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9129/mocao_027_-_estudante_do_curso_de_medicina_39a__bpWlPQm.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9130/mocao_028_-_bruno_cesar_doretto_macorini_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9131/mocao_029_-_grupo_haddad_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9132/mocao_030_-_julia_barbosa_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9298/mocao_031_-_ead_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9299/mocao_032_-_gustavo_junqueira_machado_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9438/mocao_033-_major_da_pm_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9439/mocao_034-_ed_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9440/mocao_035_-_jose_cossi_neto_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9441/mocao_036_-_pharmacia_homeopatica_chamomila_43a_gzM2WH7.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9442/mocao_037_-_guarani_futebol_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9443/mocao_038_-_julia_barbosa_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9444/mocao_039_-_joao_miguel_azedo_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9445/mocao_040_-_i_noite_cultural_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8651/8651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8993/projeto_de_decreto_legislativo_002_-_contas_pre_JPN8V28.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9379/aprovado_projeto_de_decreto_legislativo_003.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9380/aprovado_projeto_de_decreto_legislativo_004_-_j_Wdxvn9E.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9381/aprovado_projeto_de_decreto_legislativo_005_-_s_XmIPxEX.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8652/8652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8332/8332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8335/8335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8336/8336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8540/8540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8649/8649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8728/8728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8729/8729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8730/8730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8731/8731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8732/8732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8733/8733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8734/8734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8868/plc_014_-_m_039.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8869/plc_015_-_m_040.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8870/plc_016_-_m_043.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9061/plc_017_-_m_052.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9062/plc_018_-_m_053.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9063/plc_019_-_m_055.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9068/plc_020_-_m_060_leitura_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9138/plc_021_-_m_064_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9290/projeto_de_lei_complementar_022_-_modifica_plan_bfsE8mD.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9377/plc_023_-_m_074_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9378/projeto_de_lei_complementar_024_-_m_083_leitura_LP8I4Y6.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8328/8328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8329/8329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8330/8330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8331/8331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8337/8337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8338/8338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8339/8339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8340/8340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8460/8460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8461/8461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8462/8462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8463/8463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8537/8537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8538/8538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8539/8539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8573/8573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8574/8574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8575/8575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8716/8716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8717/8717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8718/8718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8719/8719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8720/8720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8721/8721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8722/8722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8723/8723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8724/8724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8725/8725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8726/8726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8727/8727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8760/pl_032_-_mensagem_038.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8864/pl_033_helio_-_rua_danta_bolgue.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8865/pl_034_-_m_041.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8866/pl_035_-_m_042.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8867/pl_036_-_m_044.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8885/pl_037_-_m_045_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8886/pl_038_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8887/pl_039_-_m_046_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8987/pl_040_-_msg_047.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8988/projeto_de_lei_041_-_denominacao_de_ruas_do_res_rmoEmF3.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8989/pl_042_-_m_048.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8990/pl_043_-_m_049.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8991/pl_044_-_m_050.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8992/pl_045_-_m_051.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9047/projeto_de_lei_046_-_alteracao_de_nome_de_rua_d_BQ8VdIu.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9048/projeto_de_lei_047_-_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9057/aprovado_projeto_de_lei_048_-_dia_do_profission_4S0bVEl.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9058/pl_049_-_m_054.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9059/pl_050_-_m_057.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9060/pl_051_-_m_058.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9064/pl_052_-_msg_059.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9065/pl_053_-_m_061_leitura_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9067/pl_055_-_m_063_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9133/projeto_de_lei_056_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9134/pl_057_-_m_056_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9135/pl_058_-_m_065_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9136/pl_059_-_m_066_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9137/pl_060_-_m_067_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9288/projeto_de_lei_061_leitura_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9289/pl_062_leitura_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9365/pl_063_-_m_070_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9366/pl_064_-_m_071_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9367/pl_065_-_m_072_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9368/pl_066_-_m_073_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9369/projeto_de_lei_067_-_m_075_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9370/projeto_de_lei_068_-_m_076_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9371/projeto_de_lei_069_-_m_077_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9372/projeto_de_lei_070_-_m_078_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9373/projeto_de_lei_071_-_m_079_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9375/projeto_de_lei_073_-_m_081_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9376/projeto_de_lei_074_-_m_082_leitura_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8333/8333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8334/8334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8243/8243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8244/8244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8245/8245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8246/8246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8247/8247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8248/8248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8249/8249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8250/8250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8251/8251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8252/8252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8253/8253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8254/8254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8255/8255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8256/8256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8257/8257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8258/8258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8259/8259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8260/8260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8261/8261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8304/8304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8305/8305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8306/8306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8307/8307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8308/8308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8309/8309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8310/8310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8311/8311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8312/8312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8313/8313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8314/8314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8315/8315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8316/8316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8317/8317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8318/8318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8319/8319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8320/8320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8321/8321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8322/8322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8323/8323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8324/8324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8325/8325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8326/8326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8385/8385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8386/8386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8387/8387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8388/8388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8389/8389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8390/8390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8391/8391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8392/8392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8393/8393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8394/8394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8395/8395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8396/8396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8397/8397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8398/8398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8399/8399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8400/8400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8401/8401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8402/8402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8403/8403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8404/8404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8449/8449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8450/8450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8451/8451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8452/8452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8453/8453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8454/8454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8455/8455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8456/8456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8458/8458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8459/8459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8515/8515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8516/8516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8517/8517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8518/8518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8519/8519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8520/8520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8521/8521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8522/8522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8523/8523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8524/8524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8525/8525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8526/8526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8527/8527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8528/8528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8529/8529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8530/8530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8531/8531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8532/8532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8533/8533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8576/8576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8577/8577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8578/8578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8579/8579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8580/8580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8581/8581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8582/8582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8583/8583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8584/8584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8585/8585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8586/8586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8587/8587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8588/8588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8589/8589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8590/8590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8591/8591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8592/8592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8593/8593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8594/8594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8595/8595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8596/8596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8597/8597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8598/8598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8599/8599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8600/8600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8601/8601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8602/8602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8632/8632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8633/8633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8634/8634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8635/8635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8636/8636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8637/8637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8638/8638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8639/8639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8640/8640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8641/8641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8642/8642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8643/8643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8644/8644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8645/8645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8646/8646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8647/8647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8692/8692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8693/8693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8694/8694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8695/8695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8696/8696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8697/8697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8698/8698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8699/8699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8700/8700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8701/8701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8702/8702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8703/8703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8704/8704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8705/8705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8706/8706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8707/8707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8708/8708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8735/8735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8736/8736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8737/8737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8738/8738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8739/8739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8740/8740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8741/8741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8742/8742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8743/8743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8744/8744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8745/8745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8746/8746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8747/8747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8748/8748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8749/8749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8750/8750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8751/8751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8752/8752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8753/8753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8754/8754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8762/requerimento_173_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8764/requerimento_175_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8765/requerimento_176_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8766/requerimento_177_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8767/requerimento_178_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8768/requerimento_179_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8852/requerimento_180_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8853/requerimento_181_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8854/requerimento_182_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8855/requerimento_183_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8856/requerimento_184_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8857/requerimento_185_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8858/requerimento_186_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8859/requerimento_187_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8860/requerimento_188_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8861/requerimento_189_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8875/requerimento_190_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8876/requerimento_191_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8877/requerimento_192_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8878/requerimento_193_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8879/requerimento_194_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8880/requerimento_195_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8881/requerimento_196_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8882/requerimento_197_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8883/requerimento_198_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8884/requerimento_199_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8967/requerimento_200_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8968/requerimento_201_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8969/requerimento_202_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8970/requerimento_203_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8971/requerimento_204_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8972/requerimento_205_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8973/requerimento_206_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8974/requerimento_207_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8975/requerimento_208_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8976/requerimento_209_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8977/requerimento_210_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8978/requerimento_211_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8979/requerimento_212_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8995/requerimento_213_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8996/requerimento_214_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8997/requerimento_215_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8998/requerimento_216_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8999/requerimento_217_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9000/requerimento_218_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9001/requerimento_219_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9002/requerimento_220_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9003/requerimento_221_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9004/requerimento_222_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9005/requerimento_223_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9006/requerimento_224_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9078/requerimento_225_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9079/requerimento_226_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9080/requerimento_227_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9081/requerimento_228_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9082/requerimento_229_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9083/requerimento_230_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9085/requerimento_231_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9086/requerimento_232_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9087/requerimento_233_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9088/requerimento_234_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9089/requerimento_235_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9090/requerimento_236_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9091/requerimento_237_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9092/requerimento_238_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9093/requerimento_239_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9094/requerimento_240_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9095/requerimento_241_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9096/requerimento_242_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9097/requerimento_243_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9098/requerimento_244_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9099/requerimento_245_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9100/requerimento_246_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9101/requerimento_247_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9102/requerimento_248_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9103/requerimento_249_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9104/requerimento_250_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9105/requerimento_251_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9106/requerimento_252_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9113/requerimento_253_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9114/requerimento_254_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9115/requerimento_255_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9116/requerimento_256_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9117/requerimento_257_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9118/requerimento_258_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9119/requerimento_259_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9120/requerimento_260_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9277/requerimento_261_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9278/requerimento_262_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9279/requerimento_263_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9280/requerimento_264_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9281/requerimento_265_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9282/requerimento_266_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9283/requerimento_267_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9284/requerimento_268_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9285/requerimento_269_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9286/requerimento_270_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9287/requerimento_271_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9291/requerimento_272_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9292/requerimento_273_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9293/requerimento_274_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9294/requerimento_275_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9295/requerimento_276_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9296/requerimento_277_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9297/requerimento_278_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9411/requerimento_279_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9412/requerimento_280_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9413/requerimento_281_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9414/requerimento_282_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9415/requerimento_283_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9416/requerimento_284_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9417/requerimento_285_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9418/requerimento_286_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9419/requerimento_287_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9420/requerimento_288_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9421/requerimento_289_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9422/requerimento_290_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9423/requerimento_291_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9424/requerimento_292_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9425/requerimento_293_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9426/requerimento_294_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9427/requerimento_295_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9428/requerimento_296_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9429/requerimento_297_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9430/requerimento_298_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9431/requerimento_299_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9432/requerimento_300_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9433/requerimento_301_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9434/requerimento_302_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9435/requerimento_303_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9436/requerimento_304_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9437/requerimento_305_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9474/digitalizar.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8262/8262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8263/8263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8264/8264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8265/8265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8464/8464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8465/8465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8466/8466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8467/8467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8468/8468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8535/8535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8536/8536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8541/8541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8557/8557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8568/8568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8603/8603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8653/8653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8654/8654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8709/8709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8710/8710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8711/8711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8712/8712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8713/8713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8714/8714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8755/8755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8761/circular_025_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8862/circular_026_33a_ord._com_proj..pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8863/circular_027_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8871/circular_028_18a_extra_sessao_cancelada.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8872/circular_029_envio_do_processo_do_tc.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8874/circular_031_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8982/circular_032_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8983/circular_033_18a_extra.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8984/circular_034_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8985/circular_035_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8986/circular_036_19a_extra.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8994/circular_037_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9069/circular_038_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9070/circular_039_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9072/circular_041_20a_extra.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9073/circular_042_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9074/circular_043_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9076/circular_045_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9077/circular_046_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9084/circular_047_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9139/circular_048_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9461/circular_049_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9462/circular_050_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9463/circular_051_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9464/circular_052_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9465/circular_053_22a_extra.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9466/circular_054_23a_extra_-_eleicao_da_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9467/circular_055_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9468/circular_056_envio_de_projetos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9469/circular_057_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9470/circular_058_24a_extra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8193/8193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8194/8194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8195/8195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8196/8196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8197/8197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8198/8198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8199/8199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8200/8200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8201/8201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8202/8202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8203/8203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8204/8204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8205/8205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8206/8206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8207/8207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8208/8208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8209/8209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8210/8210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8211/8211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8212/8212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8213/8213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8214/8214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8215/8215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8216/8216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8217/8217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8218/8218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8219/8219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8220/8220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8221/8221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8222/8222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8223/8223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8224/8224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8225/8225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8226/8226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8227/8227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8228/8228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8229/8229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8230/8230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8231/8231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8232/8232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8233/8233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8234/8234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8235/8235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8236/8236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8237/8237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8238/8238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8239/8239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8240/8240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8241/8241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8266/8266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8267/8267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8268/8268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8269/8269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8270/8270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8271/8271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8272/8272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8273/8273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8274/8274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8275/8275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8276/8276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8277/8277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8278/8278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8279/8279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8280/8280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8281/8281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8282/8282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8283/8283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8284/8284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8285/8285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8286/8286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8287/8287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8288/8288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8289/8289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8290/8290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8291/8291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8292/8292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8293/8293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8294/8294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8295/8295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8296/8296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8297/8297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8298/8298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8299/8299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8300/8300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8301/8301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8302/8302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8303/8303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8341/8341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8342/8342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8343/8343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8344/8344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8345/8345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8346/8346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8347/8347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8348/8348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8349/8349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8350/8350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8351/8351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8352/8352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8353/8353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8354/8354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8355/8355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8356/8356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8357/8357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8358/8358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8359/8359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8360/8360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8361/8361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8362/8362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8363/8363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8364/8364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8365/8365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8366/8366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8367/8367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8368/8368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8369/8369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8370/8370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8371/8371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8372/8372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8373/8373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8374/8374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8375/8375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8376/8376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8377/8377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8378/8378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8379/8379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8380/8380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8381/8381_texto_integral.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8382/8382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8383/8383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8384/8384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8407/8407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8408/8408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8409/8409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8410/8410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8411/8411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8412/8412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8413/8413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8414/8414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8415/8415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8416/8416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8417/8417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8418/8418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8419/8419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8420/8420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8421/8421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8422/8422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8423/8423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8424/8424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8425/8425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8426/8426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8427/8427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8428/8428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8429/8429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8430/8430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8431/8431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8432/8432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8433/8433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8434/indicacao_159_26a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8435/8435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8436/8436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8437/8437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8438/8438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8439/8439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8440/8440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8441/8441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8442/8442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8443/8443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8444/8444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8445/8445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8446/8446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8447/8447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8448/8448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8469/8469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8470/8470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8471/8471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8472/8472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8473/8473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8474/8474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8475/8475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8476/8476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8477/8477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8478/8478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8479/8479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8480/8480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8481/8481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8482/8482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8483/8483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8484/8484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8485/8485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8486/8486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8487/8487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8488/8488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8489/8489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8490/8490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8491/8491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8492/8492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8493/8493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8494/8494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8495/8495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8496/8496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8497/8497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8498/8498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8499/8499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8500/8500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8501/8501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8502/8502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8503/8503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8504/8504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8505/8505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8506/8506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8507/8507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8508/8508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8509/8509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8511/8511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8512/8512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8513/8513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8514/8514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8542/8542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8543/8543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8544/8544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8545/8545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8546/8546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8547/8547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8548/8548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8549/8549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8550/8550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8551/8551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8552/8552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8553/8553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8554/8554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8555/8555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8556/8556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8558/8558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8559/8559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8560/8560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8561/8561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8562/8562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8563/8563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8564/8564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8565/8565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8566/8566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8567/8567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8604/8604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8605/8605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8606/8606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8607/8607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8608/8608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8609/8609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8610/8610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8611/8611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8612/8612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8613/8613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8614/8614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8615/8615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8616/8616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8617/8617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8618/8618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8619/8619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8620/8620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8621/8621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8622/8622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8623/8623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8624/8624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8625/8625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8626/8626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8627/8627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8628/8628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8629/8629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8630/8630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8631/8631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8655/8655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8656/8656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8657/8657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8658/8658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8659/8659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8660/8660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8661/8661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8662/8662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8663/8663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8664/8664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8665/8665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8666/8666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8667/8667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8668/8668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8669/8669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8670/8670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8671/8671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8672/8672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8673/8673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8674/8674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8675/8675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8676/8676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8677/8677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8678/8678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8679/8679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8680/8680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8681/8681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8682/8682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8683/8683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8684/8684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8685/8685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8686/8686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8687/8687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8688/8688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8689/8689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8690/8690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8691/8691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8756/8756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8757/8757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8758/8758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8759/8759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8769/indicacao_314_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8771/indicacao_316_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8772/indicacao_317_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8773/indicacao_318_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8774/indicacao_319_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8775/indicacao_320_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8776/indicacao_321_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8777/indicacao_322_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8778/indicacao_323_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8779/indicacao_324_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8781/indicacao_326_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8782/indicacao_327_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8783/indicacao_328_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8784/indicacao_329_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8785/indicacao_330_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8786/indicacao_331_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8787/indicacao_332_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8788/indicacao_333_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8789/indicacao_334_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8790/indicacao_335_31a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8791/indicacao_336_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8792/indicacao_337_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8793/indicacao_338_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8794/indicacao_339_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8795/indicacao_340_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8796/indicacao_341_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8797/indicacao_342_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8798/indicacao_343_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8799/indicacao_344_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8800/indicacao_345_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8801/indicacao_346_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8803/indicacao_348_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8804/indicacao_349_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8805/indicacao_350_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8806/indicacao_351_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8807/indicacao_352_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8808/indicacao_353_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8809/indicacao_354_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8810/indicacao_355_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8811/indicacao_356_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8812/indicacao_357_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8813/indicacao_358_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8826/indicacao_359_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8827/indicacao_360_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8830/indicacao_361_33a_ordinaria.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8831/indicacao_362_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8833/indicacao_363_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8834/indicacao_364_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8835/indicacao_365_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8836/indicacao_366_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8837/indicacao_367_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8838/indicacao_368_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8839/indicacao_369_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8840/indicacao_370_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8841/indicacao_371_33a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8842/indicacao_372_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8843/indicacao_373_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8844/indicacao_374_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8845/indicacao_375_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8846/indicacao_376_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8847/indicacao_377_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8848/indicacao_378_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8849/indicacao_379_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8891/indicacao_380_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8892/indicacao_381_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8893/indicacao_382_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8894/indicacao_383_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8895/indicacao_384_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8896/indicacao_385_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8897/indicacao_386_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8898/indicacao_387_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8899/indicacao_388_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8900/indicacao_389_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8901/indicacao_390_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8902/indicacao_391_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8903/indicacao_392_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8904/indicacao_393_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8905/indicacao_394_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8906/indicacao_395_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8907/indicacao_396_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8908/indicacao_397_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8909/indicacao_398_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8910/indicacao_399_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8911/indicacao_400_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8912/indicacao_401_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8913/indicacao_402_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8914/indicacao_403_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8915/indicacao_404_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8916/indicacao_405_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8917/indicacao_406_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8918/indicacao_407_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8919/indicacao_408_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8920/indicacao_409_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8921/indicacao_410_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8922/indicacao_411_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8923/indicacao_412_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8924/indicacao_413_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8925/indicacao_414_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8926/indicacao_415_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8927/indicacao_416_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8928/indicacao_417_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8929/indicacao_418_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8930/indicacao_419_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8931/indicacao_420_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8932/indicacao_421_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8933/indicacao_422_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8934/indicacao_423_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8935/indicacao_424_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8936/indicacao_425_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8937/indicacao_426_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8938/indicacao_427_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8940/indicacao_429_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8941/indicacao_430_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8942/indicacao_431_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8943/indicacao_432_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8944/indicacao_433_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8945/indicacao_434_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8946/indicacao_435_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8947/indicacao_436_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8948/indicacao_437_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8949/indicacao_438_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8950/indicacao_439_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8951/indicacao_440_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8952/indicacao_441_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8953/indicacao_442_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8954/indicacao_443_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8956/indicacao_445_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8957/indicacao_446_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8958/indicacao_447_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8959/indicacao_448_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8960/indicacao_449_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8961/indicacao_450_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8962/indicacao_451_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8963/indicacao_452_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8964/indicacao_453_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8965/indicacao_454_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8966/indicacao_455_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9009/indicacao_456_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9010/indicacao_457_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9011/indicacao_458_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9012/indicacao_459_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9013/indicacao_460_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9014/indicacao_461_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9015/indicacao_462_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9016/indicacao_463_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9017/indicacao_464_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9018/indicacao_465_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9019/indicacao_466_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9020/indicacao_467_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9021/indicacao_468_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9022/indicacao_469_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9023/indicacao_470_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9024/indicacao_471_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9026/indicacao_473_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9027/indicacao_474_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9028/indicacao_475_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9029/indicacao_476_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9030/indicacao_477_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9031/indicacao_478_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9032/indicacao_479_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9033/indicacao_480_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9034/indicacao_481_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9035/indicacao_482_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9036/indicacao_483_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9037/indicacao_484_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9038/indicacao_485_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9039/indicacao_486_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9040/indicacao_487_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9041/indicacao_488_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9042/indicacao_489_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9043/indicacao_490_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9044/indicacao_491_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9045/indicacao_492_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9046/indicacao_493_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9049/indicacao_494_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9050/indicacao_495_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9051/indicacao_496_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9052/indicacao_497_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9053/indicacao_498_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9054/indicacao_499_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9055/indicacao_500_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9056/indicacao_501_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9107/indicacao_502_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9108/indicacao_503_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9109/indicacao_504_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9110/indicacao_505_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9111/indicacao_506_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9112/indicacao_507_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9140/indicacao_508_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9141/indicacao_509_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9142/indicacao_510_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9143/indicacao_511_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9144/indicacao_512_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9145/indicacao_513_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9146/indicacao_514_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9147/indicacao_515_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9148/indicacao_516_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9149/indicacao_517_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9150/indicacao_518_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9151/indicacao_519_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9152/indicacao_520_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9153/indicacao_521_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9154/indicacao_522_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9155/indicacao_523_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9156/indicacao_524_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9157/indicacao_525_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9158/indicacao_526_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9159/indicacao_527_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9160/indicacao_528_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9161/indicacao_529_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9162/indicacao_530_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9163/indicacao_531_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9164/indicacao_532_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9165/indicacao_533_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9166/indicacao_534_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9167/indicacao_536_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9168/indicacao_537_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9169/indicacao_537_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9170/indicacao_538_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9171/indicacao_539_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9172/indicacao_540_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9173/indicacao_541_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9174/indicacao_542_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9175/indicacao_543_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9176/indicacao_544_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9177/indicacao_545_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9178/indicacao_546_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9179/indicacao_548_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9180/indicacao_548_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9181/indicacao_549_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9182/indicacao_550_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9183/indicacao_551_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9184/indicacao_552_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9185/indicacao_553_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9186/indicacao_554_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9187/indicacao_555_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9188/indicacao_556_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9189/indicacao_557_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9190/indicacao_558_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9191/indicacao_559_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9192/indicacao_560_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9193/indicacao_561_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9194/indicacao_562_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9195/indicacao_563_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9196/indicacao_564_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9197/indicacao_565_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9198/indicacao_566_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9199/indicacao_567_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9200/indicacao_568_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9201/indicacao_569_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9202/indicacao_570_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9203/indicacao_571_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9204/indicacao_572_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9205/indicacao_573_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9206/indicacao_574_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9207/indicacao_575_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9208/indicacao_576_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9209/indicacao_577_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9210/indicacao_578_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9211/indicacao_579_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9212/indicacao_580_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9213/indicacao_581_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9214/indicacao_582_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9215/indicacao_583_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9216/indicacao_584_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9217/indicacao_585_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9218/indicacao_586_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9219/indicacao_587_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9220/indicacao_588_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9221/indicacao_589_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9222/indicacao_590_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9223/indicacao_591_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9224/indicacao_592_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9225/indicacao_593_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9226/indicacao_594_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9227/indicacao_595_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9228/indicacao_596_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9229/indicacao_597_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9230/indicacao_498_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9231/indicacao_599_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9232/indicacao_600_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9233/indicacao_601_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9234/indicacao_602_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9235/indicacao_603_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9236/indicacao_604_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9237/indicacao_605_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9238/indicacao_606_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9239/indicacao_607_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9240/indicacao_608_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9241/indicacao_609_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9242/indicacao_610_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9243/indicacao_612_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9244/indicacao_612_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9245/indicacao_613_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9246/indicacao_614_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9247/indicacao_615_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9248/indicacao_616_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9249/indicacao_617_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9250/indicacao_618_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9251/indicacao_619_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9252/indicacao_620_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9253/indicacao_621_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9254/indicacao_622_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9255/indicacao_623_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9256/indicacao_624_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9257/indicacao_625_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9258/indicacao_626_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9259/indicacao_627_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9260/indicacao_628_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9261/indicacao_629_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9262/indicacao_630_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9263/indicacao_631_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9264/indicacao_632_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9265/indicacao_633_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9266/indicacao_634_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9267/indicacao_635_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9268/indicacao_636_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9269/indicacao_637_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9270/indicacao_638_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9271/indicacao_639_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9272/indicacao_640_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9273/indicacao_641_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9274/indicacao_642_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9275/indicacao_643_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9276/indicacao_644_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9300/indicacao_645_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9301/indicacao_647_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9302/indicacao_647_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9303/indicacao_648_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9304/indicacao_649_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9305/indicacao_650_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9306/indicacao_651_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9307/indicacao_652_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9308/indicacao_653_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9309/indicacao_654_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9310/indicacao_655_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9311/indicacao_656_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9312/indicacao_657_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9313/indicacao_658_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9314/indicacao_659_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9315/indicacao_660_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9316/indicacao_661_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9317/indicacao_662_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9318/indicacao_663_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9319/indicacao_664_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9320/indicacao_665_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9321/indicacao_666_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9322/indicacao_667_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9323/indicacao_668_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9324/indicacao_669_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9325/indicacao_670_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9326/indicacao_671_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9327/indicacao_672_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9328/indicacao_673_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9329/indicacao_674_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9330/indicacao_675_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9331/indicacao_676_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9332/indicacao_677_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9333/indicacao_678_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9334/indicacao_679_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9335/indicacao_680_41a_ordinaria.doc" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9336/indicacao_681_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9337/indicacao_682_41a_ordinaria.doc.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9338/indicacao_683_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9339/indicacao_684_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9340/indicacao_685_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9341/indicacao_686_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9342/indicacao_687_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9343/indicacao_688_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9344/indicacao_689_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9345/indicacao_690_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9346/indicacao_691_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9347/indicacao_692_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9348/indicacao_693_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9349/indicacao_694_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9350/indicacao_695_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9351/indicacao_696_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9352/indicacao_697_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9353/indicacao_698_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9354/indicacao_699_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9355/indicacao_700_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9356/indicacao_701_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9357/indicacao_702_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9358/indicacao_703_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9359/indicacao_704_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9360/indicacao_705_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9361/indicacao_706_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9362/indicacao_706_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9363/indicacao_708_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9364/indicacao_709_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9382/indicacao_710_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9383/indicacao_711_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9384/indicacao_712_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9385/indicacao_713_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9386/indicacao_714_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9387/indicacao_715_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9388/indicacao_716_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9389/indicacao_717_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9390/indicacao_718_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9391/indicacao_719_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9392/indicacao_720_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9393/indicacao_721_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9394/indicacao_722_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9395/indicacao_723_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9396/indicacao_724_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9397/indicacao_725_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9398/indicacao_726_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9399/indicacao_727_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9400/indicacao_728_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9401/indicacao_729_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9402/indicacao_730_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9403/indicacao_731_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9404/indicacao_732_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9405/indicacao_733_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9406/indicacao_734_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9407/indicacao_735_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9408/indicacao_736_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9409/indicacao_737_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9410/indicacao_738_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9446/indicacao_739_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9447/indicacao_740_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9448/indicacao_741_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9449/indicacao_742_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9450/indicacao_743_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9451/indicacao_744_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9452/indicacao_745_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9453/indicacao_746_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9454/indicacao_747_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9455/indicacao_748_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9456/indicacao_749_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9457/indicacao_750_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9458/indicacao_751_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9459/indicacao_752_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9460/indicacao_753_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8242/8242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8327/8327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8405/8405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8406/8406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8534/8534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8569/8569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8570/8570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8571/8571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8572/8572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8850/mocao_010_-_atletas_da_fase_regional_de_atletis_FSDsqeZ.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8851/mocao_011_-_sergio_vanderlei_da_silva_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8888/mocao_012_-_fernando_henrique_pereira_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8889/mocao_013_-_lucas_marcelino_dos_santos_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8890/mocao_014_-_volei_feminino_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8980/mocao_015_protesto_-_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8981/mocao_016_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9007/mocao_017_-_mocao_de_apelo_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9008/mocao_018_-_mocao_de_apoio_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9121/mocao_019_-_promotor_rodrigo_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9122/mocao_020_-_pai_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9123/mocao_021_-_ruth_duarte_menegatti_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9124/mocao_022_-_marcio_alexandre_barreto_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9125/mocao_023_-_comissao_do_desfile_de_7_de_setembr_NIam3D7.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9126/mocao_024_-_28a_expoverde_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9127/mocao_025_-_atletas_jogos_escolares_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9128/mocao_026_-_competicao_de_damas_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9129/mocao_027_-_estudante_do_curso_de_medicina_39a__bpWlPQm.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9130/mocao_028_-_bruno_cesar_doretto_macorini_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9131/mocao_029_-_grupo_haddad_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9132/mocao_030_-_julia_barbosa_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9298/mocao_031_-_ead_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9299/mocao_032_-_gustavo_junqueira_machado_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9438/mocao_033-_major_da_pm_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9439/mocao_034-_ed_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9440/mocao_035_-_jose_cossi_neto_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9441/mocao_036_-_pharmacia_homeopatica_chamomila_43a_gzM2WH7.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9442/mocao_037_-_guarani_futebol_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9443/mocao_038_-_julia_barbosa_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9444/mocao_039_-_joao_miguel_azedo_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9445/mocao_040_-_i_noite_cultural_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8651/8651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8993/projeto_de_decreto_legislativo_002_-_contas_pre_JPN8V28.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9379/aprovado_projeto_de_decreto_legislativo_003.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9380/aprovado_projeto_de_decreto_legislativo_004_-_j_Wdxvn9E.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9381/aprovado_projeto_de_decreto_legislativo_005_-_s_XmIPxEX.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8652/8652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8332/8332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8335/8335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8336/8336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8540/8540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8649/8649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8728/8728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8729/8729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8730/8730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8731/8731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8732/8732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8733/8733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8734/8734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8868/plc_014_-_m_039.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8869/plc_015_-_m_040.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8870/plc_016_-_m_043.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9061/plc_017_-_m_052.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9062/plc_018_-_m_053.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9063/plc_019_-_m_055.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9068/plc_020_-_m_060_leitura_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9138/plc_021_-_m_064_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9290/projeto_de_lei_complementar_022_-_modifica_plan_bfsE8mD.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9377/plc_023_-_m_074_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9378/projeto_de_lei_complementar_024_-_m_083_leitura_LP8I4Y6.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8328/8328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8329/8329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8330/8330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8331/8331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8337/8337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8338/8338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8339/8339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8340/8340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8460/8460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8461/8461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8462/8462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8463/8463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8537/8537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8538/8538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8539/8539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8573/8573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8574/8574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8575/8575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8716/8716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8717/8717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8718/8718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8719/8719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8720/8720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8721/8721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8722/8722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8723/8723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8724/8724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8725/8725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8726/8726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8727/8727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8760/pl_032_-_mensagem_038.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8864/pl_033_helio_-_rua_danta_bolgue.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8865/pl_034_-_m_041.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8866/pl_035_-_m_042.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8867/pl_036_-_m_044.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8885/pl_037_-_m_045_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8886/pl_038_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8887/pl_039_-_m_046_leitura_34a_sessao.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8987/pl_040_-_msg_047.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8988/projeto_de_lei_041_-_denominacao_de_ruas_do_res_rmoEmF3.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8989/pl_042_-_m_048.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8990/pl_043_-_m_049.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8991/pl_044_-_m_050.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8992/pl_045_-_m_051.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9047/projeto_de_lei_046_-_alteracao_de_nome_de_rua_d_BQ8VdIu.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9048/projeto_de_lei_047_-_loteamentos.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9057/aprovado_projeto_de_lei_048_-_dia_do_profission_4S0bVEl.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9058/pl_049_-_m_054.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9059/pl_050_-_m_057.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9060/pl_051_-_m_058.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9064/pl_052_-_msg_059.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9065/pl_053_-_m_061_leitura_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9067/pl_055_-_m_063_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9133/projeto_de_lei_056_-_fogos_de_artificio.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9134/pl_057_-_m_056_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9135/pl_058_-_m_065_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9136/pl_059_-_m_066_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9137/pl_060_-_m_067_leitura_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9288/projeto_de_lei_061_leitura_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9289/pl_062_leitura_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9365/pl_063_-_m_070_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9366/pl_064_-_m_071_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9367/pl_065_-_m_072_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9368/pl_066_-_m_073_leitura_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9369/projeto_de_lei_067_-_m_075_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9370/projeto_de_lei_068_-_m_076_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9371/projeto_de_lei_069_-_m_077_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9372/projeto_de_lei_070_-_m_078_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9373/projeto_de_lei_071_-_m_079_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9375/projeto_de_lei_073_-_m_081_leitura_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9376/projeto_de_lei_074_-_m_082_leitura_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8333/8333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8334/8334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8243/8243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8244/8244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8245/8245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8246/8246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8247/8247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8248/8248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8249/8249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8250/8250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8251/8251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8252/8252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8253/8253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8254/8254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8255/8255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8256/8256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8257/8257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8258/8258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8259/8259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8260/8260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8261/8261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8304/8304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8305/8305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8306/8306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8307/8307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8308/8308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8309/8309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8310/8310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8311/8311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8312/8312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8313/8313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8314/8314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8315/8315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8316/8316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8317/8317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8318/8318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8319/8319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8320/8320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8321/8321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8322/8322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8323/8323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8324/8324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8325/8325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8326/8326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8385/8385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8386/8386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8387/8387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8388/8388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8389/8389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8390/8390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8391/8391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8392/8392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8393/8393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8394/8394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8395/8395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8396/8396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8397/8397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8398/8398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8399/8399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8400/8400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8401/8401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8402/8402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8403/8403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8404/8404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8449/8449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8450/8450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8451/8451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8452/8452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8453/8453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8454/8454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8455/8455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8456/8456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8458/8458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8459/8459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8515/8515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8516/8516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8517/8517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8518/8518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8519/8519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8520/8520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8521/8521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8522/8522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8523/8523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8524/8524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8525/8525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8526/8526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8527/8527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8528/8528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8529/8529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8530/8530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8531/8531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8532/8532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8533/8533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8576/8576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8577/8577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8578/8578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8579/8579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8580/8580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8581/8581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8582/8582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8583/8583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8584/8584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8585/8585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8586/8586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8587/8587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8588/8588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8589/8589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8590/8590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8591/8591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8592/8592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8593/8593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8594/8594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8595/8595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8596/8596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8597/8597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8598/8598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8599/8599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8600/8600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8601/8601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8602/8602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8632/8632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8633/8633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8634/8634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8635/8635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8636/8636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8637/8637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8638/8638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8639/8639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8640/8640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8641/8641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8642/8642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8643/8643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8644/8644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8645/8645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8646/8646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8647/8647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8692/8692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8693/8693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8694/8694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8695/8695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8696/8696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8697/8697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8698/8698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8699/8699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8700/8700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8701/8701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8702/8702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8703/8703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8704/8704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8705/8705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8706/8706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8707/8707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8708/8708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8735/8735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8736/8736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8737/8737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8738/8738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8739/8739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8740/8740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8741/8741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8742/8742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8743/8743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8744/8744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8745/8745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8746/8746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8747/8747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8748/8748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8749/8749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8750/8750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8751/8751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8752/8752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8753/8753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2018/8754/8754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8762/requerimento_173_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8764/requerimento_175_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8765/requerimento_176_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8766/requerimento_177_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8767/requerimento_178_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8768/requerimento_179_32a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8852/requerimento_180_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8853/requerimento_181_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8854/requerimento_182_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8855/requerimento_183_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8856/requerimento_184_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8857/requerimento_185_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8858/requerimento_186_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8859/requerimento_187_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8860/requerimento_188_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8861/requerimento_189_33a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8875/requerimento_190_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8876/requerimento_191_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8877/requerimento_192_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8878/requerimento_193_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8879/requerimento_194_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8880/requerimento_195_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8881/requerimento_196_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8882/requerimento_197_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8883/requerimento_198_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8884/requerimento_199_34a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8967/requerimento_200_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8968/requerimento_201_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8969/requerimento_202_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8970/requerimento_203_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8971/requerimento_204_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8972/requerimento_205_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8973/requerimento_206_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8974/requerimento_207_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8975/requerimento_208_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8976/requerimento_209_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8977/requerimento_210_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8978/requerimento_211_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8979/requerimento_212_35a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8995/requerimento_213_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8996/requerimento_214_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8997/requerimento_215_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8998/requerimento_216_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/8999/requerimento_217_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9000/requerimento_218_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9001/requerimento_219_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9002/requerimento_220_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9003/requerimento_221_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9004/requerimento_222_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9005/requerimento_223_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9006/requerimento_224_36a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9078/requerimento_225_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9079/requerimento_226_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9080/requerimento_227_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9081/requerimento_228_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9082/requerimento_229_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9083/requerimento_230_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9085/requerimento_231_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9086/requerimento_232_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9087/requerimento_233_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9088/requerimento_234_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9089/requerimento_235_37a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9090/requerimento_236_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9091/requerimento_237_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9092/requerimento_238_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9093/requerimento_239_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9094/requerimento_240_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9095/requerimento_241_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9096/requerimento_242_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9097/requerimento_243_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9098/requerimento_244_38a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9099/requerimento_245_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9100/requerimento_246_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9101/requerimento_247_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9102/requerimento_248_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9103/requerimento_249_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9104/requerimento_250_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9105/requerimento_251_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9106/requerimento_252_39a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9113/requerimento_253_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9114/requerimento_254_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9115/requerimento_255_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9116/requerimento_256_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9117/requerimento_257_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9118/requerimento_258_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9119/requerimento_259_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9120/requerimento_260_40a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9277/requerimento_261_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9278/requerimento_262_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9279/requerimento_263_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9280/requerimento_264_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9281/requerimento_265_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9282/requerimento_266_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9283/requerimento_267_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9284/requerimento_268_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9285/requerimento_269_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9286/requerimento_270_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9287/requerimento_271_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9291/requerimento_272_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9292/requerimento_273_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9293/requerimento_274_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9294/requerimento_275_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9295/requerimento_276_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9296/requerimento_277_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9297/requerimento_278_41a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9411/requerimento_279_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9412/requerimento_280_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9413/requerimento_281_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9414/requerimento_282_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9415/requerimento_283_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9416/requerimento_284_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9417/requerimento_285_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9418/requerimento_286_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9419/requerimento_287_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9420/requerimento_288_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9421/requerimento_289_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9422/requerimento_290_42a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9423/requerimento_291_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9424/requerimento_292_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9425/requerimento_293_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9426/requerimento_294_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9427/requerimento_295_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9428/requerimento_296_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9429/requerimento_297_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9430/requerimento_298_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9431/requerimento_299_43a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9432/requerimento_300_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9433/requerimento_301_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9434/requerimento_302_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9435/requerimento_303_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9436/requerimento_304_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9437/requerimento_305_44a_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2018/9474/digitalizar.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1264"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="149.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="137.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="136.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>