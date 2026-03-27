--- v0 (2025-11-29)
+++ v1 (2026-03-27)
@@ -51,13536 +51,13536 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CIRCU</t>
   </si>
   <si>
     <t>Circular Sessão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 29ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 21 DE JANEIRO, QUARTA-FEIRA, ÀS 16:30H</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4585/4585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4585/4585_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 44ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 02 DE FEVEREIRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4586/4586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4586/4586_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCELÊNCIA CÓPIA DOS PROJETOS LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4634/4634_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4634/4634_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 45ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 23 DE FEVEREIRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS.</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4635/4635_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4635/4635_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 31ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 23 DE FEVEREIRO, TERÇA-FEIRA, ÀS 11:00H.</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 32ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 23 DE FEVEREIRO, TERÇA-FEIRA, ÀS 11:30H.</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4637/4637_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4637/4637_texto_integral.pdf</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4638/4638_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4638/4638_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 46ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 02 DE MARÇO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5132/5132_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5132/5132_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 47ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 16 DE MARÇO, SEGUNDA-FEIRA, ÀS 20:00 HORAS, </t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5133/5133_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5133/5133_texto_integral.pdf</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5134/5134_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5134/5134_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 33ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 23 DE MARÇO, SEGUNDA-FEIRA, ÀS 16:30H</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5135/5135_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5135/5135_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 48ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 06 DE ABRIL, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5136/5136_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5136/5136_texto_integral.pdf</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5137/5137_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5137/5137_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 34ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 14 DE ABRIL, TERÇA-FEIRA, ÀS 10H</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5138/5138_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5138/5138_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 49ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 22 DE ABRIL, QUARTA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5139/5139_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5139/5139_texto_integral.pdf</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 50ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 04 DE MAIO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5141/5141_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5141/5141_texto_integral.pdf</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5142/5142_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5142/5142_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 51ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 18 DE MAIO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5143/5143_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5143/5143_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 35ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 21 DE MAIO, QUINTA-FEIRA, ÀS 16:30H</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5144/5144_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5144/5144_texto_integral.pdf</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5145/5145_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5145/5145_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 52ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 1º DE JUNHO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5147/5147_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5147/5147_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 53ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 15 DE JUNHO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5148/5148_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5148/5148_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 36ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 18 DE JUNHO, QUINTA-FEIRA, ÀS 16:30H</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5149/5149_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5149/5149_texto_integral.pdf</t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5345/5345_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5345/5345_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 37ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 02 DE JULHO, QUINTA-FEIRA, ÀS 16:30H,</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5346/5346_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5346/5346_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 54ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 06 DE JULHO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5347/5347_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5347/5347_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 55ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 03 DE AGOSTO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf</t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5499/5499_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5499/5499_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 56ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 17 DE AGOSTO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5500/5500_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5500/5500_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 5ª SESSÃO SOLENE DA 16ª LEGISLATURA, A SE REALIZAR NO PRÓXIMO DIA 18 DE AGOSTO, FEIRA-FEIRA, ÀS 19H30MIN NA SEDE SOCIAL DO ACREA &amp;#8211; ASSOCIAÇÃO CULTURAL, RECREATIVA E ESPORTIVA DE ADAMANTINA, OCASIÃO EM QUE SERÁ ENTREGUE AO ILMº. SR. HIROSHI KARIMATA O TÍTULO DE CIDADÃO ADAMANTINENSE, CONFERIDO PELO DECRETO LEGISLATIVO Nº 001/15, DE AUTORIA DA VEREADORA NORIKO ONISHI SAITO.</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5501/5501_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5501/5501_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 57ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 31 DE AGOSTO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5502/5502_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5502/5502_texto_integral.pdf</t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5503/5503_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5503/5503_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 38ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 10 DE SETEMBRO, QUINTA-FEIRA, ÀS 11:00H.</t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5504/5504_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5504/5504_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 58ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 21 DE SETEMBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf</t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5506/5506_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5506/5506_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 59ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 05 DE OUTUBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5668</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5668/5668_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5668/5668_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 39ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 08 DE OUTUBRO, QUINTA-FEIRA, ÀS 11:00H.</t>
   </si>
   <si>
     <t>5669</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5669/5669_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5669/5669_texto_integral.pdf</t>
   </si>
   <si>
     <t>5670</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5670/5670_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5670/5670_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 60ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 19 DE OUTUBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5671/5671_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5671/5671_texto_integral.pdf</t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5672/5672_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5672/5672_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 40ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 28 DE OUTUBRO, QUARTA-FEIRA, ÀS 16:00H</t>
   </si>
   <si>
     <t>5673</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5673/5673_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5673/5673_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 41ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 28 DE OUTUBRO, QUARTA-FEIRA, ÀS 17:00H</t>
   </si>
   <si>
     <t>5674</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5674/5674_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5674/5674_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 61ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 09 DE NOVEMBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5675</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5675/5675_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5675/5675_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 6ª SESSÃO SOLENE DA 16ª LEGISLATURA, A SE REALIZAR NO PRÓXIMO DIA 18 DE NOVEMBRO, QUARTA-FEIRA, ÀS 20H00MIN NO PLENÁRIO VEREADOR JOSÉ IKEDA DA CÂMARA MUNICIPAL DE ADAMANTINA, OCASIÃO EM QUE SERÁ ENTREGUE AO ILMº. SR. ANTÔNIO ROMANINI PRIMO O TÍTULO DE CIDADÃO ADAMANTINENSE, CONFERIDO PELO DECRETO LEGISLATIVO Nº 002/15, DE AUTORIA DO VEREADOR FÁBIO ROBERTO AMADIO.</t>
   </si>
   <si>
     <t>5676</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5676/5676_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5676/5676_texto_integral.pdf</t>
   </si>
   <si>
     <t>5801</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5801/5801_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5801/5801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONFORME ART. 258 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA ENCAMINHAMOS A VOSSA EXCELÊNCIA CÓPIA DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS REFERENTE AO PROCESSO TC 001718/026/13 DO EXERCÍCIO FINANCEIRO DE 2013 DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA._x000D_
 OUTROSSIM, INFORMAMOS QUE SE ENCONTRA NA SECRETARIA DA CASA À DISPOSIÇÃO DE VOSSA EXCELÊNCIA, OS VOLUMES ENVIADOS PELO TRIBUNAL DE CONTAS CONTENDO OS DOCUMENTOS PARA ESTUDOS E EMISSÃO DE PARECERES, NO PRAZO IMPRORROGÁVEL DE 30 (TRINTA) DIAS, CONFORME ART. 258, § 1º DO RICMA._x000D_
 </t>
   </si>
   <si>
     <t>5802</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5802/5802_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5802/5802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONFORME ART. 258 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA, ENCAMINHAMOS A VOSSA EXCELÊNCIA CÓPIA DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS REFERENTE AO PROCESSO TC 001718/026/13 DO EXERCÍCIO FINANCEIRO 2013 DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA._x000D_
 OUTROSSIM, INFORMAMOS QUE SE ENCONTRA À DISPOSIÇÃO NA SECRETARIA DA CASA, OS VOLUMES ENVIADOS PELO TRIBUNAL CONTENDO OS DOCUMENTOS PARA ANÁLISE._x000D_
 </t>
   </si>
   <si>
     <t>5803</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5803/5803_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5803/5803_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 42ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 18 DE NOVEMBRO, QUARTA-FEIRA, ÀS 14 HORAS, OBJETIVANDO DAR POSSE AO SR. JOÃO EDUARDO BARBOSA PACHECO COMO PREFEITO DO MUNICÍPIO DE ADAMANTINA, EM RAZÃO DO AFASTAMENTO DO SR. IVO FRANCISCO DOS SANTOS JÚNIOR, POR FORÇA DA DECISÃO PROFERIDA NOS AUTOS DA AÇÃO CIVIL DE IMPROBIDADE ADMINISTRATIVA, PROCESSO Nº 1001023-90.2015.8.26.0081 (NÚMERO DE ORDEM 1455/15) PELA EXCELENTÍSSIMA SENHORA JUÍZA DE DIREITO DA 3ª VARA DA COMARCA DE ADAMANTINA, DRª. RUTH DUARTE MENEGATTI.</t>
   </si>
   <si>
     <t>5804</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5804/5804_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5804/5804_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 62ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 23 DE NOVEMBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS, </t>
   </si>
   <si>
     <t>5805</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5805/5805_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5805/5805_texto_integral.pdf</t>
   </si>
   <si>
     <t>5806</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5806/5806_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5806/5806_texto_integral.pdf</t>
   </si>
   <si>
     <t>5865</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5865/5865_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5865/5865_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 63ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 10 DE DEZEMBRO, QUINTA-FEIRA, ÀS 09:00 HORAS</t>
   </si>
   <si>
     <t>5866</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5866/5866_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5866/5866_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 64ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 14 DE DEZEMBRO, SEGUNDA-FEIRA, ÀS 20:00 HORAS</t>
   </si>
   <si>
     <t>5875</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5875/5875_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5875/5875_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 44ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 21 DE DEZEMBRO, SEGUNDA-FEIRA, ÀS 11:00H</t>
   </si>
   <si>
     <t>5876</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5876/5876_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5876/5876_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 45ª SESSÃO EXTRAORDINÁRIA A SE REALIZAR NO DIA 21 DE DEZEMBRO, SEGUNDA-FEIRA, ÀS 11:30H</t>
   </si>
   <si>
     <t>5336</t>
   </si>
   <si>
     <t>EMENM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS, FÁBIO ROBERTO AMADIO, Hélio José dos Santos, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5336/5336_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5336/5336_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERAM O ART. 1º DO PROJETO DE LEI COMPLEMENTAR Nº 298/14 </t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5337/5337_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5337/5337_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DO PROJETO DE LEI COMPLEMENTAR Nº 299/14 </t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5338/5338_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5338/5338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DO PROJETO DE LEI COMPLEMENTAR Nº 300/14 </t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5339/5339_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5339/5339_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 1º DO PROJETO DE LEI COMPLEMENTAR Nº 301/14 </t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5340/5340_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5340/5340_texto_integral.pdf</t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
     <t>DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DO ART. 4º DO PROJETO DE LEI Nº 009/15</t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 2º DO PROJETO DE LEI COMPLEMENTAR Nº 320 </t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5343/5343_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5343/5343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ART. 18 DO PROJETO DE LEI 024/15 </t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O O ART. 19 DO PROJETO DE LEI 024/15 </t>
   </si>
   <si>
     <t>5807</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5807/5807_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5807/5807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI Nº 056/15_x000D_
 &amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DA APRESENTAÇÃO DE PROJETO DE ARBORIZAÇÃO NOS NOVOS PARCELAMENTOS DE SOLO URBANO, SOB A FORMA DE LOTEAMENTO OU DESMEMBRAMENTO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5859</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5859/5859_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5859/5859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI Nº 059/15 - TIPO DE EMENDA: REMANEJAMENTO_x000D_
 </t>
   </si>
   <si>
     <t>5860</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5860/5860_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5860/5860_texto_integral.pdf</t>
   </si>
   <si>
     <t>5861</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5861/5861_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5861/5861_texto_integral.pdf</t>
   </si>
   <si>
     <t>5862</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5862/5862_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5862/5862_texto_integral.pdf</t>
   </si>
   <si>
     <t>5863</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5863/5863_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5863/5863_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA MODIFICATIVA Nº 015/15 - PROJETO DE LEI Nº 059/15_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DA PROFª. MARIA JOSÉ MAZAGÃO UZZO PARA DENOMINAR NOME DE RUA.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4608/4608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4608/4608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE A TROCA DA RESIDÊNCIA PARA ONDE FOI TRANSFERIDO PARTE DO ATENDIMENTO DO POSTO DE SAÚDE, LOCALIZADA NA RUA ARNO KIEFFER, POIS O LOCAL NÃO OFERECE AS MÍNIMAS CONDIÇÕES DE PERMANÊNCIA DOS USUÁRIOS DO SISTEMA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4609/4609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4609/4609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE PROVIDENCIAR REPAROS NECESSÁRIOS OU A COMPRA DE UM NOVO BEBEDOURO PARA OS SERVIDORES DO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4610/4610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4610/4610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE EM SE DAR UM NOME DE RUA PARA A PROFª. CLAUDETE GIMENES ROSSATTO.</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4611/4611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4611/4611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAR SPEEDY/2MB E ROTEADOR 150MPBS NO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4612/4612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4612/4612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR UMA COMPLETA REFORMA, ILUMINAÇÃO E PINTURA DO TREVO SÃO VICENTE DE PAULA.</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4613/4613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4613/4613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DIRETOR MUNICIPAL DE TRÂNSITO CONFECCIONAR PLACAS DE SINALIZAÇÃO, INDICAÇÃO E INFORMAÇÃO PARA SEREM COLOCADAS NAS ENTRADAS E SAÍDAS DA CIDADE, BEM COMO EM TODA A ÁREA CENTRAL, RUAS E AVENIDAS, INDICANDO A LOCALIZAÇÃO DOS BAIRROS E TODOS OS LOCAIS IMPORTANTES.</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4614/4614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4614/4614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES PROVIDÊNCIAS NO BAIRRO LAGOA SECA: PINTURA DE SOLO (DEVAGAR, PARE, CUIDADO PEDESTRES); PINTURA DE LOMBADAS E FAIXA DE PEDESTRES E COLOCAÇÃO DE 2 PLACAS &amp;#8220;30 KM&amp;#8221;, UMA DE CADA LADO NA AVENIDA PRINCIPAL.</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4615/4615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4615/4615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR A RUA CARLOS PEGORARO NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4616/4616_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4616/4616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER À SINALIZAÇÃO DE TRÂNSITO (COLOCAÇÃO DE PLACA, PINTURA DE FAIXAS E &amp;#8220;PARE&amp;#8221;) NO CRUZAMENTO DA AV. RIO BRANCO, ESQUINA COM A RUA TETSUSHI HAGA, ACESSO AO CAMPUS II DA FAI.</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4617/4617_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4617/4617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA MUNICIPAL DE OBRAS E DE AGRICULTURA PROMOVEREM DIVERSAS MELHORIAS NA PRAÇA JOSÉ PARRILA, NA VILA FÁTIMA, PRINCIPALMENTE OS REPAROS NAS CALÇADAS, PINTURAS, ILUMINAÇÃO PÚBLICA E REFORMA DOS BANHEIROS NA PARTE HIDRÁULICA.</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4618/4618_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4618/4618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER AO ASFALTAMENTO E CONSTRUÇÃO DE CALÇADA NA RUA PADRE CAETANO DOLCIMÁSCULO, NO TRECHO COMPREENDIDO ENTRE A RUA CARLOS PEGORARO ATÉ O FINAL DO PRÉDIO DA CASA DO GAROTO.</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4619/4619_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4619/4619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER, COM URGÊNCIA, AO ALARGAMENTO DA FAIXA PARA PEDESTRES EM BAIXO DO PONTILHÃO DO TREVO DA CIDADE, ACESSO PRINCIPAL AO BAIRRO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4620/4620_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4620/4620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER OPERAÇÃO TAPA-BURACOS NAS RUAS DO RESIDENCIAL ELDORADO I E UMA COMPLETA LIMPEZA NAS RUAS DO RESIDENCIAL ELDORADO II.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4621/4621_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4621/4621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER À INSTALAÇÃO DE DUAS LUMINÁRIAS NAS PORTAS DOS BANHEIROS DA PRAÇA PRESTES MAIA.</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4622/4622_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4622/4622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DE AGRICULTURA E DE OBRAS E SERVIÇOS A REVITALIZAÇÃO DA ÁREA VERDE LOCALIZADA NO FINAL DAS RUAS CRISTÓVÃO GOULART MARMO E ANTÔNIO TIVERON.</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4623/4623_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4623/4623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA ADEQUADA E URGENTE REFORMA NA PRAÇA EUCLIDES ROMANINI.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4624/4624_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4624/4624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PROIBIÇÃO DO PERIÓDICO &amp;#8220;ESCOLA&amp;#8221; DISTRIBUÍDO PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4625/4625_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4625/4625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ESPORTES QUE MANTENHA ENTENDIMENTO COM A DIREÇÃO DO ANTIGO CEFAM A FIM DE PEDIR A LIBERAÇÃO DA QUADRA COBERTA PARA PRÁTICA DE ESPORTE E RECREAÇÃO.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4626/4626_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4626/4626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM A ASSOCIAÇÃO APELOS E PATAS VISANDO EFETUAR UMA PARCERIA COM A PREFEITURA, A FIM DE RETOMAR AS ATIVIDADES DO CANIL MUNICIPAL, PARA QUE A REFERIDA ENTIDADE POSSA ADMINISTRAR O PRÓPRIO PÚBLICO.</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4627/4627_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4627/4627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA COMPETENTE ATENDER À SOLICITAÇÃO DOS USUÁRIOS DA PISTA DE CORRIDA E CAMINHADA DO PARQUE CALDEIRAS, PROCEDENDO À DEMARCAÇÃO DA PISTA INDICANDO AS METRAGENS PARA ORIENTAÇÃO DOS PRATICANTES DE ATIVIDADES FÍSICAS.</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4628/4628_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4628/4628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENTENDIMENTO COM O PRESIDENTE DO ATC, A FIM DE PROMOVER UMA PARCERIA PARA CRIAR UM PLANO EXCLUSIVO PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4629/4629_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4629/4629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS FAZER UMA VISTORIA &amp;#8220;IN LOCO&amp;#8221; PARA RESOLVER O PROBLEMA DE ACÚMULO DE ÁGUA QUE VEM OCORRENDO NA QUADRA DE ESPORTES DO BAIRRO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4630/4630_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4630/4630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ELABORAR MEDIDAS RADICAIS COM NOTIFICAÇÕES E APLICAÇÕES DE MULTAS AOS PROPRIETÁRIOS DE IMÓVEIS ABANDONADOS E FECHADOS QUE DIFICULTAM A AVERIGUAÇÃO E FISCALIZAÇÃO DAS EQUIPES DE CONTROLE DE VETORES.</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE TROCAR O LOCAL ONDE ESTÁ INSTALADO O POSTO DE SUSTENTAÇÃO DO SEMÁFORO DA AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA COM A RUA GENERAL ISIDORO.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4632/4632_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4632/4632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE SAÚDE, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE OBRAS, A POSSIBILIDADE DE PROCEDER PELO MENOS DUAS VEZES AO ANO UM MUTIRÃO, VISANDO A LIMPEZA TOTAL DA CIDADE NAS RESIDÊNCIAS E NOS TERRENOS BALDIOS.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4633/4633_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4633/4633_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A VIABILIDADE DE SE CONSTRUIR UM NOVO CANIL E GATIL MUNICIPAIS.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4639/4639_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4639/4639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE CASA DO TRABALHADOR NO BAIRRO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4640/4640_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4640/4640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE MUDAR O LOCAL DO PONTO DE ÔNIBUS EXISTENTE NA RUA MATO GROSSO, NO JARDIM BRASIL, PARA A RUA MINAS GERAIS.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4641/4641_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4641/4641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE REGULAMENTAR O ESTACIONAMENTO DE VEÍCULOS NA R. NOÊMIA RAMAZZINI DE OLIVEIRA, PERMITINDO O ESTACIONAMENTO EM APENAS UM DOS LADOS.</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4642/4642_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4642/4642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DIRETOR DA FAI MÁRCIO CARDIM, A POSSIBILIDADE DA REALIZAÇÃO DE UM EVENTO DO &amp;#8220;DIA DA SAÚDE&amp;#8221; NO JARDIM BRASIL AINDA NO 1º SEMESTRE DESTE ANO DE 2015.</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>Hélio José dos Santos, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4643/4643_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4643/4643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ADOÇÃO DE MEDIDAS PREVENTIVAS E DE COMBATE À DENGUE E À LEISHIMANIOSE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4644/4644_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4644/4644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM, EM CARÁTER DE URGÊNCIA, A RECUPERAÇÃO DO MURO DE ARRIMO LOCALIZADO NO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, NORIKO ONISHI SAITO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4645/4645_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4645/4645_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM REALIZAÇÃO DE COPA DE FUTSAL DURANTE O MÊS DE JULHO DE 2015, EM SUBSTITUIÇÃO AO FAMOSO CAMPEONATO DE FÉRIAS DE FUTSAL. </t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER PARCERIA PREFEITURA E INICIATIVA PRIVADA, A FIM DE ADQUIRIR BANCOS DE CONCRETO OU MADEIRA E LIXEIRAS PARA SEREM COLOCADOS EM TODA A EXTENSÃO DO PARQUE DOS CALDEIRAS.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4647/4647_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4647/4647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA SUA PROGRAMAÇÃO, MELHORIAS NA ESTRADA RURAL DENOMINADA &amp;#8220;PÁSSARO PRETO&amp;#8221;, INCLUINDO A PONTE DO CÓRREGO JAPI, BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4648/4648_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4648/4648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANTER ENTENDIMENTO COM A EMPRESA GUERINO SEISCENTO INSTALAR MAIS UM PONTO DE ÔNIBUS NA AV. RIO BRANCO, PROXIMIDADES DA BORRACHARIA LÍDER, ESQUINA DA RUA ANTÔNIO F. FREITAS, NA VILA FREITAS.</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4649/4649_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4649/4649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A REPAROS NA CALÇADA EM FRENTE DA ESCOLA INSTITUTO EDUCACIONAL LOCALIZADA NA AL. SANTA CRUZ, 155.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4650/4650_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4650/4650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE TRANSFORMAR EM MÃO-ÚNICA OS 03 QUARTEIRÕES DA AL. NAVARRO DE ANDRADE, NO TRECHO ENTRE A ESQUINA DA RUA MÁRIO OLIVERO ATÉ A ESQUINA DA RUA SCHIMIDT VILELA.</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4651/4651_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4651/4651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO ATENDER À SOLICITAÇÃO DOS MORADORES, PAIS DE ALUNOS DOS BAIRROS ELDORADO I, GIULIANO, MONTE ALEGRE E ELDORADO II A POSSIBILIDADE DE SEREM BENEFICIADOS PELO TRANSPORTE ESCOLAR GRATUITO PARA ESTE ANO.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4652/4652_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4652/4652_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, REPAROS NAS GUIAS E SARJETAS DA RUA BATISTA BALDRIGHI, PROXIMIDADE DO Nº 162, NO BAIRRO MORUMBI.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4653/4653_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4653/4653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER ESTUDOS, VISANDO TRANSFORMAR EM MÃO ÚNICA (SAÍDA) DE VEÍCULOS NA RUA PAULISTA, NA VILA FREITAS.</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4654/4654_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4654/4654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER À PINTURA DO OBSTÁCULO E DAS PLACAS DE SINALIZAÇÃO JÁ EXISTENTE, BEM COMO A INSTALAÇÃO DE OUTRO OBSTÁCULO NAS PROXIMIDADES DO CONJUNTO HABITACIONAL JOAQUIM FIDALGO, NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4655/4655_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4655/4655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, REPAROS NAS GUIAS E SARJETAS, BEM COMO A ELIMINAÇÃO DOS ENORMES BURACOS EXISTENTES NA RUA DIAMANTE, PROXIMIDADE DO Nº 45, NO PARQUE ELDORADO II.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4656/4656_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4656/4656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES AÇÕES VISANDO AO ATENDIMENTO DO ABAIXO-ASSINADO ANEXO, ENCAMINHADO POR MORADORES DOS PARQUES RESIDENCIAIS ELDORADO 1 E 2.</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS SEJA, CONSIDERAVELMENTE APRIMORADA, A OPERAÇÃO TAPA-BURACOS ORA REALIZADA NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4658/4658_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4658/4658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROF. DR. MÁRCIO CARDIM, DIRETOR DA FAI, AÇÃO ADEQUADA VISANDO À REINSTALAÇÃO DE LIVRARIA NESTA INSTITUIÇÃO, &amp;#8220;CAMPUS 2&amp;#8221;.</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4659/4659_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4659/4659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA LIMPEZA TOTAL NO TERRENO LOCALIZADO NO FINAL DA RUA ANTÔNIO JORGE DE LIMA, JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4660/4660_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4660/4660_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR AUDIÊNCIA COM O SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES, DUARTE NOGUEIRA, VISANDO QUE SEJA PLEITEADO CONVÊNIO RESTABELECENDO A MANUTENÇÃO PELO ESTADO DA RODOVIA PLÁCIDO ROCHA, TRECHO ADAMANTINA/VALPARAÍSO, EXTENSÃO DE 26,7 KM.</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4661/4661_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4661/4661_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA REPASSADO À EMPRESA CONTRATADA O MONTANTE RELATIVO À CONSTRUÇÃO DO MURO DE ARRIMO DO JARDIM BANDEIRANTES, HÁ MESES, DEPOSITADO PELA CDHU EM CONTA DA NOSSA PREFEITURA.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4662/4662_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4662/4662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM ATENDIDAS VÁRIAS REIVINDICAÇÕES DA ASSOCIAÇÃOS DE MORADORES DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4663/4663_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4663/4663_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS SOBRE A POSSIBILIDADE DA INSTALAÇÃO DE UM ESTACIONAMENTO DE 45º NA ALAMEDA FERNÃO DIAS, NO TRECHO COMPREENDIDO ENTRE AS RUAS OSVALDO CRUZ E ADHEMAR DE BARROS.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4664/4664_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4664/4664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR SANTO PANVECHIO PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4665/4665_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4665/4665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR NELSON ROMANINI PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4666/4666_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4666/4666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DA COBERTURA NA ÁREA EXISTENTE NO PARQUE DOS PIONEIROS, ONDE ESTÃO LOCALIZADAS MESAS E CADEIRAS CONSTRUÍDAS DE CIMENTO.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DAS RUAS NÃO PAVIMENTADAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE PROCEDA AO ATERRAMENTO E A TERRAPLANAGEM DO TRECHO NÃO PAVIMENTADO DA RUA PERNAMBUCO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A IMPLANTAÇÃO DE UMA EQUIPE DE TRABALHO VOLTADA PARA ATENDER OS MUNÍCIPES QUANDO OCORRER FORTES CHUVAS, SOB ORIENTAÇÃO DOS DIRETORES DA ÁREA URBANA E RURAL.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4670/4670_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4670/4670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DE TRÂNSITO PROCEDER UMA SINALIZAÇÃO EFICAZ NA ESQUINA DA RUA DEPUTADO SALES FILHO COM A RUA PADRE ANCHIETA.</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4671/4671_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4671/4671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA, NAS PRAÇAS, QUE PROÍBA A UTILIZAÇÃO DO CACHIMBO, CONHECIDO COMO NARGUILÉ, POR MENORES DE 18.</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4672/4672_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4672/4672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE COLOQUE MAIS UM OU DOIS BEBEDOUROS NO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA GERAL NOS LOCAIS DE PASSEIO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4674/4674_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4674/4674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PROF. RICARDO CASSIOLATO TORQUATO, QUE OS CRITÉRIOS CAPACITAÇÃO PROFISSIONAL E AVALIAÇÃO DIDÁTICO-PEDAGÓGICA DOS PROFESSORES SEJAM SIGNIFICATIVAMENTE PREPONDERANTES.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4675/4675_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4675/4675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA BURACOS E LIMPEZA NAS BOCAS DE LOBO DAS RUAS DO BAIRRO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4676/4676_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4676/4676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REPAROS NO ASFALTO E UMA COMPLETA LIMPEZA NO BAIRRO ELDORADO I, PRINCIPALMENTE NAS RUAS TURQUESA, PÉROLA E DIAMANTE.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4677/4677_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4677/4677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE FAÇA REPAROS NA MALHA ASFÁLTICA E UM SARJETÃO NA RUA ESMERALDA, ESQUINA COM A RUA TURQUESA NO RESIDENCIAL ELDORADO.</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4678/4678_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4678/4678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE  UM SARJETÃO NA RUA JOÃO LATNI, ESQUINA COM A RUA ÂNGELO STAFUZZA, NO JARDIM ADAMANTINA, A FIM DE DISCIPLINAR O ESCOAMENTO DE ÁGUA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4679/4679_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4679/4679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCLUSÃO, NA PROGRAMAÇÃO DE ANIVERSÁRIO DA CIDADE, UM EVENTO ENVOLVENDO UM TIME PROFISSIONAL DE VETERANO DA CAPITAL PAULISTA.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4680/4680_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4680/4680_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA PARCIAL DAS ÁRVORES LOCALIZADAS NA AV. RIO BRANCO, AO LADO DA AGÊNCIA DO BANCO SANTANDER.</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4681/4681_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4681/4681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA ALAMEDA PADRE NÓBREGA, ENTRE AS RUA DEPUTADO SALES FILHO E AVENIDA ADHEMAR DE BARROS.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4682/4682_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4682/4682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA RUA BELO HORIZONTE, ENTRE AS RUAS ANTÔNIO TIVERON E LIBERDADE.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4683/4683_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4683/4683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PULVERIZAÇÃO DE TODA A CIDADE COM VENENO APROPRIADO A FIM DE ELIMINAR A PROLIFERAÇÃO DO MOSQUITO AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4684/4684_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4684/4684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA CDHU ESTUDAR UMA FORMA DE TRANSFERÊNCIA DO NOME DO PROPRIETÁRIO QUE ADQUIRIR RESIDÊNCIA POR CONTRATO.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER A UMA COMPLETA LIMPEZA, CONSTRUÇÃO DE ESCADA E COLOCAÇÃO DE CORRIMÃO EM TODAS AS PASSAGENS SOBRE OS TRILHOS DA ESTRADA DE FERRO NO JARDIM BRASIL, PRINCIPALMENTE NA RUA PARAÍBA.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4686/4686_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4686/4686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR GERAL DA FAI, VISANDO PROCEDER, ATRAVÉS DO CURSO DE VETERINÁRIA, A CASTRAÇÃO GRATUITA DE ANIMAIS ÀS PESSOAS COMPROVADAMENTE CARENTES.</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4687/4687_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4687/4687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE INSTALAR EM TODAS AS CRECHES DA CIDADE, PARQUINHOS FEITOS COM MATERIAIS RECICLÁVEIS.</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4688/4688_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4688/4688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE COLOQUE UM MONITOR PARA ORGANIZAR FILA NA FARMÁCIA DO POSTO DE SAÚDE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4689/4689_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4689/4689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR O NOME DO SENHOR LEONEL CONCEIÇÃO PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4690/4690_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4690/4690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE ESTUDE A POSSIBILIDADE DE ADQUIRIR E DISTRIBUIR  SEMENTES DE CROTALÁRIA, PLANTA QUE AJUDA A ELIMINAR O MOSQUITO DA DENGUE.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4691/4691_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4691/4691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS, VIABILIZAR A MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO DO TUCURUVI.</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4692/4692_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4692/4692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROCEDER COM URGÊNCIA A ROÇAGEM DAS LATERAIS DA VICINAL JOSE BOCARDI.</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4693/4693_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4693/4693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS QUE PROCEDA, NA RUA BATISTA BALDRIGHI, RESIDENCIAL MORUMBI, OPERAÇÃO TAPA-BURACO E A SINALIZAÇÃO DE TRÂNSITO.</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4694/4694_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4694/4694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA DE OBRAS E SERVIÇOS PROCEDER OPERAÇÃO TAPA-BURACO NOS TRECHOS: RUA GERVÁSEO RODOLFO POZZETTI ENTRE A RUA ARNO KIEFFER E NAIR QUINTO ZAMBÃO, E RUA JOÃO ANDRADE E ANTÔNIO BUZZETO NA VILA OLIVEIRO.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM OBSTÁCULO NA RUA DAS MARGARIDAS, NA VILA JARDIM, NO TRECHO COMPREENDIDO ENTRE AS RUAS VEREADOR ALBERTO SAMPAIO E DAS CAMÉLIAS OU ENTRE AS RUAS DAS CAMÉLIAS E DOS JASMINS.</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4696/4696_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4696/4696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UMA LUMINÁRIA PARA CALÇADA NO POSTE PRÓXIMO À RESIDÊNCIA LOCALIZADA NA RUA VEREADOR ALBERTO SAMPAIO, Nº 16, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4697/4697_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4697/4697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA URGENTE ADEQUAÇÃO NA CARREIRA DOS INSPETORES DE ALUNOS QUE ATUAM NAS ESCOLAS MUNICIPAIS DE ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4698/4698_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4698/4698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA URGENTE ADEQUAÇÃO NA CARREIRA DOS AUXILIARES DE DESENVOLVIMENTO INFANTIL (ADIS).</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4699/4699_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4699/4699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DA NOVA SEDE DA ASSOCIAÇÃO BEIJA-FLOR DO JARDIM BRASIL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, FÁBIO ROBERTO AMADIO, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4700/4700_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4700/4700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO SALARIAL DOS SERVIDORES PÚBLICOS, ATIVOS, INATIVOS E PENSIONISTAS DA PREFEITURA E DA EMDA.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4701/4701_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4701/4701_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER UMA REVISÃO MINUCIOSA EM TODOS OS RELÓGIOS NUMÉRICOS DOS SEMÁFOROS DA CIDADE.</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4702/4702_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4702/4702_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO MUNICIPAL DE EDUCAÇÃO, PROF. RICARDO TORQUATO, A REALIZAÇÃO DE REUNIÃO COM A PARTICIPAÇÃO DO NOSSO MAGISTÉRIO, A FIM DE SE DISCUTIR E APRESENTAR PROPOSTA DE REESTRUTURAÇÃO DA ESCOLA DE VENCIMENTOS DESTA EXEMPLAR CATEGORIA.</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4703/4703_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4703/4703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO MUNICIPAL DE ADMINISTRAÇÃO, PAULO MARCOS RODRIGUES DE SOUZA, PRECISA REVISÃO DOS VALORES CONCEDIDOS A FUNCIONÁRIOS A TÍTULO DE INSALUBRIDADE, E PERICULOSIDADE.</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4704/4704_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4704/4704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETÁRIA MUNICIPAL DE CULTURA E TURISMO, QUE ESTUDE A POSSIBILIDADE DE DENOMINAR O GRANDE EVENTO QUE SERÁ REALIZADO PELA SECRETARIA  O FESTIVAL REGIONAL DE TALENTOS DE FERNANDO PALONI.</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4705/4705_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4705/4705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COMISSÃO MUNICIPAL DE TRÂNSITO QUE PROMOVA ESTUDOS VISANDO A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE (OBSTÁCULO) NA AV. RIO BRANCO.</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS QUE PROMOVA ESTUDOS VISANDO A ELABORAÇÃO DE PROJETO CAPAZ DE EVITAR O ALAGAMENTO DAS RESIDÊNCIAS LOCALIZADAS NA RUA EUCLIDES DA CUNHA E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4707/4707_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4707/4707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE AGRICULTURA DO MUNICÍPIO QUE PROCEDA COM URGÊNCIA A ROÇAGEM DAS LATERAIS DAS ESTRADAS QUE RECEBERAM O PROGRAMA MELHOR CAMINHO.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4708/4708_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4708/4708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE QUE PROCEDA UMA LIMPEZA EM VOLTA DO CENTRO COMUNITÁRIO DO MÁRIO COVAS.</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4709/4709_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4709/4709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA DE OBRAS E SERVIÇOS QUE PROCEDA OPERAÇÃO TAPA BURACO NA RUA ANTÔNIO APARECIDO MALHEIROS E UMA COMPLETA LIMPEZA NA HORTO FLORESTAL.</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4710/4710_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4710/4710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA DE OBRAS E SERVIÇOS QUE PROCEDA COM URGÊNCIA UMA COMPLETA LIMPEZA AO REDOR DA CRECHE DO PARQUE ITAIPUS.</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4711/4711_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4711/4711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA REALIZAR UMA OPERAÇÃO VISANDO ANALISAR A &amp;#8220;SAÚDE&amp;#8221; DAS ÁRVORES ANTIGAS PLANTADAS NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4712/4712_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4712/4712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A VIABILIDADE DE CONSTRUIR UMA LOMBADA NA RUA SEBASTIÃO ROMBALDI, PRÓXIMO DA ACADEMIA ESPAÇO VIP, NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA PISTA DE SKATE NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4733/4733_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4733/4733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE FAÇA UM LEVANTAMENTO MINUCIOSO NAS CASAS DO CONJUNTO RESIDENCIAL JARDIM DAS PRIMAVERAS PREJUDICADAS COM A AUSÊNCIA DA A CONSTRUÇÃO DE MURO DE ARRIMO.</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4734/4734_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4734/4734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A REALIZAÇÃO DO EVENTO &amp;#8220;DIA DA SAÚDE&amp;#8221; SUGERINDO NO DIA 16 DE MAIO NO BAIRRO LAGOA SECA E NO DIA 08 DE AGOSTO NA VILA FREITAS, ATENDENDO AS VILAS, INDUSTRIAL, CRISTINA, JUREMA E BANDEIRANTES.</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4735/4735_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4735/4735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER VISANDO ALTERAR O ESTACIONAMENTO CARGA E DESCARGA LOCALIZADO NA AV. DEP. SALES FILHO EM FRENTE À AGÊNCIA DO BRADESCO.</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4736/4736_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4736/4736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SE FAÇAM REPAROS EXTREMAMENTE NECESSÁRIOS NA PISTA DE CAMINHADA DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4737/4737_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4737/4737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. DIRETOR DA FAI, DR. MÁRCIO CARDIM, QUE, ATRAVÉS DE AÇÃO DOS CURSOS DE BIOLOGIA, ENFERMAGEM E FARMÁCIA, SEJAM INSTALADOS &amp;#8220;BARRACAS PEDAGÓGICAS&amp;#8221; NAS FEIRAS LIVRES, ÁREA CENTRAL DA CIDADE E SAGUÃO DO PAÇO MUNICIPAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4738/4738_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4738/4738_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM RETOMADAS AS OBRAS DE INFRAESTRUTURA QUE LIGAM A PONTE DO MÁRIO COVOAS AOS PARQUES ELDORADO I E II, INCLUSIVE RECAPEAMENTO ASFÁLTICO, ABERTURA DE RUA E ASFALTAMENTO.</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4739/4739_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4739/4739_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA ACADEMIA DE GINÁSTICA AO AR LIVRE, NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4740/4740_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4740/4740_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM UMA PODA PREVENTIVA NAS ÁRVORES QUE ESTÃO PREJUDICANDO O FUNCIONAMENTO REGULAR DA REDE ELÉTRICA.</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4741/4741_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4741/4741_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE DISCUTA PROPOSTA E AÇÕES CONCRETAS PARA INCENTIVAR EMPRESAS DE GRANDES PORTES DE VÁRIOS SEGMENTOS EM EXPANDIR SEUS NEGÓCIOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE VERIFIQUE A POSSIBILIDADE DE ESTABELECER MÃO-ÚNICA NA RUA ANTÔNIO PIRES RIBEIRO, QUE DÁ ACESSO À CRECHE NO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4743/4743_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4743/4743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE PROCEDA A ABERTURA DA RUA SERGIPE, NO JARDIM BRASIL, LIGANDO O PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PLANTIO DE VÁRIAS ÁRVORES NAS ÁREAS DE LAZER DO BAIRRO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4745/4745_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4745/4745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL DE SAÚDE QUE COLOQUE DOIS CARROS DE SOM, EM TODA A CIDADE, DAS 8H ÀS 18H, ORIENTANDO A POPULAÇÃO SOBRE AÇÕES CAPAZES DE COMBATER A DENGUE.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4746/4746_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4746/4746_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE TRANSFORME EM MÃO ÚNICA OS DOIS ÚLTIMOS QUARTEIRÕES DA ALAMEDA FERNÃO DIAS ONDE ESTÃO LOCALIZADOS, A ESCOLA COLÉGIO OBJETIVO, EMPRESA DE VIDRO E DEPÓSITO DA CAMDA.</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4747/4747_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4747/4747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PROMOÇÃO DE AÇÕES PARA A REVITALIZAÇÃO DA ÁREA VERDE LOCALIZADA NO FINAL DAS RUAS CRISTÓVÃO GOULART MARMO E ANTÔNIO TIVERON.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4748/4748_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4748/4748_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE FAÇAM REPAROS NA CALÇADA EM FRENTE DA ESCOLA INSTITUTO EDUCACIONAL LOCALIZADA NA AL. SANTA CRUZ, 155.</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4749/4749_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4749/4749_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO UM QUIOSQUE NA ÁREA INTERNA DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4750/4750_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4750/4750_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A CONSTRUÇÃO DAS CASAS POPULARES SEJA FEITA PELA EMDA.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE PROJETOS VISANDO A INSTALAÇÃO DE ESCOLINHAS DE FUTEBOL EM TODOS OS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4752/4752_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4752/4752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RESOLUÇÃO DO PROBLEMA NO TELHADO DA CASA ONDE ESTÁ INSTALADA A ARCA &amp;#8211; ASSOCIAÇÃO DOS RENAIS CRÔNICOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4753/4753_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4753/4753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UM ABRIGO COBERTO PARA PESSOAS NO PONTO DE ÔNIBUS LOCALIZADO NA RUA ANTONIO TIVERON, NAS PROXIMIDADES DO TERMINAL RODOVIÁRIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4754/4754_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4754/4754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE VERIFIQUE A POSSIBILIDADE DE ALTERAR O SISTEMA VIÁRIO DE ADAMANTINA NA SAÍDA DE NOSSA CIDADE PARA OS MUNICÍPIOS DE LUCÉLIA E MARIÁPOLIS E VICE-VERSA, QUE É REALIZADO ATRAVÉS DA AVENIDA VITÓRIO ROMANINI E DA ALAMEDA BRÁULIO MOLINA FRIAS, ESTABELECENDO MÃO ÚNICA NAS REFERIDAS ARTÉRIAS VIÁRIAS DE NOSSA CIDADE, UMA PARA SAÍDA E OUTRA PARA ENTRADA.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4755/4755_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4755/4755_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE PROCEDA UMA ALTERAÇÃO NOS PONTOS DE ESTACIONAMENTOS DOS ÔNIBUS ESCOLARES QUE FAZEM O TRANSPORTE DOS ALUNOS QUE ESTUDAM NAS ESCOLAS HELEN KELLER E FLEURIDES CAVALLINI MENECHINO.</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4756/4756_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4756/4756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE ESTUDE A IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE EM ADAMANTINA.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4757/4757_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4757/4757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REATIVAÇÃO DA AEMA - ASSOCIAÇÃO ESPORTIVA DA MALHA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4835/4835_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4835/4835_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUÇÃO, MINIMAMENTE EM 5, O NÚMERO DE SECRETARIAS MUNICIPAIS E, NO MÍNIMO, O DE 15 DIRETORES.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4836/4836_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4836/4836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM CONCRETIZADAS AS DEVIDAS PROVIDÊNCIAS: 1 &amp;#8211; SUBSTITUIÇÃO DOS PNEUS RECAUCHUTADOS DOS ÔNIBUS QUE TRANSPORTAM PACIENTES LOCAIS PARA OUTRAS CIDADES; 2 &amp;#8211; CONSERTO DOS EQUIPAMENTOS DE REFRIGERAÇÃO INTERNA (AR-CONDICIONADO) DOS REFERIDOS ÔNIBUS; 3 &amp;#8211; SOLICITAÇÃO AO GOVERNO ESTADUAL DE DOIS NOVOS ÔNIBUS PARA USO EXCLUSIVO DA SAÚDE; 4 &amp;#8211; AUMENTO PARA R$ 50,00 DAS DIÁRIAS PAGAS AOS MOTORISTAS QUE, DIARIAMENTE, TRANSPORTAM PACIENTES PARA CIDADES COMO JAÚ, BARRETOS, MARÍLIA, CAMPINAS E SÃO JOSÉ DO RIO PRETO, ETC.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4837/4837_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4837/4837_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, EM RAZÃO DO ELEVADO E CRESCENTE NÚMERO DE PESSOAS QUE CONTRAÍRAM DENGUE, SEJA IMEDIATAMENTE, DECRETADO ESTADO DE EMERGÊNCIA.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4838/4838_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4838/4838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA DESTINADO NOVO VEÍCULO PARA O DEPARTAMENTO DE CONTROLE DE VETORES.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4839/4839_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4839/4839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA CONTATADA A SUCEM LOCAL, VISANDO-SE AO ESTABELECIMENTO DO NOVO ÍNDICE &amp;#8220;BRETEAU&amp;#8221;,</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4840/4840_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4840/4840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DO PROJETO DETRAN ADAMANTINA.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4841/4841_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4841/4841_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROFESSOR RICARDO TORQUATO, SEJA DEVIDAMENTE REVISTA A &amp;#8220;LINHA PEDAGÓGICA&amp;#8221; DO JORNAL DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4842/4842_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4842/4842_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE SAÚDE ATENDER AS PESSOAS RESIDENTES NAS PROXIMIDADES DA AV. FRANCISCO BELLUSCI, FUNDOS DO JARDIM ADAMANTINA NO ESF (POSTO DE ATENDIMENTO) DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4843/4843_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4843/4843_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A PINTURA DE FAIXA DE PEDESTRE EM FRENTE DO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4844/4844_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4844/4844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A SINALIZAÇÃO COMPLETA, HORIZONTAL DE TRÂNSITO, NOS CRUZAMENTOS DAS RUAS IRACEMA NAIR B. ROMBALDI E SANTA ISABEL.</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4845/4845_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4845/4845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS O RECAPEAMENTO A RUA QUINTINO BOCAIÚVA DO PARQUE ITAMARATY.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4846/4846_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4846/4846_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECURSOS FINANCEIROS NO VALOR DE R$ 80 MIL PARA SER UTILIZADO NA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4847/4847_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4847/4847_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR MUNICIPAL DE TRÂNSITO A COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA RUA PRINCESA ISABEL, PRÓXIMO AO Nº 80, DA VILA NILZA.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4848/4848_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4848/4848_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA REFORMA COMPLETA NO PARQUE INFANTIL INSTALADO NA ÁREA DE LAZER DO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>DINHA, DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4849/4849_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4849/4849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR MUNICIPAL DE TRÂNSITO QUE RESOLVA DEFINITIVAMENTE O ABUSO DE VELOCIDADE PRATICADA NA RUA JOÃO ANDRADE COLOCANDO UMA LOMBADA NAS PROXIMIDADES DO Nº 899.</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4850/4850_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4850/4850_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS QUE PROCEDA UMA COMPLETA LIMPEZA E VÁRIOS REPAROS NA RUA PERNAMBUCO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4851/4851_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4851/4851_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE ASSUNTOS JURÍDICOS ESTUDAR A VIABILIDADE DE TRANSFORMAR EM PROJETO DE LEI O ANTEPROJETO Nº 002/14.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA UMA PARCERIA COM OS EMPRESÁRIOS DE NOSSA CIDADE OBJETIVANDO A COLOCAÇÃO DE BANCOS EM TODA A EXTENSÃO DO PARQUE CALDEIRAS.</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4853/4853_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4853/4853_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O DESENVOLVIMENTO DE UMA CAMPANHA &amp;#8220;ADAMANTINA CIDADE LIMPA&amp;#8221;, COM O OBJETIVO DE EVITAR A PROLIFERAÇÃO DA DENGUE E OUTROS MALES QUE HOJE ASSOLAM A POPULAÇÃO.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4854/4854_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4854/4854_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACO E RECAPEAMENTO NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4855/4855_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4855/4855_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO GERAL NA VICINAL PLÁCIDO ROCHA, QUE LIGA ADAMANTINA A VALPARAÍSO.</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4856/4856_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4856/4856_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DO TRADICIONAL TORNEIO 1º DE MAIO QUE REÚNE OS TRABALHADORES NO CAMPO DE FUTEBOL DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4857/4857_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4857/4857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM CONVIDADOS A PARTICIPAREM DA 27ª EXPOVERDE OS EXCELENTÍSSIMOS SECRETÁRIOS ESTADUAIS DO MEIO AMBIENTE, PATRÍCIA FAGA IGLECIAS LEMOS E DA AGRICULTURA, ARNALDO JARDIM.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO SARJETÃO LOCALIZADO NA RUA PAULISTA, ESQUINA COM A AVENIDA RIO BRANCO, NA VILA FREITAS.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4859/4859_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4859/4859_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NA CALÇADA EM FRENTE DA ESCOLA INSTITUTO EDUCACIONAL LOCALIZADA NA AL. SANTA CRUZ, 155.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4860/4860_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4860/4860_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RESOLUÇÃO DO GRAVE PROBLEMA QUE VEM OCORRENDO NO FINAL DAS RUAS ANTÔNIO GIMENES ABELAN, FAUSTO DE OLIVEIRA E DINO ZAPAROLI, A FIM DE ELIMINAR O GRANDE ACÚMULO DE ÁGUA NA DIVISA COM A EROSÃO DO CÓRREGO TAIPUS.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4861/4861_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4861/4861_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DE FAIXA AMARELA NA AVENIDA CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA, PRÓXIMO A SUBESTAÇÃO DA CAIUÁ.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4862/4862_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4862/4862_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NA RUA NÃO ASFALTADA, NAS PROXIMIDADES DA RUA TURQUESA QUE LIGA O BAIRRO ELDORADO COM O BAIRRO MARIO COVAS.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4863/4863_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4863/4863_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO ASFALTO DA RUA TURQUESA NAS PROXIMIDADES DO PARQUE CALDEIRAS.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4864/4864_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4864/4864_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O USO DO &amp;#8220;GEL ANTISSÉPTICO&amp;#8221; HIGIENIZADOR DE MÃOS, EM TODAS AS REPARTIÇÕES PÚBLICAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4865/4865_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4865/4865_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA LIMPEZA NA ÁREA DE LAZER DO PARQUE TANGARÁ.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4866/4866_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4866/4866_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO FUNCIONAMENTO DA FATEC INDICAM AO SENHOR REFEITO: 1) - CASO A FAI AUTORIZE A DOAÇÃO DOS 3,2 HECTARES,QUE SEJAM ADOTADAS DE IMEDIATO AS PROVIDÊNCIAS PARA INÍCIO DAS OBRAS DE EDIFICAÇÃO DO PRÉDIO DESTINADO AO FUNCIONAMENTO DA ESPERADA FACULDADE; 2) - SE A AUTARQUIA NÃO CONCEDER A ÁREA, QUE,COM URGÊNCIA, SEJAM TOMADAS AS PROVIDÊNCIAS PARA A CONSTRUÇÃO DE TAL PRÉDIO NO TERRENO DA AVENIDA ANTÔNIO TIVERON, PRÓXIMO À CASA DO TRABALHADOR, NO JARDIM BRASIL, LOCAL ESCOLHIDO PELA ADMINISTRAÇÃO ANTERIOR.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE UMA COMISSÃO MUNICIPAL PARA ANALISAR TODOS OS CRIMES AMBIENTAIS QUE ESTÃO SENDO PRATICADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE.</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES OFICIAIS SOBRE OS PROCEDIMENTOS LEGAIS PARA REGULARIZAR AS PENDÊNCIAS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL JUNTO SECRETÁRIA ESTADUAL DE ESPORTES, EM RAZÃO DAS DIVERSAS IRREGULARIDADES IDENTIFICADAS NA PRESTAÇÃO DE CONTAS DO EVENTO INTITULADO &amp;#8220;PROJETO ATLETA 2000&amp;#8221;.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DE ASSUNTOS JURÍDICOS E DAS FINANÇAS ESTUDO VISANDO AO EVENTUAL ESTABELECIMENTO DE NOVO PPI.</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAÇÃO PERIÓDICA DOS PONTOS DE ÔNIBUS.</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO DO TREVO RECENTEMENTE CONSTRUÍDO NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS QUE DÁ ACESSO À RODOVIA PLÁCIDO ROCHA.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4905/4905_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4905/4905_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MUDANÇA DO LOCAL DO PONTO DE ÔNIBUS RECENTEMENTE INSTALADO NA RUA BRAULIO MOLINA FRIAS.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DO QUARTEIRÃO DA AV. SANTO ANTÔNIO ENTRE A AL. ARMANDO SALES DE OLIVEIRA E AV. RIO BRANCO EM ESTACIONAMENTO ZONAL AZUL.</t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE OBRAS E SERVIÇOS, INCLUIR NA SUA PROGRAMAÇÃO O RECAPEAMENTO ASFÁLTICO DA RUA ARY BARROSO.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4908/4908_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4908/4908_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA RESPONSÁVEL PELO PARQUE DOS PIONEIROS FAZER A RETIRADA DOS BRINQUEDOS DANIFICADOS DO PARQUE INFANTIL.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE UM SEMÁFORO DIGITAL NA AV. RIO BRANCO, CRUZAMENTO COM A RUA TETSUSHI HAGA.</t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4910/4910_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4910/4910_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RESTABELECIMENTO DOS PONTOS DE ÔNIBUS DA LINHA I.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4911/4911_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4911/4911_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DE PLANEJAMENTO CONTATO COM AS EMPRESAS PATENSE E PROESTE.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4912/4912_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4912/4912_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUÇÃO DOS GASTOS EM TODAS AS SECRETARIAS, MINIMAMENTE, NA ORDEM DE 10%.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4913/4913_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4913/4913_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO QUE OFICIE A SECRETARIA ESTADUAL DA AGRICULTURA SOLICITANDO RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA INVESTIMENTO NO VIVEIRO DE MUDAS.</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4914/4914_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4914/4914_texto_integral.pdf</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4915/4915_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4915/4915_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PODA PARCIAL DE TODAS AS ÁRVORES DA CIDADE PRINCIPALMENTE AS QUE ESTÃO ATINGINDO OS FIOS DE ALTA TENSÃO.</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4916/4916_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4916/4916_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DO MURO DE ARAME LISO, EXISTENTE NA ÁREA DA E.M.E.F. &amp;#8220;TERUYO KIKUTA&amp;#8221;, POR UM MURO CONSTRUÍDO COM O MESMO MATERIAL DE ALVENARIA OU SIMILAR.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4917/4917_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4917/4917_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MUDANÇA DO LOCAL DO PONTO DE ÔNIBUS EXISTENTE NA RUA MATO GROSSO, NO JARDIM BRASIL, PARA A RUA MINAS GERAIS DO MESMO BAIRRO.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PROLONGAMENTO DA RUA QUINTINO BOCAIÚVA.</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4919/4919_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4919/4919_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS VISANDO PROCEDER A LIGAÇÃO DA RUA ANTÔNIO SHIMITH VILLELA, COM A RUA LAURINDO SIMONCELLI, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Hélio José dos Santos, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM O ENCAMINHAMENTO DE UM SECRETÁRIO MUNICIPAL, REPRESENTANDO O PREFEITO, COM O OBJETIVO DE PARTICIPAR DAS REUNIÕES DO CONSELHO COMUNITÁRIO DE SEGURANÇA DE ADAMANTINA (CONSEG).</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>Hélio José dos Santos, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTITUIÇÃO DO PROJETO ESCOLA DE TEMPO INTEGRAL.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTITUIÇÃO DE UM PROGRAMA DE BONIFICAÇÃO POR RESULTADOS - BR NA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DA LÍNGUA BRASILEIRA DE SINAIS &amp;#8211; LIBRAS, COMO LÍNGUA DE INSTRUÇÃO E MEIO DE COMUNICAÇÃO OBJETIVA E DE USO CORRENTE DOS ALUNOS SURDOS OU COM DEFICIÊNCIA AUDITIVA QUE ESTÃO MATRICULADOS DA REDE MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DA EDUCAÇÃO, PRF. RICARDO TOQUATO A SUSPENSÃO A PUBLICAÇÃO DO JORNAL DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROF. RICARDO TORQUATO A AQUISIÇÃO DE MATERIAL ESCOLAR.</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS, FÁBIO ROBERTO AMADIO, Hélio José dos Santos, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4926/4926_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4926/4926_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM À SECRETÁRIA DE ASSUNTOS JURÍDICOS QUE ENVIE A ESTA CASA PROJETO DE LEI CONCEDENDO, A PARTIR DE 1º DE ABRIL PP, REAJUSTE SALARIAL AOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4927/4927_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4927/4927_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA DE CULTURA, SEJA, COM URGÊNCIA, RETIRADO EM SÃO PAULO, UM NOVO ACERVO DE LIVROS DESTINADO À NOSSA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>ROBERTO HONÓRIO DE OLIVEIRA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4928/4928_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4928/4928_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DIRETOR MUNICIPAL DE TRÂNSITO QUE PROCEDA A SINALIZAÇÃO E COLOCAÇÃO DE PLACA E PINTURA DE SOLO &amp;#8221;PARE&amp;#8221; NA RUA ANTÔNIO SHIMITD VILELA, ESQUINA COM A RUA IHTY ENDO NA VILA FÁTIMA.</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4929/4929_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4929/4929_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DIRETOR MUNICIPAL DE TRÂNSITO A COLOCAÇÃO DE UM PONTO DE MOTOS E SIMILARES NA AV. MARECHAL CASTELO BRANCO, NAS IMEDIAÇÕES DO POSTO IPIRANGA ENTRE AS RUAS LÍBERO BADARÓ E RUA DA LIBERDADE.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4930/4930_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4930/4930_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SINALIZAÇÃO E COLOCAÇÃO DE PLACA E PINTURA DE SOLO &amp;#8220;PARE&amp;#8221; E UMA COMPLETA OPERAÇÃO TAPA-BURACOS NO BAIRRO ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4931/4931_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4931/4931_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE VIGILÂNCIA EPIDEMIOLÓGICA DA SECRETARIA MUNICIPAL DE SAÚDE, AGILIZAR O COMBATE AO MOSQUITO AEDES AEGYPTI NOS BAIRROS JARDIM BRASIL, JAMIL DE LIMA, PARQUE DO SOL, PARQUE ITAMARATY E VILA JARDIM.</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL COMPETENTE COLOCAÇÃO DE POSTE A FIM DE ESTENDER A REDE ELÉTRICA PARA ILUMINAÇÃO MAIS EFICAZ NO CRUZAMENTO DA AV. RIO BRANCO COM A RUA THETSHUSHI HAGA,</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4933/4933_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4933/4933_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM TODOS OS BRINQUEDOS DO PARQUE INFANTIL DA VILA FREITAS.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4934/4934_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4934/4934_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE PROCEDA A COLOCAÇÃO DE CASCALHO, COLOCAÇÃO DE REDE ELÉTRICA, LIMPEZA EM TODAS AS LATERAIS E INCLUSÃO NO ITINERÁRIO DA COLETA DE LIXO DOMICILIAR NA AL. AURORA MENDES CRUZ, LOCALIZADA AO LADO DO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4935/4935_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4935/4935_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO A REALIZAÇÃO DE UM MEGA SHOW NO ANIVERSÁRIO DA CIDADE.</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4936/4936_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4936/4936_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM ÔNIBUS PARA SER UTILIZADO EXCLUSIVAMENTE PARA O TRANSPORTE DE ATLETAS DAS ESCOLINHAS DA SECRETARIA MUNICIPAL DE ESPORTES E RECREAÇÃO.</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4937/4937_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4937/4937_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO PROF. RICARDO CASSIOLATO TORQUATO IMPLANTAÇÃO DE UM CENTRO EDUCACIONAL DE ATENDIMENTO ESPECIALIZADO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4938/4938_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4938/4938_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM TRABALHO DE MELHORIA E CONSERVAÇÃO EM TODA ÁREA DE LAZER DO CÓRREGO DA CALDEIRA.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPARTAMENTO DE OBRAS DA PREFEITURA A REALIZAÇÃO DE UMA REFORMA E AMPLIAÇÃO DOS BANHEIROS EXISTENTES NO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4940/4940_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4940/4940_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM PONTO DE ÔNIBUS NA AVENIDA DEPUTADO CUNHA BUENO, NAS PROXIMIDADES DO CÓRREGO DA CALDEIRA.</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4941/4941_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4941/4941_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DAS PESSOAS COM DEFICIÊNCIA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4942/4942_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4942/4942_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DO NOSSO MUNICÍPIO NO &amp;#8220;INVESTE SÃO PAULO&amp;#8221;, AGÊNCIA PAULISTA DE PROMOÇÃO DE INVESTIMENTO E COMPETITIVIDADE.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4943/4943_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4943/4943_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO PEÇA IMEDIATAMENTE SEU AFASTAMENTO DO CARGO ATÉ 31/12/2015.</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4944/4944_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4944/4944_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM FEITOS REPAROS NAS PEDRAS DE CALÇAMENTO DOS DOIS QUARTEIRÕES DA AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA, ENTRE AS RUAS GENERAL ISIDORO E A ARNO KIEFFER.</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4945/4945_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4945/4945_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM SEMÁFORO NAS PROXIMIDADES DA APAE DE ADAMATINA.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Rogério César Sacoman, FÁBIO ROBERTO AMADIO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5034/5034_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5034/5034_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM TROCA OU REFORMA, EM TODO O ALAMBRADO DO CAMPO DE FUTEBOL MÉDIO DO BAIRRO JARDIM DAS ALAMANDAS.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5035/5035_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5035/5035_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPARTAMENTO DE FISCALIZAÇÃO QUE NOTIFIQUE OS PROPRIETÁRIOS DO PRÉDIO DO ANTIGO CINE SANTO ANTÔNIO PARA PROCEDER UMA COMPLETA LIMPEZA NO IMÓVEL.</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5036/5036_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5036/5036_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL RESPONSÁVEL PELA USINA DE RECICLAGEM DE LIXO, QUE IMPLANTE UM SISTEMA NA CONTABILIDADE PARA QUE TODOS OS RECURSOS ORIUNDOS DA VENDA DOS MATERIAIS RECICLADOS SEJAM INVESTIDOS NA PRÓPRIA MANUTENÇÃO DA USINA.</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5037/5037_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5037/5037_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DA CALÇADA DA ÁREA DE LAZER DO LADO DA RUA CARMEM MIRANDA DO AMJAIP</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5038/5038_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5038/5038_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A MELHORIA DA SINALIZAÇÃO DE TRÂNSITO NAS IMEDIAÇÕES DO ROTARY CLUB, DA RUA PAUL HARRIS ATÉ A AV. MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A COLOCAÇÃO DE PLACAS DE 30KM/H A CADA 300 METROS  (ÁREA ESCOLAR) NA AV. RIO BRANCO, ENTRE OS NºS 2700 À 2600, NA EXTENSÃO DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5040/5040_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5040/5040_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE FINANÇAS QUE BUSQUE MEIOS QUE VISEM A DIMINUIÇÃO DOS GASTOS COM ALUGUEIS DE VÁRIAS RESIDÊNCIAS PAGOS PELA PREFEITURA.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5041/5041_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5041/5041_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DE ADMINISTRAÇÃO PAULO MARCOS RODRIGUES DE SOUZA, QUE CONTATE, COM URGÊNCIA, A GERÊNCIA LOCAL DO BANCO ITAÚ VISANDO À NEGOCIAÇÃO DAS ATUAIS &amp;#8220;TAXAS&amp;#8221; COBRADAS NAS CONTAS DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5042/5042_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5042/5042_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE SEJAM REALIZADAS AS SEGUINTES AÇÕES NO PARQUE ITAMARATY: 1- CAPINAÇÃO E LIMPEZA GERAL DAS PRAÇAS ALI EXISTENTES, 2- OPERAÇÃO TAPA BURACOS, 3- PULVERIZAÇÃO NAS CASAS OBJETIVANDO-SE PRECISO COMBATE À DENGUE, 4- AGILIZAÇÃO DO PROCESSO REFERENTE À CONSTRUÇÃO DE CASAS POPULARES, 5- VIABILIZAÇÃO E INSTALAÇÃO DE ACADEMIA AO AR LIVRE, 6- PRECISA AÇÃO NO GOVERNO ESTADUAL VISANDO À OBTENÇÃO DE RECURSO FINANCEIRO DESTINADO À CONSTRUÇÃO DE CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5043/5043_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5043/5043_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE CULTURA QUE, EM COMEMORAÇÃO AO ANIVERSÁRIO DA CIDADE, SEJAM VIABILIZADAS AS SEGUINTES ATIVIDADES: 1 - RUA DE LAZER, 2 - LEITURA NA PRAÇA (JORNAL, REVISTA, LITERATURA INFANTO-JUVENIL E ADULTA, 3- CAMPEONATO DE XADREZ, DAMA E DOMINÓ, 4- SERENATA E ELABORAÇÃO DE REDAÇÕES EM TODA A REDE MUNICIPAL FOCALIZANDO A HISTÓRIA DO MUNICÍPIO, 5- SHOW DE CALOUROS: MPB, RAIZ, SERTANEJO UNIVERSITÁRIA E GOSPEL, 6- CAMPEONATO DE LEVANTAMENTO DE PIPAS, 7- APRESENTAÇÃO DE CORAIS, GRUPOS TEATRAIS, FOLCLORISTAS, BANDA MARCIAL E ORQUESTRA DE VIOLA CAIPIRA, 8- RODAS DE CAPOEIRA E DANÇA DE RUA, 9- PEDESTRIANISMO, CICLISMO E &amp;#8220;SKATISMO&amp;#8221;, 10- OFICINAS DE TEATRO, MÚSICA, DANÇA DE SALÃO, LITERATURA, REDAÇÃO OFICIAL E POESIA.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5044/5044_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5044/5044_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DA FAI, PROFESSOR DOUTOR, MÁRCIO CARDIM, QUE CONVIDE A LÍDER AMBIENTALISTA MARINA SILVA A FIM DE PROFERIR PALESTRA, AINDA ESTE ANO, NO ANFITEATRO DA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5045/5045_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5045/5045_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DA FAI, PROFESSOR DOUTOR, MÁRCIO CARDIM, QUE A INSTITUIÇÃO CONVIDE O SECRETÁRIO ESTADUAL DA SAÚDE PARA MINISTRAR A AULA INAUGURAL DO CURSO DE MEDICINA.</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5046/5046_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5046/5046_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SR. PREFEITO QUE DETERMINE AOS SETORES COMPETENTES SEJAM REALIZADAS AS SEGUINTES AÇÕES: 1 &amp;#8211; CAPINAÇÃO E LIMPEZA GERAL ÁS MARGENS DA MARGINAL FRANCISCO BELLUSCI, TRECHO ESTÁTUA DE CRISTO/FAI, CAMPUS II; 2 &amp;#8211; ILUMINAÇÃO E SINALIZAÇÃO DE SOLO NA AV. RIO BRANCO, ENTRADA PARA O CAMUS II DA FAI.</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5047/5047_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5047/5047_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM LOCAL APROPRIADO PARA COLOCAÇÃO DE ENTULHOS DE CONSTRUÇÃO PARA POSTERIOR RECOLHIMENTO PELA PREFEITURA NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UM CARRO DE SOM, UM CAMINHÃO COM DOIS FUNCIONÁRIOS PARA AJUDAR NA DIVULGAÇÃO E NO RECOLHIMENTO DOS ENTULHOS NO DIA DA MOBILIZAÇÃO CONTRA O MOSQUITO AEDES AEGYPTI QUE SERÁ REALIZADO NO BAIRRO JARDIM DAS PRIMAVERAS PELOS MORADORES.</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5049/5049_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5049/5049_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR OS NOMES DAS SENHORAS CASSILDA FERNANDES CAMARGO (BENZEDEIRA) E MIRIAN FERNANDES LOPES RODRIGUES, PARA DENOMINAR RUAS DE NOSSA CIDADE EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5050/5050_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5050/5050_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OFERECER AOS TRABALHADORES AUTÔNOMOS DA CONSTRUÇÃO CIVIL CURSOS DE QUALIFICAÇÃO PROFISSIONAL COM RENOMADOS ARQUITETOS E ENGENHEIROS COM AULAS TEÓRICAS E PRÁTICAS.</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5051/5051_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5051/5051_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR EPIDEMIOLÓGICO MUNICIPAL COLOCAR EM PRÁTICA AS EXIGÊNCIAS DA LEI MUNICIPAL QUE TRATA DA CASTRAÇÃO DE ANIMAIS GRATUITAMENTE.</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ABERTURA DA RUA SERGIPE, NO JARDIM BRASIL, LIGANDO O PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5053/5053_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5053/5053_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM ATENDIDAS COM URGÊNCIA AS REIVINDICAÇÕES DOS MORADORES DAS RUAS OSVALDO CRUZ, PADRE ANCHIETA E DEPUTADO SALLES FILHO, PROXIMIDADES DO DEPÓSITO UNIÃO E MERCADINHO DIA-A-DIA QUE PEDEM UMA SINALIZAÇÃO EFICAZ E COLOCAÇÃO DE OBSTÁCULO OU OUTRO TIPO DE REDUTOR DE VELOCIDADE NOS REFERIDOS LOCAIS.</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA A UNIFORMIZAÇÃO NUMÉRICA DA RUA RIO GRANDE, DO JARDIM BRASIL, AVENIDA IPIRANGA, VILA JAMIL DE LIMA E RUA NAIR QUINTO ZAMBÃO, VILA CICMA.</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5055/5055_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5055/5055_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TROCA DE LÂMPADAS DOS POSTES DA RUA ANTÔNIO ANDRADE, ESQUINA JOÃO ANDRADE NA VILA CICMA.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A APLICAÇÃO DE VENENO APROPRIADO A FIM DE ELIMINAR OS CRIADOUROS DE PERNILONGOS E MOSQUITO AEDES AEGYPTI, TRANSMISSOR DA DENGUE, NA VILA FREITAS E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5057/5057_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5057/5057_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A COMPRA 3000 M³ DE PEDRA BRITADA PARA REPOR NAS ESTRADAS VICINAIS DO PROGRAMA MELHOR CAMINHO.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A COLOCAÇÃO DE GUIAS E SARJETAS NA RUA ANTÔNIO GIMENES ABELAN NO BAIRRO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5059/5059_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5059/5059_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NO SISTEMA DE ILUMINAÇÃO PÚBLICA DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM OBSTÁCULO NA AVENIDA RIO BRANCO, NO TRECHO FINAL DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5061/5061_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5061/5061_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA ALÇA DE ACESSO NO PROLONGAMENTO DO TRECHO RECENTEMENTE PAVIMENTADO DA AVENIDA RIO BRANCO, FAZENDO UMA LIGAÇÃO SEGURA COM A ESTRADA 14.</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5062/5062_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5062/5062_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NO SISTEMA DE ILUMINAÇÃO PÚBLICA DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5063/5063_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5063/5063_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM OBSTÁCULO NA RUA OSVALDO CRUZ, NO TRECHO COMPREENDIDO ENTRE A ALAMEDA PADRE JOSÉ DE ANCHIETA E A ALAMEDA CÔNEGO JOÃO BAPTISTA DE AQUINO OU ENTRE A ALAMEDA PADRE JOSÉ DE ANCHIETA E A ALAMEDA MARIA CÂNDIDA ROMANINI.</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS, FÁBIO ROBERTO AMADIO, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO EXECUTIVO QUE A DECISÃO DO LOCAL PARA A CONSTRUÇÃO DO PRÉDIO DA FATEC - FACULDADE DE TECNOLOGIA EM NOSSO MUNICÍPIO, SEJA DEFINIDO DE FORMA CONJUNTA ENTRE O PODER EXECUTIVO, PODER LEGISLATIVO E O CENTRO PAULA SOUZA, OBJETIVANDO AGILIZAR OS PROCEDIMENTOS LEGAIS E BUROCRÁTICOS PARA O INÍCIO IMEDIATO DAS OBRAS, APÓS A DEVIDA AUTORIZAÇÃO DO GOVERNO DO ESTADO.</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5065/5065_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5065/5065_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA QUINTINO BOCAIUVA, QUE LIGA O PARQUE ITAMARATY À AVENIDA MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA NA PARTE EXTERNA DO PRÉDIO DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5067/5067_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5067/5067_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA NA ÁREA DE LAZER DO RESIDENCIAL ELDORADO II.</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA E CONSERTO DE ALGUNS APARELHOS DA ACADEMIA AO AR LIVRE DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA DOS ARBUSTOS PLANTADOS NA CALÇADA DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NA GRANDE EROSÃO PROVOCADA PELAS FORTES CHUVAS, NA RUA RANGEL PESTANA, FUNDOS DO FERRO VELHO, NO PARQUE ITAMARATY.</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5071/5071_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5071/5071_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE COMISSÃO ORGANIZADORA DA 27ª EXPOVERDE, NO CONTRATO DE VENDAS DA PRAÇA DE ALIMENTAÇÃO E DOS DIREITOS DE FUNCIONAMENTO DO PARQUE DE DIVERSÕES, INCLUA UMA CLÁUSULA DE PAGAMENTO À VISTA.</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA REFORMA NO PARQUE INFANTIL DA PRAÇA JOSÉ COSTA (JARDIM DA ESTAÇÃO).</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA EXTERNA ONDE ESTÁ CONSTRUÍDA A CAIXA DE ESGOTO LOCALIZADA NAS RUAS DAS PALMAS E VITÓRIA RÉGIA, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5074/5074_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5074/5074_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SE CONSULTE A ASSESSORIA JURÍDICA DESTA CASA DE LEIS BEM COMO A COMISSÃO DE JUSTIÇA E REDAÇÃO VISANDO SER EXIGIDO LAUDO NEUROLÓGICO E PSIQUIÁTRICO QUE ATESTE A REAL CAPACIDADE DO EXCELENTÍSSIMO PREFEITO DO MUNICÍPIO, IVO SANTOS.</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5075/5075_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5075/5075_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE BANDA MUNICIPAL REALIZE APRESENTAÇÕES EM DIVERSAS VILAS, JARDINS E PARQUES DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5076/5076_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5076/5076_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA DE CULTURA ESTABELEÇA CONTATO COM DEPUTADOS ESTADUAIS A FIM DE OBTER RECURSOS NO VALOR DE R$ 60 MIL PARA AQUISIÇÃO DE ACERTO DE LIVROS DESTINADOS À BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5077/5077_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5077/5077_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE UMA ARQUIBANCADA NO CAMPO DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5078/5078_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5078/5078_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA, PARA OS LOTEAMENTOS QUE SERÃO IMPLANTADOS NA CIDADE, UM ASFALTO DE QUALIDADE PARA QUE NO FUTURO NÃO ACARRETE DESPESAS PARA O MUNICÍPIO COM OPERAÇÕES TAPA-BURACOS E RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5079/5079_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5079/5079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE BANCOS DE MADEIRA NA CONTINUIDADE DA PRAÇA JOSÉ COTA (PÁTIO DA FEIRA).</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM UMA LIMPEZA COMPLETA NOS BANHEIROS DA REFERIDA  PRAÇA JOSÉ COTA (PÁTIO DA FEIRA).</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM PROLONGAMENTO DA RUA IRACEMA N. BAESSO ROMBALDI, DA DIVISA DO RESIDENCIAL PARQUE ESMERALDA COM O LOTEAMENTO JOÃO MIGUEL II. </t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA LICITAÇÃO PARA A CONCESSÃO DE TERRENOS NA ÁREA COMERCIAL E INDUSTRIAL VALTENTIN GATTI.</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA PROIBIDO PARAR E ESTACIONAR (CARRETAS, CAMINHÕES E ÔNIBUS) NA RUA ANTÔNIO TIVERON, NO TRECHO ENTRE O TREVO DE ENTRADA DO PONTILHÃO DA RUA JOAQUIM NABUCO ATÉ O TERMINAL RODOVIÁRIO.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5084/5084_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5084/5084_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE POSTE E LUMINÁRIAS NO PROLONGAMENTO DA RUA SANTOS DUMONT.</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5085/5085_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5085/5085_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAR A RUA DAS PAPOULAS, LOCALIZADA NA DIVISA DO JARDIM BRASIL E VILA JARDIM EM MÃO ÚNICA.</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5086/5086_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5086/5086_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA IMPLANTADO UM &amp;#8220;DIA DA SAÚDE&amp;#8221; DESTINADO AO ATENDIMENTO DOS NOSSOS VALOROSOS SERVIDORES PÚBLICOS MUNICIPAIS LOTADOS NO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VISTORIA NA QUADRA COBERTA DA ANTIGA ESCOLA CEFAM.</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5151/5151_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5151/5151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA DAS LATERAIS DA VICINAL PAVIMENTADA, JOSÉ BOCARDI.</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5087/5087_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5087/5087_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SECRETARIA MUNICIPAL DA CULTURA QUE PROMOVA, DURANTE O MÊS DE JUNHO, UMA VIRADA CULTURAL.</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5088/5088_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5088/5088_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE ALAMBRADO NOS FUNDOS DA ENTIDADE LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5089/5089_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5089/5089_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA NA CONTINUAÇÃO DA AV. MIGUEL VEIGA, ESQUINA COM A RUA NAIR QUINTO ZAMBÃO ONDE ESTÁ LOCALIZADO O PROJETO FLORESTA URBANA.</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5090/5090_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5090/5090_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE MESAS PARA JOGOS DE BARALHO, DAMA E DOMINÓ, BEM COMO A INSTALAÇÃO DE UM PARQUE INFANTIL NA ÁREA DE LAZER DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMISSÃO MUNICIPAL DE TRÂNSITO INSTALAÇÃO DE UM OBSTÁCULO NA RUA DAS MARGARIDAS, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5092/5092_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5092/5092_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA LUMINÁRIA PARA CALÇADA, NO POSTE PRÓXIMO À RESIDÊNCIA LOCALIZADA NA RUA DAS HORTÊNCIAS, Nº 213, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5093/5093_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5093/5093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA LUMINÁRIA PARA CALÇADA NO POSTE PRÓXIMO À RESIDÊNCIA LOCALIZADA NA RUA VEREADOR ALBERTO SAMPAIO, Nº 16, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5094/5094_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5094/5094_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPARTAMENTO DE TRÂNSITO A INSTALAÇÃO DE UM OBSTÁCULO NA AVENIDA RIO BRANCO, NAS PROXIMIDADES DA PRAÇA VALDEMAR ROMANINI E OUTRO OBSTÁCULO NAS PROXIMIDADES DA CRECHE CRIANÇA FELIZ, NO PARQUE ITAIPÚS.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ASFALTAMENTO DO TRECHO NÃO PAVIMENTADO DA ALAMEDA PADRE NÓBREGA, NO JARDIM DAS ACÁCIAS ATÉ A RUA MARIA ESTHER TOFFOLI, NO BAIRRO RESIDENCIAL MONTE ALEGRE.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5096/5096_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5096/5096_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA URGENTE ADEQUAÇÃO NA CARREIRA DOS SEGUINTES EMPREGOS PERMANENTES: BORRACHEIRO, FUNILEIRO, FERRAMENTEIRO E ALMOXARIFE, CUJOS SERVIDORES ATUAM NO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5152/5152_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5152/5152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE AS REIVINDICAÇÕES DA ESCOLA MUNICIPAL DA LAGOA SECA SEJAM ATENDIDAS: 1- INSTALAÇÃO DE TELEFONE NA UNIDADE ESCOLAR. 2- VIABILIZAÇÃO DE NOVAS CARTEIRAS E DAS CADEIRINHAS DESTINADAS AOS ALUNOS DO PREZINHO.</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AMPLA LIMPEZA ÀS MARGENS DA VICINAL ADAMANTINA-LUCÉLIA, TRECHO LAR DOS VELHOS-JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5154/5154_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5154/5154_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA NO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5155/5155_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5155/5155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SECRETARIA COMPETENTE QUE OFICIE O DEPUTADO ESTADUAL ORLANDO MORANDO REQUISITANDO RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL PARA AQUISIÇÃO DE ACERVO DE LIVROS PARA A BIBLIOTECA MUNICIPAL. </t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE PARQUE INFANTIL AO LADO DO CENTRO COMUNITÁRIO DOS JARDINS OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5157/5157_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5157/5157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE NENHUM EMPENHO DESTINADO A VIAGEM DE AGENTE POLÍTICO QUE ULTRAPASSE R$ 3 MIL.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO UM REDUTOR DE VELOCIDADE NA AV. RIO BRANCO EM FRENTE AO NÚMERO 2865.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5159/5159_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5159/5159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NAS RUAS DO CONJUNTO RESIDENCIAL ELDORADO.</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS LIMPEZA NAS ÁRVORES QUE ESTÃO ENCOBRINDO AS PLACAS DE SINALIZAÇÃO (PARE).</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5161/5161_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5161/5161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAMOS QUE SEJA COLOCADOS 3 BANCOS DE MADEIRA, COM CAPACIDADE PARA 5 PESSOAS, NO JARDIM ADAMANTINA, AVENIDA RIO BRANCO, ÀS MARGENS DO CAMPO DE FUTEBOL.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5162/5162_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5162/5162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A TRANSFORMAÇÃO, EM MÃO ÚNICA, DA RUA JOÃO VICENTE DE MIRANDA NO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5163/5163_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5163/5163_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OS ATENDIMENTOS DOS PACIENTES QUE PROCURAM O AMBULATÓRIO PARA CONSULTA E OUTROS PROCEDIMENTOS MÉDICOS SEJAM MAIS ÁGEIS.</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5164/5164_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5164/5164_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM FEITOS REPAROS NA CALÇADA DA RUA LUIZ GASPARINI, ESQUINA COM A RUA MIGUEL VEIGA, CONJUNTO OITI-TIPUANAS.</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TROCA DE LÂMPADAS QUEIMADAS E PODA PARCIAL EM TODAS AS ÁRVORES NA RUA JOÃO ANDRADE, VILA CICMA.</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5166/5166_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5166/5166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM NA GRAMA ALTA ORA EXISTENTE NO PARQUE DAS CALDEIRAS, LATERAL JARDIM DAS ACÁCIAS &amp;#8211; CONJUNTO MARIO COVAS.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5167/5167_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5167/5167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO DAS RUAS PAVIMENTADAS DO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5168/5168_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5168/5168_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DO CONSELHO MUNICIPAL ANTI-DROGAS.</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5169/5169_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5169/5169_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO DAS RUAS PAVIMENTADAS DO PARQUE ITAMARATY.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5170/5170_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5170/5170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DO MURO DE ARAME LISO, EXISTENTE NA ÁREA DA E.M.E.F. &amp;#8220;TERUYO KIKUTA&amp;#8221;, QUE DÁ ACESSO À RUA DOS JASMINS, POR UM MURO CONSTRUÍDO COM O MESMO MATERIAL DE ALVENARIA OU SIMILAR AOS DEMAIS MUROS EXISTENTES NA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5171/5171_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5171/5171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PROLONGAMENTO DA RUA QUINTINO BOCAIÚVA ATÉ A RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5172/5172_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5172/5172_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO DO TRECHO NÃO PAVIMENTADO DA RUA PERNAMBUCO NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5173/5173_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5173/5173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM ABRIGO COBERTO PARA PESSOAS NO PONTO DE ÔNIBUS LOCALIZADO NA RUA ANTONIO TIVERON.</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5174/5174_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5174/5174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ELABORAÇÃO DE PROJETO DE LEI COM O INTUITO DE ESTABELECER A CONCESSÃO DE DIREITO REAL DE USO DAS DEPENDÊNCIAS DO PRÉDIO ONDE FUNCIONAVA A ESCOLA MARIA ESTER TÓFFOLI, NO BAIRRO DO TUCURUVI, À APPRAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5175/5175_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5175/5175_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO A RUA PAUL HARRIS, NO TRECHO COMPREENDIDO DA AL. DAS MARGARIDAS ATÉ A AV. MARECHAL CASTELO BRANCO NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5203/5203_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5203/5203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA CREDITADO BÔNUS ESPECIAL NO VALOR DE 30,8% SOBRE OS VENCIMENTOS BRUTOS DOS FUNCIONÁRIOS PÚBLICOS DESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALTERAÇÃO DO VALOR DO VALE ALIMENTAÇÃO DOS FUNCIONÁRIOS FAI INSTITUIÇÃO DE ENSINO, DE R$ 14,00 PARA R$ 17,00 A PARTIR E 1º DE JULHO CORRENTE.</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5205/5205_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5205/5205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE O EXECUTIVO PROMOVA UMA COLETIVA COM TODA A REDE MIDIÁTICA LOCAL A FIM DE PRESTAR ESCLARECIMENTOS ACERCA DE INFORMAÇÕES REFERENTES À SECRETARIA MUNICIPAL DE FINANÇAS.</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE SEJAM FEITOS REPAROS E MANUTENÇÃO DOS BRINQUEDOS E DOS APARELHOS DE ACADEMIA DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5207/5207_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5207/5207_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REFORMA DAS PLACAS DE SINALIZAÇÃO DE TRÂNSITO DA RODOVIA PLÁCIDO ROCHA, TRECHO QUE LIGA ADAMANTINA AO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5208/5208_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5208/5208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM LIMPEZA NAS MARGENS DA LINHA FÉRREA, ANTIGA FEPASA, NO TRECHO COMPREENDIDO DO JARDIM ADAMANTINA ATÉ O FINAL DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5209/5209_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5209/5209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR KAZUO KOBORI A FIM DE DENOMINAR RUAS DO NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO DA ÚLTIMA RUA DO JARDIM DAS PRIMAVERAS NOS FUNDOS DA CRECHE BEM COMO A ILUMINAÇÃO ELÉTRICA.</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5211/5211_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5211/5211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPARTAMENTO DE TRÂNSITO MEDIDAS EMERGENCIAIS A FIM EVITAR DE ACIDENTES QUE VEM OCORRENDO NA RUA BRÁULIO MOLINA FRIAS, PROXIMIDADES DA PANIFICADORA CRISTAL, SENTIDO ADAMANTINA-LUCÉLIA.</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5212/5212_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5212/5212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA COMPLETA LIMPEZA NOS BANCOS DE GRANITO EXISTENTES NO PARQUE DO PIONEIROS.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5213/5213_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5213/5213_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COBERTURA DE UMA PEQUENA ÁREA EXISTENTE NO PARQUE DOS PIONEIROS, USADA POR CIDADÃOS ADAMANTINENSES AMANTES DO JOGO DE BARALHO.</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5214/5214_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5214/5214_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO DA RUA BATISTA BALDRIGHI, LOCALIZADA ENTRE OS BAIRROS CONJUNTO TIPUANAS E RESIDENCIAL MORUMBI.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DA SENHORA JOANA PARRA GARCIA A FIM DE DENOMINAR RUAS DO NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5216/5216_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5216/5216_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAR EM MÃO ÚNICA AS RUAS PAULISTA, AUGUSTA E ANTÔNIO FELIX DE FREITAS NA VILA FREITAS.</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5217/5217_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5217/5217_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RETIRADA DA PLACA &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221; COLOCADA NA RUA YAOJI ENDO NO RESIDENCIAL YHITY ENDO E TRANSFORMAR A MESMA EM MÃO ÚNICA.</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5218/5218_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5218/5218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAR O LADO DIREITO DA RUA NOEMIA R. DE OLIVEIRA LOCALIZADA EM FRENTE A ESCOLA PROF. DURVALINO GRION EM PROIBIDO ESTACIONAR, E O ESQUERDO, PERMITIDO ESTACIONAR.</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5219/5219_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5219/5219_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA BRAULIO MOLINA FRIAS, ENTRADA E SAÍDA PARA O MUNICÍPIO DE LUCÉLIA.</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM FEITOS SERVIÇOS DE TAPA BURACOS A RUA ANTÔNIO ANDRADE, VILA CICMA, ATÉ A RUA VITÓRIO ROMANINI.</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAÇÃO DO SISTEMA DE ILUMINAÇÃO EXISTENTE NA RUA SANTOS DUMONT EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5222/5222_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5222/5222_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDOS JUNTO AO SECRETÁRIO DE FINANÇAS SOBRE A POSSIBILIDADE DE AUMENTAR O VALOR DO BENEFÍCIO DO VALE-ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS DA PREFEITURA, DA EMDA.</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA EQUIPAMENTO MÉDICO JUNTO AO MINISTÉRIO DA SAÚDE.</t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SENHOR PREFEITO DO MUNICÍPIO APRESENTE PEDIDO DE RENÚNCIA.</t>
   </si>
   <si>
     <t>5267</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DOS VESTIÁRIOS NA PRAÇA ESPORTIVA DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5268</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5268/5268_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5268/5268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETÁRIA MUNICIPAL DE SAÚDE, PATRÍCIA QUEIROZ RIBEIRO MOCHIUTI, QUE INTERCEDA NO SENTIDO DE SER LIBERADO RECURSO EXTRA NO VALOR DE R$ 10 MIL PARA A SANTA CASA.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ALTERAÇÃO NO SISTEMA DE ESTACIONAMENTO PARA CARGA E DESCARGA DENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5270/5270_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5270/5270_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PLANTIO DE VÁRIAS ÁRVORES NAS ÁREAS DE LAZER DO BAIRRO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5271/5271_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5271/5271_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AÇÕES CONCRETAS PARA INCENTIVAR EMPRESAS DE GRANDES PORTES DE VÁRIOS SEGMENTOS EM EXPANDIR SEUS NEGÓCIOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5272/5272_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5272/5272_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANALISE DA SAÚDE DAS ÁRVORES ANTIGAS PLANTADAS NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5273/5273_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5273/5273_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFERÊNCIA DE NOME DE PROPRIETÁRIO QUE ADQUIRIR RESIDÊNCIA POR CONTRATO, A FIM DE IMPEDIR A PARTICIPAÇÃO EM OUTRA INSCRIÇÃO PARA MORADIAS CONSTRUÍDAS PELO CDHU.</t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5274/5274_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5274/5274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VEÍCULO PARA USO EXCLUSIVO DO TIRO DE GUERRA</t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5275/5275_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5275/5275_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIBERAÇÃO DO USO DAS PISCINAS DO CAMPUS III DA FAI, AOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5276/5276_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5276/5276_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR ANTÔNIO MORALES PARA DENOMINAR RUA DE NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5277/5277_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5277/5277_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REPAROS OU AQUISIÇÃO DE UMA NOVA PIA DE COZINHA PARA O PROJETO ASA, BEM COMO TROCA DE TELHAS DO REFEITÓRIO.</t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM CRIAÇÃO OU INSTALAÇÃO NO MUNICÍPIO DE ADAMANTINA DO CHAMADO GPS RURAL.</t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5279/5279_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5279/5279_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE PLACAS E REDUTORES DE VELOCIDADE NA RUA MARIO OLIVEIRO, PROXIMIDADES DO DEPÓSITO ALVORADA.</t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5280/5280_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5280/5280_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALARGAMENTO DAS BOCAS DE LOBO DA AL. FERNÃO DIAS, CRUZAMENTO COM A AVENIDA ADEMAR DE BARROS, PROXIMIDADES DO FÓRUM.</t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5281/5281_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5281/5281_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PLACAS INDICATIVAS DO LOCAL ONDE SE ENCONTRA O CIRETRAN.</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5282/5282_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5282/5282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MUDANÇA DO ABRIGO DE ÔNIBUS DA RUA MIGUEL VEIGA PARA A RUA NAIR QUINTO ZAMBÃO.</t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5283/5283_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5283/5283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DE FAIXAS DE PEDESTRES, REDUTOR DE VELOCIDADE E SINALIZAÇÃO &amp;#8220;PARE&amp;#8221; NA RUA OLEGÁRIO CAMPOS SOUZA E LUIZ GASPARINI, AS DUAS COM CRUZAMENTO COM AS RUAS JOÃO ANDRADE E MIGUEL VEIGA.</t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO DA FAIXA DE PEDESTRES, COLOCAÇÃO DE PLACA E REDUTOR DE VELOCIDADE EM FRENTE AO CENTRO COMUNITÁRIO DA ASSOCIAÇÃO DO CONJUNTO OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5285/5285_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5285/5285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETIRADA DE UMA ÁRVORE DENTRO DO CAMPO DA ASSOCIAÇÃO DOS MORADORES DO CONJUNTO OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5286/5286_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5286/5286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA E LIMPEZA NO GRAMADO DA PRAÇA CENTRAL DO JARDIM TIPUANAS, LOCALIZADA NA RUA NAIR QUINTO ZAMBÃO.</t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REVITALIZAR A PRAÇA JOSÉ PARRILA, COM COLOCAÇÃO DE BANCOS, PLANTIO DE ÁRVORES E REALIZAÇÃO DE EVENTOS CULTURAIS.</t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA TOTAL DE TODAS AS ÁRVORES PLANTADAS NA CALÇADA DA PRAÇA DO CONJUNTO TIPUANAS.</t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMPLANTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE EM ADAMANTINA.</t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5290/5290_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5290/5290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAÇÃO DA ESTRADA DE SERVIDÃO QUE MARGEIA O CEMITÉRIO MUNICIPAL, NO JARDIM EUROPA, EM UM LOGRADOURO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORAMENTO DO SISTEMA DE ILUMINAÇÃO EXISTENTE NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UMA ALÇA OU VIA DE ACESSO DO BAIRRO PARQUE ITAMARATI À RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DO MURRO DE ARRIMO LOCALIZADO AOS FUNDOS DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5294/5294_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5294/5294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MUDANÇA NO LOCAL DO PONTO DE ÔNIBUS EXISTENTE NA RUA MATO GROSSO, NO JARDIM BRASIL, PARA A RUA MINAS GERAIS, NAS PROXIMIDADES DO INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA (IAMA).</t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5295/5295_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5295/5295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE UM EVENTO DO &amp;#8220;DIA DA SAÚDE&amp;#8221;, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5296/5296_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5296/5296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RETIRADA IMEDIATA DO FERRO VELHO EXISTENTE NA RUA MATO GROSSO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5297/5297_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5297/5297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ATENDIMENTO DO PEDIDO DOS MORADORES DO JARDIM BRASIL QUE REIVINDICAM CONSTRUÇÃO DO PRÉDIO DO PSF NO BAIRRO.</t>
   </si>
   <si>
     <t>5298</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO PROJETO DE LEI A ESTA CASA OBJETIVANDO AUTORIZAÇÃO PARA A VENDA DAS DUAS ÁREAS LOCALIZADAS À MARGEM DA ESTRADA ADAMANTINA-MARIÁPOLIS.</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5299/5299_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5299/5299_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTALAÇÃO DE UM POSTE DE ENERGIA ELÉTRICA NO BAIRRO AIDELÂNDIA.</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5300/5300_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5300/5300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM MELHORIA DO ASFALTO DO PARQUE IGUAÇU E BAIRROS PRÓXIMOS.</t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5351/5351_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5351/5351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA HORÁRIO EXPERIMENTAL DO EXPEDIENTE DA PREFEITURA, DAS 8H ÀS 13H, EXCEÇÃO DOS SERVIÇOS ESSENCIAIS.</t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5352/5352_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5352/5352_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPARO DO TOMÓGRAFO EXISTENTE NA SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5353/5353_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5353/5353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR DA SANTA CASA, JAIRO GONÇALVES QUE  SEJAM  ELABORADOS, POR ESTA INSTITUIÇÃO, PROJETOS VISANDO A QUE OS SENADORES JOSÉ SERRA E ALOYSIO NUNES APRESENTEM EMENDAS AO ORÇAMENTO DA UNIÃO/2015</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSCRIÇÃO DE ADAMANTINA NO PROJETO &amp;#8220;UM POEMA EM CASA ÁRVORE&amp;#8221;.</t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5355/5355_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5355/5355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DO EVENTO &amp;#8220;DIA DA SAÚDE&amp;#8221; NO CONJUNTO HABITACIONAL OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO FAIXA ELEVADA NAS PROXIMIDADES DA ROTATÓRIA DO JARDIM BELA VISTA, NO SENTIDO LUCÉLIA-ADAMANTINA.</t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5357/5357_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5357/5357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM ROÇAGEM NO ACOSTAMENTO DA RODOVIA PLÁCIDO ROCHA, PINTURA DAS PLACAS DE TRÂNSITO, BEM COMO TAPAR BURACOS EXISTENTES.</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5358/5358_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5358/5358_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAR NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO AS RUAS DO BAIRRO ITAUPUS.</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5359/5359_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5359/5359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NA GUIA E SARJETA DA RUA TURQUESA NO BAIRRO ELDORADO I</t>
   </si>
   <si>
     <t>5360</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5360/5360_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5360/5360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE LONA NOS CAMINHÕES NÃO APROPRIADOS PARA COLETA QUANDO TRABALHAREM EM FUNÇÃO DE REPAROS NOS CAMINHÕES COLETADORES.</t>
   </si>
   <si>
     <t>5361</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5361/5361_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5361/5361_texto_integral.pdf</t>
   </si>
   <si>
     <t>5362</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5362/5362_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5362/5362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM TODA A REDE ELÉTRICA BEM COMO A TROCA DE VÁRIAS LÂMPADAS QUEIMADAS DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM &amp;#8220;SEMÁFORO&amp;#8221; NA AV. ADHEMAR DE BARROS, ESQUINA COM A AL. PADRE NÓBREGA, PROXIMIDADES DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5364</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5364/5364_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5364/5364_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCLUSÃO DAS RUAS DO PARQUE ITAMARATY NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA DOS APARELHOS DE GINÁSTICA DA ACADEMIA AO AR LIVRE DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5366/5366_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5366/5366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PODA PARCIAL DAS ÁRVORES LOCALIZADAS NA RUA JOÃO PERRONE NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5367/5367_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5367/5367_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RECAPEAMENTO ASFÁLTICO A RUA PEDRO TURRA, ESQUINA COM A RUA JOÃO PACHIONE E JOÃO PERRONE.</t>
   </si>
   <si>
     <t>5368</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5368/5368_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5368/5368_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE UM SEMÁFORO NA AV. BRÁULIO MOLINA FRIAS, ESQUINA COM A RUA MÁRIO PÁTARO.</t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5369/5369_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5369/5369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RESOLUÇÃO DO PROBLEMA DO PONTO DE ÔNIBUS, LOCALIZADO NA RODOVIA MOISÉS JUSTINO, PROXIMIDADE DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS DE CULTURA E ESPORTES PROMOVEREM, JUNTAMENTE COM O LIONS CLUBE, ATIVIDADES DE CULTURA E LAZER NA FESTA DO GUARANÁ.</t>
   </si>
   <si>
     <t>5371</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5371/5371_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5371/5371_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DA COBERTURA NA ÁREA EXISTENTE NO PARQUE DOS PIONEIROS ONDE ESTÃO LOCALIZADAS MESAS E CADEIRAS DE CIMENTO.</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5372/5372_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5372/5372_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM CAMPO DE MALHA OFICIAL EM NOSSO MUNICÍPIO DESTINADO AOS JOGOS DA AEMA - ASSOCIAÇÃO ESPORTIVA DA MALHA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM MINI ZOOLÓGICO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>Hélio José dos Santos, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5374/5374_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5374/5374_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTITUIR NA REDE MUNICIPAL DE ENSINO UM PROGRAMA DE BONIFICAÇÃO POR RESULTADOS &amp;#8211; BR.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5375/5375_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5375/5375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCLUSÃO DA LÍNGUA BRASILEIRA DE SINAIS &amp;#8211; LIBRAS, COMO LÍNGUA DE INSTRUÇÃO E MEIO DE COMUNICAÇÃO OBJETIVA E DE USO CORRENTE DOS ALUNOS COM DEFICIÊNCIA AUDITIVA QUE ESTÃO MATRICULADOS DA REDE MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5376/5376_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5376/5376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR WALDOMIRO FRANCO FURTADO PARA DENOMINAR PRÓPRIO OU LOGRADOURO PÚBLICO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA DE UM PONTO DE ÔNIBUS ESCOLAR, EXISTENTE NA RUA DOMINGOS FRATINI, NO JARDIM ADAMANTINA, BEM COMO RECAPEAMENTO E CONSTRUÇÃO DE CALÇADA DO REFERIDO LOGRADOURO PÚBLICO.</t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA NA HORTA MUNICIPAL EXISTENTE NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5379/5379_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5379/5379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA NA SINALIZAÇÃO DE TRANSITO NO CENTRO DA CIDADE, MAIS PRECISAMENTE AS DEMARCAÇÕES DE ESTACIONAMENTO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>5447</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5447/5447_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5447/5447_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE PROCEDER PELO MENOS DUAS VEZES AO ANO UM MUTIRÃO, VISANDO A LIMPEZA TOTAL DA CIDADE NAS RESIDÊNCIAS E NOS TERRENOS BALDIOS.</t>
   </si>
   <si>
     <t>5448</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5448/5448_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5448/5448_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS VISTORIA &amp;#8220;IN LOCO&amp;#8221; NO BAIRRO JARDIM DAS PRIMAVERAS, A FIM DE RESOLVER O PROBLEMA DE ACÚMULO DE ÁGUA QUE VEM OCORRENDO NA QUADRA DE ESPORTES.</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5449/5449_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5449/5449_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM FEITAS NOTIFICAÇÕES E APLICAÇÕES DE MULTAS AOS PROPRIETÁRIOS DE IMÓVEIS ABANDONADOS E FECHADOS QUE DIFICULTAM A AVERIGUAÇÃO E FISCALIZAÇÃO DAS EQUIPES DE CONTROLE DE VETORES.</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf</t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5451/5451_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5451/5451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CAMPANHA DE VACINAÇÃO CANINA.</t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE PONTO DE ÔNIBUS NA AV. DEPUTADO CUNHA BUENO, VILA INDUSTRIAL, PROXIMIDADES DO EDIFÍCIO NOVA EUROPA</t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5453/5453_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5453/5453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DO EVENTO &amp;#8220;DIA DA SAÚDE&amp;#8221; NOS BAIRROS VILA JAMIL DE LIMA, JARDIM IPIRANGA E JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPINTURA DA SINALIZAÇÃO DE TRÂNSITO NA RODOVIA PLÁCIDO ROCHA.</t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5455/5455_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5455/5455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REVISÃO DOS VALORES COBRADOS DE ALUGUEL QUANDO DA UTILIZAÇÃO DO ANFITEATRO DA BIBLIOTECA MUNICIPAL.</t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM MELHORIA DA SINALIZAÇÃO E COMPLETA LIMPEZA NAS LATERAIS DAS VICINAIS JOSÉ BOCARDI E PEDRO MÔNEGO.</t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5457/5457_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5457/5457_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RECAPEAMENTO ASFÁLTICO A RUA DAS PALMAS NA VILA JARDIM.</t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COLOCAÇÃO DE PLACA DE SINALIZAÇÃO VELOCIDADE MÁXIMA 40KM, FAIXA DE PEDESTRE E PINTURA DIVISÓRIA DE SOLO DA RUA TETSUSHI HAGA, NO TRECHO COMPREENDIDO DA AV. RIO BRANCO ATÉ O CAMPUS II DA FAI.</t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5459/5459_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5459/5459_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ECONOMIA REFERENTEMENTE ÀS VIAGENS DO EXECUTIVO A SÃO PAULO E BRASÍLIA.</t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5460/5460_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5460/5460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PODA PARCIAL DAS ÁRVORES QUE ESTÃO ENCOSTANDO NAS REDES ELÉTRICAS.</t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5461/5461_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5461/5461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO DA RUA ANTÔNIO ANDRADE NO TRECHO ENTRE A AL. BRAULIO MOLINA FRIAS E JARBAS BENTO DA SILVA NA VILA CICMA.</t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5462/5462_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5462/5462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ILUMINAÇÃO DO ESPAÇO DESTINADO A ACADEMIA AO AR LIVRE, LOCALIZADA NO &amp;#8220;CAMPO DO MARROCO&amp;#8221;, NA VILA JOAQUINA.</t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE EVENTO DESTINADO A ENTREGA OFICIAL DO PLANO MUNICIPAL DE EDUCAÇÃO PARA A NOSSA SOCIEDADE.</t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5464/5464_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5464/5464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DE FAIXA DE PEDESTRE NA AV. RIO BRANCO EM FRENTE À LANCHONETE CIA LANCHES.</t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO MANTER ENTENDIMENTO COM O DER DE PRESIDENTE PRUDENTE, COM A FINALIDADE DE COLOCAR PLACAS INDICATIVAS NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, NO TRECHO URBANO DE NOSSA CIDADE, INFORMANDO AS OUTRAS ENTRADAS DA CIDADE.</t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5509/5509_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5509/5509_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, OPERAÇÃO TAPA-BURACOS NAS RUAS DO BAIRRO ITAIPUS, MAIS PRECISAMENTE NA RUA DA CRECHE.</t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5510/5510_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5510/5510_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SR. ARTUR PEREIRA NUNES PARA DENOMINAR RUAS DE NOSSO MUNICÍPIO EM NOVOS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5511/5511_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5511/5511_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO SENHOR PREFEITO QUE TOME PROVIDÊNCIAS URGENTES COM REFERÊNCIA AO ATERRO SANITÁRIO, NÃO PERMITINDO JOGAR O LIXO DIRETO NO SOLO SEM A &amp;#8220;MANTA DE P.A.D.&amp;#8221; E REVESTIMENTO DE ARGILA.</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO SETOR COMPETENTE AGENDAR O NOME DO SR. ALFREDO PEREZ GUERRERO PARA DENOMINAR RUA DE NOSSO MUNICÍPIO EM NOVOS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5513/5513_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5513/5513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, O RECAPEAMENTO ASFÁLTICO DA AL. FERNÃO DIAS, ENTRE A RUA RUI BARBOSA ATÉ O COLÉGIO OBJETIVO.</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5514/5514_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5514/5514_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR MUNICIPAL DE TRÂNSITO LEVAR À COMISSÃO MUNICIPAL PROJETO QUE VISA A IMPLANTAÇÃO DE UM SEMÁFORO DIGITAL NA AV. RIO BRANCO, CRUZAMENTO COM A RUA TETSUSHI HAGA.</t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5515/5515_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5515/5515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE CEDER DEFINITIVAMENTE AO PATRIMÔNIO DA SECRETARIA MUNICIPAL DE ESPORTE E RECREAÇÃO, UM ÔNIBUS PARA SER UTILIZADO EXCLUSIVAMENTE PARA O TRANSPORTE DE ATLETAS DAS ESCOLINHAS DA SECRETARIA.</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5516/5516_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5516/5516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO DE FISCALIZAÇÃO, NOTIFICAR OS PROPRIETÁRIOS DO PRÉDIO DO ANTIGO CINE SANTO ANTÔNIO PARA PROCEDER UMA COMPLETA LIMPEZA NO IMÓVEL.</t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5517/5517_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5517/5517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A SINALIZAÇÃO DA FAIXA DE PEDESTRES, COLOCAÇÃO DE PLACA E REDUTOR DE VELOCIDADE NA AV. DEPUTADO CUNHA BUENO, PROXIMIDADES DO SUPERMERCADO SUZANO.</t>
   </si>
   <si>
     <t>5518</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER À PODA PARCIAL EM TODAS AS ÁRVORES DA RUA JOÃO ANDRADE, NA VILA CICMA, BEM COMO PROCEDER À TROCA DE UMA LÂMPADA QUEIMADA NA CITADA RUA, ESQUINA COM A RUA ANTÔNIO DE ANDRADE.</t>
   </si>
   <si>
     <t>5519</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5519/5519_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5519/5519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS A COLOCAÇÃO DE MESAS PARA JOGOS DE BARALHO, DAMA E DOMINÓ, BEM COMO A INSTALAÇÃO DE UM PARQUE INFANTIL NA ÁREA DE LAZER DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>5520</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5520/5520_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5520/5520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER À VARRIÇÃO E RECOLHIMENTO DAS PEDRAS SOLTAS NA RUA GERVÁSIO ANTÔNIO POZZETI, NA VILA OLIVERO, PROXIMIDADE DO Nº 227.</t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE SAÚDE MANTER CONTATO COM A DIREÇÃO DA SANTA CASA DE MISERICÓRDIA, PARA DAR UM ATENDIMENTO DIFERENCIADO À SENHORA MARIA APARECIDA CANTUARIAS DOS SANTOS, JÁ QUE É IDOSA.</t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5522/5522_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5522/5522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES AÇÕES: 1) FUSÃO DE SECRETARIAS E DIRETORIAS MUNICIPAIS, COM REDUÇÃO DE 12 PARA 06; 2) REDUÇÃO EM 50% DO NÚMERO DE CELULARES; 3) EXONERAÇÃO DE, NO MÍNIMO, 10 FUNCIONÁRIOS NOMEADOS EM CARGOS DE COMISSÃO; 4) RACIONALIZAÇÃO NO USO DE VEÍCULOS DA FROTA MUNICIPAL, INCLUINDO ÔNIBUS, VANS E AMBULÂNCIAS; 5) DIMINUIÇÃO SIGNIFICATIVA DOS GASTOS COM ALUGUÉIS, XEROCÓPIAS, ENERGIA E ÁGUA PAGAS A EMPRESAS E INSTITUIÇÕES PRIVADAS; 6) DRÁSTICA REDUÇÃO DOS GASTOS COM VIAGENS, HOSPEDAGENS E ALIMENTAÇÃO; 7) OTIMIZAÇÃO DOS RECURSOS ORIUNDOS DAS DIPAMS.</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO MUNICIPAL DO PLANEJAMENTO SEJA REALIZADA A VENDA DA ÁREA MUNICIPAL LOCALIZADA À MARGEM DA VICINAL LOCALIZADA À MARGEM DA VICINAL ADAMANTINA &amp;#8211; MARIÁPOLIS, CONSIDERADA IMPRÓPRIA PARA A CONSTRUÇÃO DE CASAS POPULARES.</t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5524/5524_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5524/5524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DE FINANÇAS REINALDO TURRA JÚNIOR, QUE PROÍBA IMEDIATAMENTE NÃO MAIS SEJA AUTORIZADA A REPRODUÇÃO DE XEROCÓPIAS EM &amp;#8220;MÁQUINAS&amp;#8221; QUE NÃO PERTENÇAM À PREFEITURA.</t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO DE OBRAS DA PREFEITURA A REALIZAÇÃO DE UMA REFORMA E AMPLIAÇÃO DOS BANHEIROS EXISTENTES NO VELÓRIO MUNICIPAL, BEM COMO A CONSTRUÇÃO DE UMA SALA DE ESPERA ESPECÍFICA E MOBILIADA PARA ACOMODAR OS FAMILIARES.</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5526/5526_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5526/5526_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE DETERMINAR AO SETOR DE OBRAS DA PREFEITURA SOBRE A NECESSIDADE DE REALIZAR UM AMPLO TRABALHO DE RECAPEAMENTO ASFÁLTICO NA AVENIDA FRANCISCO BELLUSCI.</t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE OBRAS DA PREFEITURA PARA PROCEDER AO ASFALTAMENTO DO TRECHO NÃO PAVIMENTADO DA RUA PERNAMBUCO, INICIANDO-SE NO CRUZAMENTO COM A RUA BAHIA INDO ATÉ O FIM DA REFERIDA RUA.</t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5528/5528_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5528/5528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE OBRAS DA PREFEITURA SOBRE A NECESSIDADE DE REALIZAR UM AMPLO TRABALHO DE RECAPEAMENTO ASFÁLTICO NAS RUAS LOCALIZADAS NO CONJUNTO RESIDENCIAL IPÊ.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5529/5529_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5529/5529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE OBRAS DA PREFEITURA PARA PROCEDER AO ASFALTAMENTO DO TRECHO NÃO PAVIMENTADO NA PARTE FINAL DA AVENIDA FRANCISCO BELLUSCI, NO DISTRITO INDUSTRIAL OTÁVIO GAVAZZI.</t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5530/5530_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5530/5530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPARTAMENTO DE OBRAS DA PREFEITURA A RECUPERAÇÃO, EM CARÁTER DE URGÊNCIA, DO MURO DE ARRIMO DO PARQUE INFANTIL LOCALIZADO PRÓXIMO AO PÁTIO DA FEIRA.</t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5531/5531_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5531/5531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE OBRAS DA PREFEITURA SOBRE A NECESSIDADE DE REALIZAR UM AMPLO TRABALHO DE RECAPEAMENTO ASFÁLTICO NAS RUAS LOCALIZADAS NA VILA FREITAS.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5532/5532_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5532/5532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER À TROCA DAS LÂMPADAS DE DOIS POSTES NA AV. MIGUEL VEIGA, NA VILA CICMA, PROXIMIDADES DO CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE CULTURA INCLUIR NO MAPA CULTURAL, UM DIA VOLTADO AOS EVANGÉLICOS COM REALIZAÇÃO DE EVENTOS NO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5534/5534_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5534/5534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A ABERTURA DA RUA SERGIPE, NO JARDIM BRASIL, LIGANDO O PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5535/5535_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5535/5535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NA RUA QUINTINO BOCAIUVA, TRECHO DA ÁREA COMERCIAL INDUSTRIAL VALENTIN GATTI.</t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5536/5536_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5536/5536_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO DE FAIXAS DIVISÓRIAS E LATERAIS NA RODOVIA PLÁCIDO ROCHA ATÉ O BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5537/5537_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5537/5537_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO DA AVENIDA FRANCISCO BELLUSCI, TRECHO DA PRAÇA EUCLIDES ROMANINI ATÉ O CAMPUS II DA FAI.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SERVIÇOS E REFORMA DA QUADRA DE ESPORTES DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR FRANCISCO SPÓSITO, ANDRÉ MOYA E ELIAS PERES GUERRERO PARA DENOMINAR RUAS OU AVENIDAS EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5540/5540_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5540/5540_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO A AVENIDA CARLOS PEGORARO (ÁREA COMERCIAL).</t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA LIMPEZA, CONSTRUÇÃO DE ESCADA E COLOCAÇÃO DE CORRIMÃO EM TODAS AS PASSAGENS SOBRE OS TRILHOS DA ESTRADA DE FERRO LOCALIZADAS NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5542/5542_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5542/5542_texto_integral.pdf</t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5543/5543_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5543/5543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANÁLISE MINUCIOSA DAS ÁRVORES PLANTADAS NAS CALÇADAS DE NOSSA CIDADE&amp;#8217;</t>
   </si>
   <si>
     <t>5544</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5544/5544_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5544/5544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OTIMIZAÇÃO DA DIVULGAÇÃO REFERENTE AO PPI ORA EM VIGÊNCIA.</t>
   </si>
   <si>
     <t>5545</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5545/5545_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5545/5545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE NÃO SEJA INCLUÍDO RECURSO FINANCEIRO NA LOA/2016 RECURSO SUPERIOR A R$ 200 MIL.</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOMEAÇÃO DO MAESTRO VALTER NEGRINI PARA EXERCER FUNÇÕES EQUIVALENTES ÀS DE DIRETOR.</t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5547/5547_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5547/5547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PODA NAS ÁRVORES DA CIDADE.</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5548/5548_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5548/5548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COMPLETA LIMPEZA NAS ÁREAS VERDES E INSTITUCIONAIS DO CONJUNTO BANDEIRANTES</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5549/5549_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5549/5549_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LIMPEZA NA PRAÇA DO JARDIM DOS POETAS.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5550/5550_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5550/5550_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE OS ATENDIMENTOS DOS PACIENTES QUE PROCURAM O AMBULATÓRIO, OU O PRONTO SOCORRO, PARA CONSULTA E OUTROS PROCEDIMENTOS MÉDICOS SEJAM MAIS ÁGEIS.</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5551/5551_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5551/5551_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM SEMÁFORO NA AVENIDA RIO BRANCO, CRUZAMENTO COM A RUA TETSUSHI HAGA.</t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5552/5552_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5552/5552_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAR OS DOIS CANTEIROS DA AV. SANTO ANTÔNIO, ENTRE A AV. RIO BRANCO E AL. ARMANDO SALES DE OLIVEIRA, EM ESTACIONAMENTO DE &amp;#8220;MOTOS E SIMILARES&amp;#8221;.</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5553/5553_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5553/5553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA FEITA OPERAÇÃO TAPA-BURACO NA RUA ANTÔNIO ANDRADE, VILA CICMA, ATÉ A AV. VITÓRIO ROMANINI.</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5554/5554_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5554/5554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFORMAR EM MÃO ÚNICA A RUA YAOJI ENDO NO RESIDENCIAL YHITY ENDO.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5555/5555_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5555/5555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOTIFICAÇÃO DE RESIDÊNCIA OBJETIVANDO A CONSTRUÇÃO DE CALÇADA NA FRENTE DO IMÓVEL.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5556/5556_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5556/5556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAMENTO DE AUDIÊNCIAS PÚBLICAS TEMÁTICAS A SEREM REALIZADAS NO PLENÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR JOÃO BREDA PARA DENOMINAR RUAS OU AVENIDAS EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5558/5558_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5558/5558_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO DAS RUAS PAVIMENTADAS DO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUIÇÃO DO MURO DE ARAME LISO, EXISTENTE NA ÁREA DA E.M.E.F. &amp;#8220;TERUYO KIKUTA&amp;#8221;, POR UM MURO CONSTRUÍDO COM O MESMO MATERIAL DE ALVENARIA OU SIMILAR AOS DEMAIS MUROS EXISTENTES NA UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECUPERAÇÃO E CONSERVAÇÃO DE UMA ÁREA ABANDONADA EXISTENTE NA RUA PERNAMBUCO ESQUINA COM A RUA CEARÁ, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5561/5561_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5561/5561_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UM OBSTÁCULO NA ALAMEDA BRÁULIO MOLINA FRIAS, NA VILA CICMA, NO TRECHO COMPREENDIDO ENTRE A RUA NAIR QUINTO ZAMBÃO E A RUA MÁRIO PÁTTARO OU ENTRE A RUA MÁRIO PÁTTARO E A RUA ANTONIO ANDRADE.</t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REDUÇÃO DE PELO MENOS 10% NO VALOR DOS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO, DA PRESIDENTE DA CÂMARA, DOS VEREADORES, DOS SECRETÁRIOS E DE OUTROS AGENTES POLÍTICOS COMISSIONADOS DO QUADRO DA PREFEITURA.</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5634/5634_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5634/5634_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PRORROGAÇÃO DO PPI ORA EM VIGÊNCIA.</t>
   </si>
   <si>
     <t>5635</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO CONTATO COM A CODEAGRO A FIM DE AQUISIÇÃO DE SEMENTES DE HORTALIÇAS</t>
   </si>
   <si>
     <t>5636</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA &amp;#8220;PODA&amp;#8221; ADEQUADA EM TODAS AS ÁRVORES DA CIDADE, ONDE SE FIZER NECESSÁRIO.</t>
   </si>
   <si>
     <t>5637</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5637/5637_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5637/5637_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RACIONALIZAÇÃO DOS CONSUMOS DE ENERGIA E ÁGUA DE RESPONSABILIDADE MUNICIPAL.</t>
   </si>
   <si>
     <t>5638</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE NENHUMA ALTERAÇÃO SEJA FEITA NO PLANO DE CARREIRA DO MAGISTÉRIO DO CORPO DOCENTE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5639</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5639/5639_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5639/5639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROVIDÊNCIAS SEJAM TOMADAS NAS PROXIMIDADES DO PARQUE DOS PIONEIROS VISANDO MANTER A ORDEM NO LOCAL.</t>
   </si>
   <si>
     <t>5640</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5640/5640_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5640/5640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DENOMINAR O ANFITEATRO DA BIBLIOTECA &amp;#8220;CÔNEGO JOÃO BAPTISTA DE AQUINO&amp;#8221; DE FERNANDO PALONI.</t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5641/5641_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5641/5641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RESOLUÇÃO DOS PROBLEMAS DE INFILTRAÇÃO DAS CASAS DA RUA MANOEL PEREIRA CAMPOS, VILA CICMA.</t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5642/5642_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5642/5642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE DISTRIBUIR AOS ADVOGADOS DA CIDADE, QUE TIVEREM INTERESSE, OS DÉBITOS PENDENTES DA DÍVIDA ATIVA DA PREFEITURA A FIM DE AJUDAR NA RECUPERAÇÃO DESTES RECURSOS.</t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5643/5643_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5643/5643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACO NAS RUAS DO BAIRRO VILA FREITAS.</t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5644/5644_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5644/5644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOTIFICAÇÃO DO PROPRIETÁRIO DA RESIDÊNCIA LOCALIZADA NA RUA JOSEFINA D&amp;#8217; TIVERON ESQUINA COM A RUA GENERAL ISIDORO A FIM DE RETIRAR ENTULHOS DA CALÇADA.</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5645/5645_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5645/5645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR AMADEU MANTOVANI PARA DENOMINAR RUAS DE NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5646/5646_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5646/5646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA AGENDADA AUDIÊNCIA COM EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, OBJETIVANDO-SE A CONTINUIDADE, EM 2016, DO FUNCIONAMENTO DA UE &amp;#8220;PROFESSOR DURVALINO LUIZ GRION&amp;#8221;.</t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5647/5647_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5647/5647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA DA GUARITA QUE FICA LOCALIZADA NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, ESQUINA COM A RUA EMÍLIO BETTIO NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5648/5648_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5648/5648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO BAIRRO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5649/5649_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5649/5649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O TÉRMINO DA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5650</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5650/5650_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5650/5650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE DOIS REDUTORES DE VELOCIDADE NA AV. RIO BRANCO.</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5651/5651_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5651/5651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA EM TODOS OS BRINQUEDOS DOS PARQUES INFANTIS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5652</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5652/5652_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5652/5652_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ECONOMIA DE ENERGIA NOS LOTEAMENTOS VAZIOS, PRAÇAS E DEMAIS PRÓPRIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5653/5653_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5653/5653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AGENDAMENTO DE AUDIÊNCIA COM O GOVERNADOR DO ESTADO E SECRETÁRIO ESTADUAL DE EDUCAÇÃO, PARA TRATAR DE ASSUNTO REFERENTE AS ESCOLAS EE. PROF. DURVALINO GRION, A EE. PROFª FLEURIDES CAVALLINI MENECHINO E A EE. HELEN KELLER.</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5654/5654_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5654/5654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONCLUSÃO DAS OBRAS DE ADEQUAÇÕES DO GINÁSIO DE ESPORTES MUNICIPAL &amp;#8220;PAULO CAMARGO.</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5655/5655_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5655/5655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGILIZAR A REALIZAÇÃO DAS OBRAS DE ADEQUAÇÕES DO CAMPO DE FUTEBOL DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5656/5656_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5656/5656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE CAMPANHA DE ARRECADAÇÃO DE BRINQUEDOS.</t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5657/5657_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5657/5657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE CAMPANHA DE ARRECADAÇÃO DE ALIMENTOS.</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5658/5658_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5658/5658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATERRAMENTO E A TERRAPLANAGEM DO TRECHO NÃO PAVIMENTADO DA RUA PERNAMBUCO.</t>
   </si>
   <si>
     <t>5677</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5677/5677_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5677/5677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA 25 TONELADAS DE EMULSÃO ASFÁLTICA DESTINADA A UMA ADEQUADA OPERAÇÃO NA MALHA ASFÁLTICA DA AV. FRANCISCO BELLUSCI, TRECHOS MARECHAL CASTELO BRANCO, CAMPUS II DA FAI, ALÉM DO ACESSO CAMPUS II &amp;#8211; RIO BRANCO.</t>
   </si>
   <si>
     <t>5678</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5678/5678_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5678/5678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA BURACO NA AVENIDA RIO BRANCO, RUA SANTA CATARINA, RUA TURQUESA - PARQUE GIULIANO, PARQUE ITAMARATI, AV. FRANCISCO BELLUSCI &amp;#8211; CRISTO &amp;#8211; FAI CAMPUS II, RUA PADRE NÓBREGA E JARDIM ADAMANTINA..</t>
   </si>
   <si>
     <t>5679</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5679/5679_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5679/5679_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NO LOTEAMENTO ITAIPUS</t>
   </si>
   <si>
     <t>5680</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5680/5680_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5680/5680_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE ENCONTROS MENSAIS DE VIOLEIROS DE NOSSA CIDADE E REGIÃO NA ÁREA DE LAZER DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>5681</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5681/5681_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5681/5681_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE UM CAMPO DE FUTEBOL MÉDIO NO BAIRRO TUPANZINHO.</t>
   </si>
   <si>
     <t>5682</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5682/5682_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5682/5682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SINALIZAÇÃO DA VICINAL JOSÉ BOCARDI.</t>
   </si>
   <si>
     <t>5683</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5683/5683_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5683/5683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RIGOROSA SELEÇÃO DOS PRODUTOS ALIMENTÍCIOS PAA.</t>
   </si>
   <si>
     <t>5684</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5684/5684_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5684/5684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATENDIMENTO CLÍNICO PSICOLÓGICO AOS PROFESSORES PARA ATENDER CRIANÇAS DO ENSINO FUNDAMENTAL, INFANTIL E PROFESSORES.</t>
   </si>
   <si>
     <t>5685</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5685/5685_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5685/5685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE LEVANTAMENTO NA REDE MUNICIPAL E ESTADUAL DE ENSINO, VISANDO TER CONHECIMENTOS DOS NÚMEROS DE CRIANÇAS E ADOLESCENTES QUE TOMAM MEDICAMENTOS PARA DÉFICIT DE ATENÇÃO E HIPERATIVIDADE.</t>
   </si>
   <si>
     <t>5686</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5686/5686_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5686/5686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CURSO DE CAPACITAÇÃO E QUALIFICAÇÃO DE EMPREGADAS DOMÉSTICAS E DIARISTA.</t>
   </si>
   <si>
     <t>5687</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5687/5687_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5687/5687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NAS RUAS DO CONJUNTO RESIDENCIAL ITAIPUS.</t>
   </si>
   <si>
     <t>5688</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5688/5688_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5688/5688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE GALERIA NO FUNDO DO LOTEAMENTO PARQUE RESIDENCIAL TANGARÁ, PRÓXIMO AO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5689/5689_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5689/5689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA-BURACO, NA RODOVIA PLÁCIDO ROCHA, ATÉ O BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>5690</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5690/5690_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5690/5690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM COM COLOCAÇÃO DE PLACA E PINTURA DE SOLO &amp;#8220;PARE&amp;#8221; NAS RUAS DO CONJUNTO MONTE ALEGRE E ELDORADO I E II E JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>5691</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, DINIZ PARÚSSOLO MARTINS, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5691/5691_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5691/5691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA BURACO NA RUA ANTÔNIO APARECIDO MALHEIROS E UMA COMPLETA LIMPEZA NA HORTO FLORESTAL.</t>
   </si>
   <si>
     <t>5692</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5692/5692_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5692/5692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA-BURACO NA RUA BATISTA BALDRIGHI NO RESIDENCIAL MORUMBI.</t>
   </si>
   <si>
     <t>5693</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5693/5693_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5693/5693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM MELHORIA NA ILUMINAÇÃO PÚBLICA DO BAIRRO DO TUCURUVI.</t>
   </si>
   <si>
     <t>5694</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5694/5694_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5694/5694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA-BURACO NA AV. RIO BRANCO &amp;#8211; JARDIM ADAMANTINA E DEMAIS RUAS DE TODO BAIRRO, BEM COMO SINALIZAÇÃO DE TRÂNSITO COM COLOCAÇÃO DE PLACAS &amp;#8220;PARE&amp;#8221; E PINTURA DE SOLO.</t>
   </si>
   <si>
     <t>5695</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5695/5695_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5695/5695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATENDIMENTOS DAS REIVINDICAÇÕES DOS PAIS DAS CRIANÇAS QUE FREQUENTAM A CRECHE RAIO DE SOL, PRÓXIMO AOS CONJUNTOS HABITACIONAIS OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5696/5696_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5696/5696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA LIMPEZA NAS ÁREAS VERDES E DE LAZER DOS BAIRROS JARDIM ADAMANTINA E PARQUE ITAIPUS.</t>
   </si>
   <si>
     <t>5697</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5697/5697_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5697/5697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOAÇÃO PARA O MUNICÍPIO DA ÁREA ONDE SE LOCALIZAVA A ESCOLA ESTADUAL NOVA LUZITÂNIA.</t>
   </si>
   <si>
     <t>5698</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5698/5698_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5698/5698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM DO MATAGAL NO BARRANCO DA RUA GENERAL CARNEIRO, NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5699</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5699/5699_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5699/5699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECOLOCAÇÃO DOS POSTINHOS COM AS PLACAS DE DENOMINAÇÃO DE RUAS EM TODO O MUNICÍPIO.</t>
   </si>
   <si>
     <t>5700</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5700/5700_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5700/5700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM EQUIPE PERMANENTE DE FUNCIONÁRIOS DO SETOR DE OBRAS PARA DAR PLANTÃO NESTE PERÍODO DE HORÁRIO REDUZIDO A FIM DE ATENDER AS EMERGÊNCIAS.</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5701/5701_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5701/5701_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALARGAMENTO DA FAIXA PARA PEDESTRES EM BAIXO DO PONTILHÃO DO TREVO DA CIDADE, ACESSO PRINCIPAL AO BAIRRO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5702</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5702/5702_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5702/5702_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ASFALTAMENTO E CONSTRUÇÃO DE CALÇADA NA RUA PADRE CAETANO DOLCIMÁSCULO, NO TRECHO COMPREENDIDO ENTRE A RUA CARLOS PEGORARO ATÉ O FINAL DO PRÉDIO DA CASA DO GAROTO.</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5703/5703_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5703/5703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM LIMPEZA NOS BANCOS DE GRANITO EXISTENTES NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5704/5704_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5704/5704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM PINTURA DE FAIXAS PARA PEDESTRES, COLOCAÇÃO DE PLACAS INFORMANDO A VELOCIDADE PERMITIDA NA RUA BRAULIO MOLINA FRIAS, PROXIMIDADES DA PANIFICADORA CRISTAL, SENTIDO ADAMANTINA-LUCÉLIA.</t>
   </si>
   <si>
     <t>5705</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5705/5705_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5705/5705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTALAÇÃO DE UM SEMÁFORO NAS PROXIMIDADES DA APAE.</t>
   </si>
   <si>
     <t>5706</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5706/5706_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5706/5706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA-BURACO NA AV. CARLOS GOMES, CAPITÃO FERREIRA PINTO E BRIGADEIRO LUIZ ANTÔNIO NO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>5707</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, DINIZ PARÚSSOLO MARTINS, FÁBIO ROBERTO AMADIO, NORIKO ONISHI SAITO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5707/5707_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5707/5707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AUMENTO DO VALOR DO BENEFÍCIO DO VALE-ALIMENTAÇÃO DOS SERVIDORES PÚBLICOS DA PREFEITURA, DA EMDA, INCLUINDO TAMBÉM OS SERVIDORES APOSENTADOS PELO FAPEM, OU QUE SEJA CONCEDIDO AO MENOS UM &amp;#8220;ABONO NATALINO&amp;#8221; COM UM VALOR MÍNIMO DE R$ 200,00.</t>
   </si>
   <si>
     <t>5708</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5708/5708_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5708/5708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RECUPERAÇÃO DO MURRO DE ARRIMO LOCALIZADO AOS FUNDOS DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5709</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5709/5709_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5709/5709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DIVULGAÇÃO, AOS MUNÍCIPES, DA LEI Nº 3.575, DE 19 DE SETEMBRO DE 2013, QUE INSTITUIU O IPTU VERDE EM ADAMANTINA.</t>
   </si>
   <si>
     <t>5710</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5710/5710_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5710/5710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CRIAÇÃO DE PROJETO DE LEI COM O INTUITO DE ESTABELECER A CONCESSÃO DE DIREITO REAL DE USO DAS DEPENDÊNCIAS DO PRÉDIO ONDE FUNCIONAVA A ESCOLA MARIA ESTER TÓFFOLI, NO BAIRRO DO TUCURUVI, À APPRAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5711</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5711/5711_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5711/5711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO EM TODA A MALHA ASFÁLTICA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5712</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5712/5712_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5712/5712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE A PREFEITURA ENVIE REPRESENTANTE PARA PARTICIPAR DAS REUNIÕES DO CONSEG.</t>
   </si>
   <si>
     <t>5747</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5747/5747_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5747/5747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REFORMA NOS BANHEIROS DA ESCOLA NAVARRO DE ANDRADE.</t>
   </si>
   <si>
     <t>5748</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5748/5748_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5748/5748_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REPAROS NO TRECHO DE PARALELEPÍPEDOS DA AV. CAP. JOSÉ ANTÔNIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>5749</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5749/5749_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5749/5749_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>5750</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5750/5750_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5750/5750_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REALIZAÇÃO DE LIMPEZA PÚBLICA, REPAROS NA ILUMINAÇÃO, NAS PLACAS DE SINALIZAÇÃO DE TRÂNSITO, PINTURAS DE GUIAS E SARJETAS, BEM COMO A MANUTENÇÃO ASFÁLTICA EM TODO O CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>5751</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5751/5751_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5751/5751_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITO AGENDAR O NOME DOS SENHORES MATHEUS FRATINI ADELINO BACHEGA E ANÍBAL MASTELLINI, PARA DENOMINAR RUAS EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5752</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5752/5752_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5752/5752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA LOCAL ADEQUADO PARA A PRÁTICA DE WHEELING.</t>
   </si>
   <si>
     <t>5753</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5753/5753_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5753/5753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA BURACO NAS RUAS JOÃO PERRONE, JOÃOVALENTIM BORRO, JOÃO PACHIONE E JOAQUIM CALDEIRA FILHO NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5754</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, DINHA, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5754/5754_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5754/5754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM RECAPEAMENTO DO JARDIM PAULISTA, VILA NILZA E RESIDENCIAL SAN FERNANDO.</t>
   </si>
   <si>
     <t>5755</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5755/5755_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5755/5755_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REFORMA DA ACADEMIA AO AR LIVRE LOCALIZADA NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5756</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5756/5756_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5756/5756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR ROQUE ARAMÍSIO GASPARINI PARA DENOMINAR RUAS EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>5757</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5757/5757_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5757/5757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OPERAÇÃO TAPA-BURACOS NA MALHA ASFÁLTICA URBANA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5758</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5758/5758_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5758/5758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS EM TODA A CALÇADA QUE CIRCUNDA O PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>5759</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5759/5759_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5759/5759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NO PRÉDIO DA POLÍCIA MIRIM.</t>
   </si>
   <si>
     <t>5760</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5760/5760_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5760/5760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TAPA-BURACOS NA RUA RANGEL PESTANA.</t>
   </si>
   <si>
     <t>5761</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5761/5761_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5761/5761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RECAPEAMENTO NA RUA TURQUESA, PARQUE GUIULIANO.</t>
   </si>
   <si>
     <t>5762</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5762/5762_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5762/5762_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA, PROCEDER LIMPEZA E CONSERVAÇÃO DA ÁREA DE LAZER DO PARQUE TANGARÁ.</t>
   </si>
   <si>
     <t>5763</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5763/5763_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5763/5763_texto_integral.pdf</t>
   </si>
   <si>
     <t>5764</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5764/5764_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5764/5764_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAR BANCOS, PLANTAR ÁRVORES NA PRAÇA JOSÉ PARRILA.</t>
   </si>
   <si>
     <t>5765</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5765/5765_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5765/5765_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PINTURA DE FAIXAS DE PEDESTRES, REDUTOR DE VELOCIDADE E SINALIZAÇÃO &amp;#8220;PARE&amp;#8221; NAS RUAS OLEGÁRIO CAMPOS SOUZA E LUIZ GASPARINI.</t>
   </si>
   <si>
     <t>5766</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5766/5766_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5766/5766_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE MESAS PARA JOGOS DE BARALHO, DAMA E DOMINÓ, BEM COMO A INSTALAÇÃO DE UM PARQUE INFANTIL NA ÁREA DE LAZER DO PARQUE CALDEIRA.</t>
   </si>
   <si>
     <t>5767</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5767/5767_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5767/5767_texto_integral.pdf</t>
   </si>
   <si>
     <t>5768</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5768/5768_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5768/5768_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAÇÃO DE TRABALHO DE RECUPERAÇÃO EM TODAS AS PAVIMENTADAS DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5769</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5769/5769_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5769/5769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM NOTIFICADOS OS PROPRIETÁRIOS DE ÁREAS DE TERRAS NÃO EDIFICADAS LOCALIZADAS AO LADO DA RUA MARANHÃO, NO JARDIM BRASIL, EM RAZÃO DO ABANDONO DO LOCAL.</t>
   </si>
   <si>
     <t>5770</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5770/5770_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5770/5770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOAÇÃO AO TRIBUNAL DE JUSTIÇA DO ESTADO DE SÃO PAULO, DA ÁREA DE TERRAS PERTENCENTE AO PATRIMÔNIO DO MUNICÍPIO DE ADAMANTINA, LOCALIZADA NA AVENIDA RIO BRANCO, PROXIMIDADES DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5771</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5771/5771_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5771/5771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR RESPONSÁVEL PELO PROLONGAMENTO DA RUA QUINTINO BOCAIÚVA, PROPICIAR ACESSO RÁPIDO E SEGURO AOS EVENTOS SOCIAIS, ESPORTIVOS E DE LAZER REALIZADOS NA AABB &amp;#8211; ASSOCIAÇÃO ATLÉTICA BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>5819</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5819/5819_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5819/5819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE AS ATIVIDADES ESCOLARES DA FATEC SEJAM INICIADAS NO 2º SEMESTRE DE 2016.</t>
   </si>
   <si>
     <t>5820</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5820/5820_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5820/5820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPARTAMENTO DE VIGILÂNCIA SANITÁRIA À ADOÇÃO DE MEDIDAS PREVENTIVAS E DE COMBATE À DENGUE E À LEISHMANIOSE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5821</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5821/5821_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5821/5821_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AMPLO TRABALHO DE RECUPERAÇÃO DE ALGUMAS RUAS PAVIMENTADAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5822</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5822/5822_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5822/5822_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REFORMA E AMPLIAÇÃO DOS BANHEIROS EXISTENTES NO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5823</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5823/5823_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5823/5823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONVOCAÇÃO DA DIREÇÃO REGIONAL DO GRUPO ENERGISA, VISANDO ESCLARECER OS MOTIVOS DE TANTAS QUEDAS DE ENERGIA EM ADAMANTINA.</t>
   </si>
   <si>
     <t>5824</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5824/5824_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5824/5824_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A VOLTA DO CONVÊNIO SEIAA (SISTEMA ESTADUAL INTEGRADO DE AGRICULTURA E ABASTECIMENTO) PARA O ANO DE 2016.</t>
   </si>
   <si>
     <t>5825</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5825/5825_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5825/5825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR ALFREDO GUERREIRO PARA DETERMINAR RUAS OU AVENIDAS EM FUTUROS LOTEAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5826</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5826/5826_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5826/5826_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE &amp;#8220;FAIXA ELEVADA&amp;#8221; PARA A TRAVESSIA DE PEDESTRE COM TODA CONDIÇÃO DE ACESSIBILIDADE NA AL. FERNÃO DIAS, EM FRENTE A ESCOLA OBJETIVO, NO BAIRRO LAGOA SECA E NA AV. CAP. JOSÉ ANTÔNIO DE OLIVEIRA, EM FRENTE AO SUPERMERCADO GODOY.</t>
   </si>
   <si>
     <t>5827</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5827/5827_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5827/5827_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM OPERAÇÃO TAPA-BURACOS NOS BAIRROS RESIDENCIAL GIULIANO E MONTE ALEGRE.</t>
   </si>
   <si>
     <t>5828</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5828/5828_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5828/5828_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COLOCAÇÃO DE UMA LIXEIRA EM FRENTE AO CENTRO COMUNITÁRIO OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5829</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5829/5829_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5829/5829_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR ATÍLIO PICOLATO PARA DENOMINAR RUAS OU AVENIDAS EM FUTUROS LOTEAMENTOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5830</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5830/5830_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5830/5830_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONSTRUÇÃO DE LOMBADA OU OUTRO REDUTOR DE VELOCIDADE NA AV. MARECHAL CASTELO BRANCO, EM FRENTE AO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>5831</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5831/5831_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5831/5831_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE A PREFEITURA ENTRE EM CONTATO COM EMPRESÁRIOS INSTALADOS NO BARRACÃO DA FEPASA PARA QUE PROCEDAM LIMPEZA NO LOCAL.</t>
   </si>
   <si>
     <t>5832</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5832/5832_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5832/5832_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM VERIFICAÇÃO NA MALHA ASFÁLTICA DAS RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5833</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5833/5833_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5833/5833_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM LIMPEZA NO ACOSTAMENTO DA VICINAL QUE DA ACESSO A MARIÁPOLIS DESDE AS IMEDIAÇÕES DO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>5834</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5834/5834_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5834/5834_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM REPAROS NAS PLACAS INDICATIVAS DE RUAS E AVENIDAS DA CIDADE.</t>
   </si>
   <si>
     <t>5835</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5835/5835_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5835/5835_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REPAROS NOS BEBEDOUROS INSTALADOS NO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>5836</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5836/5836_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5836/5836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ORGANIZAÇÃO DE MUTIRÃO PARA LIMPEZA TOTAL DA CIDADE NAS RESIDÊNCIAS E NOS TERRENOS BALDIOS, A FIM DE EVITAR A GRANDE PROLIFERAÇÃO DE ESCORPIÕES, CARAMUJOS, MOSQUITOS AEDES AEGYPT E MOSQUITO PALHA.</t>
   </si>
   <si>
     <t>5837</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5837/5837_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5837/5837_texto_integral.pdf</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5838/5838_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5838/5838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CURSOS DE QUALIFICAÇÃO PROFISSIONAL AOS PROFISSIONAIS DA CONSTRUÇÃO CIVIL.</t>
   </si>
   <si>
     <t>5839</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5839/5839_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5839/5839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIBERAÇÃO DE RECURSOS FINANCEIROS, A FUNDO PERDIDO, PARA A REFORMA DE CASAS E CONSTRUÇÃO ONDE NÃO EXISTE BANHEIROS, DAS PESSOAS EXTREMAMENTE CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5840</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5840/5840_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5840/5840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SUBSTITUÇÃO AS PEDRAS DE PARALELEPÍPEDOS DA RUA NOEL ROSA, PRINCIPAL ACESSO AO ADAMANTINA TÊNIS CLUBE &amp;#8211; ATC POR PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>5841</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5841/5841_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5841/5841_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE LOTEAMENTOS QUE ESTÃO SENDO IMPLANTADOS EM NOSSA CIDADE, SEJA COLOCADO UM ASFALTO DE QUALIDADE.</t>
   </si>
   <si>
     <t>5842</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5842/5842_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5842/5842_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COMPLETA LIMPEZA NA ÁREA INTERNA DA CRECHE DO CONJUNTO HABITACIONAL MARIO COVAS.</t>
   </si>
   <si>
     <t>5843</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5843/5843_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5843/5843_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS AS SEGUINTES PROVIDÊNCIAS NA CRECHE RAIO DE SOL, QUE ATENDE OS BAIRROS OITI E TIPUANAS: 1 &amp;#8211; LIMPEZA NA PARTE EXTERNA DA CRECHE; 2&amp;#8211; REFORMA DOS BRINQUEDOS DO PARQUE INFANTIL; 3 &amp;#8211; COLOCAÇÃO DE NOVOS ALAMBRADOS.</t>
   </si>
   <si>
     <t>5844</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5844/5844_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5844/5844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CURSO DE CAPACITAÇÃO PEDAGÓGICA AOS FUNCIONÁRIOS DE TODAS AS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4758/4758_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4758/4758_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PADRE MARCELO ANTÔNIO DOS SANTOS, DA PARÓQUIA NOSSA SENHORA DE FÁTIMA, PELA CELEBRAÇÃO DOS 08 (OITO) ANOS DE SACERDÓCIO QUE OCORREU NO DIA 27 DE JANEIRO DESTE ANO.</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4759/4759_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4759/4759_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO DEPUTADO ESTADUAL ED THOMAS, PELO RECEBIMENTO DA &amp;#8220;MEDALHA BRIGADEIRO TOBIAS&amp;#8221;, CONCEDIDA PELA POLÍCIA MILITAR DE SÃO PAULO.</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4760/4760_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4760/4760_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO CÔNSUL GERAL DO JAPÃO, NORITERU FUKUSHIMA, PELA DESTINAÇÃO DE R$ 180 MIL AO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À DRª VANESSA SIMIONE PINOTTI PELA POSSE DE JUÍZA FEDERAL NO ESTADO DO RIO DE JANEIRO, OCORRIDA NO ÚLTIMO DIA 5 DEMARÇO.</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4870/4870_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4870/4870_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO DEPARTAMENTO DE CONTROLE E VETORES, DAS VIGILÂNCIAS EPIDEMIOLÓGICAS E SANITÁRIA NA LUTA SOBRETUDO CONTRA O &amp;#8220;AEDES AEGYPTI&amp;#8221;, A LEISHMANIOSE E A DENGUE.</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4871/4871_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4871/4871_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS &amp;#8211; MINISTÉRIO DE MADUREIRA PELA PRÉ INAUGURAÇÃO DO NOVO TEMPLO, REALIZADO NO DIA 21 DE MARÇO DE 2015, LOCALIZADO NA AVENIDA RIO BRANCO, 1400.</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO TIRO DE GUERRA LOCAL NA LUTA PELA PREVENÇÃO DA DENGUE, SOB A COMPETENTE E EFICAZ COORDENAÇÃO DO 1º SARGENTO PAULO RENATO MENA RODRIGUES, CHEFE DE INSTRUÇÃO DO TIRO DE GUERRA.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS, FÁBIO ROBERTO AMADIO, Hélio José dos Santos, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PROTESTO CONTRA A APROVAÇÃO DO PROJETO DE LEI Nº 2.154/11 DE INICIATIVA DO DEPUTADO FEDERAL EDUARDO CUNHA QUE OBJETIVA A EXTINÇÃO DO EXAME DE ORDEM.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5002/5002_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5002/5002_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS AGENTES COMUNITÁRIOS LOCAIS PELO PLENO ENGAJAMENTO DOS AGENTES EM AÇÕES DE PREVENÇÃO CONTRA A DENGUE.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5003/5003_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5003/5003_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À JOVEM CARINA DIANE NAKATANI MACEDO, CLASSIFICADA EM TRÊS UNIVERSIDADES PARA FAZER DOUTORADO EM ECONOMIA, OPTANDO PELA ESCOLA SUPERIOR DE AGRICULTURA LUIZ DE QUEIRÓZ &amp;#8211; ESALQ DE PIRACICABA.</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5004/5004_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5004/5004_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SENHOR JOÃO CARLOS RODRIGUES, TÉCNICO EM INFORMAÇÕES GEOGRÁFICAS E ESTATÍSTICAS DO IBGE &amp;#8211; INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATÍSTICA PELA NOTÁVEL CONTRIBUIÇÃO NA PRESERVAÇÃO DA HISTÓRIA DE ADAMANTINA, ATRAVÉS DA COLUNA "REVIVER ADAMANTINA", PUBLICADA NO JORNAL IMPACTO.</t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5223/5223_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5223/5223_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À DRª IZABEL CASTANHA GIL PELA SIGNIFICATIVA OBRA NOVA ALTA PAULISTA: 1930 &amp;#8211; 2006, DO DESENVOLVIMENTO CONTIDO AO PROJETO POLÍTICO REGIONAL.</t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5224/5224_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5224/5224_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ÀS REIVINDICAÇÕES DAS ENTIDADES E SINDICADOS: APAMPESP (ASSOCIAÇÃO DOS PROFESSORES APOSENTADOS DO MAGISTÉRIO PÚBLICO DO ESTADO DE SÃO PAULO), CPP (CENTRO DO PROFESSORADO PAULISTA) E UDEMO (SINDICATO DE ESPECIALISTAS DE EDUCAÇÃO DO MAGISTÉRIO OFICIAL DO ESTADO DE SÃO PAULO), E AO MOVIMENTO DESSES PROFISSIONAIS DO ENSINO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5225/5225_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5225/5225_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO EMPRESÁRIO LEONARDO MUNHOZ E SUA ESPOSA LUZIA DE FÁTIMA GUIDO MUNHOZ PELA INAUGURAÇÃO DE MAIS UMA GRANDE LOJA EM NOSSA CIDADE, A GIOCONDA STORE.</t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5226/5226_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5226/5226_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO SECRETÁRIO MUNICIPAL DE ASSUNTOS VIÁRIOS DE PRESIDENTE PRUDENTE, DR. OSVALDO DE OLIVEIRA BOSQUET E O PEDAGOGO RENATO GOUVEIA PELA SIGNIFICATIVA CONTRIBUIÇÃO TÉCNICO-PEDAGÓGICA PRESTADA A ESTA CASA.</t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO E SOLIDARIEDADE AO DEPUTADO FEDERAL EDUARDO CUNHA, PRESIDENTE DA CÂMARA DOS DEPUTADOS PELA PROPOSTA QUE REDUZ A MAIORIDADE PENAL EM DETERMINADAS CIRCUNSTÂNCIAS.</t>
   </si>
   <si>
     <t>5330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5330/5330_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5330/5330_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS EDUCADORES DR. GILSON FERREIRA E PROFª. DENISE SCABIN PEREIRA, RESPECTIVAMENTE, DIRETOR DA COORDENADORIA ESTADUAL DO MEIO AMBIENTE E EXECUTIVA PÚBLICA PELA CONTRIBUIÇÃO PEDAGÓGICA À FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS -  E À 27ª EXPOVERDE.</t>
   </si>
   <si>
     <t>5331</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5331/5331_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5331/5331_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO SUBTENENTE EVANDRO NAKAZIMA BALDO, PRESTAÇÃO DE PRECISO SERVIÇOS À PREVENÇÃO DE ACIDENTES E DEDICADO SOCORRO.</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO SECRETÁRIO MUNICIPAL DE ESPORTES DE ADAMANTINA, PROFº PEDRO PEROZA MILANEZI, PELA BRILHANTE CONQUISTA DO 5º LUGAR NO 59º JOGOS REGIONAIS, REALIZADO NO MÊS DE JULHO EM OSVALDO CRUZ</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, DINHA, FÁBIO ROBERTO AMADIO, Hélio José dos Santos, LUIZ CARLOS GALVÃO, NORIKO ONISHI SAITO, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À EMPRESA LF GODOY LTDA PELA INAUGURAÇÃO DA NOVA ÁREA AMPLIADA DO SUPERMERCADO GODOY.</t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO JOVEM ADVOGADO DR. TIAGO VINÍCIUS RUFINO MARTINHO PELO RECEBIMENTO DO &amp;#8220;DIPLOMA MÉRITO À ORDEM&amp;#8221;, CONCEDIDO PELA CÂMARA MUNICIPAL DE TRÊS LAGOAS/MS.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5466/5466_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5466/5466_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO PROF. DR. MÁRCIO CARDIM, DIRETOR GERAL DA FAI - FACULDADES ADAMANTINENSES INTEGRADAS, PELA SUA RECONDUÇÃO COMO MEMBRO TITULAR DO CONSELHO ESTADUAL DE EDUCAÇÃO (CEE/SP) PARA MAIS UM MANDATO DE 3 ANOS (2015-2018), POR ATO DO DR. GERALDO ALCKMIN FILHO, GOVERNADOR DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5507/5507_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5507/5507_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À IGREJA EVANGÉLICA AMOR E CUIDADO PELA INICIATIVA DE PROMOVER UMA CAMPANHA DE ARRECADAÇÃO DE ALIMENTOS PARA O HOSPITAL DE CÂNCER DE BARRETOS.</t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5633/5633_texto_integral.docx</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5633/5633_texto_integral.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO DR. ADALBERTO FERREIRA DE SOUZA JÚNIOR, PROMOTOR DE JUSTIÇA DE GUARANTÃ DO NORTE &amp;#8211; MT.</t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5659/5659_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5659/5659_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À FARMACÊUTICA SABRINA GODOY, PELA INAUGURAÇÃO DA NOVA FARMÁCIA EM ADAMANTINA, A GODOY FARMA, LOCALIZADA NA AV. RIO BRANCO, NAS INSTALAÇÕES DO NOVO POSTO IPIRANGA.</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5660/5660_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5660/5660_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO EXPERIENTE E COMPETENTE EMPRESÁRIO DE NOSSA CIDADE, O SENHOR MÁRCIO SPÓSITO, PELA INAUGURAÇÃO DE MAIS UM POSTO DE COMBUSTÍVEL IPIRANGA DE ADAMANTINA LOCALIZADO NA AV. RIO BRANCO, VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5661/5661_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5661/5661_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS ATLETAS PEDRO AUGUSTO MANTOANI NASCIMENTO E EDUARDO SETSU MIYAMURA, PELO EXCELENTE DESEMPENHO NOS JOGOS ESCOLARES DO ESTADO DE SÃO PAULO E JOGOS ESCOLARES DA JUVENTUDE.</t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5662/5662_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5662/5662_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À IGREJA PRESBITERIANA DE ADAMANTINA, PELA COMEMORAÇÃO DOS SEUS 60 ANOS EM ADAMANTINA.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5663/5663_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5663/5663_texto_integral.pdf</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5664/5664_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5664/5664_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS A TODOS OS PROFESSORES QUE ATUAM NOS ESTABELECIMENTOS DE ENSINO ESTADUAIS, MUNICIPAIS E PARTICULARES DO NOSSO MUNICÍPIO, COMO TAMBÉM AOS PROFESSORES JÁ APOSENTADOS, PELA RELEVÂNCIA DO PAPEL QUE DESEMPENHAM E/OU DESEMPENHARAM EM NOSSA SOCIEDADE.</t>
   </si>
   <si>
     <t>5665</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5665/5665_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5665/5665_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO PROFESSOR DE EDUCAÇÃO FÍSICA JOSÉ MARIA PEREIRA DOS SANTOS PELA EXEMPLAR CONDUÇÃO DO TIME DE HANDEBOL MASCULINO INFANTIL DA E. E. JOSÉ FIRPO, QUE REPRESENTOU A DIRETORIA DE ENSINO &amp;#8211; REGIÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5739/5739_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5739/5739_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO GRUPO DE APOIO DENOMINADO AMOR EXIGENTE DE ADAMANTINA, PELO TRANSCURSO DO 20° ANIVERSÁRIO DE INÍCIO DE SUAS ATIVIDADES EM NOSSO MUNICÍPIO, OCORRIDO NO ÚLTIMO DIA 20 DE OUTUBRO P.P., SEMPRE VOLTADAS AO AUXÍLIO DIRETO NA RECUPERAÇÃO DE DEPENDENTES QUÍMICOS E NA REESTRUTURAÇÃO DE FAMÍLIAS.</t>
   </si>
   <si>
     <t>5740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5740/5740_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5740/5740_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS À PROFª. VERA LÚCIA GODOY CAZU, DIRIGENTE REGIONAL DE ENSINO DA DIRETORIA DE ENSINO &amp;#8211; REGIÃO DE ADAMANTINA PELO EMPENHO, DEDICAÇÃO E FIRMEZA DEMONSTRADOS DURANTE TODO O PROCESSO DE REORGANIZAÇÃO DAS ESCOLAS ESTADUAIS: PROF. DURVALINO GRION, PROFª. FLEURIDES CAVALLINI MENECHINO E HELEN KELLER.</t>
   </si>
   <si>
     <t>5741</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5741/5741_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5741/5741_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO SENHOR MAURO BRAGATO, DEPUTADO ESTADUAL PELO APOIO INCONDICIONAL, EMPENHO E DEDICAÇÃO DEMONSTRADOS DURANTE TODO O PROCESSO DE REORGANIZAÇÃO DAS ESCOLAS ESTADUAIS: PROF. DURVALINO GRION, PROFª. FLEURIDES CAVALLINI MENECHINO E HELEN KELLER, QUE CULMINOU COM A MANUTENÇÃO DESSAS ESCOLAS EM ADAMANTINA.</t>
   </si>
   <si>
     <t>5742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5742/5742_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5742/5742_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS GESTORES, PROFESSORES, FUNCIONÁRIOS, ALUNOS, PAIS DE ALUNOS E REPRESENTANTES DA COMUNIDADE ESCOLAR VINCULADOS A E. E. PROF. DURVALINO GRION PELO EMPENHO E DEDICAÇÃO NA MOBILIZAÇÃO DA NOSSA SOCIEDADE EM FAVOR DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5743/5743_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5743/5743_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO DR. ANTÔNIO CARLOS RODRIGUES, MINISTRO DE ESTADO DOS TRANSPORTES, EM FUNÇÃO DE SUA PROVIDENCIAL INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL QUE CULMINOU COM A LIBERAÇÃO DE DOIS CONVÊNIOS NO VALOR DE R$200 MIL À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5798</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5798/5798_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5798/5798_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO PROF. CELSO ALVES LIMA PELA NOTÁVEL CONTRIBUIÇÃO NA PRESERVAÇÃO DA HISTÓRIA DOS MORADORES MAIS ANTIGOS DO MUNICÍPIO DE ADAMANTINA, ATRAVÉS DA COLUNA "PIONEIROS", PUBLICADA REGULARMENTE NO JORNAL &amp;#8220;DIÁRIO DO OESTE&amp;#8221;.</t>
   </si>
   <si>
     <t>5799</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5799/5799_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5799/5799_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS PROFESSORES QUE MINISTRAM AULAS NOS 4ºS ANOS DO ENSINO FUNDAMENTAL DA &amp;#8220;EMEF NAVARRO DE ANDRADE&amp;#8221;, BEM COMO AOS GESTORES DA ESCOLA (DIRETOR, VICE-DIRETOR E COORDENADOR PEDAGÓGICO), EM ESPECIAL A PROFª. RAQUEL ALINE FERNANDES, DOCENTE DO 4º ANO &amp;#8220;H&amp;#8221;, DO ENSINO FUNDAMENTAL E À PROFª. MARIA ALICE PIGARI, COORDENADORA PEDAGÓGICA DOS 4ºS E 5ºS ANOS DO ENSINO FUNDAMENTAL DA &amp;#8220;EMEF NAVARRO DE ANDRADE&amp;#8221; E DO PROJETO &amp;#8220;CONFABULANDO COM FÁBULAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5800</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5800/5800_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5800/5800_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AOS DIRETORES DA ADASEBO &amp;#8211; INDÚSTRIA E COMÉRCIO DE PRODUTOS ANIMAIS LTDA.</t>
   </si>
   <si>
     <t>5845</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5845/5845_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5845/5845_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO GRUPO IMPACTO, FACE AO DESTACADO LANÇAMENTO DA 7ª EDIÇÃO DA REVISTA VOX, REALIZADO NO ÚLTIMO DIA 01 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>5846</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5846/5846_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5846/5846_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO SENHOR JOÃO CARLOS RODRIGUES, TÉCNICO EM INFORMAÇÕES GEOGRÁFICAS E ESTATÍSTICAS DO IBGE, PELO NOTÁVEL LANÇAMENTO DA REVISTA &amp;#8220;MEMÓRIA DO FUTEBOL ADAMANTINENSE&amp;#8221;.</t>
   </si>
   <si>
     <t>5847</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5847/5847_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5847/5847_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS ÀS EMPRESÁRIAS MARIA RENATA BELÉM GERALDO E CRISTHIANE VICENTINI GAVAZZI, PELA INAUGURAÇÃO DA LOJA &amp;#8220;CLOSET 98&amp;#8221;.</t>
   </si>
   <si>
     <t>5848</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5848/5848_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5848/5848_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÃO A APLAUSOS AO JOVEM LEONARDO ALVES DA SILVA, ALUNO MATRICULADO NA 3ª SÉRIE DO ENSINO MÉDIO, DA ESCOLA ESTADUAL PROFª. FLEURIDES CAVALLINI MENECHINO E AO JOVEM GUSTAVO DE SOUZA FORATO, ALUNO MATRICULADO NO 7º ANO TAMBÉM NA MESMA UNIDADE ESCOLAR, PELA BRILHANTE PARTICIPAÇÃO QUE ELES OBTIVERAM NA 11ª OLIMPÍADA BRASILEIRA DE MATEMÁTICA DAS ESCOLAS PÚBLICAS (OBMEP 2015).</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO ILUSTRÍSSIMO SR. HIROSHI KARIMATA O TÍTULO DE CIDADÃO ADAMANTINENSE</t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5415/5415_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5415/5415_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AO ILUSTRÍSSIMO SENHOR ANTÔNIO ROMANINI PRIMO O TÍTULO DE CIDADÃO ADAMANTINENSE</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, FÁBIO ROBERTO AMADIO, NORIKO ONISHI SAITO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5744/5744_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5744/5744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE AO ILUSTRÍSSIMO SENHOR NIVALDO APARECIDO MAIA O TÍTULO DE CIDADÃO ADAMANTINENSE&amp;#8221;_x000D_
 _x000D_
 CONCEDE AO ILUSTRÍSSIMO SENHOR NIVALDO APARECIDO MAIA O TÍTULO DE CIDADÃO ADAMANTINENSE&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5864</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5864/5864_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5864/5864_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA, EXERCÍCIO 2013</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PERÍODO DE TRANSIÇÃO DAS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI PARA CENTRO UNIVERSITÁRIO, INDICA A NOVA DIRETORIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4898/4898_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4898/4898_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NO ANEXO I &amp;#8211; QUADRO DE PESSOAL - DA LEI Nº 2.714, DE 16/05/1997, A QUAL ESTABELECE A COMPOSIÇÃO DA ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE ADAMANTINA, ALTERADO PELAS LEIS COMPLEMENTARES Nº. 16, DE 19/05/1999; Nº. 37, DE 15/03/2001; Nº. 40, DE 28/12/2001; Nº. 48, DE 28/02/2003; Nº. 67, DE 01/06/2005; Nº. 95, DE 06/12/2007 E Nº. 218, DE 27/08/2013, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4829/4829_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4829/4829_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS E INATIVOS DOS QUADROS ADMINISTRATIVO E DOCENTE DAS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5008/5008_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5008/5008_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA AS LEIS COMPLEMENTARES NºS 162/15 E 183/11 QUE &amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO ALIENAR IMÓVEIS LOCALIZADOS NA ÁREA COMERCIAL INDUSTRIAL VALENTIM GATTI.</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5011/5011_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5011/5011_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO DOS VENCIMENTOS DOS SALÁRIOS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS, INATIVOS E PENSIONISTAS DA CÂMARA MUNICIPAL DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>DISPÕE SOBRA AS ALTERAÇÕES DA LEI COMPLEMENTAR Nº 163, DE  07 DE ABRIL DE 2011, QUE DISPÕE SOBRE  A  POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, REESTRUTURA O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E O CONSELHO TUTELAR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL ALIENAR POR PERMUTA UMA ÁREA DE TERRA NE PROPRIEDADE DO MUNICÍPIO NA FORMA E NAS CONDIÇÕES QUE ESPECIFICA. </t>
   </si>
   <si>
     <t>5350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5350/5350_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5350/5350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI COMPLEMENTAR Nº 155/10, QUE DISPÕE SOBRE O ESTATUTO, A ESTRUTURA ADMINISTRATIVA E ORGANIZA O QUADRO DE PESSOAL DAS FACULDADES ADAMANTINENSES INTEGRADAS. </t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE PARCELAMENTO INCENTIVADO &amp;#8211; PPI, ÀS PESSOAS FÍSICAS E JURÍDICAS DO MUNICÍPIO DE ADAMANTINA &amp;#8211; SP, DE DÉBITOS INSCRITOS OU NÃO EM DÍVIDA ATIVA, AJUIZADOS OU NÃO AJUIZADOS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5489</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI COMPLEMENTAR Nº 236, DE 19 DE NOVEMBRO DE 2014 QUE: "DISPÕE SOBRE A AUTORIZAÇÃO PARA O PODER EXECUTIVO ALIENAR BEM IMÓVEL, MEDIANTE PROCESSO LICITATÓRIO, PARA A CAPTAÇÃO DE RECURSOS FINANCEIROS QUE SERÃO DESTINADOS, EXCLUSIVAMENTE, À CONSTRUÇÃO DE CASAS POPULARES NO MUNICÍPIO DE ADAMANTINA, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5490</t>
   </si>
   <si>
     <t>"DISPÕE OS VALORES BÁSICOS UNITÁRIOS DO METRO QUADRADO (M²) DE TERRENOS E E EDIFICAÇÕES PARA APURAÇÃO DO VALOR VENAL DOS IMÓVEIS E CONSEQUENTE CÁLCULO DOS IMPOSTOS SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA - IPTU"</t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ALIENAR, POR PERMUTA, UMA ÁREA DE TERRA DE PROPRIEDADE DO MUNICÍPIO NA FORMA E CONDIÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5667/5667_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5667/5667_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ARTIGO 3º DA LEI COMPLEMENTAR Nº 236, DE 19 DE NOVEMBRO DE 2014.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5745/5745_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5745/5745_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ANEXO I DA LEI COMPLEMENTAR Nº 179, DE 07 DE OUTUBRO DE 2011, VISANDO À AMPLIAÇÃO DO NÚMERO DE VAGAS DE EMPREGOS NA FUNÇÃO DE AGENTE COMUNITÁRIO DE SAÚDE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI COMPLEMENTAR Nº 223, DE 29/11/14, REFERENTE À REVISÃO DOS VENCIMENTOS DOS EMPREGOS DA EMDA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5867</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5867/5867_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5867/5867_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A LEI COMPLEMENTAR Nº 245, DE 10 DE SETEMBRO DE 2015, QUE INSTITUI O PROGRAMA DE PARCELAMENTO INCENTIVADO &amp;#8211; PPI, ÀS PESSOAS FÍSICAS E JURÍDICAS DO MUNICÍPIO DE ADAMANTINA &amp;#8211; SP, DE DÉBITOS INSCRITOS OU NÃO EM DÍVIDA ATIVA, AJUIZADOS OU NÃO AJUIZADOS, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>5814</t>
   </si>
   <si>
     <t>CRIA O DEPARTAMENTO ESPECÍFICO E ALTERA O ANEXO II DA LEI MUNICIPAL Nº 2.289/90, QUE DISPÕE SOBRE O REGIME JURÍDICO ÚNICO PLANO DE CLASSIFICAÇÃO DE CARGOS E EMPREGOS</t>
   </si>
   <si>
     <t>5815</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA QUE O CHEFE DO EXECUTIVO POSSA DETERMINAR A ABERTURA DE LICITAÇÃO, OBJETIVANDO A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEIS ESPECÍFICOS.</t>
   </si>
   <si>
     <t>5817</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5817/5817_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5817/5817_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI COMPLEMENTAR Nº 197, DE 23 DE AGOSTO DE 2012, QUE &amp;#8216;DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, AO CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221; &amp;#8211; CEETEPS, OS IMÓVEIS QUE ESPECIFICA&amp;#8217;</t>
   </si>
   <si>
     <t>5818</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5818/5818_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5818/5818_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, AO CEETEPS &amp;#8211; CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221;, OS IMÓVEIS QUE ESPECIFICA, DESTINADOS À INSTALAÇÃO DE SEDE PRÓPRIA DA FACULDADE DE TECNOLOGIA DE ADAMANTINA</t>
   </si>
   <si>
     <t>5816</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5816/5816_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5816/5816_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DO LOTEAMENTO DENOMINADO &amp;#8220;BAIRRO LAGOA SECA&amp;#8221;, SITUADO NAS ZONAS ESPECIAIS DE INTERESSE SOCIAL (ZEIS), INSERIDAS NO PROGRAMA DE REGULARIZAÇÃO FUNDIÁRIA DO &amp;#8220;PROGRAMA CIDADE LEGAL</t>
   </si>
   <si>
     <t>5870</t>
   </si>
   <si>
     <t>CRIA O DEPARTAMENTO ESPECÍFICO E ALTERA O ANEXO II DA LEI MUNICIPAL Nº 2.289, DE 30 DE JULHO DE 1990, QUE &amp;#8220;DISPÕE SOBRE REGIME JURÍDICO ÚNICO, PLANO DE CLASSIFICAÇÃO DE CARGOS E EMPREGOS, QUADRO DE PESSOAL E EVOLUÇÃO FUNCIONAL&amp;#8221; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5873</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5873/5873_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5873/5873_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS,PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS ATIVOS E INATIVOS DO PODER EXECUTIVO DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5874</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5874/5874_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5874/5874_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS EMPREGOS PERMANENTES E EM COMISSÃO DA EMPRESA MUNICIPAL DE DESENVOLVIMENTO DE ADAMANTINA &amp;#8211; EMDA</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA CELEBRAR CONVÊNIO COM AS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI, OBJETIVANDO A PARCERIA NA REALIZAÇÃO DOS ESTÁGIOS E DAS PRÁTICAS CURRICULARES DO CURSO DE MEDICINA</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4582/4582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4582/4582_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4826/4826_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4826/4826_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA CELEBRAR CONVÊNIO COM A POLÍCIA MIRIM DE ADAMANTINA, PARA ADERIR AO PROGRAMA JOVEM APRENDIZ</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS NO VALOR DE R$ 84.600,00 ORIUNDOS DE DOAÇÕES EFETUADAS POR PESSOA FÍSICA A DIVERSAS ENTIDADES</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4827/4827_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4827/4827_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO EXECUTIVO RECEBER EM DOAÇÃO VEÍCULO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4828/4828_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4828/4828_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE ADAMANTINA</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4830/4830_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4830/4830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO MUNICIPAL CELEBRAR TERMO DE CONVÊNIO E ADITAMENTOS COM O GOVERNO DO ESTADO DE SÃO PAULO, POR MEIO DA SECRETARIA DE SEGURANÇA PÚBLICA, OBJETIVANDO A INSTALAÇÃO E MANUTENÇÃO DE UNIDADE POLICIAL NO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221; </t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>DINHA, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4831/4831_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4831/4831_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO TROTE VIOLENTO E/OU HUMILHANTE NAS INSTITUIÇÕES DE ENSINO SUPERIOR E TÉCNICO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DETRAN-ADAMANTINA</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>DISPÕE SOBRE À ADMINISTRAÇÃO PÚBLICA DO MUNICÍPIO DE ADAMANTINA CELEBRAR TERMO DE CONVÊNIO COM O LAR CRISTÃO DE ADAMANTINA, OBJETIVANDO A EXECUÇÃO DO PROGRAMA DE EDUCAÇÃO INFANTIL EM REGIME DE CRECHE E DE AÇÕES COMPLEMENTARES À PRÉ-ESCOLA</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4834/4834_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4834/4834_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL À PREFEITURA DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4899/4899_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4899/4899_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACRÉSCIMO DO §6º DO ART. 1º DA LEI MUNICIPAL Nº 3.277/07 QUE DISPÕE SOBRE BOLSAS DE ESTUDO INTEGRAIS NOS CURSOS DE GRADUAÇÃO DA FAI PARA SERVIDORES PÚBLICOS ATIVOS PERTENCENTES AOS QUADROS PERMANENTES DAS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI, DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DA EMPRESA MUNICIPAL DE DESENVOLVIMENTO DE ADAMANTINA</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE À ADMINISTRAÇÃO PÚBLICA DE ADAMANTINA CELEBRAR TERMO DE CONVÊNIO COM O LAR CRISTÃO DE ADAMANTINA, OBJETIVANDO A EXECUÇÃO DO PROGRAMA DE EDUCAÇÃO INFANTIL EM REGIME DE CRECHE E DE AÇÕES COMPLEMENTARES À PRÉ-ESCOLA</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 58 E 59 DA LEI Nº 2.449/92 QUE INSTITUI O CÓDIGO DE POSTURAS MUNICIPAIS DE ADAMANTINA</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 3.332 DE 18 DE MARÇO DE 2009, QUE DISPÕE SOBRE VERBA HONORÁRIA E SUCUMBÊNCIA ARBITRADA PELO JUÍZO NOS PARECERES EM QUE É PARTE O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5006/5006_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5006/5006_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO Á EMPRESA MUNICIPAL DE DESENVOLVIMENTO DE ADAMANTINA &amp;#8211; EMDA, PARA CELEBRAR CONVÊNIO COM A POLÍCIA MIRIM DE ADAMANTINA OBJETIVANDO A ADESÃO AO PROGRAMA JOVEM APRENDIZ</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5007/5007_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5007/5007_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DO MUNICÍPIO O DIA DO LIONS CLUB DE ADAMANTINA</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, DINIZ PARÚSSOLO MARTINS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PUBLICO RESIDENCIAL BARCELONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5010/5010_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5010/5010_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL  AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO &amp;#8211; VIA MARGINAL &amp;#8216;ANTÔNIO BARBERATO&amp;#8217;</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5125/5125_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5125/5125_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR DE R$ 500 MIL.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5117/5117_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5117/5117_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO DO RESIDENCIAL MONTAGNOLI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5118/5118_texto_integral.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5118/5118_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO RESIDENCIAL VEREDAS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5120/5120_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5120/5120_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO ÓRGÃO MUNICIPAL EXECUTIVO DE TRÂNSITO E RODOVIÁRIO, DENOMINADO DEMTRAN &amp;#8211; ADAMANTINA (DEPARTAMENTO MUNICIPAL DE TRÂNSITO DE ADAMANTINA-SP) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5121/5121_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5121/5121_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE ADMINISTRAÇÃO PENITENCIÁRIA, PARA FINS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5122/5122_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5122/5122_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DO MUNICÍPIO DE ADAMANTINA CELEBRAR TERMO DE CONVÊNIO COM O LAR CRISTÃO DE ADAMANTINA, OBJETIVANDO A EXECUÇÃO DO PROGRAMA DE EDUCAÇÃO INFANTIL EM REGIME DE CRECHE.</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5123/5123_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5123/5123_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1º DO ART. 4º DA LEI MUNICIPAL Nº 3.610 DE 06 DE JUNHO DE 2014, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O MUNICÍPIO DE ADAMANTINA, FIRMAR TERMO DE ADESÃO E COMPROMISSO COM O MINISTÉRIO DE SAÚDE AO &amp;#8216;PROGRAMA MAIS MÉDICOS PARA O BRASIL&amp;#8217;, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5124/5124_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5124/5124_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA ESTRADA VICINAL ADM 337.&amp;#8221;</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5127/5127_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5127/5127_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5128/5128_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5128/5128_texto_integral.pdf</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5130/5130_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5130/5130_texto_integral.pdf</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>INSTITUI O PLANO MUNICIPAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRÓPRIO PÚBLICO ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL CECÍLIA MEILERES</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5202/5202_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5202/5202_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE PRÓPRIO PÚBLICO ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL MONTEIRO LOBATO.</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5131/5131_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5131/5131_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ESPECIAL E SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5263/5263_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5263/5263_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO DA LEI MUNICIPAL Nº 2.565, DE 06 DE OUTUBRO DE 1994, QUE DISPÕE SOBRE A INCLUSÃO DO 7º PERÍMETRO DA ZONA URBANA DO MUNICÍPIO DE ADAMANTINA, AO ARTIGO 1º DA LEI MUNICIPAL Nº 2.442, DE 20 DE OUTUBRO DE 1992, QUE INSTITUI A DELIMITAÇÃO PERIMÉTRICA DA ZONA URBANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 3.583 DE  23 DE SETEMBRO DE 2013, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO MUNICIPAL RECEBER EM DOAÇÃO ÁREA DE TERRA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>5414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5414/5414_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5414/5414_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE RUA DE ÁREA DE TERRA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5596/5596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5596/5596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR À PREFEITURA NO VALOR DE R$ 3.070.000,00 DESTINADOS À FAI&amp;#8221;. </t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>NORIKO ONISHI SAITO, DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5597/5597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5597/5597_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DAS ESTRADAS VICINAIS ADMS Nº 121, 149, 430 E 432</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO RESIDENCIAL &amp;#8216;VISTA VERDE&amp;#8217; E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5591/5591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5591/5591_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA CASA MILITAR DO GABINETE DO GOVERNADOR, POR SUA COORDENADORIA ESTADUAL DE DEFESA CIVIL DO ESTADO DE SÃO PAULO &amp;#8211; CEDEC/SP, E DA SECRETARIA DA EDUCAÇÃO, E O MUNICÍPIO DE ADAMANTINA, PARA OS FINS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5592/5592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5592/5592_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO &amp;#8220;RESIDENCIAL SAN MIGUEL II.&amp;#8221;</t>
   </si>
   <si>
     <t>5491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5491/5491_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5491/5491_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA CELEBRAR CONVÊNIO DE COOPERAÇÃO TÉCNICA, CIENTÍFICA, CULTURAL, E FINANCEIRA COM O CESUMAR - CENTRO DE ENSINO SUPERIOR DE MARINGÁ."</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5493/5493_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5493/5493_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, ROBERTO HONÓRIO DE OLIVEIRA, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5494/5494_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5494/5494_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DAS ESTRADAS VICINAIS ADM 308, 318 E 355 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5495</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5495/5495_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5495/5495_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO CONJUNTO HABITACIONAL E DE LOGRADOUROS PÚBLICOS DO MUNICÍPIO QUE ESPECIFICA."</t>
   </si>
   <si>
     <t>5496</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÕES DAS LEIS Nº 3.034, DE 30/12/2002, 3.071, DE 03/12/2003 E 3.630, DE 03/12/2004, REFERENTES À CONTRIBUIÇÃO PARA CUSTEIO DO SERVIÇO DE ILUMINAÇÃO PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE ADAMANTINA."</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, SOB A FORMA DE CONTRIBUIÇÃO RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANTIO DE ÁRVORES OBRIGATÓRIO PARA PESSOAS FÍSICA E JURÍDICA QUE REQUEREREM O HABITE-SE OU ALVARÁ DE UTILIZAÇÃO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5594/5594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5594/5594_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA APRESENTAÇÃO DE PROJETO DE ARBORIZAÇÃO NOS NOVOS PARCELAMENTOS DE SOLO URBANO, SOB A FORMA DE LOTEAMENTO OU DESMEMBRAMENTO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5595/5595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5595/5595_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA DO MUNICÍPIO A INSTITUIR O PROGRAMA POR SERVIÇOS COM O ESTADO DE SÃO PAULO PARA EXECUÇÃO DE PROJETO DE PAGAMENTO POR SERVIÇOS AMBIENTAIS.</t>
   </si>
   <si>
     <t>5811</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5811/5811_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5811/5811_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO, EXERCÍCIO DE 2016</t>
   </si>
   <si>
     <t>5812</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5812/5812_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5812/5812_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>5813</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5813/5813_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5813/5813_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO DO RESIDENCIAL ALIANÇA</t>
   </si>
   <si>
     <t>5868</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5868/5868_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5868/5868_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE RUA, DE ÁREA DE TERRAS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5869</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE MOBILIDADE URBANA NO ÂMBITO DO MUNICÍPIO DE ADAMANTINA, FUNDAMENTADA NA CONSTITUIÇÃO FEDERAL, NA LEI FEDERAL Nº 10.257/15 &amp;#8211; ESTATUTO DA CIDADE, NA CONSTITUIÇÃO DO ESTADO DE SÃO PAULO E NA LEI FEDERAL Nº 12.587/12 E A NBR Nº 9.050/04 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>5871</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5871/5871_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5871/5871_texto_integral.pdf</t>
   </si>
   <si>
     <t>5872</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5872/5872_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5872/5872_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL À LEI DO ORÇAMENTO 2016 DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA</t>
   </si>
   <si>
     <t>5954</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5954/5954_texto_integral.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5954/5954_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESAFETAÇÃO DA ESTRADA MUNICIPAL QUE LIGA OS BAIRROS JARDIM BRASIL E PARQUE ITAMARATI, VISANDO NOVO TRAÇADO PARA ABERTURA DE RUA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4588/4588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4588/4588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: QUE TIPO DE PESQUISA VEM SENDO REALIZADA PELA ATUAL GESTÃO ATRAVÉS DA EMPRESA EVOLUÇÃO PESQUISA PÚBLICA LTDA.? QUAL O VALOR PAGO PELA PREFEITURA À REFERIDA EMPRESA PARA EXECUÇÃO DOS SERVIÇOS? A PREFEITURA TEM RECEBIDO RELATÓRIO COM OS RESULTADOS DAS PESQUISAS REALIZADAS?</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4589/4589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4589/4589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: ESTÃO SENDO TOMADAS TODAS AS PROVIDÊNCIAS NECESSÁRIAS PARA O INÍCIO DO FUNCIONAMENTO DA UPA A PARTIR DO MÊS DE JULHO, CONFORME ANUNCIADO PELA ASSESSORIA DE IMPRENSA DA PREFEITURA, NAS RÁDIOS E JORNAIS DA CIDADE EM 2014?</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4590/4590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4590/4590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANDO TERÁ INÍCIO A CONSTRUÇÃO DAS NOVAS UNIDADES HABITACIONAIS EM NOSSA CIDADE, UMA DAS PRINCIPAIS PROMESSAS DA ATUAL ADMINISTRAÇÃO NO INÍCIO DO MANDATO, TANTO AS ANUNCIADAS PELO PROGRAMA MINHA CASA MINHA VIDA QUANTO ÀS 119 JÁ APROVADAS PELA CDHU, INCLUSIVE COM OS LOCAIS JÁ DEFINIDOS?</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4591/4591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4591/4591_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR JOSÉ SERRA QUE DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 1 MILHÃO, DESTINADO À SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4592/4592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4592/4592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOYSIO NUNES FERREIRA QUE DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 1 MILHÃO DESTINADO À SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4593/4593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4593/4593_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: RELAÇÃO DAS RESIDÊNCIAS ALUGADAS PELA PREFEITURA CONTENDO SUA LOCALIZAÇÃO E O ÓRGÃO QUE ESTÁ INSTALADO, BEM COMO AQUELAS QUE, PORVENTURA, ESTÃO DESOCUPADAS.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4594/4594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4594/4594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ELABORAÇÃO DE PROJETO DE LEI QUE CRIA E REGULAMENTA A ASSOCIAÇÃO DOS CATADORES DE MATERIAIS RECICLÁVEIS.</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) O EXECUTIVO MUNICIPAL AINDA TENCIONA ENCAMINHAR PARA DELIBERAÇÃO DA CÂMARA MUNICIPAL DE ADAMANTINA O PROJETO LEI COMPLEMENTAR Nº 302/2014, QUE DISPÕE SOBRE A MUDANÇA DE REGIME JURÍDICO TRABALHISTA DOS SERVIDORES PÚBLICOS MUNICIPAIS? SE POSITIVO, QUAIS PROVIDÊNCIAS ESTÃO SENDO ADOTADAS PELA ADMINISTRAÇÃO MUNICIPAL EM FUNÇÃO DO CONTIDO NO OFÍCIO Nº 443/2014, ENCAMINHADO PELO LEGISLATIVO, SOLICITANDO PROMOVER AS DEVIDAS ADAPTAÇÕES NO REFERIDO PROJETO DE LEI, EM VIRTUDE DE PONDERAÇÕES FEITAS PELA DIREÇÃO REGIONAL DO TCE-SP (TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO), EM PRESIDENTE PRUDENTE&amp;#8221;. 2) O DEPARTAMENTO JURÍDICO E DE ADMINISTRAÇÃO DA PREFEITURA ELABOROU UMA NOVA MINUTA DO ESTATUTO DO SERVIDOR MUNICIPAL A SER ANEXADO AO REFERIDO PROJETO DE LEI COMPLEMENTAR, NOS MOLDES SUGERIDO PELO EGRÉGIO TRIBUNAL DE CONTAS DO ESTADO DE SÃO PAULO E PELA PRESIDÊNCIA DO SINDICATO DOS SERVIDORES MUNICIPAIS DE ADAMANTINA? SE POSITIVO, ANEXAR CÓPIA DESSA NOVA MINUTA PARA APRECIAÇÃO DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4596/4596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4596/4596_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA DRA. PATRÍCIA IGLECIAS, SECRETÁRIA ESTADUAL DO MEIO AMBIENTE, A POSSIBILIDADE DA LIBERAÇÃO DE RECURSOS FINANCEIROS, ATRAVÉS DO FUNDO ESTADUAL DE PREVENÇÃO E CONTROLE DA POLUIÇÃO (FECOP), PARA AQUISIÇÃO DE UM CAMINHÃO POLINGUIDASTE COM DUAS CAÇAMBAS, VISANDO CONTRIBUIR NOS SERVIÇOS EFETUADOS PELA SECRETARIA MUNICIPAL DE AGRICULTURA, ABASTECIMENTO E MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4597/4597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4597/4597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA DRA. PATRÍCIA IGLECIAS, SECRETÁRIA ESTADUAL DO MEIO AMBIENTE, A POSSIBILIDADE DA LIBERAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UMA MÁQUINA DE TRITURAR GALHOS, COM VISTAS A CONTRIBUIR NOS SERVIÇOS EFETUADOS PELA SECRETARIA MUNICIPAL DE AGRICULTURA, ABASTECIMENTO E MEIO AMBIENTE, PRINCIPALMENTE NO PROCESSAMENTO DE RESÍDUOS ORGÂNICOS BEM COMO NA DESTINAÇÃO FINAL CORRETA DOS GALHOS.</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>Hélio José dos Santos, DINHA, LUIZ CARLOS GALVÃO, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DR. ANTONIO DUARTE NOGUEIRA JÚNIOR, SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES E EX-PRESIDENTE DO DIRETÓRIO ESTADUAL DO PSDB, A POSSIBILIDADE DO MUNICÍPIO DE ADAMANTINA DEVOLVER AO ESTADO DE SÃO PAULO, DE FORMA OFICIAL, A RESPONSABILIDADE PELA CONSERVAÇÃO DA ESTRADA VICINAL DR. PLÁCIDO ROCHA (SP-541), NO TRECHO COMPREENDIDO ENTRE A RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS (SP-294), ATÉ A DIVISA COM O MUNICÍPIO DE VALPARAÍSO.</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4599/4599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4599/4599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ED THOMAS PARA QUE VIABILIZE JUNTO AO SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO DO ESTADO, RECURSOS FINANCEIROS NO VALOR DE R$200.000,00 PARA COMPRA DE TRATOR COM OS DEVIDOS EQUIPAMENTOS PARA SER ALOCADO NA NOSSA PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4600/4600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4600/4600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADO ESTADUAL ED THOMAS, APRESENTAÇÃO DE EMENDA PARLAMENTAR NO VALOR DE R$ 100 MIL, DESTINADOS À AQUISIÇÃO DE LIVROS PARADIDÁTICOS PARA A BIBLIOTECA CÔNEGO JOÃO BAPTISTA DE AQUINO, DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 - POR QUE O TABLÓIDE &amp;#8220;EDUCAÇÃO&amp;#8221;, EM SUAS TRÊS PRIMEIRAS EDIÇÕES, NÃO INSERIU NENHUM TEXTO PRODUZIDO POR ALUNO OU PROFESSOR EM SALA DE AULA DA REDE MUNICIPAL? 2 &amp;#8211; POR QUE, A DESPEITO DE PREÇO IRREAL, A LICITAÇÃO CORRESPONDENTE À PUBLICAÇÃO DESTE PERIÓDICO NÃO FOI QUESTIONADA E REJEITADA? 3 &amp;#8211; POR QUE OS PROFESSORES DA REDE MUNICIPAL NÃO FORAM CONSULTADOS SOBRE O CONTEÚDO, SALIENTANDO ELES QUE OS ALUNOS NÃO TIVERAM INTERESSE ALGUM PELA LEITURA DOS TEXTOS, NA MAIORIA, INADEQUADOS PARA O PÚBLICO ALVO E, PEDAGOGICAMENTE, DESINTERESSANTES? 4 &amp;#8211; POR QUE, EM RAZÃO DE NOTÓRIA REJEIÇÃO, SOBRETUDO DE PROFESSORES E PAIS AO TABLÓIDE EM FOCO, NÃO SE SUSPENDE IMEDIATAMENTE, SEM PREJUÍZO PARA A MUNICIPALIDADE, A EDIÇÃO DOS PRÓXIMOS NÚMEROS AGENDADOS? 5 &amp;#8211; QUEM FOI O RESPONSÁVEL PELA PUBLICAÇÃO DA FOTO DO SECRETÁRIO DA EDUCAÇÃO E DO PREFEITO NA FRENTE DO ÔNIBUS, EDIÇÃO AGOSTO/014, PÁGINA 7, CARACTERIZADA COMO PROMOÇÃO PESSOAL, ARTIGO DA CONSTITUIÇÃO FEDERAL, ART. 37, §1º. 6 &amp;#8211; ENVIAR A ESTA CASA CÓPIA COMPLETA DO PROCESSO LICITATÓRIO REFERENTEMENTE À EDIÇÃO DO MENCIONADO TABLÓIDE.</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4602/4602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4602/4602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: O PARECER JURÍDICO REFERENTE À ANÁLISE DO OFÍCIO DO SR. URIAS BELLUSCI EXPLICITANDO NÃO MAIS SE INTERESSAR PELA DOAÇÃO DA ÁREA DESTINADA À CONSTRUÇÃO DA FATEC TEVE ÔNUS PARA ESTA MUNICIPALIDADE? SE AFIRMATIVO, FORNECER CUSTO, ÓRGÃO PAGADOR E AGENTE RECEBEDOR.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4603/4603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4603/4603_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: 1 &amp;#8211; INFORMAÇÃO DE TODOS OS CONTRATOS REALIZADOS NO ANO DE 2015 ATÉ ESTA DATA PELA SECRETARIA MUNICIPAL DE CULTURA E TURISMO, CÓPIAS DOS EXTRATOS DAS CONTAS CONTRATADAS. 2 &amp;#8211; QUAIS EVENTOS ESTÃO AGENDADOS PARA O ANO DE 2015?</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ARLINDO CHINAGLIA PARA QUE VIABILIZE JUNTO AO GOVERNO FEDERAL RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 PARA CUSTEIO DA SANTA CASA DA MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL BETH SAHÃO QUE VIABILIZE JUNTO AO GOVERNO FEDERAL RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 PARA REFORMA E ADEQUAÇÃO DO GINÁSIO DE ESPORTES &amp;#8220;PAULO CAMARGO&amp;#8221;.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO, CONFORME ABAIXO ASSINADO, RETIRADA DA PLACA &amp;#8220;PROIBIDO PARAR E ESTACIONAR&amp;#8221; LOCALIZADA NA AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA ENTRE OS NÚMEROS 5 A 160, DUAS QUADRAS E NAS DEMAIS QUADRAS DO SEU PROLONGAMENTO, DENOMINADO AVENIDA MIGUEL VEIGA.</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4713/4713_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4713/4713_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SRª NICE SILVESTRE DA SILVA, GERENTE LOCAL DO BANCO ITAÚ, RECURSO FINANCEIRO NO VALOR DE R$ 20 MIL PARA AQUISIÇÃO DE ACERVO DE LIVROS.</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4714/4714_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4714/4714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. GILBERTO KASSAB, UMA RETROESCAVADEIRA HIDRÁULICA PARA NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4715/4715_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4715/4715_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO SENHOR PREFEITO SOBRE VÁRIAS PROVIDÊNCIAS QUE NÃO FORAM TOMADAS NO RESIDENCIAL GIULIANO, CONFORME REQUERIMENTO DO MORADOR, SENHOR JOSÉ ROBSON GABRIEL DA CUNHA.</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4716/4716_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4716/4716_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4717/4717_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4717/4717_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSO FINANCEIRO NO VALOR R$300 MIL PARA O RECAPEAMENTO ASFÁLTICO E/OU PAVIMENTAÇÃO ASFÁLTICA DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4718/4718_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4718/4718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4719/4719_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4719/4719_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO ESTADUAL DE ESPORTE, LAZER E JUVENTUDE, DR. JEAN MADEIRA, LIBERAÇÃO DE KITS DE MATERIAL ESPORTIVO.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4720/4720_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4720/4720_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO ESTADUAL DE ESPORTE, LAZER E JUVENTUDE, DR. JEAN MADEIRA, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4721/4721_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4721/4721_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PRESIDENTE DA CÂMARA, MARIA DE LOURDES SANTOS GIL QUE CONSULTE O PLENÁRIO SOBRE A POSSIBILIDADE E A NECESSIDADE DE INSTITUIR UMA COMISSÃO ESPECIAL-CEI, NOS TERMOS DO ARTIGO 62 (CAPUT E PARÁGRAFOS) DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA, VISANDO ACOMPANHAR E APRECIAR TODOS OS PROCEDIMENTOS ENVOLVENDO A FATEC DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4722/4722_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4722/4722_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, REFORÇO ALIMENTAR PARA A MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4723/4723_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4723/4723_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À FUNDAÇÃO KALOUSTE GUEBENKIEN, COM SEDE EM LISBOA, PORTUGAL, O ENVIO DE UM ACERVO DE LIVROS DE LITERATURA PORTUGUESA PARA A NOSSA BIBLIOTECA.</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4724/4724_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4724/4724_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO ESTADUAL DA CULTURA, MARCELO MATTOS ARAUJO, ACERVO ESPECIAL DE OBRAS PARADIDÁTICAS, DICIONÁRIOS E GRAMÁTICAS PARA USO DOS SÓCIOS/LEITORES DA NOSSA BIBLIOTECA.</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4725/4725_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4725/4725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, EVANDRO GUSSI, AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO DA UNIÃO O VALOR DE 300 MIL REAIS A SER UTILIZADO NO CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4726/4726_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4726/4726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL, REINALDO ALGUZ, A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA ÁREA DE LAZER DA VILA FREITAS.</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4727/4727_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4727/4727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL, REINALDO ALGUZ, AGENDAR EMENDA, PARA O ORÇAMENTO DO ESTADO, NO VALOR DE R$ 100.000,00 PARA O NOSSO MUNICÍPIO, A SER APLICADO NA CONSTRUÇÃO DE BANHEIRO NO PARQUE DOS CALDEIRAS.</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4728/4728_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4728/4728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, PAULO FREIRE, EMENDA AO ORÇAMENTO DA UNIÃO DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4729/4729_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4729/4729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, FLORIANO PESARO, QUE  DESTINE, AO NOSSO MUNICÍPIO, KITS DE MATERIAL ESCOLAR DESTINADOS ÀS CRIANÇAS DA FAIXA ETÁRIA DE 6 A 10 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4730/4730_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4730/4730_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, MILTON LEITE DA SILVA FILHO, AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300 MIL PARA SER DESTINADO A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA;</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4731/4731_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4731/4731_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: ENCAMINHAR CÓPIA DE TODO O PROCESSO LICITATÓRIO Nº 18/15, INEXIGIBILIDADE DE LICITAÇÃO Nº 017/15, OBJETO DE AQUISIÇÃO DE 1510 LIVROS DE LÍNGUA INGLESA &amp;#8220;ENGLISH&amp;#8221; DA EDITORA FTD, CONTRATADA DISTRIBUIDORA DE LIVROS CHAMPAGNAT LTDA.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4762/4762_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4762/4762_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL, MAURO BRAGATO, VIABILIZAR AO NOSSO MUNICÍPIO OS SEGUINTES CURSOS DO VIA RÁPIDA EMPREGO: AUXILIAR DE ESCRITÓRIO, OPERADOR DE EMPILHADEIRA, OPERADOR DE TRATOR AGRÍCOLA, ENCANADOR, AUXILIAR DE INSEMINAÇÃO BOVINA E CONFEITARIA BÁSICA.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4763/4763_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4763/4763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL, MAURO BRAGATO VIABILIZAR JUNTO AO GOVERNO AO ESTADO UMA &amp;#8220;ACADEMIA AO AR LIVRE PARA PESSOAS COM DEFICIÊNCIA&amp;#8221; AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ESTEVAM GALVÃO, A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 50.000,00 (CINQÜENTA MIL REAIS) AO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO FEDERAL, JORGE TADEU MUDALEN,  AGENDAR EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 500 MIL AO NOSSO MUNICÍPIO A SER UTILIZADO EM OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO FEDERAL, ELI CORREA FILHO, APRESENTAR EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 1.250.000,00 PARA SEREM ALOCADOS NA PAVIMENTAÇÃO ASFÁLTICA DO TRECHO QUE LIGA O PROLONGAMENTO DA AV. RIO BRANCO, ÁREA URBANA, ATÉ A UNIDADE DE AGÊNCIA PAULISTA DE TECNOLOGIA DOS AGRONEGÓCIOS (APTA), ZONA RURAL.</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4767/4767_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4767/4767_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; POR QUE AINDA NÃO FOI REALIZADA A LICITAÇÃO REFERENTE ÀS DUAS ÁREAS MUNICIPAIS LOCALIZADAS À MARGEM DA VICINAL ADAMANTINA-MARIÁPOLIS, ANTES PREVISTA PARA CONSTRUÇÃO DE HABITAÇÕES POPULARES VIA MINHA CASA-MINHA VIDA? 2 &amp;#8211; QUAL A DATA EM QUE A REFERIDA LICITAÇÃO OCORRERÁ? 3 &amp;#8211; POR QUE O MUNICÍPIO AINDA NÃO ADQUIRIU NENHUMA ÁREA ADEQUADA PARA CONSTRUÇÃO DE CASAS ATRAVÉS DA CDHU? 4 &amp;#8211; QUANDO PRETENDE FAZÊ-LO?</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SILVIO TORRES VISANDO A QUE SEJAM DESTINADAS A ALUNOS DAS FACULDADES ADAMANTINENSES INTEGRADAS, FAI, AUTARQUIA MUNICIPAL QUE CONTA COM MAIS DE 5000 ALUNOS, AS SEGUINTES OBRAS: 200 EXEMPLARES DA CONSTITUIÇÃO DO BRASIL, 100 EXEMPLARES DO CÓDIGO CIVIL BRASILEIRO, 100 EXEMPLARES DO DIREITO DO CONSUMIDOR, 100 EXEMPLARES DA LEI MARIA DA PENHA, 100 EXEMPLARES DO ESTATUTO DO IDOSO, 100 EXEMPLARES DO ESTATUTO DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: NOS BARRACÕES DA FEPASA HÁ INÚMEROS DELES QUE NÃO ESTÃO SENDO OCUPADOS POR NINGUÉM E SÉ SABIDO DA EXISTÊNCIA DE PEQUENOS PROPRIETÁRIOS QUE GOSTARIAM DE OCUPAR UM DAQUELES ESPAÇOS, E, COMO VEREADOR, GOSTARIA DE SABER SE ISTO É POSSÍVEL OU SE HÁ ALGUM IMPEDIMENTO DE ORDEM LEGAL QUE IMPEÇA A OCUPAÇÃO DOS REFERIDOS BARRACÕES.</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4770/4770_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4770/4770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL, BETH SAHÃO, EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 150 MIL PARA SER UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA A APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4771/4771_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4771/4771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA FEDERAL, ARLINDO CHINAGLIA, EMENDA NO VALOR DE R$ 250 MIL PARA SER UTILIZADO NA COMPRA DE MEDICAMENTOS DE ALTO CUSTO A SEREM DISTRIBUÍDOS NA REDE PUBLICA DE SAÚDE.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4772/4772_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4772/4772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS SÃO OS MOTIVOS QUE ESTÃO DIFICULTANDO O INÍCIO DAS OBRAS DO ESTÁDIO MUNICIPAL ANTÔNIO GOULART MARMO? POIS, SEGUNDO INFORMAÇÕES, A DOCUMENTAÇÃO JÁ FOI REGULARIZADA E OS RECURSOS JÁ FORAM CREDITADOS NA CONTA DA PREFEITURA.</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4773/4773_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4773/4773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: A SEGUINTE INFORMAÇÃO: QUAIS SÃO OS MOTIVOS QUE ESTÃO DIFICULTANDO O INÍCIO DAS OBRAS DO BANHEIRO PÚBLICO E A INSTALAÇÃO DO PARQUE INFANTIL NO PARQUE CALDEIRA, OBRAS DEVIDAMENTE APROVADA PELO SETOR DE ENGENHARIA DA PREFEITURA.</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4774/4774_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4774/4774_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL FRANCISCO EVERARDO OLIVEIRA SILVA (TIRIRICA) SOLICITANDO EMENDA AO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200 MIL A SER ALOCADO NA CONSTRUÇÃO DE UMA CICLOVIA NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4775/4775_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4775/4775_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INCLUIR EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA A COMPRA DE EQUIPAMENTOS E CUSTEIO DA APAE &amp;#8211; ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS. </t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4776/4776_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4776/4776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INCLUIR EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA A COMPRA DE EQUIPAMENTOS E CUSTEIO DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4777/4777_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4777/4777_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INCLUIR EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA A COMPRA DE EQUIPAMENTOS E CUSTEIO DO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA. </t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INCLUIR EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA A COMPRA DE EQUIPAMENTOS E CUSTEIO LAR DOS VELHOS DE ADAMANTINA. </t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4779/4779_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4779/4779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INCLUIR EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA A COMPRA DE EQUIPAMENTOS E CUSTEIO DA CASA DO GAROTO.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4780/4780_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4780/4780_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: O EXECUTIVO TEM FEITO PEDIDO JUNTO AO GOVERNADOR DO ESTADO PARA QUE ADAMANTINA VENHA A SER BENEFICIADA COM A IMPLANTAÇÃO DE UM AME &amp;#8211; AMBULATÓRIO MÉDICO DE ESPECIALIDADE?</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4781/4781_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4781/4781_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADO FEDERAL SÉRGIO REIS RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA AQUISIÇÃO DE UM APARELHO PARA EXAMES DE TOMOGRAFIA COMPUTADORIZADA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: ENCAMINHAR RELATÓRIO INFORMANDO AS RECEITAS E DESPESAS DO VELÓRIO MUNICIPAL A PARTIR DO DIA QUE A PREFEITURA FICOU RESPONSÁVEL PELO SEU FUNCIONAMENTO A ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4783/4783_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4783/4783_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL REINALDO ALGUZ RECURSOS AO NOSSO MUNICÍPIO NO VALOR DE R$ 300 MIL PARA A CONSTRUÇÃO DO CENTRO DE ATENDIMENTO INTEGRAL A CRIANÇAS E ADOLESCENTES COM DIFICULDADES ESCOLA.</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4784/4784_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4784/4784_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: CÓPIA INTEGRAL DO PROCESSO Nº 18/2014, CONCORRÊNCIA PÚBLICA 01/2014, REFERENTE A CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA CONSTRUÇÃO DA SEDE DA DELEGACIA SECCIONAL DE POLÍCIA.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4785/4785_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4785/4785_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: AS SEGUINTES INFORMAÇÕES: 1) - JÁ ESTÁ DEFINIDO QUE O PRÉDIO DO COLÉGIO MADRE CLÉLIA SERÁ ADAPTADO PARA INSTALAÇÃO PROVISÓRIA DA FATEC DE ADAMANTINA? SE POSITIVO, O MUNICÍPIO ASSUMIRÁ AS DESPESAS COM AS OBRAS QUE DEVERÃO SER REALIZADAS? EM CASO DA ADMINISTRAÇÃO MUNICIPAL ARCAR COM TAIS DESPESAS, QUAL O POSICIONAMENTO DO TRIBUNAL DE CONTAS DO ESTADO SOBRE A APLICAÇÃO DE DINHEIRO PÚBLICO PELA PREFEITURA EM OBRAS DE UM PRÉDIO CUJO PATRIMÔNIO É PRIVADO? 2) - O EXECUTIVO MUNICIPAL JÁ DEFINIU QUAL ÁREA PRETENDE APRESENTAR DE FORMA DEFINITIVA PARA CONSTRUÇÃO DA FACULDADE DE TECNOLOGIA? SE POSITIVO, ONDE SERÁ EDIFICADO O PRÉDIO DESTINADO À INSTALAÇÃO DA FATEC DE ADAMANTINA? HAVERÁ NECESSIDADE DA REALIZAÇÃO DE OBRAS DE INFRAESTRUTURA, BEM COMO DE SERVIÇOS DE ÁGUA, ESGOTO, ENERGIA ELÉTRICA ETC? NESSE CASO, QUEM ARCARÁ COM TAIS DESPESAS? 3) - QUAL O POSICIONAMENTO OFICIAL DA PROFESSORA LAURA LAGANÁ, DIRETORA SUPERINTENDENTE DO CEETEPS - CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221;, SOBRE TODAS ESSAS QUESTÕES, PRINCIPALMENTE EM RELAÇÃO AO LOCAL MAIS ADEQUADO PARA A CONSTRUÇÃO DA FATEC? QUAL A PREVISÃO OFICIAL PARA O INÍCIO DO CURSO DE TECNOLOGIA EM GESTÃO DE SERVIÇOS?</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AS SEGUINTES INFORMAÇÕES: 1) - QUAIS PROVIDÊNCIAS O EXECUTIVO MUNICIPAL ESTÁ ADOTANDO OU PRETENDE ADOTAR VISANDO SANAR AS IRREGULARIDADES IDENTIFICADAS NA CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO NA ÁREA COMERCIAL, INDUSTRIAL E DE SERVIÇOS &amp;#8220;VALENTIM GATTI&amp;#8221;, DEVIDAMENTE APONTADAS PELA EGRÉGIA 3ª PROMOTORIA DE JUSTIÇA DE ADAMANTINA? ANEXAR DOCUMENTOS COMPROBATÓRIOS DAS MEDIDAS EFETIVAMENTE TOMADAS. 2)  - QUEM FOI O SERVIDOR PÚBLICO MUNICIPAL QUE AUTORIZOU O PROPRIETÁRIO DA EMPRESA INSTALADA NOS LOTES 05, 06, 13, 14 E 15 DA QUADRA 05 NA ÁREA COMERCIAL, INDUSTRIAL E DE SERVIÇOS &amp;#8220;VALENTIM GATTI&amp;#8221; A TRANSFERI-LA PARA OUTRO EMPRESÁRIO, INCLUSIVE COM INSCRIÇÃO MUNICIPAL CONCEDIDA EM 25/04/2014? HAVIA AMPARO LEGAL PARA TAL AUTORIZAÇÃO? SE POSITIVO, EM QUAL LEI MUNICIPAL FOI FUNDAMENTADA ESSA TRANSFERÊNCIA? ANEXAR DOCUMENTOS COMPROBATÓRIOS. 3)  - QUE MEDIDAS O CHEFE DO EXECUTIVO PRETENDE ADOTAR  PARA AGILIZAR A CONCESSÃO DE NOVAS ÁREAS OU BARRACÕES PARA OS DIVERSOS EMPRESÁRIOS QUE ESTÃO SOLICITANDO ÁREA PARA INSTALAÇÃO/AMPLIAÇÃO DE EMPRESAS EM NOSSO MUNICÍPIO E NÃO ESTÃO TENDO ÊXITO EM SUAS REIVINDICAÇÕES? </t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4787/4787_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4787/4787_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL KEIKO OTA EMENDA NO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300 MIL AO NOSSO MUNICÍPIO PARA SER ALOCADO EM OBRAS DE INFRAESTRUTURA URBANA  EM BAIRROS PERIFÉRICOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ED THOMAS A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL, A SEREM UTILIZADOS NA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO PARQUE RESIDENCIAL TANGARÁ.</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4789/4789_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4789/4789_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL CARLOS SAMPAIO, PSDB-SÃO PAULO, EMENDA PARLAMENTAR AO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250 MIL PARA REFORMA DA &amp;#8220;CASA DO GAROTO&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4790/4790_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4790/4790_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÀ, EMENDA PARLAMENTAR AO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250 MIL PARA REFORMA DO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4791/4791_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4791/4791_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL MARA GABRILLI, EMENDA PARLAMENTAR AO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250 MIL PARA REFORMA DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL MENDES THAME, EMENDA PARLAMENTAR AO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250 MIL PARA REDE DE COMBATE AO CÂNCER DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4793/4793_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4793/4793_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS OS MOTIVOS PARA A PARALISAÇÃO DA CONSTRUÇÃO DA UNIDADE BÁSICA DE SAÚDE &amp;#8211; PONTE II, LOCALIZADA NO CONJUNTO HABITACIONAL MÁRIO COVAS?</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, FÁBIO ROBERTO AMADIO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4794/4794_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4794/4794_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1 - QUAL O MOTIVO QUE O EXECUTIVO NÃO QUER DIVULGAR, E OCULTA DO LEGISLATIVO, E, CONSEQUENTEMENTE, DA POPULAÇÃO, AS DUAS NOVAS ÁREAS APRESENTADAS AO CENTRO PAULA SOUZA PARA CONSTRUÇÃO DA FATEC ADAMANTINA? 2 &amp;#8211; POR QUE NÃO CONSIDERAR A ÁREA DE ORIGEM, QUE INCLUSIVE TEVE AUMENTO DE 1.640 M², TOTALIZANDO PORTANTO 9.700 M², LOCALIZADA NO JARDIM BRASIL, TENDO EM VISTA NÃO PRETENDER MAIS CONSTRUIR A FATEC NO FUNDO DA ÁREA LOCALIZADA ÀS MARGENS DA SP-294 E QUE FOI AMPLAMENTE DIVULGADA E DEFENDIDA PELO EXECUTIVO E CAUSOU TANTA POLÊMICA POR NÃO TER A INFRAESTRUTURA BÁSICA?</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4795/4795_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4795/4795_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA, ALEXANDRE DE MORAES, O ENVIO DE CÂMERAS DE MONITORAMENTO PARA SEREM INSTALADAS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4796/4796_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4796/4796_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS FORAM OS MOTIVOS QUE LEVARAM A SECRETARIA DE CULTURA PARALISAR O PROGRAMA AGITA CULTURA NOS BAIRROS COM ÔNIBUS TOTALMENTE ADAPTADO?</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4797/4797_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4797/4797_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 - QUANTAS NASCENTES EXISTEM NO MUNICÍPIO E COMO ELAS ESTÃO SENDO PRESERVADAS? 2 &amp;#8211; EXISTE MAPEAMENTO MUNICIPAL?</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4798/4798_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4798/4798_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA FEDERAL ANA PERUGINI AGENDAMENTO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00 AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4799/4799_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4799/4799_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, JOSÉ MENTOR, RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 150.000,00.</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4800/4800_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4800/4800_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, ANDRE SANCHES, AGENDAMENTO DE EMENDA PARLAMENTAR NO VALOR DE R$ 250.000,00 AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4801/4801_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4801/4801_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, NILTON TATTO, AGENDAMENTO DE EMENDA PARLAMENTAR NO VALOR DE R$ 300.000,00 AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4802/4802_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4802/4802_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL, CARLOS ZARATTINI, AGENDAMENTO DE EMENDA PARLAMENTAR NO VALOR DE R$ 200.000,00 AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4803/4803_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4803/4803_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA URBANA E PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4804/4804_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4804/4804_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS PARA SER UTILIZADO EM OBRAS COMPLEMENTARES DA QUADRA POLIESPORTIVA, PRÓXIMO AO CAMPUS III DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>DINHA, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4805/4805_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4805/4805_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A PREFEITURA REPASSE À SECRETARIA MUNICIPAL DE SAÚDE, MAIS PRECISAMENTE AO SETOR DE VIGILÂNCIA EPIDEMIOLÓGICA &amp;#8211; SETOR VETORES, A MOTOCICLETA RECEBIDA EM DOAÇÃO PELA CÂMARA MUNICIPAL ATRAVÉS DA LEI Nº 3.645 DE 24 DE FEVEREIRO DE 2015.</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4806/4806_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4806/4806_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: EM QUE ESTÁGIO ENCONTRAM-SE OS PROJETOS REFERENTES ÀS ESTRADAS RURAIS: ADM &amp;#8211; 451 &amp;#8211; ESTRADA DO KOLORI &amp;#8211; 2,3 KM; ADM &amp;#8211; 181 &amp;#8211; ESTRADA15 &amp;#8211; 1,5KM; ADM &amp;#8211; 349 &amp;#8211; ESTRADA DO PAVÃO &amp;#8211; 10KM; ADM &amp;#8211; 430 &amp;#8211; ESTRADA IVO BORDINHO, - 3.300M.</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, FÁBIO ROBERTO AMADIO, Rogério César Sacoman</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4807/4807_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4807/4807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM CÓPIA INTEGRAL DO PROCESSO 23/2015 &amp;#8211; CARTA CONVITE Nº 07/2015_x000D_
 </t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4808/4808_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4808/4808_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COORDENADORA ESTADUAL DO MEIO AMBIENTE A DESTINAÇÃO DE 6000 EXEMPLARES DA COLEÇÃO CADERNOS DE EDUCAÇÃO AMBIENTAL QUE SERÃO ENVIADOS A BIBLIOTECA DA FAI.</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4809/4809_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4809/4809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL JOOJI HATO SOLICITANDO, EMENDA PARLAMENTAR NO VALOR DE R$ 200 MIL REAIS AO NOSSO MUNICÍPIO PARA AQUISIÇÃO DE UMA AMBULÂNCIA UTI MÓVEL.</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4810/4810_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4810/4810_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA EXCELENTÍSSIMA MINISTRA DA AGRICULTURA, KÁTIA ABREU, QUE SEJAM DESTINADOS DOIS TRATORES EQUIPADOS A SEREM UTILIZADOS POR MAIS DE 100 MICRO E PEQUENOS AGRICULTORES.</t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA A DIREÇÃO PARQUE ESTADUAL MORRO DO DIABO SEJA CONVIDADO A PARTICIPAR DA PRÓXIMA EXPO-VERDE.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4812/4812_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4812/4812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO DA AGRICULTURA E ABASTECIMENTO, ARNALDO CALIL PEREIRA JARDIM, A DESTINAÇÃO DE UM TRATOR EQUIPADO A SER UTILIZADO POR MAIS DE 100 PEQUENOS E MICROAGRICULTORES.</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4813/4813_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4813/4813_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA CULTURA, MARCELO MATTOS ARAUJO, RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL DESTINADO À EXPO-VERDE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4814/4814_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4814/4814_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ESTEVAM GALVÃO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA AQUISIÇÃO DE UM GERADOR PARA O NOSSO POSTO DE SAÚDE, ALÉM DE VACINAS IMUNOBIOLÓGICAS, MEDICAMENTOS DE ALTO CUSTO E KITS DE INSULINAS.</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4815/4815_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4815/4815_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ESTEVAM GALVÃO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 50.000,00 QUE SERÃO REPASSADOS À CLÍNICA DE REPOUSO NOSSO LAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL RODRIGO GARCIA RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 50 MIL REAIS PARA AQUISIÇÃO DE UM VEÍCULO DEVIDAMENTE EQUIPADO A SER UTILIZADO NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4817/4817_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4817/4817_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. JEAN MADEIRA, SECRETÁRIO ESTADUAL DE ESPORTE, LAZER E JUVENTUDE, RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4818/4818_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4818/4818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MÁRCIO ALVINO, DEPUTADO FEDERAL, A DOAÇÃO DE 100 (CEM) EDIÇÕES DA CONSTITUIÇÃO FEDERAL, PARA SEREM DISTRIBUÍDAS ÀS ESCOLAS PÚBLICAS ESTADUAIS E MUNICIPAIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4819/4819_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4819/4819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO MAURO BRAGATO, A IMEDIATA LIBERAÇÃO DE RECURSOS FINANCEIROS PARA UM MELHOR ATENDIMENTO DOS CONVENIADOS AO IAMPSE - INSTITUTO DE ASSISTÊNCIA MÉDICA EM ADAMANTINA.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4820/4820_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4820/4820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: 1) - QUAIS OS CRITÉRIOS UTILIZADOS PELO EXECUTIVO MUNICIPAL PARA CALCULAR O VALOR DO ITPU COBRADO EM NOSSO MUNICÍPIO NOS CARNÊS DESTE ANO DE 2015? DISCRIMINAR INDIVIDUALMENTE A METODOLOGIA UTILIZADA PARA CALCULAR O VALOR DO IP &amp;#8211; IMPOSTO PREDIAL; DO IT &amp;#8211; IMPOSTO TERRITORIAL; DA LP &amp;#8211; LIMPEZA PÚBLICA; DA CI &amp;#8211; CONTRIBUIÇÃO DE ILUMINAÇÃO E DA TI &amp;#8211; TAXA DE INCÊNDIO.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4821/4821_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4821/4821_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL BETH SAHÃO, RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 150.000 QUE SERÃO REPASSADOS AO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4822/4822_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4822/4822_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO TEIXEIRA, DESTINAÇÃO DE UM ÔNIBUS AO NOSSO MUNICÍPIO A SER UTILIZADO EXCLUSIVAMENTE NO TRANSPORTE DE JOVENS E CRIANÇAS PRATICANTES DE VÁRIAS ATIVIDADES ESPORTIVAS.</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4823/4823_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4823/4823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL BETH SAHÃO, RECURSO FINANCEIRO NO VALOR DE R$ 300.000,00 AO NOSSO MUNICÍPIO, QUE DEVERÁ SER REPASSADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4824/4824_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4824/4824_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL VICENTE CÂNDIDO, RECURSO FINANCEIRO NO VALOR DE R$ 300.000,00 AO NOSSO MUNICÍPIO, PARA OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4825/4825_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4825/4825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SÉRGIO REIS, RECURSO FINANCEIRO NO VALOR DE R$ 200.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4872/4872_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4872/4872_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ: 100 EXEMPLARES DA CONSTITUIÇÃO DO BRASIL, 100 EXEMPLARES DO CÓDIGO CIVIL, E 100 EXEMPLARES DA LEGISLAÇÃO SOBRE OS DIREITOS DO CONSUMIDOR.</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4873/4873_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4873/4873_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, QUE PROMOVA REUNIÃO COM AS ENTIDADES REPRESENTATIVAS DO MAGISTÉRIO PÚBLICO, VISANDO AO ESTABELECIMENTO DE UMA POLÍTICA CAPAZ DE PROPORCIONAR A RECUPERAÇÃO DOS SALÁRIOS DO PESSOAL DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4874/4874_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4874/4874_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR JOSÉ SERRA A DESTINAÇÃO DE DOIS ÔNIBUS PARA O TRANSPORTE DE PACIENTES LOCAIS QUE NECESSITEM DE TRATAMENTOS ESPECIAIS EM CENTROS MÉDICOS PAULISTAS.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4875/4875_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4875/4875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA AS SEGUINTES INFORMAÇÕES DO SECRETÁRIO DE GABINETE, PROF. WILSON HERMENEGILDO: 1 &amp;#8211; QUAL O VALOR TOTAL DOS EMPENHOS REFERENTES A VIAGENS DE AGENTES POLÍTICOS DESTA MUNICIPALIDADE NO PERÍODO 1º DE JANEIRO A 31 DE MARÇO DE 2015? 2 &amp;#8211; EM NOME DE QUEM FORAM REALIZADOS OS REFERIDOS EMPENHOS? ENVIAR RELAÇÃO COM DATAS, LOCAIS DE DESTINO E VALORES DE CADA EMPENHO. </t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4876/4876_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4876/4876_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL BARROS MUNHOZ, EMENDA NO VALOR DE R$ 200 MIL PARA AQUISIÇÃO DE UM ÔNIBUS DESTINADO AO TRANSPORTE DE PACIENTES LOCAIS QUE NECESSITEM DE TRATAMENTOS ESPECIAIS EM CENTROS MÉDICOS PAULISTAS.</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL FERNANDO CAPEZ, EMENDA NO VALOR DE R$ 200 MIL PARA AQUISIÇÃO DE UM ÔNIBUS DESTINADO AO TRANSPORTE DE PACIENTES LOCAIS QUE NECESSITEM DE TRATAMENTOS ESPECIAIS EM CENTROS MÉDICOS PAULISTAS.</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, FÁBIO ROBERTO AMADIO, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4878/4878_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4878/4878_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO EXECUTIVO CÓPIA DE TODO O PROCESSO LICITATÓRIO Nº 64/204. MODALIDADE CARTA CONVITE Nº 08/14. INCLUSIVE RELATÓRIO DE SERVIÇO SE FOR EMPRESA OU PRESTADOR DE SERVIÇOS BEM COMO CÓPIA AOS EMPENHOS DE PAGAMENTO.</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4879/4879_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4879/4879_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL CELSO RUSSOMANO EMENDA PARLAMENTAR NO VALOR DE  300 MIL  PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4880/4880_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4880/4880_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ED THOMAS EMENDA PARLAMENTAR NO VALOR DE  200 MIL  PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4881/4881_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4881/4881_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUAIS OS CARGOS EM COMISSÃO QUE ESTÃO SENDO OCUPADOS COM SERVIDORES DO QUADRO PERMANENTE DA PREFEITURA? 2 &amp;#8211; QUAIS OS CARGOS EM COMISSÃO ESTÃO SENDO OCUPADOS POR SERVIDORES NÃO PERTENCENTES AO QUANDO PERMANENTE DE CONFIANÇA DO PREFEITO? 3 &amp;#8211; ONDE ESTÃO EXERCENDO SUAS FUNÇÕES (ATRIBUIÇÕES) NOS SEUS RESPECTIVOS SETORES DE TRABALHO? INFORMAR NOME DOS OCUPANTES DO CARGO. 4 &amp;#8211; QUANTOS SERVIDORES A PREFEITURA TEM HOJE NA FUNÇÃO DE PEDREIRO E AJUDANTE GERAL NA ATIVA? INFORMAR LOCAL DE TRABALHO.</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4882/4882_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4882/4882_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM DO EXECUTIVO CÓPIA DE TODO PROCESSO LICITATÓRIO Nº 34/15 E 35/15, MODALIDADE CARTA CONVITE 11/15 E 12/15. </t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4883/4883_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4883/4883_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO SENADOR JOSÉ SERRA, EMENDA AO ORÇAMENTO DA UNIÃO NO VALOR DE 1 MILHÃO DE REAIS À NOSSA SANTA CASA DE MISERICÓRDIA PARA REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4884/4884_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4884/4884_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: JÁ EXISTE NA SECRETARIA MUNICIPAL DE PLANEJAMENTO PROJETO APROVADO PARA REFORMA COMPLETA (MAQUINÁRIOS E PRÉDIOS) DA USINA DE LIXO DE NOSSO MUNICÍPIO?</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4885/4885_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4885/4885_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL JOSÉ TADEU MUDALEM EMEMDA PARLAMENTAR NO VALOR DE R$ 260000,00 PARA SER DESTINADO A NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4886/4886_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4886/4886_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL ANDRÉ SOARES VIABILIZAR RECURSOS FINANCEIROS, NO VALOR DE R$ 200.000,00, AO NOSSO MUNICÍPIO JUNTO AO GOVERNO DO ESTADO PARA CUSTEIO DA NOSSA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4887/4887_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4887/4887_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL FERNANDO CAPEZ RECURSOS DA ORDEM DE R$ 70.000, OS QUAIS DEVERÃO SER DESTINADOS À APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4888/4888_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4888/4888_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SABESP UMA COMPLETA VISTORIA NA REDE DE ESGOTO QUE ATENDE O BAIRRO JARDIM DAS PRIMAVERAS, NA RUA ANTÔNIO GIMENES ABELAN.</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4889/4889_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4889/4889_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CORONEL TELHADA, EMENDA PARLAMENTAR NO PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 200 MIL REAIS PARA SER UTILIZADA NA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4890/4890_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4890/4890_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DR. ARTHUR CHIORO, MINISTRO DE ESTADO DA SAÚDE, RECURSOS NO VALOR DE R$ 500 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4891/4891_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4891/4891_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DR. GILBERTO KASSAB, MINISTRO DE ESTADO DAS CIDADES, RECURSOS FINANCEIROS NO VALOR DE R$ 500 MIL A SEREM ALOCADOS EM OBRAS DE INFRA-ESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO E/OU PAVIMENTAÇÃO ASFÁLTICA) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4892/4892_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4892/4892_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MÁRCIO ALVINO, DEPUTADO FEDERAL, RECURSOS FINANCEIROS VISANDO À CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES MUNICIPAL NA ÁREA ONDE ESTÁ LOCALIZADO O &amp;#8220;CAMPO DO MARROCO&amp;#8221;, NA VILA JOAQUINA.</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4893/4893_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4893/4893_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. ARNALDO JARDIM, SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO, A LIBERAÇÃO DE KITS DE SEMENTES DE HORTALIÇAS.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4894/4894_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4894/4894_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DR. ARNALDO JARDIM, SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO, A POSSIBILIDADE DO MUNICÍPIO DE ADAMANTINA SER CONTEMPLADO COM MAIS UMA FASE DO &amp;#8220;PROGRAMA MELHOR CAMINHO&amp;#8221;.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PROF. ANDRÉ DO PRADO, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UMA PISTA DE SKATE NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4896/4896_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4896/4896_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA, LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 300.000,00 PARA SEREM ALOCADOS EM NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4897/4897_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4897/4897_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO TEIXEIRA, A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$300.000,00, PARA SEREM ALOCADOS EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4946/4946_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4946/4946_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA AQUISIÇÃO DE UM VEÍCULO E UM LABORATÓRIO DE INFORMÁTICA À POLÍCIA MIRIM DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4947/4947_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4947/4947_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, JOÃO AUGUSTO RIBEIRO, À ROÇAGEM MECÂNICA ÀS MARGENS DA SP 294, TRECHO DRACENA-OSVALDO CRUZ.</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4948/4948_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4948/4948_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DA CASA CIVIL, DR. EDSON APARECIDO DOS SANTOS ESTABELECIMENTO DE CONVÊNIO ESTADO-MUNICÍPIO PARA O RECAPEAMENTO ASFÁLTICO DA VICINAL PLÁCIDO ROCHA, TRECHO ADAMANTINA-PONTE DO RIO AGUAPEÍ, 26,7KM.</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4949/4949_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4949/4949_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ANALILCE FERNANDES EMENDA NO VALOR DE R$ 200 MIL, DESTINADA A NECESSÁRIA REFORMA DA PRAÇA ÉLIO MICHELONI.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO ANTÔNIO SALIM CURIATI EMENDA NO VALOR DE R$ 200 MIL, DESTINADA A NECESSÁRIA REFORMA DA PRAÇA EUCLYDES ROMANINI. </t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO CELSO GIGLIO EMENDA NO VALOR DE R$ 200 MIL, DESTINADA A NECESSÁRIA REFORMA DA PRAÇA JOSÉ PARRILA. </t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4952/4952_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4952/4952_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ROQUE BARBIERI EMENDA NO VALOR DE R$ 200 MIL, DESTINADA A NECESSÁRIA REFORMA DO ESTÁDIO MUNICIPAL ANTÔNIO GOULART MARMO.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO CAMPOS MACHADO EMENDA NO VALOR DE R$ 200 MIL, DESTINADA A NECESSÁRIA REFORMA DO GINÁSIO MUNICIPAL DE ESPORTES &amp;#8220;PAULO CAMARGO&amp;#8221;. </t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA MARIA LUCIA AMARY EMENDA NO VALOR DE R$ 200 MIL PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAL A CAPACIDADE REMANESCENTE DE SEPULTURAS NO CEMITÉRIO MUNICIPAL? 2- QUANTO TEMPO (EM MESES) ESSA CAPACIDADE DEVERÁ SE EXPIRAR? 3- QUAIS AS MEDIDAS ESTÃO SENDO ADOTADAS PELA ADMINISTRAÇÃO NO SENTIDO DE SE OBTER NOVA ÁREA OBJETIVANDO ATENDER A DEMANDA DE ÓBITOS EM NOSSO MUNICÍPIO? 4- EXISTE ALGUMA ÁREA QUE VEM SENDO ESTUDADA PELO PODER EXECUTIVO QUE POSSA SER DESAPROPRIADA PARA DESTINAR-SE A CEMITÉRIO? 5- O LAPSO TEMPORAL EXIGIDO PELOS ÓRGÃOS AMBIENTAIS SERÁ SUFICIENTE PARA A REGULARIZAÇÃO DE UMA NOVA ÁREA SEM PREJUÍZO DOS ÓBITOS QUE EVENTUALMENTE OCORREREM EM NOSSA URBE?</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4956/4956_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4956/4956_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA TRANSFERÊNCIA DO ANTIGO PRÉDIO DE PROPRIEDADE DA SABESP PARA O DOMÍNIO PÚBLICO.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4957/4957_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4957/4957_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS OS MOTIVOS QUE ATÉ A PRESENTE DATA NÃO FOI DADO INÍCIO O PROGRAMA MELHOR CAMINHO NA ESTRADA VICINAL DENOMINADA IVO BORDINHON TENDO EM VISTA ESTAR APROVADO EM 2012?</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL, MARA GABRILLI, EMENDA NO VALOR  DE R$ 300 MIL PARA SER DESTINADO A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: INFORMAR SEPARADAMENTE, POR PERÍODO, QUANTOS CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS FORAM REALIZADOS, E QUANTOS SERVIDORES FORAM CONTRATADOS NAS ADMINISTRAÇÕES ABAIXO RELACIONADAS: 1997 A 2000 &amp;#8211; JOSÉ LAÉRCIO ROSSI; 2001 A 2004 &amp;#8211; JOSÉ LAÉRCIO ROSSI; 2005 A 2008 &amp;#8211; JOSÉ FRANCISCO FIGUEIREDO MICHELONI; 2009 A 2012 &amp;#8211; JOSÉ FRANCISCO FIGUEIREDO MICHELONI; 2013 A 2014 &amp;#8211; IVO FRANCISCO SANTOS JUNIOR.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4960/4960_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4960/4960_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS, A LIBERAÇÃO DE KITS DE MATERIAIS ESPORTIVOS PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4961/4961_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4961/4961_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL KEIKO OTA, EMENDA NO VALOR DE R$ 300.000,00, PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4962/4962_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4962/4962_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; CHEGARAM OS RESULTADOS DOS EXAMES DO MATERIAL RECOLHIDO PARA TESTE POSITIVO DA LEISHIMANIOSE QUANDO DA VACINAÇÃO ANTIRRÁBICA DO MUNICÍPIO? 2 &amp;#8211; QUAIS FORAM AS PROVIDÊNCIAS TOMADAS NOS RESULTADOS POSITIVOS? 3 &amp;#8211; POR QUE OS DONOS DOS ANIMAIS NÃO FORAM INFORMADOS ATÉ A PRESENTE DATA?</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4963/4963_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4963/4963_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL FRANCISCO EVERARDO OLIVEIRA SILVA RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 QUE SERÃO REPASSADOS À CRERES - CASA DE RECUPERAÇÃO E REINTEGRAÇÃO SOCIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4964/4964_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4964/4964_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: RELAÇÃO DE TODOS OS MEMBROS PERTENCENTES A CONGREGAÇÃO DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS. CÓPIA DO PARECER ELABORADO PELOS MEMBROS DA REFERIDA CONGREGAÇÃO COM O POSICIONAMENTO CONTRÁRIO A DOAÇÃO DA ÁREA DA FAI PARA A CONSTRUÇÃO DO NOVO PRÉDIO DA FATEC.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4965/4965_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4965/4965_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: EM QUE ESTÁGIO SE ENCONTRA O PROCESSO DE RESSARCIMENTO DO VALOR DE R$ 107.000,00, REFERENTE A PRAÇA DE ALIMENTAÇÃO, NÃO RECEBIDO QUANDO DA REALIZAÇÃO DA FEIRA DO VERDE DO ANO DE 2013?</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL REINALDO ALGUZ RECURSOS FINANCEIROS NA ORDEM DE R$ 250.000,00 PARA SEREM DESTINADOS À INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOOJI HATO RECURSOS FINANCEIROS NO VALOR DE 250 MIL REAIS PARA AQUISIÇÃO DE UM ÔNIBUS PARA O TRANSPORTE DE PACIENTES EM TRATAMENTO EM OUTRAS CIDADES COMO JAÚ, BARRETOS, OURINHOS E JALES.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4968/4968_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4968/4968_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. GERALDO ALCKMIN FILHO, GOVERNADOR DO ESTADO, DO PROF. DR. HERMAN VOORWALD, SECRETÁRIO DE ESTADO DA EDUCAÇÃO E DO DR. FERNANDO CAPEZ, DEPUTADO ESTADUAL QUE RECEBAM EM AUDIÊNCIA A DIRETORIA DA APEOESP - ASSOCIAÇÃO DOS PROFESSORES DO ENSINO OFICIAL DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4969/4969_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4969/4969_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. MILTON MONTI RECURSOS FINANCEIROS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4970/4970_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4970/4970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DR. SEBASTIÃO MISIARA, PRESIDENTE DA UVESP, A REALIZAÇÃO, EM NOSSO MUNICÍPIO, DE UM SEMINÁRIO REGIONAL SOBRE &amp;#8220;ALTERNATIVAS DE DESENVOLVIMENTO&amp;#8221;. </t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4971/4971_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4971/4971_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: AS SEGUINTES INFORMAÇÕES: 1) - QUAL A SITUAÇÃO DO ATERRO SANITÁRIO DE ADAMANTINA, EM RELAÇÃO A CAPACIDADE DE ARMAZENAMENTO DE RESÍDUOS SÓLIDOS; SISTEMA DE DRENAGEM DO CHORUME E TRATAMENTO DO CHORUME? ESTÁ HAVENDO ALGUM RISCO PARA O LENÇOL FREÁTICO EXISTENTE NA REGIÃO DE ABRANGÊNCIA DO ATERRO SANITÁRIO? 2) - O NOSSO ATERRO SANITÁRIO POSSUI SISTEMA DE MONITORAMENTO AMBIENTAL (TOPOGRÁFICO E HIDROGEOLÓGICO)? HÁ PÁTIO DE ESTOCAGEM DE MATERIAIS? HÁ LAUDO TÉCNICO RECENTE EXPEDIDO POR ENGENHEIRO AMBIENTAL DESCREVENDO O ESTÁGIO ATUAL EM QUE SE ENCONTRA O NOSSO ATERRO SANITÁRIO?</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DIREÇÃO REGIONAL DA CAIXA ECONÔMICA FEDERAL DE PRESIDENTE PRUDENTE, QUE DESTINE MAIS UM FUNCIONÁRIO PARA A AGÊNCIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4973/4973_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4973/4973_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL MENDES THAME, EMENDA AO ORÇAMENTO DA UNIÃO/2015, NO VALOR DE  R$ 200 MIL PARA REFORMA E REVITALIZAÇÃO DA PRAÇA &amp;#8220;HÉLIO MICHELONI&amp;#8221;.</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4974/4974_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4974/4974_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO TORRES, EMENDA AO ORÇAMENTO DA UNIÃO/2015 NO VALOR DE R$ 200 MIL DESTINADOS A REFORMA E REVITALIZAÇÃO DA PRAÇA EUCLYDES ROMANINI.</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4975/4975_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4975/4975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUANDO A MUNICIPALIDADE PRETENDE INICIAR A CONSTRUÇÃO DAS CASAS POPULARES PREVISTAS PARA O PARQUE ITAMARATY? 2 &amp;#8211; E COM RELAÇÃO ÀS PROGRAMADAS PARA SEREM CONSTRUÍDAS EM ÁREA ANEXA AO CONJUNTO MÁRIO COVAS? 3 &amp;#8211; PRECISAMENTE, EM QUE MÊS SERÁ REALIZADO O LEILÃO REFERENTE À VENDA DOS TERRENOS LOCALIZADOS À MARGEM DA VICINAL ADAMANTINA-MARIÁPOLIS? 4 &amp;#8211; QUANDO SERÁ ADQUIRIDA NOVA ÁREA DESTINADA À CONSTRUÇÃO DE CASAS POPULARES VIA CDHU?</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4976/4976_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4976/4976_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; POR QUE O EXECUTIVO, A DESPEITO DE, OFICIALMENTE, JÁ CONTABILIZAMOS MAIS DE 1000 CASO POSITIVOS DE DENGUE, AINDA NÃO DECRETOU ESTADO DE EMERGÊNCIA, FATO RESPONSÁVEL PELA PERDA DE RECURSOS EXTRAS PARA AÇÕES DE PREVENÇÃO E COMBATE À DENGUE? 2 &amp;#8211; POR QUE AINDA NÃO FOI CONSTITUÍDA NOVA EQUIPE COM MINIMAMENTE QUATRO PESSOAS PARA ATUAR NA APLICAÇÃO DE INSETICIDA? 3 &amp;#8211; QUANDO SERÃO CONCRETIZADAS AS AÇÕES ACIMA MENCIONADAS?</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4977/4977_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4977/4977_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA MINISTRA DO MEIO AMBIENTE, ISABELLA TEIXEIRA, A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 700 MIL PARA REFORMA DA USINA DE COMPOSTAGEM DE LIXO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4978/4978_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4978/4978_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO EMENDA NO VALOR DE R$ 200 MIL REAIS PARA SEREM ALOCADOS EM OBRAS DE REFORMA E AMPLIAÇÃO DE CENTROS COMUNITÁRIOS DOS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4979/4979_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4979/4979_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAN GALVÃO NO VALOR DE R$ 100 MIL REAIS PARA A COBERTURA DA ARQUIBANCADA DA QUADRA DO JARDIM PAULISTA, VILA NILZA E SAN FERNANDO.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ROGÉRIO NOGUEIRA A LIBERAÇÃO DE RECURSOS À NOSSA PREFEITURA PARA AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DE LIXO PARA COLETA DOMICILIAR.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$200.000,00 PARA COMPRA DE TRATOR COM OS DEVIDOS EQUIPAMENTOS PARA SER ALOCADO NA NOSSA PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4982/4982_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4982/4982_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOOJI HATO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150 MIL PARA SEREM UTILIZADOS NA REVITALIZAÇÃO DA PRAÇA JOSÉ COSTA.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4983/4983_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4983/4983_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1- QUAIS OS REAIS MOTIVOS DA FALTA DE MEDIDO PARA O ATENDIMENTO NO POSTO DE SAÚDE (ESTÂNCIA DORIGO) HÁ MAIS DE 40 DIAS? 2- TEM UMA PREVISÃO PARA O RETORNO DO MÉDICO PARA O ATENDIMENTO DOS MORADORES DOS BAIRROS JARDIM BELA VISTA, JARDIM BANDEIRANTES, ESTÂNCIA DORIGO E JARDIM DOS POETAS.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4984/4984_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4984/4984_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: A EMPRESA CONTRATADA PARA A EXECUÇÃO DOS SERVIÇOS REFERENTE AO PROCESSO LICITATÓRIO Nº 96/14, TOMADA DE PREÇOS DE RECAPEAMENTO ASFÁLTICO, JÁ TEM DATA PARA O INÍCIO DOS SERVIÇOS A SEM EXECUTADOS?</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS SÃO MOTIVOS QUE IMPEDEM A COLOCAÇÃO DE PONTO PARA MOTOS E SIMILARES NA AV. MAL. CASTELO BRANCO, POIS SÃO INÚMEROS PEDIDOS DOS COMERCIANTES E DOS MOTOCICLISTAS QUE NÃO TEM UM LOCAL APROPRIADO PARA ESTACIONAR?</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4986/4986_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4986/4986_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO GOVERNADOR DO ESTADO DE SÃO PAULO E SECRETÁRIO DE PROMOÇÃO E DESENVOLVIMENTO SOCIAL, A LIBERAÇÃO DOS RECURSOS PENDENTES E DESTINADOS A APAE, LAR DOS VELHOS, CASA DO GAROTO E IAMA.</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4987/4987_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4987/4987_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL EDMIR CHEDID A DESTINAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$150 MIL REAIS, A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4988/4988_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4988/4988_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL ANDRE SOARES, A LIBERAÇÃO DE R$ 50.000,00 AO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4989/4989_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4989/4989_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUAL A CAUSA DE NÃO TER INICIADO OS &amp;#8220;CURSOS&amp;#8221; DA FATEC EM 2015, SENDO QUE DURANTE TODO O ANO DE 2014, A ADMINISTRAÇÃO DIVULGOU QUE IRIA INICIAR, PRIMEIRAMENTE NO 1º SEMESTRE DE 2015 E DEPOIS PASSOU PARA O 2º SEMESTRE, ONDE SERIA NO COLÉGIO MADRE CLÉLIA? 2 &amp;#8211; POR QUE NADA DISTO OCORREU? O EXECUTIVO NÃO VÊ QUE ESSAS INDEFINIÇÕES, LAMBANÇAS, CAUSARAM ENORMES PREJUÍZOS AOS NOSSOS JOVENS? 3 &amp;#8211; O MESMO OCORRER COM A DEFINIÇÃO PARA O LOCAL DA CONSTRUÇÃO DESTA GRANDE CONQUISTA QUE É A FATEC. QUANDO PODERIA ESTAR PRONTO O PRÉDIO E EM FUNCIONAMENTO?</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO ENCAMINHAR À ASSEMBLEIA LEGISLATIVA DO ESTADO PROJETO DE LEI COMPLEMENTAR COM O INTUITO DE INCLUIR OS PROFESSORES CONTRATADOS NA REDE DE ASSISTÊNCIA DO IAMPSE (INSTITUTO DE ASSISTÊNCIA MÉDICA DO SERVIDOR PÚBLICO ESTADUAL).</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4991/4991_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4991/4991_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO MAURO BRAGATO ENCAMINHAR PROJETO DE LEI COMPLEMENTAR À ASSEMBLEIA LEGISLATIVA DO ESTADO COM O INTUITO DE ELIMINAR A DUZENTENA A QUE OS PROFESSORES CONTRATADOS ESTÃO SUBMETIDOS ATUALMENTE.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4992/4992_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4992/4992_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DRA. LINAMARA RIZZO BATTISTELLA, SECRETÁRIA DE ESTADO DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE EM NOSSO MUNICÍPIO, DESTINADA EXCLUSIVAMENTE AO ATENDIMENTO DAS PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4993/4993_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4993/4993_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO ESTADUAL ANDRÉ DO PRADO A LIBERAÇÃO DE R$ 100 MIL A SER ALOCADO NO CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR DE ADAMANTINA. </t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4994/4994_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4994/4994_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. MÁRCIO ALVINO A DOAÇÃO DE EXEMPLARES DA CONSTITUIÇÃO FEDERAL, CÓDIGO DE TRÂNSITO BRASILEIRO, ESTATUTO DO IDOSO E LEGISLAÇÃO BRASILEIRA DE PROTEÇÃO E DEFESA DO CONSUMIDOR.</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4995/4995_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4995/4995_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL LUIZ LAURO FILHO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL REAIS PARA SEREM ALOCADOS EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4996/4996_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4996/4996_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL EDMIR CHEDID A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL REAIS DESTINADOS À MELHORIA DA QUALIDADE DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4997/4997_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4997/4997_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SENHOR PREFEITO DO MUNICÍPIO SOLICITANDO QUE PARTE DOS RECURSOS DE R$ 500.000,00 RECEBIDOS DO GOVERNO DO ESTADO PARA OBRA DE INFRAESTRUTURA, SEJAM USADOS NA MELHORIA DO ASFALTO QUE LIGA O JARDIM DAS ACÁCIAS AOS BAIRROS GIULIANO, MONTE ALEGRE E ELDORADO II, ATRAVÉS DA PONTE DO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4998/4998_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4998/4998_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO TEIXEIRA EMENDA PARLAMENTAR NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 150 MIL PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA EM BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4999/4999_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4999/4999_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL ANA PERUGINI, A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00, AO IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5012/5012_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5012/5012_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EDUARDO CURY, RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA OBRA DE INFRAESTRUTURA URBANA NOS PARQUES ELDORADO I E II.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5013/5013_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5013/5013_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA OBRA DE INFRAESTRUTURA URBANA NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO ESTADUAL ORLANDO MORANDO, RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA RECAPEAMENTO ASFÁLTICO DA VICINAL FRANCISCO BELLUSCI.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, Aguinaldo Pires Galvão, Hélio José dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5015/5015_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5015/5015_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A CONVOCAÇÃO DO SECRETÁRIO ROGÉRIO BUCHALA E DIRETOR REINALDO TURRA PARA PRESTAREM AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; POR QUE AS ÁREAS LOCALIZADAS À MARGEM DA VICINAL ADAMANTINA-MARIÁPOLIS DESTINADA À CONSTRUÇÃO DE CASAS POPULARES AINDA NÃO FOI LEILOADA? 2 &amp;#8211; AINDA HÁ INTERESSE DA CAIXA ECONÔMICA FEDERAL EM ADQUIRIR A REFERIDA ÁREA? 3 &amp;#8211; EM QUE ESTÁGIO SE ENCAIXA O PROJETO DE CONSTRUÇÃO DE CASAS POPULARES NO PARQUE ITAMARATY E O REFERENTE À ÁREA CONTÍGUA AO MARIO COVAS? 4 &amp;#8211; QUANDO O MUNICÍPIO PRETENDE ADQUIRIR NOVA ÁREA PARA CONSTRUÇÃO DE UNIDADES HABITACIONAIS POPULARES VIA CDHU? 5 &amp;#8211; QUANTAS CASAS POPULARES A NOSSA MUNICIPALIDADE ENTREGARÁ ATÉ O FIM DA ADMINISTRAÇÃO ATUAL?</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, A DESTINAÇÃO DE UM ACERVO DE LIVROS PARA A BIBLIOTECA PÚBLICA MUNICIPAL DE ADAMANTINA CÔNEGO JOÃO BAPTISTA DE AQUINO.</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5017/5017_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5017/5017_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL LUISA ERUNDINA QUE VIABILIZE NO GOVERNO ESTADUAL RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL OBJETIVANDO A REFORMA DO PRÉDIO DO IAMA.</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5018/5018_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5018/5018_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL MARA GABRILLI QUE VIABILIZE NO GOVERNO ESTADUAL RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL OBJETIVANDO A REFORMA DO PRÉDIO DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ARNALDO FARIA DE SÁ RECURSO FINANCEIRO NO VALOR DE R$ 400 MIL PARA OBRAS DE INFRAESTRUTURA NOS CONJUNTOS ELDORADO I E II.</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5020/5020_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5020/5020_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA SAÚDE, DR. DAVID EVERSON UIP, A DESTINAÇÃO DE UMA AMBULÂNCIA.</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5021/5021_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5021/5021_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ROBERTO FREIRE RECURSO FINANCEIRO NO VALOR DE R$ 120.000,00 PARA SER DESTINADA A INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO &amp;#8211; CASA DO GAROTO.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5022/5022_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5022/5022_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL MARCELO AGUIAR RECURSOS FINANCEIROS NO VALOR DE R$ 400 MIL PARA SEREM ALOCADOS EM OBRAS DE MELHORIAS NAS ESTRADAS RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5023/5023_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5023/5023_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL MARCELO AGUIAR RECURSOS FINANCEIROS PARA O NOSSO MUNICÍPIO NO VALOR DE R$ 250 MIL PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA E RURAL.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5024/5024_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5024/5024_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL LUIZ LAURO RECURSO FINANCEIRO NO VALOR DE R$ 200.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- POR QUE, A DESPEITO DE CONTABILIZARMOS MAIS DE 1000 CASOS POSITIVOS DE DENGUE, O EXECUTIVO NÃO DECRETOU ESTADO DE EMERGÊNCIA, CAUSANDO CONSIDERÁVEL PREJUÍZO FINANCEIRO E EM TERMOS DE SAÚDE PÚBLICA DA NOSSA COMUNIDADE? 2- DO TOTAL ACIMA REFERIDO, QUANTAS ESTÃO FUNCIONANDO PLENAMENTE? 3- POR QUE AS QUE NÃO ESTÃO EM FUNCIONAMENTO PLENO NÃO FORAM DEVIDAMENTE REPARADAS?</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5026/5026_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5026/5026_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA AGRICULTURA, ARNALDO JARDIM, RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA A REALIZAÇÃO DA 27ª EXPOVERDE.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5027/5027_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5027/5027_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA MINISTRA DO MEIO AMBIENTE, IZABELLA MÔNICA VIEIRA TEIXEIRA, RECURSO FINANCEIRO NO VALOR DE R$ 100 PARA A REALIZAÇÃO DA 27ª EXPOVERDE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5028/5028_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5028/5028_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAM GALVÃO EMENDA NO PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 100 MIL REAIS PARA SER UTILIZADO NA CONSTRUÇÃO DE BANHEIROS E VÁRIAS ADAPTAÇÕES NA QUADRA COBERTA DO ANTIGO PRÉDIO QUE FUNCIONAVA O CEFAM NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5029/5029_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5029/5029_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SR. MAURO BRAGATO, RECURSOS FINANCEIROS VISANDO À CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL RICARDO MADALENA A LIBERAÇÃO DE UMA AMBULÂNCIA PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5031/5031_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5031/5031_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DE ESTADO DA HABITAÇÃO RODRIGO GARCIA A LIBERAÇÃO DE FINANCEIROS ATRAVÉS DO "PEM - PROGRAMA ESPECIAL DE MELHORIAS", A SEREM ALOCADOS EM OBRAS DE REFORMA E/OU AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL DAS AZALÉIAS, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão, LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5032/5032_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5032/5032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAM AS SEGUINTES INFORMAÇÕES: SEGUINTES INFORMAÇÕES:  1) - QUAIS PROVIDÊNCIAS ESTÃO SENDO ADOTADAS VISANDO SANAR AS IRREGULARIDADES IDENTIFICADAS NA CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL URBANO NA ÁREA COMERCIAL, INDUSTRIAL E DE SERVIÇOS &amp;#8220;VALENTIM GATTI&amp;#8221;, DEVIDAMENTE APONTADAS PELA EGRÉGIA 3ª PROMOTORIA DE JUSTIÇA DE ADAMANTINA?  2)  - QUEM FOI O SERVIDOR PÚBLICO MUNICIPAL QUE AUTORIZOU O PROPRIETÁRIO DA EMPRESA INSTALADA NOS LOTES 05, 06, 13, 14 E 15 DA QUADRA 05 NA ÁREA COMERCIAL, INDUSTRIAL E DE SERVIÇOS &amp;#8220;VALENTIM GATTI&amp;#8221; A TRANSFERI-LA PARA OUTRO EMPRESÁRIO, INCLUSIVE COM INSCRIÇÃO MUNICIPAL CONCEDIDA EM 25/04/2014? HAVIA AMPARO LEGAL PARA TAL AUTORIZAÇÃO? SE POSITIVO, EM QUAL LEI MUNICIPAL FOI FUNDAMENTADA ESSA TRANSFERÊNCIA? 3)  - QUE MEDIDAS ESTÃO SENDO ADOTADAS PARA AGILIZAR A CONCESSÃO DE NOVAS ÁREAS OU BARRACÕES PARA OS DIVERSOS EMPRESÁRIOS QUE ESTÃO SOLICITANDO ÁREA PARA INSTALAÇÃO/AMPLIAÇÃO DE EMPRESAS EM NOSSO MUNICÍPIO E NÃO ESTÃO TENDO ÊXITO EM SUAS REIVINDICAÇÕES? </t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL REINALDO ALGUZ A  LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL REAIS PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE A SER INSTALADO NA PRAÇA ONEIDE MORELLATI, NO CONJUNTO HABITACIONAL OITI E TIPUANAS.</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5097/5097_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5097/5097_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA CASA CIVIL, DR. EDSON APARECIDO DOS SANTOS RECURSO FINANCEIRO NO VALOR DE R$ 700 MIL PARA AQUISIÇÃO DE UMA ESCAVADEIRA HIDRÁULICA, DE 180 GRAUS.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5098/5098_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5098/5098_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO SILVIO TORRES RECURSO FINANCEIRO NO VALOR DE R$ 700 MIL PARA AQUISIÇÃO DE UMA ESCAVADEIRA HIDRÁULICA, DE 180 GRAUS.</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5099/5099_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5099/5099_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL REAIS PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5100/5100_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5100/5100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL GILBERTO NASCIMENTO RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL REAIS PARA A CONSTRUÇÃO DE GUIAS, SARJETAS, GALERIAS E ASFALTO.</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5101/5101_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5101/5101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO FEDERAL SÉRGIO REIS, RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00, PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA URBANA. </t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5102/5102_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5102/5102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAL O ATUAL ESTÁGIO DE ELABORAÇÃO DO PLANO MUNICIPAL DE MOBILIDADE URBANA?</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5103/5103_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5103/5103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: QUAL O MOTIVO DE ADAMANTINA NÃO ESTAR MAIS, DESDE 2013, CELEBRANDO CONVÊNIO COM A SECRETARIA ESTADUAL DE AGRICULTURA E ABASTECIMENTO (SEIAA), JÁ QUE ESTE CONVÊNIO TEM COMO OBJETIVO FORTALECER O SISTEMA MUNICIPAL DE ASSISTÊNCIA TÉCNICA E EXTENSÃO RURAL E MELHORIA DA ESTRUTURA DE APOIO AOS PRODUTORES RURAIS, VISANDO PROMOVER O DESENVOLVIMENTO RURAL E SUSTENTÁVEL, E APOIO AOS PRODUTORES RURAIS?</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5104/5104_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5104/5104_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- A PREFEITURA CONTRATOU A BANDA BIQUÍNI CAVADÃO PARA APRESENTAÇÃO DE SHOW DURANTE A REALIZAÇÃO DA 27ª EXPOVERDE? 2- HOUVE ADIANTAMENTO DE PAGAMENTO DO VALOR CONTRATADO? 3- SE HOUVE, QUAL O AMPARO LEGAL?</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS IMPLANTAÇÃO DO PROGRAMA VIDATIVA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5176/5176_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5176/5176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAM GALVÃO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS), QUE SERÃO REPASSADOS À CLÍNICA DE REPOUSO NOSSO LAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5177/5177_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5177/5177_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL FLORIANO PESARO, QUE DESTINE AO NOSSO MUNICÍPIO KITS DE MATERIAL ESCOLAR DESTINADO ÀS CRIANÇAS DA FAIXA ETÁRIA DE 6 A 10 ANOS DE IDADE.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA A PAVIMENTAÇÃO ASFÁLTICA DE UM TRECHO DE APROXIMADAMENTE 2,5KM DA ESTRADA MUNICIPAL JOSÉ BOCARDI.</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5107/5107_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5107/5107_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAMARINHA RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL DESTINADOS A OBRA DE INFRAESTRUTURA URBANA DOS PARQUES ELDORADO I E II</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5108/5108_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5108/5108_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUANTOS EMPENHOS PARA VIAGENS DE AGENTES POLÍTICOS FORAM PROCESSADOS NO MÊS DE MAIO? QUAIS FORAM OS DESTINATÁRIOS DOS MESMOS E QUAIS OS VALORES DE CADA UM DELES? 2- O QUE EFETIVAMENTE FOI FEITO PARA DEVOLVER-SE A VICINAL PLÁCIDO ROCHA, TRECHO TUCURUVI-RIO FEIO AO ESTADO? E QUAIS OS RESULTADOS OBTIDOS ATÉ AGORA? 3- QUAIS AS FUNÇÕES A SEREM DESEMPENHADAS PELO AGENTE POLÍTICO ANTÔNIO GRANADO, QUE OCUPA CARGO EM COMISSÃO? 4- E, COM RELAÇÃO ÀS OBRAS NECESSÁRIAS DE RECUPERAÇÃO DO PARQUE DOS PIONEIROS, QUAL O CRONOGRAMA DE REALIZAÇÃO DAS MESMAS? POR QUE, ATÉ AGORA, NÃO ALI FOI REALIZADO? 5- QUAL O VALOR DO CONTRATO ESTABELECIDO ENTRE ESTA MUNICIPALIDADE E A ATUAL RESPONSÁVEL PELA ASSESSORIA DE IMPRENSA? ENVIAR CÓPIA NA ÍNTEGRA, DO REFERIDO CONTRATO A ESTA CASA.</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5109/5109_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5109/5109_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO FREITE RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL DESTINADOS A OBRA DE INFRAESTRUTURA (RECAPEAMENTO URBANO) NA AV. FRANCISCO BELLUSCI.</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. PAULO FREIRE DOAÇÃO DE LIVROS DE LITERATURA À ESCOLA ESTADUAL HELEN KELLER.</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL SR. RICARDO MADALENA DOAÇÃO DE 50 EXEMPLARES DE CONSTITUIÇÕES (FEDERAL E ESTADUAL).</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO TODOS OS EMPENHOS REALIZADOS POR ESTA PREFEITURA ENTRE 1º DE JANEIRO DE 2014 ATÉ A PRESENTE DATA COM A EMPRESA REALSOFT SUPORTE EM INFORMÁTICA LTDA &amp;#8211; ME, INCLUINDO FOTOCÓPIA DE TODAS AS NOTAS DE EMPENHO, NOTAS FICAIS, PEDIDOS DE COMPRA ETC.</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL JORGE TADEU MUDALEN RECURSOS FINANCEIROS, NA ORDEM DE R$ 500 MIL, DESTINADOS A RECAPEAMENTO ASFÁLTICO EM BAIRROS PERIFÉRICOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5114/5114_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5114/5114_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL PARA SEREM ALOCADOS EM NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5115/5115_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5115/5115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL BETH SAHÃO A APRESENTAÇÃO DE EMENDA AO PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 300 MIL PARA OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5178/5178_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5178/5178_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EVANDRO GUSSI RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL REAIS PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5179/5179_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5179/5179_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOOJI HATO RECURSOS FINANCEIROS NO VALOR DE R$ 150 MIL PARA SEREM UTILIZADOS NA REVITALIZAÇÃO DA PRAÇA JOSÉ COSTA.</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5180/5180_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5180/5180_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOOJI HATO LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE 250 MIL REAIS PARA AQUISIÇÃO DE UM ÔNIBUS PARA O TRANSPORTE DE PACIENTES EM TRATAMENTO DE SAÚDE EM OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5181/5181_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5181/5181_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EVANDRO GUSSI RECURSOS FINANCEIROS NO VALOR DE R$ 500 MIL PARA NOSSA USINA DE RECICLAGEM DE LIXO.</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5182/5182_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5182/5182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- EM QUE RUAS E QUARTEIRÕES FOI UTILIZADA A VERBA DESTINADA PELO EX-SECRETÁRIO A HABITAÇÃO DO ESTADO DE SÃO PAULO, SILVIO TORRES, EM 2014, NO VALOR DE R$ 200 MIL, VIA PEM, SECRETARIA DE HABITAÇÃO, PARA RECAPEAMENTO ASFÁLTICO NO JARDIM BRASIL? FORNECER MAPA DA ÁREA RECAPEADA. 2- O QUE A PREFEITURA PRETENDE FAZER COM O PRÉDIO OUTRORA DESTINADO À INSTALAÇÃO DO PSF DO JARDIM BRASIL, HOJE TOTALMENTE DETERIORADO? 3- POR QUE, DURANTE 30 MESES CONSECUTIVOS, NADA FOI FEITO PARA A CONTINUIDADE DA OBRA ACIMA MENCIONADA? 4- POR QUE NENHUMA OBRA OU AÇÃO PROMETIDA ÀS VILAS NO GOVERNO ITINERANTE, EM 2014, FOI REALIZADA? 5- O GOVERNO ITINERANTE DEIXOU DE EXISTIR HÁ MAIS DE UM ANO. POR QUÊ? 6- POR QUE NÃO SE TEVE NENHUMA OBRA A SER INAUGURADA NO 66º ANIVERSÁRIO DE ADAMANTINA?</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5183/5183_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5183/5183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ADILSON ROSSI QUE APRESENTE EMENDA PARLAMENTAR DESTINANDO R$ 100 MIL PARA CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5184/5184_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5184/5184_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO TORRES RECURSOS FINANCEIROS NO VALOR DE R$ 50 MIL CADA UMA DAS INSTITUIÇÕES A SEGUIR: INSTITUTO SOLIDÁRIO CARLOS MIRANDA PEGORARO (250 MENORES), LAR CRISTÃO DE ADAMANTINA (150 MENORES) E IAMA &amp;#8211; INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA (130 MENORES).</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS ATRAVÉS DO PEM &amp;#8211; PROGRAMA ESPECIAL DE MELHORIAS PARA OBRAS DE RECAPEAMENTO ASFÁLTICO NO BAIRRO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5186/5186_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5186/5186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS PARA SEREM UTILIZADOS NAS OBRAS DE CONSTRUÇÃO DE MURO E COLOCAÇÃO DE ALAMBRADO EM TORNO DO CONJUNTO HABITACIONAL DAS AZALEIAS, LOCALIZADO NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5187/5187_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5187/5187_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL GILBERTO NASCIMENTO RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO MINISTRO DAS CIDADES GILBERTO KASSAB SOLICITANDO RECURSOS FINANCEIROS NO VALOR DE R$ 300 AO NOSSO MUNICÍPIO PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO ENTRE OS BAIRROS VILA INDUSTRIAL, PARQUE TANGARÁ E RESIDENCIAIS GIULIANO E ELDORADO I E II.</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5189/5189_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5189/5189_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO TODO O PROCESSO REFERENTE A LICITAÇÃO DA EMPRESA RSC EVENTOS &amp; PUBLICIDADE &amp;#8211; EIRELI &amp;#8211; ME DOS VALORES DE  R$ 70.000,00 E R$ 12.000,00.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENTENDIMENTO COM O DIRETOR DO INSTITUTO MÉDICO LEGAL EXPONDO A SITUAÇÃO DIFÍCIL EM QUE SE ENCONTRA O SETOR DE NECRÓPSIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5191/5191_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5191/5191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. NELSON MARQUEZELLI RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UM TRATOR AGRÍCOLA.</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5192/5192_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5192/5192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. NELSON MARQUEZELLI RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UMA ESCAVADEIRA HIDRÁULICA 315 DL.</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. MILTON MONTI RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UM MICRO-ÔNIBUS PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DR. PAULO FREIRE RECURSOS FINANCEIROS NA ORDEM DE R$ 500 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5195/5195_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5195/5195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1) &amp;#8211; QUAIS AS PROVIDÊNCIAS EFETIVAS ESTÃO SENDO ADOTADAS PELO EXECUTIVO MUNICIPAL VISANDO AGILIZAR A OFICIALIZAÇÃO DA CESSÃO DE SALAS DO CAMPUS I DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS PARA O INÍCIO EFETIVO DOS CURSOS DA FATEC (FACULDADE DE TECNOLOGIA) EM ADAMANTINA NO ANO DE 2016? 2) - POR QUE ESSE PROCEDIMENTO AINDA NÃO FOI REALIZADO PELA ADMINISTRAÇÃO MUNICIPAL? PROCEDE A INFORMAÇÃO DE QUE SECRETÁRIOS MUNICIPAIS SÃO CONTRÁRIOS AO INÍCIO DAS ATIVIDADES DA FATEC &amp;#8211; FACULDADE DE TECNOLOGIA DE ADAMANTINA EM NOSSO MUNICÍPIO NO CAMPUS I DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS?</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL RUI FALCÃO RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00 PARA SER UTILIZADO EM INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5197/5197_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5197/5197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL ANA PERUGINI RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00 AO NOSSO MUNICÍPIO, QUE DEVERÁ SER REPASSADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5198/5198_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5198/5198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL MARA GABRILLI RECURSOS FINANCEIROS NA ORDEM DE  R$ 100 MIL PARA REFORMA DA REDE DE COMBATE AO CÂNCER DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- EXISTE ALGUM CONTRATO ENTRE ESTA MUNICIPALIDADE E O EDUCANDÁRIO MADRE CLÉLIA REFERENTEMENTE AO EVENTUAL USO DE SALAS PARA INSTALAÇÃO E FUNCIONAMENTO DA FATEC? 2- SE POSITIVO, ENVIAR A ESTA CASA CÓPIA INTEGRAL DO REFERIDO CONTRATO.</t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: CÓPIA NA ÍNTEGRA DO PROCESSO LICITATÓRIO Nº 78/15 &amp;#8211; INEXIGIBILIDADE DE LICITAÇÃO Nº 15/15 COM O ESCRITÓRIO DE ADVOCACIA ESPECIALIZADO EM DIREITO TRIBUTÁRIO, CASTTELUSCI FIGUEIREDO E ADVOGADOS ASSOCIADOS.</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ROBERTO FREIRE QUE VIABILIZE, RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA CUSTEIO DO IAMA - INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADO FEDERAL BALEIA ROSSI RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL DESTINADO A AQUISIÇÃO DE RESPIRADOR TAKAOKA.</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5231/5231_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5231/5231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA AGRICULTURA, ARNALDO JARDIM, A DESTINAÇÃO DE UM JUMENTO PEGA E UM REPRODUTOR BOVINO DE RAÇA ESPECIAL, ALÉM DE 20 COLMEIAS E 5 KITS DE SEMENTES DE HORTALIÇAS.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5232/5232_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5232/5232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COORDENADORIA ESTADUAL DO MEIO AMBIENTE A DESTINAÇÃO DE 500 EXEMPLARES DA OBRA ECOCIDADANIA, 500 EXEMPLARES DO CADERNO &amp;#8220;RECURSOS HÍDIRICOS&amp;#8221; E 15 KITS DA COLEÇÃO CADERNOS AMBIENTAIS PARA BIBLIOTECAS ESCOLARES.</t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5233/5233_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5233/5233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO A DESTINAÇÃO DE LITERATURA, CDS, DVDS, E SEMENTES DE ÁRVORES SOMBRÍFERAS, FRUTÍFERAS E ORNAMENTAIS.</t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5234/5234_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5234/5234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ DE RECURSO FINANCEIRO PARA O IAMA - INSTITUTO DE ASSISTÊNCIA AO MENOR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5235/5235_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5235/5235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADO FEDERAL VANDERLEI MACRIS RECURSO FINANCEIRO PARA O CRERES - CASA DE RECUPERAÇÃO E REINTEGRAÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5236/5236_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5236/5236_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO TORRES RECURSO FINANCEIRO PARA A APAE - ASSOCIAÇÃO PAIS AMIGOS EXCEPCIONAIS.</t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5237/5237_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5237/5237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO TORRES A DESTINAÇÃO DE DUAS ACADEMIAS DE GINÁSTICA AO AR LIVRE, PARA OS CONJUNTOS OITI-TIPUANAS E MARIO COVAS-ACÁCIAS.</t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5238/5238_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5238/5238_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: 1- RELAÇÃO DOS EMPENHOS PARA VIAGENS REALIZADAS POR TODOS OS AGENTES POLÍTICOS DESTA MUNICIPALIDADE DURANTE O MÊS DE JUNHO, FORNECER DATAS, VALORES E OS NOMES DOS FUNCIONÁRIOS QUE OS SOLICITARAM. 2- RELAÇÃO DOS DOCUMENTOS FISCAIS, CONTENDO DATAS E VALORES, PERÍODO 1º DE JANEIRO A 30 DE JUNHO DE 2015, REFERENTEMENTE A DESPESAS COM ALIMENTAÇÃO COMBUSTÍVEL E HOSPEDAGEM EM TODAS AS VIAGENS REALIZADAS POR AGENTES POLÍTICOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5239/5239_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5239/5239_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE A SER INSTALADO NOS BAIRROS PARQUE ITAMARATY, PARQUE DO SOL, E VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5240/5240_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5240/5240_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SÉRGIO REIS RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS PARA CONSTRUÇÃO DE  QUADRA POLIESPORTIVA NOS BAIRROS JARDIM BELAS VISTA E CONJUNTO HABITACIONAL BANDEIRANTES.</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL GILBERTO NASCIMENTO RECURSO FINANCEIRO  NO VALOR DE R$ 300 MIL PARA SER UTILIZADO EM OBRAS DE REFORMAS E AMPLIAÇÃO DA PRAÇA DE ESPORTES DO CONJUNTO DAS ALAMANDAS.</t>
   </si>
   <si>
     <t>5243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5243/5243_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5243/5243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADO FEDERAL JORGE TADEU MUDALEN A LIBERAÇÃO DE UM ÔNIBUS OU MICROÔNIBUS PARA USO EXCLUSIVO DA SECRETARIA DE ESPORTES DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5244/5244_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5244/5244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO ELABORAÇÃO DE PROJETO DE LEI VISANDO DECLARAR DE UTILIDADE PÚBLICA ESTADUAL A ASSOCIAÇÃO DOS RENAIS CRÔNICOS DE ADAMANTINA - (ARCA).</t>
   </si>
   <si>
     <t>5245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALENCAR SANTANA RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL PARA SER UTILIZADO EM INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALENCAR SANTANA RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE ACADEMIA AO AR LIVRE A SER INSTALADA EM ÁREA DE LAZER DO PARQUE ITAMARATY.</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5247/5247_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5247/5247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EVANDRO GUSSI RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL PARA SEREM ALOCADOS EM NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5248/5248_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5248/5248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EVANDRO GUSSI RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5249/5249_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5249/5249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1- CÓPIAS DO PROCESSO COM TODAS AS EMPRESAS QUE PARTICIPARAM DO PREGÃO PRESENCIAL Nº 029/2014. 2- CONTRATO SOCIAL DAS EMPRESAS PARTICIPANTES. 3- COMPROVAÇÃO DE CAPACIDADE TÉCNICA PARA EXECUÇÃO DO PROGRAMA. 4- QUAIS OS PROFESSORES OU EMPRESAS ESPECIALIZADAS QUE DESENVOLVERAM CONTEÚDOS PARA APLICAÇÃO DAS AVALIAÇÕES DAS COMPETÊNCIAS E HABILIDADE DOS ALUNOS NAS DISCIPLINAS DE PORTUGUÊS E MATEMÁTICA, CONSIDERANDO O PAGAMENTO DE R$ 45 MIL. 5- QUAIS FORAM OS PROFISSIONAIS QUE REALIZARAM O SERVIÇO DA GINCANA DIGITAL OU EMPRESA.</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAN GALVÃO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 50 MIL REAIS PARA AQUISIÇÃO DE UM VEÍCULO A SER UTILIZADO PELA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5251/5251_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5251/5251_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- DESDE QUE DATA O DR. CID SANTOS EXERCE AS FUNÇÕES DE ADVOGADO DA EMDA? 2- QUAIS AS FUNÇÕES DO CARGO QUE ELE EXERCE?3- QUAL O HORÁRIO DE TRABALHO DO MENCIONADO ADVOGADO COMO FUNCIONÁRIO DA EMDA E LOCAL DE TRABALHO? 4- FOI ELE CEDIDO PARA TRABALHAR NA SECRETARIA MUNICIPAL DE ASSUNTOS JURÍDICOS, 4º ANDAR, RECEBENDO ORDENS DIRETAS E ATRIBUIÇÕES DA SECRETÁRIA MARIA CRISTINA DIAS? SE POSITIVO, ENVIAR CÓPIA DA RESPECTIVA CESSÃO E DAS FUNÇÕES A EXERCER.</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5252/5252_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5252/5252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- POR QUE ATÉ A PRESENTE DATA NÃO FOI INAUGURADO O CENTRO COMUNITÁRIO DO BAIRRO PARQUE DO SOL? 2- QUAL A PREVISÃO PARA QUE ISSO ACONTEÇA, ANSEIO DE TODA COMUNIDADE DO REFERIDO BAIRRO? 3- QUAIS OS MOTIVOS QUE ESTÃO DIFICULTANDO A CONCLUSÃO DA OBRA PARA SER ENTREGUE À COMUNIDADE?</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA DRA. PATRÍCIA IGLECIAS, SECRETÁRIA ESTADUAL DO MEIO AMBIENTE,   LIBERAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UMA MÁQUINA DE TRITURAR GALHOS.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5254/5254_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5254/5254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5255/5255_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5255/5255_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5256/5256_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5256/5256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL A SEREM ALOCADOS EM OBRAS DE INFRA-ESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5257/5257_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5257/5257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO IMEDIATA LIBERAÇÃO DE RECURSOS FINANCEIROS PARA UM MELHOR ATENDIMENTO DOS CONVENIADOS AO IAMSPE (INSTITUTO DE ASSISTÊNCIA MÉDICA AO SERVIDOR PÚBLICO ESTADUAL).</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO REVISÃO SALARIAL DIGNA A TODOS OS GESTORES, PROFESSORES E FUNCIONÁRIOS DA ATIVA E AOS APOSENTADOS, PERTENCENTES À PASTA DA EDUCAÇÃO DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA. </t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL A SEREM ALOCADOS EM OBRAS DE INFRA-ESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5261/5261_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5261/5261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DE DESENVOLVIMENTO ECONÔMICO, CIÊNCIA E TECNOLOGIA E INOVAÇÃO, MARCIO FRANÇA, A IMPLANTAÇÃO EM NOSSO MUNICÍPIO A REDE PAULISTA DE INCUBADORA.</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5262/5262_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5262/5262_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO DE DESENVOLVIMENTO ECONÔMICO, CIÊNCIA E TECNOLOGIA E INOVAÇÃO, MARCIO FRANÇA, A IMPLANTAÇÃO EM NOSSO MUNICÍPIO O PROGRAMA A INVESTE SÃO PAULO &amp;#8211; AGÊNCIA PAULISTA DE PROMOÇÃO DE INVESTIMENTOS E COMPETITIVIDADE.</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAM GALVÃO RECURSO FINANCEIRO VALOR DE R$ 200 MIL AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5302/5302_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5302/5302_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: QUAL A PREVISÃO PARA REABERTURA DO ESTÁDIO MUNICIPAL ANTÔNIO GOULART MARMO?</t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5303/5303_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5303/5303_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL ROGÉRIO NOGUEIRA RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL PARA SEREM ALOCADOS EM OBRAS DE MELHORIA NO IAMA - INSTITUTO ASSISTÊNCIA AO MENOR DE ADAMANTINA SANTO CHERARIA.</t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5304/5304_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5304/5304_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1- TEM ALGUMA PRECISÃO DO INÍCIO DA RECUPERAÇÃO DA CANALIZAÇÃO DO PARQUE DOS PIONEIROS? 2- O QUE ESTÁ IMPEDINDO A REALIZAÇÃO DESTA RECUPERAÇÃO?</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5305/5305_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5305/5305_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO A IMPLANTAÇÃO, EM NOSSO MUNICÍPIO, DE UMA UNIDADE DA ESCOLA DE DESENVOLVIMENTO SOCIAL DO ESTADO - EDESP</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- A SECRETARIA MUNICIPAL DE PROMOÇÃO SOCIAL TEM QUANTAS FAMÍLIAS INSCRITAS NO CADASTRO UNIDO DO GOVERNO FEDERAL, DENOMINADO CADÚNICO? 2- A PREFEITURA TEM O CONVÊNIO COM O ESTADO REFERENTE A ESTA PARCERIA?</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5307/5307_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5307/5307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA PRESIDENTA ESTADUAL DO FUNDO SOCIAL DE SOLIDARIEDADE, PROFª. LU ALCKMIN, A DESTINAÇÃO DE MATÉRIAS PARA A SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5308/5308_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5308/5308_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA A INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO.</t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES DUARTE NOGUEIRA, SEJA, COM URGÊNCIA, RECONSIDERADO JUSTA E ANTIGA REIVINDICAÇÃO DE TODOS OS ADAMANTINENSES (TRANSFERÊNCIA  DA VICINAL PLÁCIDO ROCHA PARA O ESTADO)</t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SUPERINTENDENTE DO INSTITUTO DE ASSISTÊNCIA MÉDICA AO SERVIDOR PÚBLICO ESTADUAL  - IAMSPE, DR. LATIF ABRÃO JUNIOR, QUE O TETO FINANCEIRO DESTINADO À SANTA CASA DE ADAMANTINA SEJA ELEVADO PARA R$ 120 MIL MENSAIS.</t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL DAVI ZAYA RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL DESTINADOS A REFORMA DA PRAÇA CENTRAL ELIO MICHELONI.</t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SUPERINTENDENTE DA RECEITA FEDERAL, JOSÉ GUILHERME ANTUNES DE VASCONCELOS QUE DESTINE AO NOSSO MUNICÍPIO: UMA MÁQUINA FOTOGRÁFICA, DOIS TELEVISORES E UMA GELADEIRA, APREENDIDOS PELA RECEITA, PARA UTILIZAÇÃO DO TIRO DE GUERRA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5313/5313_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5313/5313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: RELAÇÃO CONTENDO NOME E VALOR DOS PRECATÓRIOS QUE A PREFEITURA JÁ PAGOU E TEM QUE PAGAR DOS ANOS DE 2012, 2013, 2014 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5314/5314_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5314/5314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- INFORMAR SE O SENHOR RICARDO ALVES DE MATOS, QUE ATRAVÉS DE EMPENHO Nº 4243/2015 UTILIZOU O HOTEL ABAPORU HOTÉIS, CUJA DESPESA FOI NO VALOR DE R$ 944,00, É OU NÃO SERVIDOR DA &amp;#8220;CODASP&amp;#8221;? 2 -CASO A RESPOSTA SEJA AFIRMATIVA, ENVIAR DOCUMENTOS COMPROBATÓRIOS.</t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5315/5315_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5315/5315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA RECURSO FINANCEIRO NO VALOR DE 300 MIL REAIS PARA A COMPRA DE GALPÕES PARA O ATENDIMENTO DE PROGRAMAS DO AGRONEGÓCIO.</t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5316/5316_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5316/5316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL ANA PERUGINI, RECURSOS NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DE LIXO DOMICILIAR.</t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA, RECURSO FINANCEIRO NO VALOR DE R$ 400 MIL DESTINADOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DEPUTADA ESTADUAL BETH SAHÃO, RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL AO NOSSO MUNICÍPIO, QUE DEVERÁ SER ALOCADO EM OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5319/5319_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5319/5319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- EM QUE SITUAÇÃO SE ENCONTRAM AS OBRAS DE ADAPTAÇÕES RECOMENDADAS PELO CORPO DE BOMBEIROS POR MEDIDA DE SEGURANÇA EM NOSSO GINÁSIO DE ESPORTES E ESTÁDIO MUNICIPAL. 2- JÁ TEM DATA MARCADA PARA A REABERTURA DAS PRAÇAS DE ESPORTES, TÃO SOLICITADAS PELOS ESPORTISTAS ADAMANTINENSES? 3- INFORMAR O ESTÁGIO EM QUE SE ENCONTRAM E O QUE FALTA PARA SER FEITO.</t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5320/5320_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5320/5320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR REGIONAL DO DER &amp;#8211; PRESIDENTE PRUDENTE, JOÃO AUGUSTO RIBEIRO, APOIO PARA A CONSTRUÇÃO DE UM TREVO NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS (SP 294) NO TRECHO COMPREENDIDO ENTRE O TREVO DA FAI E O TREVO QUE DÁ ACESSO À RODOVIA VICINAL PLÁCIDO ROCHA SPV.065 KM 595.</t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5321/5321_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5321/5321_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: 1- HOUVE ALGUMA COMPENSAÇÃO PREVIDENCIÁRIA NO ANO DE 2015 EM DECORRÊNCIA DO CONTRATO FIRMADO JUNTO À EMPRESA CASTELLUCCI FIGUEIREDO E ADVOGADOS ASSOCIADOS? 2- CASO A RESPOSTA SEJA AFIRMATIVA, QUAIS OS VALORES COMPENSADOS EM 2015? 3- ENVIAR CÓPIA COMPLETA DE TODAS AS GFIP/SEFIP ONDE HOUVE EVENTUAL COMPENSAÇÃO PREVIDENCIÁRIA NO ANO DE 2015.</t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5322/5322_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5322/5322_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE POLOS EM TODAS AS ACADEMIAS AO AR LIVRE INSTALADAS EM NOSSA CIDADE, COM A PRESENÇA DE ALUNOS DOS CURSOS DE EDUCAÇÃO FÍSICA E NUTRIÇÃO DA FAI.</t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5323/5323_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5323/5323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS PARA A CONSTRUÇÃO DE CENTRO COMUNITÁRIO NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5324/5324_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5324/5324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL PARA COMPRA DE TRATOR COM OS DEVIDOS EQUIPAMENTOS PARA SER ALOCADO NA NOSSA PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5325/5325_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5325/5325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. MILTON MONTI, A LIBERAÇÃO DE RECURSOS FINANCEIROS DESTINADOS À CONSTRUÇÃO DE UMA CRECHE NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5326</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5326/5326_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5326/5326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. EDUARDO CAMPOS, DOAÇÃO DE 100 (CEM) EDIÇÕES DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5327/5327_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5327/5327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. RAFAEL RODRIGUES DOLZAN, ILUSTRE DELEGADO DA RECEITA FEDERAL, DA UNIDADE LOCALIZADA NA CIDADE DE FOZ DO IGUAÇU/PR, DESTINAÇÃO DE UTENSÍLIOS DOMÉSTICOS PARA O IAMA.</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5328/5328_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5328/5328_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAIS SÃO AS JUSTIFICATIVAS DA ADMINISTRAÇÃO MUNICIPAL PARA ADOTAR ESSA FORMA DE PAGAMENTO DAS DESPESAS CONSIDERADAS COMO REGIME DE ADIANTAMENTO? QUAIS OS BENEFÍCIOS ADVINDOS COM ESTA NOVA MODALIDADE DE LIBERAÇÃO DE RECURSOS FINANCEIROS PARA DESPESAS DE ADIANTAMENTO? 2) - HÁ MANIFESTAÇÃO FAVORÁVEL DO TRIBUNAL DE CONTAS DO ESTADO RECOMENDANDO A UTILIZAÇÃO DESSA FORMA DE PAGAMENTO DAS DESPESAS DE ADIANTAMENTO PARA CIDADES DO PORTE DE ADAMANTINA? SE POSITIVO, ANEXAR CÓPIA DA DECISÃO PROFERIDA PELO EGRÉGIO TCE? 3) - HAVERÁ CUSTO DE MANUTENÇÃO/ADMINISTRAÇÃO JUNTO A INSTITUIÇÃO FINANCEIRA CONTRATADA PARA A PRESTAÇÃO DE SERVIÇOS DESSA NATUREZA? SE POSITIVO, QUAL SERÁ O CUSTO MENSAL PARA A ADMINISTRAÇÃO MUNICIPAL E QUAL O TEMPO DE DURAÇÃO DO CONTRATO A SER CELEBRADO COM A INSTITUIÇÃO FINANCEIRA?</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5329/5329_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5329/5329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INFORMAÇÕES REFERENTES A ENTREVISTA DO SR. PREFEITO NO GRUPO JOIA DE COMUNICAÇÕES SOBRE O PAGAMENTO DE PRECATÓRIOS.</t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5381/5381_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5381/5381_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- COMO, LEGALMENTE, OCORREU O DESLIGAMENTO DO EX-SECRETÁRIO NEIVALDO MARCOS DIAS DE MORAES, DA PREFEITURA MUNICIPAL? 2- QUAL O MONTANTE PAGO AO MENCIONADO EX-SECRETÁRIO EM RAZÃO DE SUA SAÍDA? ENVIAR CÓPIA DO RESPECTIVO DOCUMENTO.</t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5382/5382_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5382/5382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA SAÚDE, DR. DAVID EVERSON UIP UM ÔNIBUS COM 36 LUGARES PARA O TRANSPORTE DE PACIENTES À CENTROS MÉDICO-HOSPITALARES DA REGIÃO.</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL FERNANDO CAPEZ RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL DESTINADA A REFORMA DO PAS I.</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAL O MONTANTE TOTAL REFERENTE ÀS DÍVIDAS DO MUNICÍPIO COM FORNECEDORES, CONTRAÍDAS HÁ MAIS DE UM MÊS? ENVIAR RELAÇÃO COMPLETA DOS CREDORES COM OS RESPECTIVOS VALORES E DATA DA ORIGEM DA DÍVIDA. 2- PROCEDE INFORMAÇÕES OFICIOSAS DE QUE VÁRIAS EMPRESAS, DENTRE ELAS, DE AUTO-PEÇAS, FRIGORÍFICO, ALÉM DE LOCADORES ESTÃO SE NEGANDO A CONTINUAR OFERECENDO CRÉDITO À NOSSA PREFEITURA?</t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5385/5385_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5385/5385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SILVIO TORRES RECURSO FINANCEIRO NO VALOR DE R$ 250 MIL DESTINADOS À SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5386/5386_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5386/5386_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUANDO SERÁ INICIADA A CONSTRUÇÃO DOS BANHEIROS DO PARQUE CALDEIRAS COM PROJETO A PROVADO E RECURSOS JÁ DISPONIBILIZADOS ATRAVÉS DE CONVÊNIO COM O ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES AO PROCESSO LICITATÓRIO Nº 88/2015 DO VALOR CONTRATUAL DE R$ 38.600,00.</t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5388/5388_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5388/5388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES REFERENTES AO PROCESSO LICITATÓRIO Nº 87/2015 CONTRATO NºS 134 E 135/15, VALORES R$ 49.600,00 E R$ 12.800,00.</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5389/5389_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5389/5389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: 1- POR QUE ATÉ A PRESENTE DATA NÃO FORAM AGILIZADOS OS PROCESSOS DE CONCESSÃO DE USO DE USO ATRAVÉS DE CONCORRÊNCIA PÚBLICA DOS TERRENOS DA ÁREA COMERCIAL E INDUSTRIAL DESTINADOS ÀS EMPRESAS PARA FOMENTAR A GERAÇÃO DE EMPREGOS E RENDA PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5390/5390_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5390/5390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAIS OS VALORES DESPENDIDOS COM A LOCAÇÃO DE IMÓVEIS UTILIZADOS POR ÓRGÃOS QUE DIRETA OU INDIRETAMENTE ESTÃO VINCULADAS AO PODER EXECUTIVO MUNICIPAL? 2- EXISTE DÉBITO COM ESSAS LIGAÇÕES? SE POSITIVO, QUAL O VALOR?</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: 1- QUANDO SERÃO INICIADAS AS OBRAS DE ASFALTAMENTO DO PROLONGAMENTO DA AL. PADRE NÓBREGA APÓS A PONTE DO CÓRREGO DO CALDEIRAS QUE LIGA VÁRIOS BAIRROS IMPORTANTES DE NOSSA CIDADE?</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: 1 QUAL O MOTIVO DA DEVOLUÇÃO DOS RECURSOS NO VALOR DE R$ 81.061,94, EMPENHO Nº 5819/2015, REFERENTE AO CONVÊNIO ENTRE A PREFEITURA DO MUNICÍPIO-SECRETARIA DA CULTURA E MINISTÉRIO DA CULTURA? 2- ENVIAR TODA DOCUMENTAÇÃO DO RECEBIMENTO E DEVOLUÇÃO DOS MESMOS.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5393/5393_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5393/5393_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO: 1- MERENDA ESCOLAR: CARDÁPIO, QUANTIDADE SERVIDA E CUSTOS. 2 &amp;#8211; PROIBIÇÃO DE QUALQUER ALIMENTAÇÃO A PROFESSORES, MERENDEIRAS E A OUTROS FUNCIONÁRIOS DA UES, VIA MERENDA ESCOLAR. 3 &amp;#8211; DÍVIDAS ORIUNDAS DA EDUCAÇÃO. ORIGEM, VALORES E DATAS. 4 &amp;#8211; MATERIAL ESCOLAR: O QUE SE ADQUIRIU ESTE ANO, QUANTIDADE E DEMANDA PARA O 2º SEMESTRE. 5- NÍVEL E QUALIDADE DO RELACIONAMENTO SUPERVISORA PEDAGÓGICA MARIA  VAGNA RIBEIRO-PROFESSORES DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>SOLICITAM DO SECRETÁRIO DE EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS QUE DESTINE REFORÇO ALIMENTAR À MERENDA ESCOLAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5395/5395_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5395/5395_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS AO MUNICÍPIO NO VALOR DE R$ 200 MIL PARA SEREM ALOCADOS EM OBRAS DE RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5396/5396_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5396/5396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSOS FINANCEIROS NO VALOR DE R$ 150 MIL PARA RECAPEAMENTO ASFÁLTICO DAS RUAS DO BAIRRO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5397/5397_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5397/5397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM CÓPIA DO PROCESSO LICITATÓRIO Nº 95/2015, CONTRATO Nº 16/15, NO VALOR DE R$ 200 MIL.</t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5398/5398_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5398/5398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ROGÉRIO NOGUEIRA RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA E PINTURA DO PRÉDIO DA APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5399/5399_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5399/5399_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL VAZ DE LIMA RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL A FAVOR DO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5401/5401_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5401/5401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ORLANDO MORANDO RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL QUE SERÁ DESTINADO AO IAMA.</t>
   </si>
   <si>
     <t>5402</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5402/5402_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5402/5402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO FREIRE RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5403/5403_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5403/5403_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO ELABORAÇÃO DE PROJETO DE LEI QUE TRATE SOBRE PROGRAMA DE PARCELAMENTO INCENTIVADO (PPI).</t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL EDMIR CHEDID RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, NO VALOR DE R$150 MIL REAIS, A FUNDO PERDIDO.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>Hélio José dos Santos, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. SEBASTIÃO MISIARA, PRESIDENTE DA UVESP (UNIÃO DOS VEREADORES DO ESTADO DE SÃO PAULO) REALIZAR, EM NOSSO MUNICÍPIO, UM SEMINÁRIO REGIONAL SOBRE &amp;#8220;ALTERNATIVAS DE DESENVOLVIMENTO&amp;#8221;.</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5406/5406_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5406/5406_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO DOAÇÃO DE LIVROS DE LITERATURA À E.E. HELEN KELLER.</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. ARTHUR CHIORO, MINISTRO DE ESTADO DA SAÚDE, RECURSOS FINANCEIROS PARA INVESTIMENTO NA AMPLIAÇÃO DOS LEITOS NA UTI DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5408/5408_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5408/5408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO QUE INTERCEDA PELA AUTORIZAÇÃO E ABERTURA DE INSCRIÇÕES PARA A REALIZAÇÃO DO VESTIBULAR DA FATEC AINDA NESTE ANO DE 2015.</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5409/5409_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5409/5409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO GOVERNADOR GERALDO ALCKMIM QUE MANTENHA LICENÇA-PRÊMIO DOS SERVIDORES PÚBLICOS ESTADUAIS.</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5410/5410_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5410/5410_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL BETH SAHÃO, RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 200 MIL PARA A REFORMA E ADEQUAÇÃO DO NOSSO GINÁSIO SE ESPORTES.</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAIS SÃO AS RAZÕES ALEGADAS PELA ADMINISTRAÇÃO MUNICIPAL COMO JUSTIFICATIVAS PLAUSÍVEIS PARA SOLICITAR DA DIREÇÃO DA FAI - FACULDADES ADAMANTINENSES INTEGRADAS, O PAGAMENTO DO ALUGUEL REFERENTE À UTILIZAÇÃO DO PRÉDIO DO CAMPUS I? 2 - HOUVE ALGUM PARECER JURÍDICO EMITIDO PELA SECRETÁRIA DE ASSUNTOS JURÍDICOS DA PREFEITURA FUNDAMENTANDO TAL SOLICITAÇÃO? 3 - HÁ MANIFESTAÇÃO FAVORÁVEL DO TCE - TRIBUNAL DE CONTAS DO ESTADO FAVORÁVEL AO SOLICITADO PELO EXECUTIVO MUNICIPAL, VISTO QUE CERTAMENTE ESSA PROPENSA DESPESA NÃO CONSTA NO ORÇAMENTO DA FAI APROVADO PARA O ANO DE 2015?</t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5416/5416_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5416/5416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- POR QUE, A DESPEITO DE RECOMENDAÇÃO DO TRIBUNAL DE CONTAS, O VALOR DE R$ 3.354,79 REFERENTE AO EMPENHO 12611/0-2013, PAGO AO SECRETÁRIO ROGÉRIO BUCHALA EM 17/12/2013, AINDA NÃO FOI ATUALIZADAMENTE DEVOLVIDO? 2- POR QUE, A DESPEITO DE REITERADAS GARANTIAS DE V. EXª. E DO SECRETÁRIO SR. ROGÉRIO BUCHALA PELOS JORNAIS E RÁDIOS LOCAIS, NÃO SE ADQUIRIU, EM 32 MESES DE GOVERNO NENHUMA ÁREA PARA CONSTRUÇÃO DE CASAS POPULARES VIA CDHU, OPTANDO-SE POR ÁREA INADEQUADA E EM VALOR SUPRA-IRREAL DESTINADA AO PROJETO MINHA CASA MINHA VIDA, COM DENÚNCIAS DE FORTE CORRUPÇÃO EM VÁRIOS ESTADOS BRASILEIROS?</t>
   </si>
   <si>
     <t>5412</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5412/5412_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5412/5412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA, RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 500 MIL, A SEREM UTILIZADOS EM RECAPEAMENTO ASFÁLTICO DE RUAS E AVENIDAS.</t>
   </si>
   <si>
     <t>5413</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: POR QUE ATÉ A PRESENTE DATA NÃO FORAM COLOCADAS EM PRÁTICA AS AÇÕES COMPROMISSADAS EM REUNIÃO OCORRIDA NO DIA 07 DE JULHO DE 2015 POR VOSSA EXCELÊNCIA, NA SALA DO ST.12 NA PRESENÇA DOS SENHORES ENGENHEIROS DO DER.12, OBJETIVANDO DECLARAR DE UTILIDADE PÚBLICA (15M DE FAIXA NÃO EDIFICANTE) ÀS MARGENS DA SP-294 ENTRE OS DISPOSITIVOS DA FAI NO KM 594 MAIS 312M AOS DISPOSITIVOS DA SP-065 TREVO DE ACESSO A VALPARAÍSO VISANDO A IMPLANTAÇÃO DE UMA MARGINAL BENEFICIANDO FUTUROS EMPREENDIMENTOS DE VÁRIOS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5417/5417_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5417/5417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SAMUEL MOREIRA RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL DESTINADO A REFORMA DO PAS I &amp;#8211; POSTO DE ATENDIMENTO À SAÚDE.</t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5418/5418_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5418/5418_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONVOCA A SECRETÁRIA MUNICIPAL DA CULTURA, NATÁLIA BACCHI BORRO E A DIRETORA DE TURISMO JAQUELINE ARIELE MORENO PARA PRESTAREM ESCLARECIMENTOS ACERCA DA CONTRATAÇÃO DE SHOWS A SEREM REALIZADOS DURANTE A 27ª EXPOVERDE.</t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAIS AS FUNÇÕES EXERCIDAS PELA DIRETORA DE TURISMO JAQUELINE ARIELE MORENO? 2- QUAL O HORÁRIO DE TRABALHO DESTA FUNCIONÁRIA NO EXERCÍCIO DESTE CARGO? 3- QUE ATIVIDADES ELA CONCRETAMENTE REALIZOU DESTE 1º DE JANEIRO DE 2015 ATÉ HOJE COMO DIRETORA DE TURISMO? ENVIAR RELATÓRIO COMPLETO, MEDICINANDO OS RESULTADOS CONCRETOS. 4- CONSIDERANDO A CONJUNTURA ATUAL, A SECRETÁRIA DA CULTURA ENTENDE IMPRESCINDÍVEL O REFERIDO CARGO. POR QUÊ?</t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5420/5420_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5420/5420_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL MARIA LÚCIA AMARY RECURSO FINANCEIRO NO VALOR DE R$ 180 MIL PARA REFORMA DA UNIDADE BÁSICA DE SAÚDE DO JARDIM ADAMANTINA, QUE TAMBÉM ATENDE OS JARDINS DAS PRIMAVERAS E ITAIPUS.</t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5421/5421_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5421/5421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ORLANDO MORANDO A INSTALAÇÃO DE UMA UNIDADE DO POUPATEMPO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL FRANCISCO EVERARDO OLIVEIRA SILVA RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL A SEREM REPASSADOS AO CRERES - CASA DE RECUPERAÇÃO E REINTEGRAÇÃO SOCIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5423/5423_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5423/5423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAM GALVÃO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA AQUISIÇÃO DE EQUIPAMENTOS E MEDICAMENTOS PARA O POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5424/5424_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5424/5424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DE SEGURANÇA PÚBLICA, ALEXANDRE DE MORAES, A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5425/5425_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5425/5425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ESTEVAM GALVÃO RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA E CANALIZAÇÃO DO CÓRREGO TAIPUS.</t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5426/5426_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5426/5426_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ESTEVAN GALVÃO RECURSOS FINANCEIROS DESTINADOS À  INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL SÉRGIO REIS RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL A SER UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA RECAPEAMENTO ASFÁLTICO DAS RUAS DA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5429/5429_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5429/5429_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTADUAL ED THOMAS A DESTINAÇÃO DE UMA AMBULÂNCIA, TIPO &amp;#8220;VAN&amp;#8221;, DEVIDAMENTE EQUIPADA PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5430/5430_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5430/5430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL ELI CORREIA FILHO RECURSOS NO VALOR DE R$ 250 MIL PARA CONSTRUÇÃO DE UMA QUADRA DE BOCHA E CAMPO DE MALHA.</t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5431/5431_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5431/5431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL CARLOS PIGNATARI RECURSOS NO VALOR DE R$ 250 MIL PARA CONSTRUÇÃO DE UMA QUADRA DE BOCHA E CAMPO DE MALHA.</t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5432/5432_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5432/5432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL GIL LANCASTER RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5433/5433_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5433/5433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: IDENTIFICAÇÃO DO SERVIDOR QUE AUTORIZOU O PAGAMENTO, CONFORME EMPENHO Nº 4243/2015, CUJA DESPESA FOI NO VALOR DE R$ 944,00 PARA RESTITUIR AOS COFRES PÚBLICOS, JÁ QUE APÓS NOS INTEIRARMOS, O SENHOR WILLIAN RICARDO ALVES DE MATOS, NÃO PERTENCE AO QUADRO DE SERVIDORES DA CODASP &amp;#8211; COMPANHIA DE DESENVOLVIMENTO AGRÍCOLA DO ESTADO DE SÃO PAULO, PORTANTO, NÃO PODERIA, A PREFEITURA PROCEDER PAGAMENTO NO HOTEL ABAPORU.</t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5434/5434_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5434/5434_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL BRUNO COVAS RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA OBRA DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1- QUAL O VALOR TOTAL DOS EMPENHOS DESTINADOS A TODAS AS VIAGENS DO PERÍODO DE 1º DE JANEIRO A 31 DE AGOSTO DE 2014. 2- ALGUÉM JÁ USOU O CARTÃO CORPORATIVO. SE POSITIVO, QUEM, QUANDO E VALORES GASTOS?</t>
   </si>
   <si>
     <t>5436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5436/5436_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5436/5436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL ANA PERUGINI RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL PARA SER UTILIZADO NA AQUISIÇÃO DE UMA AMBULÂNCIA DEVIDAMENTE EQUIPADA PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5437/5437_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5437/5437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOSÉ ZICO BRADO RECURSOS FINANCEIROS NO VALOR DE R$ 500 MIL PARA SEREM ALOCADOS EM NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL ANA PERUGINI RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DE LIXO PARA COLETA DOMICILIAR.</t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5439/5439_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5439/5439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL VICENTE CÂNDIDO RECURSO FINANCEIRO NO VALOR DE R$ 400 MIL QUE DEVERÁ SER REPASSADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5440/5440_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5440/5440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALENCAR SANTANA BRAGA RECURSO FINANCEIRO NO VALOR DE R$ 300 QUE DEVERÁ SER ALOCADO EM OBRAS DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ANDRES SANCHEZ RECURSO FINANCEIRO NO VALOR DE R$ 500 MIL A SEREM UTILIZADOS EM OBRAS RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL REINALDO ALGUZ REESTABELECIMENTO DO PROCESSO LICITATÓRIO DAS OBRAS DE IMPLANTAÇÃO DE UMA PASSARELA LIGANDO A RUA GENERAL CARNEIRO À AVENIDA XV DE NOVEMBRO, KM 562,74 DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5443/5443_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5443/5443_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUANTAS CRIANÇAS ADOLESCENTES E ADULTOS SÃO CADASTRADOS NO CENTRO E SAÚDE PARA RECEBER OS SEGUINTES MEDICAMENTOS, REFERENTE AO PERÍODO DE 01/01/25013 A 29/01/2014: MERILFENIDRATO &amp;#8211; 10MG; RITALINA &amp;#8211; 10MG; RITALINA &amp;#8211; 20MG; RITALINA &amp;#8211; 30MG; RITALINA &amp;#8211; 40MG.</t>
   </si>
   <si>
     <t>5444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5444/5444_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5444/5444_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UM CAMPO DE MALHA OFICIAL, DESTINADO AOS JOGOS DA AEMA - ASSOCIAÇÃO ESPORTIVA DA MALHA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL DR. RICARDO MADALENA DOAÇÃO DE LIVROS DE LITERATURA À E.E. PROFº DURVALINO GRION.</t>
   </si>
   <si>
     <t>5446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5446/5446_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5446/5446_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) - QUEM EFETIVAMENTE É O PROPRIETÁRIO DO (S) TERRENO(S) ONDE ESTÁ LOCALIZADO ESSE DEPÓSITO DE MATERIAL DE CONSTRUÇÃO? QUEM É O DONO DO REFERIDO DEPÓSITO DE MATERIAL DE CONSTRUÇÃO? ANEXAR DOCUMENTOS COMPROBATÓRIOS DAS INFORMAÇÕES A SEREM FORNECIDAS. 2) - EXISTE AUTORIZAÇÃO OFICIAL DA PREFEITURA PARA O FUNCIONAMENTO DESSE RAMO DE ATIVIDADE COMERCIAL (DEPOSITO DE MATERIAL DE CONSTRUÇÃO) NAQUELE LOCAL? EM CASO POSITIVO, ANEXAR DOCUMENTOS COMPROBATÓRIOS?  3) - A PREFEITURA TEM CONHECIMENTO DOS PROBLEMAS PROVOCADOS PELA INSTALAÇÃO DESSE DEPÓSITO DE MATERIAL DE CONSTRUÇÃO? EM CASO POSITIVO, QUAIS PROVIDÊNCIAS ESTÃO SENDO ADOTADAS VISANDO NÃO PREJUDICAR OS MORADORES DAQUELES BAIRROS?</t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5468/5468_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5468/5468_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ANTÔNIO CARLOS MENDES THAME EMENDA AO ORÇAMENTO DA UNIÃO/2015 DESTINANDO R$ 300 MIL PARA REFORMA DO PRÉDIO DO PROJETO ASA.</t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5469/5469_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5469/5469_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO MINISTRO DA EDUCAÇÃO, PROF. RENATO JANINE RIBEIRO, A DESTINAÇÃO DE DOIS ÔNIBUS PARA TRANSPORTE DE ALUNOS DA NOSSA ZONA RURAL ÀS REDES MUNICIPAL E ESTADUAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5470/5470_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5470/5470_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA MINISTRA DA AGRICULTURA, DRª. KATIA ABREU A DESTINAÇÃO DE R$ 300 MIL PARA A ASSOCIAÇÃO DOS PRODUTORES DE LEITE DO MUNICÍPIO DE ADAMANTINA E REGIÃO ADQUIRIR EQUIPAMENTOS QUE REDUNDARIAM NA OTIMIZAÇÃO DOS SERVIÇOS PRESTADOS A 43 MICRO E PEQUENOS PRODUTORES DE LEITE LOCAIS, ENGAJADOS NO PROCESSO DE AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5471/5471_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5471/5471_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO MINISTRO DOS ESPORTES, DR. GEORGE HILTON DOS SANTOS CECÍLIO A DESTINAÇÃO DE R$ 400 MIL PARA REFORMA DO &amp;#8220;GINÁSIO DE ESPORTES PAULO CAMARGO&amp;#8221;.</t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
     <t>SOLICITA DA DIREÇÃO REGIONAL DA CAIXA ECONÔMICA FEDERAL DE PRESIDENTE PRUDENTE A DESTINAÇÃO DE MAIS UM FUNCIONÁRIO PARA A AGÊNCIA DE ADAMANTINA, CENTRALIZADORA DOS ATENDIMENTOS REFERENTE AO FGTS, PIS E SEGURO DESEMPREGO.</t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5473/5473_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5473/5473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ABELARDO CAMARINHA EMENDA DESTINANDO RECURSO NO VALOR DE R$ 200 MIL PARA CUSTEIO DA SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5474/5474_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5474/5474_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO MINISTRO DOS ESPORTES, GEORGE HILTON DOS SANTOS CECÍLIO A DESTINAÇÃO DE UM MICROÔNIBUS PARA USO DA SECRETARIA MUNICIPAL DE ESPORTES DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5475/5475_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5475/5475_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ABELARDO CAMARINHA EMENDA NO VALOR DE R$ 250 MIL PARA RECAPEAMENTO NA AV. RIO BRANCO, TRECHO JARDIM DAS PRIMAVERAS, INÍCIO DA PRAÇA ESPORTIVA DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5476/5476_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5476/5476_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DA HABITAÇÃO, RODRIGO GARCIA A DESTINAÇÃO DE R$ 300 MIL, VIA PEM, PARA RECAPEAMENTO ASFÁLTICO DO TRECHO DA AV. RIO BRANCO, ENTRE O CONJUNTO HABITACIONAL DO JARDIM DAS PRIMAVERAS E O INÍCIO DA PRAÇA ESPORTIVA LOCALIZADA NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5477/5477_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5477/5477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL JORGE TADEU MUDALEN APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO EM FAVOR DA ASSOCIAÇÃO DE PAIS E AMIGOS DO EXCEPCIONAL &amp;#8211; APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5478/5478_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5478/5478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: ONDE ESTÁ TRABALHANDO O MÉDICO VETERINÁRIO, SERVIDOR DESTA PREFEITURA, REFERÊNCIA 10, APÓS O FECHAMENTO DO MATADOURO? INFORMAR HORÁRIO DE TRABALHO DO MESMO. - SETOR (SECRETARIA) ONDE ESTÁ LOTADO.</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5479/5479_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5479/5479_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUANTAS LOUSAS DIGITAIS A REDE MUNICIPAL DE ENSINO POSSUI? DESTAS, QUANTAS ESTÃO SENDO UTILIZADAS NORMALMENTE? MENCIONAR O NÚMERO DE HORAS POR UNIDADE ESCOLAR, CITANDO AS USÁVEIS E AS NÃO USÁVEIS.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ANDRÉ DO PRADO A INTERCESSÃO DO MESMO JUNTO AO DR. MARCELO MATTOS ARAÚJO, SECRETÁRIO DE ESTADO DA CULTURA, OBJETIVANDO A DOAÇÃO DE LIVROS DE LITERATURA À E. E. HELEN KELLER.</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5481/5481_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5481/5481_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1) QUAL A JUSTIFICATIVA DO EXECUTIVO MUNICIPAL PARA NÃO ENCAMINHAR PROJETO DE LEI COMPLEMENTAR DOANDO DEFINITIVAMENTE O TERRENO ESCOLHIDO INICIALMENTE E LOCALIZADO NA AVENIDA ANTÔNIO TIVERON, PRÓXIMO À CASA DO TRABALHADOR, NO JARDIM BRASIL, AO CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221;? 2) CASO A ADMINISTRAÇÃO MUNICIPAL MANTENHA O POSICIONAMENTO INICIAL, QUAIS PROVIDÊNCIAS ESTÃO SENDO ADOTADAS VISANDO SOLUCIONAR DE FORMA DEFINITIVA ESSA SITUAÇÃO E NÃO PREJUDICAR AINDA MAIS A NOSSA SOCIEDADE E OS JOVENS MAIS HUMILDES DE NOSSA COMUNIDADE E SOBRETUDO A IMAGEM DE ADAMANTINA JUNTO AO GOVERNO DO ESTADO?</t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM À DRª. MARTA COSTA, DEPUTADA ESTADUAL, JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO DR. DAVID UIP, SECRETÁRIO DE ESTADO DA SAÚDE, OBJETIVANDO A LIBERAÇÃO DE UMA AMBULÂNCIA PARA O MUNICÍPIO DE ADAMANTINA DESTINADA AO TRANSPORTE DE PESSOAS QUE NECESSITAM SE DESLOCAREM A OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5483/5483_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5483/5483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM À DRª. MARTA COSTA, DEPUTADA ESTADUAL, SOLICITANDO A INTERCESSÃO DA MESMA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO DR. DAVID UIP, SECRETÁRIO DE ESTADO DA SAÚDE, COM O OBJETIVO DE LIBERAR R$ 200 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5484/5484_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5484/5484_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ED THOMAS SUA INTERFERÊNCIA JUNTO À SECRETARIA ESTADUAL DO MEIO AMBIENTE, OBJETIVANDO A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 150 MIL À NOSSA PREFEITURA PARA AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DE LIXO PARA COLETA DOMICILIAR.</t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5485/5485_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5485/5485_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ANTÔNIO GOULART DOS REIS SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, VISANDO À LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 200 MIL REAIS PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA NO PARQUE CALDEIRAS, PRINCIPALMENTE NA EXTENSÃO DE GALERIAS.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: - CÓPIA DO CONVÊNIO. - CÓPIA DO PROJETO PARA APLICAÇÃO DE RECURSOS. - QUAL O VALOR DA CONTRAPARTIDA DO MUNICÍPIO? - QUANTAS PARCELAS, VALORES E DATAS EM QUE FORAM LIBERADAS PARA O MUNICÍPIO? - QUAIS OS EVENTOS E DATAS EM QUE JÁ FORAM REALIZADOS, POR CONTA DESTE CONVÊNIO, COM VALORES LICITADOS E EMPENHADOS? - ENVIAR CÓPIAS DOS EMPENHOS PAGOS POR CONTA DA LIBERAÇÃO DAS PARCELAS DESTE CONVÊNIO, JUNTAMENTE COM OS CONTRATOS ASSINADOS COM AS EMPRESAS.</t>
   </si>
   <si>
     <t>5487</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5487/5487_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5487/5487_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ALDO DEMARCHI A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 80.000,00 PARA SEREM REPASSADAS PARA A INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO PARA REFORMA E COMPRA DE EQUIPAMENTOS DE SUA LAVANDERIA.</t>
   </si>
   <si>
     <t>5488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5488/5488_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5488/5488_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL FRANCISCO EVERARDO OLIVEIRA SILVA (TIRIRICA), APRESENTAR EMENDA NO PRÓXIMO ORÇAMENTO, CONFORME ABAIXO RELACIONADO: - R$ 200.000,00 PARA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO CONJUNTO HABITACIONAL PARQUE ITAIPUS; R$ 250.000,00 PARA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO PARQUE UNIVERSITÁRIO; R$ 300.000,00 PARA OBRAS DE INFRAESTRUTURA URBANA NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ALENCAR SANTANA BRAGA APRESENTAR EMENDA NO VALOR DE R$ 400 MIL QUE DEVERÁ SER ALOCADO EM OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE PARA CONSTRUÇÃO DE GUIAS, SARJETAS E ASFALTO.</t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5564/5564_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5564/5564_texto_integral.pdf</t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5565/5565_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5565/5565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL FRANCISCO EVERARDO OLIVEIRA SILVA, APRESENTAR EMENDA NO PRÓXIMO ORÇAMENTO, CONFORME ABAIXO RELACIONADO: - R$ 200.000,00 PARA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO CONJUNTO HABITACIONAL PARQUE ITAIPUS; R$ 250.000,00 PARA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO PQ. UNIVERSITÁRIO; R$ 300.000,00 PARA OBRAS DE INFRAESTRUTURA URBANA NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5566/5566_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5566/5566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SÉRGIO REIS SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA CIDADE, VISANDO À LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL REAIS PARA SEREM ALOCADOS EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE PARA A CONSTRUÇÃO DE GUIAS, SARJETAS, GALERIAS E ASFALTO.</t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>Rogério César Sacoman, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5567/5567_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5567/5567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AO DEPUTADO ESTADUAL ED THOMAS A LIBERAÇÃO DE RECURSOS FINANCEIROS A SER UTILIZADO NAS NA ILUMINAÇÃO DO CAMPO DE FUTEBOL, COLOCAÇÃO DE PISO NOS VESTIÁRIOS CENTRO COMUNITÁRIO E CONSTRUÇÃO DA ÁREA DE LAZER DA VILA FREITAS TAIS COMO REVESTIMENTO DE PAREDES, INSTALAÇÕES ELÉTRICAS, PINTURA, APARELHO DE GINÁSTICA E VÁRIOS SERVIÇOS COMPLEMENTARES.</t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5568/5568_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5568/5568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - QUAL A PREVISÃO PARA O INÍCIO DO ATENDIMENTO MÉDICO NO BAIRRO LAGOA SECA? - POR QUE NÃO FOI INICIADO O ATENDIMENTO, TENDO EM VISTA QUE O ACORDADO COM O EXECUTIVO ERA PARA INICIAR NO ANO DE 2015?</t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5569/5569_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5569/5569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: - O QUE TEM ATRASADO O SERVIÇO DO PROGRAMA MELHOR CAMINHO QUE ESTÁ SENDO REALIZADO NA ADM 343, CONHECIDA COMO ESTRADA SEIS? - QUAL A PREVISÃO DO TÉRMINO DA EXECUÇÃO DOS SERVIÇOS?</t>
   </si>
   <si>
     <t>5570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5570/5570_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5570/5570_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: - ENVIAR CÓPIA DO TERMO DE CONVÊNIO Nº 811899/2014, ENTRE O MUNICÍPIO E O MINISTÉRIO DA CULTURA. - ENVIAR CÓPIA DE TODA DOCUMENTAÇÃO DO REFERIDO MINISTÉRIO DETERMINANDO A DEVOLUÇÃO DE APROXIMADAMENTE R$ 81.000,00. - QUAL O MONTANTE EFETIVAMENTE PAGO À EMPRESA CONTRATADA PARA EXECUÇÃO DO CONVÊNIO? - QUAL O MONTANTE JÁ REPASSADO PELO MINISTÉRIO DA CULTURA REFERENTE AO CONVÊNIO ATÉ A PRESENTE DATA? - QUAL A PREVISÃO PARA O REPASSE DO RESTANTE AO MUNICÍPIO?</t>
   </si>
   <si>
     <t>5571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5571/5571_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5571/5571_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ESTEVAM GALVÃO A DESTINAÇÃO DE R$ 150 MIL REAIS PARA AJUDAR NO PROGRAMA QUE VISA REFORMAR E CONSTRUIR RESIDÊNCIAS PARA AQUELAS PESSOAS EXTREMAMENTE CARENTES QUE VIVEM EM CASAS DE RISCOS, PRINCIPALMENTE IDOSOS, QUE NÃO SE ENQUADRAM EM NENHUM PROGRAMA HABITACIONAL.</t>
   </si>
   <si>
     <t>5572</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5572/5572_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5572/5572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA PRESIDÊNCIA DA CÂMARA DOS DEPUTADOS A DESTINAÇÃO DE 1000 EXEMPLARES DA CONSTITUIÇÃO FEDERAL A SEREM DISTRIBUÍDOS A ALUNOS DO CURSO DE DIREITO DA FAI, ESTAGIÁRIOS, ESCRITÓRIOS ADVOCATÍCIOS E OUTROS CIDADÃOS INTERESSADOS.</t>
   </si>
   <si>
     <t>5573</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL ANALICE FERNANDES A DESTINAÇÃO DE DUAS AMBULÂNCIAS ESPECIAIS PARA TRANSPORTES DE PACIENTES LOCAIS QUE CARECEM DE TRANSPORTE PARA CENTROS MÉDICO-HOSPITALARES DE CIDADES COMO MARÍLIA, CAMPINAS, JAÚ, BARRETOS, PRESIDENTE PRUDENTE E SÃO PAULO.</t>
   </si>
   <si>
     <t>5574</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5574/5574_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5574/5574_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA FEDERAL LUIZA ERUNDINA EMENDA NO VALOR DE R$ 300 MIL BENEFICIANDO A INSTITUIÇÃO CARLOS PEGORARO PARA REFORMA FÍSICA E EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>5575</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5575/5575_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5575/5575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ADILSON ROSSI A DESTINAÇÃO DE 200 MIL PARA REFORMA DO PRÉDIO DO IAMA.</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5576/5576_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5576/5576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXEMPLAR DEPUTADO ESTADUAL JOSÉ BITTENCOURT A DESTINAÇÃO DE 300 MIL PARA OBRAS DE INFRAESTRUTURA (RECAPEAMENTO ASFÁLTICO) EM RUAS DAS VILAS CICMA E OLIVERO.</t>
   </si>
   <si>
     <t>5577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5577/5577_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5577/5577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO FREIRE EMENDA AO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200 MIL QUE SERÃO UTILIZADOS PARA REFORMAS E ADAPTAÇÕES EM NOSSO CEMITÉRIO MUNICIPAL, TAIS COMO CONSTRUÇÃO DE PORTARIA, BANHEIROS, RECAPEAMENTO DAS RUAS E VÁRIOS OUTROS REPAROS NECESSÁRIOS.</t>
   </si>
   <si>
     <t>5578</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ARLINDO CHINAGLIA A APRESENTAÇÃO DE EMENDA NO VALOR DE R$ 100.000,00, QUE DEVERÁ SER REPASSADO AO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5579/5579_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5579/5579_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL BETH SAHÃO A INCLUSÃO DE EMENDA NO VALOR DE R$ 400 MIL REAIS AO NOSSO MUNICÍPIO, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL VICENTE CÂNDIDO EMENDA NO VALOR DE R$ 250.000,00 AO IAMA PARA SEREM APLICADOS NA COMPRA DE EQUIPAMENTOS E CUSTEIO DA ENTIDADE.</t>
   </si>
   <si>
     <t>5581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL JORGE TADEU MUDALEN A APRESENTAÇÃO DE EMENDA NO VALOR DE R$ 500 MIL REAIS, DESTINADOS AO RECAPEAMENTO ASFÁLTICO EM BAIRROS PERIFÉRICOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5582/5582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5582/5582_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO O DECRETO MUNICIPAL Nº 5.533, DE 22 DE JULHO DE 2015, QUE DISPÕE SOBRE A INSTAURAÇÃO E NOMEAÇÃO DE UMA COMISSÃO DE PROCESSO ADMINISTRATIVO ESPECÍFICO VISANDO VERIFICAR SUPOSTAS IRREGULARIDADES OCORRIDAS NA CONSTRUÇÃO DA UNIDADE DE PRONTO ATENDIMENTO &amp;#8211; UPA, SOLICITA A SEGUINTE INFORMAÇÃO: POR QUE NÃO INCLUIR NA REFERIDA COMISSÃO UM ESPECIALISTA PERTENCENTE AO ITP - INSTITUTO DE PESQUISAS TECNOLÓGICAS, ÓRGÃO DO GOVERNO DO ESTADO DE SÃO PAULO, QUE CONTA COM LABORATÓRIOS CAPACITADOS E EQUIPE DE PESQUISADORES E TÉCNICOS ALTAMENTE QUALIFICADOS, COM VISTAS A OFERECER UM APOIO LOGÍSTICO DE QUALIDADE AO TRABALHO A SER DESENVOLVIDO PELOS MEMBROS DA COMISSÃO OU AO MENOS SE CONTRATE UM PROFISSIONAL EXTERNO PARA EXECUTAR ESSA ATIVIDADE?</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO O DECRETO MUNICIPAL Nº 5.403, DE 10 DE JULHO DE 2014, QUE DISPÕE SOBRE A INSTAURAÇÃO E NOMEAÇÃO DE UMA COMISSÃO DE PROCESSO ADMINISTRATIVO SOBRE A CONSTRUÇÃO DA PONTE METÁLICA PADRONIZADA NO CÓRREGO TOCANTINS, SOLICITA AS SEGUINTES INFORMAÇÕES: 1) QUAIS OS MOTIVOS QUE CONDUZIRAM O EXECUTIVO MUNICIPAL A CONSTITUIR ESSA COMISSÃO DE PROCESSO ADMINISTRATIVO? EXISTE ALGUM INDÍCIO DE IRREGULARIDADE OCORRIDA NA CONSTRUÇÃO DA REFERIDA PONTE METÁLICA OU DESCUMPRIMENTO DE ALGUMA OBRIGAÇÃO CONTRATUAL POR PARTE DA EMPRESA RESPONSÁVEL PELA OBRA? 2) POR QUE NÃO INCLUIR NA COMISSÃO UM PROFISSIONAL PERTENCENTE AO ITP - INSTITUTO DE PESQUISAS TECNOLÓGICAS, ÓRGÃO DO GOVERNO DO ESTADO DE SÃO PAULO, QUE CONTA LABORATÓRIOS CAPACITADOS E EQUIPE DE PESQUISADORES E TÉCNICOS ALTAMENTE QUALIFICADOS, COM VISTAS A OFERECER UM APOIO LOGÍSTICO DE QUALIDADE AO TRABALHO A SER DESENVOLVIDO PELOS MEMBROS DA COMISSÃO OU AO MENOS SE CONTRATE UM ESPECIALISTA EXTERNO PARA EXECUTAR ESSA ATIVIDADE?</t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5584/5584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5584/5584_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO SUA INTERCESSÃO JUNTO AO DR. MARCELO MATTOS ARAÚJO, SECRETÁRIO DE ESTADO DA CULTURA, OBJETIVANDO A DOAÇÃO DE LIVROS DE LITERATURA À E. E. DURVALINO GRION.</t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5585/5585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5585/5585_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL DR. RICARDO MADALENA A DOAÇÃO DE 50 EXEMPLARES DE CONSTITUIÇÕES (FEDERAL E ESTADUAL) EDITADAS PELA IMPRENSA OFICIAL DO ESTADO DE SÃO PAULO, COM AS ÚLTIMAS EMENDAS APROVADAS, PARA SEREM DISTRIBUÍDAS ÀS ESCOLAS PÚBLICAS MUNICIPAIS E ESTADUAIS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5586/5586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5586/5586_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. SAMUEL MOREIRA A DOAÇÃO DE EXEMPLARES DAS SEGUINTES PUBLICAÇÕES: CONSTITUIÇÃO FEDERAL, CÓDIGO DE TRÂNSITO BRASILEIRO, ESTATUTO DO IDOSO E LEGISLAÇÃO BRASILEIRA DE PROTEÇÃO E DEFESA DO CONSUMIDOR COM AS ÚLTIMAS ATUALIZAÇÕES, PARA SEREM DISTRIBUÍDAS ÀS ESCOLAS PÚBLICAS MUNICIPAIS E ESTADUAIS EXISTENTES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL PEDRO TOBIAS A APRESENTAÇÃO DE EMENDA NO PRÓXIMO ORÇAMENTO DO ESTADO/2016 NO VALOR DE R$ 50.000,00 PARA REFORMA DA SEDE DA POLÍCIA MIRIM DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5588/5588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5588/5588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MILTON LEITE FILHO A APRESENTAÇÃO DE EMENDA NO PRÓXIMO ORÇAMENTO DO ESTADO/2016 NO VALOR DE R$ 50.000,00 PARA CUSTEIO E COMPRA DE EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5589/5589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5589/5589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ANDRÉ SOARES A APRESENTAÇÃO DE EMENDA NO PRÓXIMO ORÇAMENTO DO ESTADO/2016 NO VALOR DE R$ 50.000,00 PARA CUSTEIO E REFORMA DO PRÉDIO DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL MARTA COSTA A APRESENTAÇÃO DE EMENDA NO PRÓXIMO ORÇAMENTO DO ESTADO/2016 NO VALOR DE R$ 100.000,00 PARA INFRAESTRUTURA EM BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5599/5599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5599/5599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PEDRO TOBIAS VISANDO À DESTINAÇÃO DE RECURSO NO VALOR DE R$ 400 MIL PARA OBRAS DE RECAPEAMENTO ASFÁLTICO NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5600/5600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5600/5600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL BALEIA ROSSI VISANDO À DESTINAÇÃO DE R$ 300 MIL PARA OBRAS DE RECAPEAMENTO ASFÁLTICO DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5601/5601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5601/5601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SECRETÁRIO ESTADUAL DE PLANEJAMENTO, DR. MARCOS ANTÔNIO MONTEIRO, A DESTINAÇÃO DE RECURSO NO VALOR DE R$ 500 MIL PARA RECAPEAMENTO ASFÁLTICO DA AVENIDA FRANCISCO BELLUSCI, TRECHO FAI &amp;#8211; VIA DE ACESSO MARECHAL CASTELO BRANCO, EXTENSÃO DE 1500 METROS.</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5602/5602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5602/5602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ORLANDO MORANDO A DESTINAÇÃO DE RECURSO NO VALOR DE R$ 300 MIL PARA OBRAS DE RECAPEAMENTO ASFÁLTICO NA VILA CICMA.</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5603/5603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5603/5603_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. CARLÃO PIGNATARI, DEPUTADO ESTADUAL E LÍDER DO PARTIDO DA SOCIAL DEMOCRACIA BRASILEIRA &amp;#8211; PSDB NA ASSEMBLEIA LEGISLATIVA PARA INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - GOSTARIA DE SABER DO CHEFE DO EXECUTIVO, PORQUE ATÉ A PRESENTE DATA NÃO FORAM INCLUÍDAS AS RUAS E AVENIDAS DOS BAIRROS RESIDENCIAL MONTE ALEGRE E ELDORADO II NA PROGRAMAÇÃO DE PINTURA DE SOLO &amp;#8220;PARE&amp;#8221;?</t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5605/5605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5605/5605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - POR QUAIS MOTIVOS AINDA NÃO FOI DADO INÍCIO NAS OBRAS DE CONSTRUÇÃO DA CICLOVIA NO PARQUE DOS PIONEIROS?</t>
   </si>
   <si>
     <t>5606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - POR QUAIS MOTIVOS PAROU A CONSTRUÇÃO DOS BANHEIROS NO CAMPO DO JARDIM ADAMANTINA?</t>
   </si>
   <si>
     <t>5607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5607/5607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5607/5607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR JOÃO AUGUSTO RIBEIRO, DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, SUA INTERFERÊNCIA JUNTO À SECRETARIA RESPONSÁVEL PELA ELABORAÇÃO DO PROJETO DAS OBRAS DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, VISANDO INCLUIR A CONSTRUÇÃO DE UM TREVO NA MENCIONADA RODOVIAS, PROXIMIDADES DA ÁREA COMERCIAL E INDUSTRIAL VALENTIM GATTI, A FIM DE FACILITAR A ENTRADA E SAÍDA DE VEÍCULOS, PRINCIPALMENTE CAMINHÕES PESADOS.</t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5608/5608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5608/5608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SÉRGIO REIS EMENDA NO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 PARA SER UTILIZADO NA COMPRA DE TRATOR E OUTROS EQUIPAMENTOS AGRÍCOLAS PARA APARELHAR NOSSA PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5609/5609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5609/5609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUAIS FORAM OS MOTIVOS DA PARALISAÇÃO DA CONSTRUÇÃO DOS BANHEIROS NA ÁREA DE LAZER DO PARQUE CALDEIRA?</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5610/5610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5610/5610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. CARLOS CÉZAR, DEPUTADO ESTADUAL E LÍDER DO PARTIDO SOCIALISTA BRASILEIRO &amp;#8211; PSB, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. GERALDO CRUZ, DEPUTADO ESTADUAL E LÍDER DO PARTIDO DOS TRABALHADORES &amp;#8211; PT, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5612/5612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5612/5612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO INCLUIR EMENDA NO ORÇAMENTO DO ESTADO NO VALOR DE R$ 150 MIL REAIS, QUE DEVERÁ SER UTILIZADO NO TÉRMINO DA CONSTRUÇÃO DO CENTRO COMUNITÁRIO E COLOCAÇÃO DE ALAMBRADO NO CAMPO DE FUTEBOL E MALHA DO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
     <t>DINHA, Aguinaldo Pires Galvão, DINIZ PARÚSSOLO MARTINS, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJA OFICIADO O DR. ESTEVAM GALVÃO, DEPUTADO ESTADUAL E LÍDER DO PARTIDO DOS DEMOCRATAS &amp;#8211; DEM, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL EDMIR CHEDID SUA INTERFERÊNCIA JUNTO AO GOVERNADOR GERALDO ALCKMIN, VISANDO À LIBERAÇÃO DE RECURSOS NO VALOR DE R$70.000,00 PARA SEREM REPASSADOS AO IAMA PARA REFORMA DO PRÉDIO, COMPRA DE EQUIPAMENTOS E CUSTEIO DA ENTIDADE.</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5615/5615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5615/5615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL REINALDO ALGUZ A DESTINAÇÃO DE UMA ACADEMIA AO AR LIVRE E UM PARQUE INFANTIL PARA SEREM INSTALADOS NO PARQUE OITI-TIPUANAS.</t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5616/5616_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5616/5616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. MARCOS NEVES, DEPUTADO ESTADUAL E LÍDER DO PARTIDO VERDE &amp;#8211; PV, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5617</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5617/5617_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5617/5617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL DR. MÁRCIO ALVINO A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2016 NO VALOR DE R$300 MIL PARA OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS).</t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL PROF. ANDRÉ DO PRADO A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS).</t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5619/5619_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5619/5619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5620/5620_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5620/5620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MÁRCIO ALVINO, DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO NO VALOR DE R$300 MIL PARA CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5621/5621_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5621/5621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. MAURO BRAGATO, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS).</t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5622/5622_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5622/5622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. MAURO BRAGATO, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5623/5623_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5623/5623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. PAULO FREIRE, DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO NO VALOR DE R$300 MIL PARA OBRAS DE INFRA-ESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS).</t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. PAULO FREIRE, DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO NO VALOR DE R$300 MIL PARA CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5625/5625_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5625/5625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. RICARDO MADALENA, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS).</t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. RICARDO MADALENA, DEPUTADO ESTADUAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DO ESTADO NO VALOR DE R$200 MIL PARA CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5627/5627_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5627/5627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O PROF. ANDRÉ DO PRADO, DEPUTADO ESTADUAL E LÍDER DO PARTIDO DA REPÚBLICA &amp;#8211; PR, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5628/5628_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5628/5628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DR. JORGE WILSON XERIFE DO CONSUMIDOR, DEPUTADO ESTADUAL E LÍDER DO PARTIDO REPUBLICANO BRASILEIRO &amp;#8211; PRB, NA ASSEMBLEIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO DO RESPEITÁVEL PARLAMENTAR ESTADUAL INTERFERÊNCIA JUNTO AO DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, BEM COMO JUNTO AO PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, OBJETIVANDO A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5629</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5629/5629_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5629/5629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJA OFICIADO O DR. GERALDO ALCKMIN, GOVERNADOR DO ESTADO, O PROF. DR. HERMAN VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, O DR. FERNANDO CAPEZ, DEPUTADO ESTADUAL E PRESIDENTE DA ASSEMBLEIA LEGISLATIVA, O DR. PEDRO TOBIAS, DEPUTADO ESTADUAL E PRESIDENTE ESTADUAL DO PSDB, A PROFª. RITA PASSOS, DEPUTADA ESTADUAL E PRESIDENTE DA COMISSÃO PERMANENTE DE EDUCAÇÃO E CULTURA DA ASSEMBLEIA LEGISLATIVA, O DR. CAUÊ MACRIS, DEPUTADO ESTADUAL E LÍDER DO GOVERNO NA ASSEMBLÉIA LEGISLATIVA, O DR. SILVIO TORRES, DEPUTADO FEDERAL E O SR. MAURO BRAGATO, DEPUTADO ESTADUAL, SOLICITANDO DESSES RESPEITÁVEIS AGENTES POLÍTICOS A APROVAÇÃO DA PROPOSTA DE REORGANIZAÇÃO APRESENTADA PELA DIRETORIA DE ENSINO DE ADAMANTINA À SECRETARIA ESTADUAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>5630</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5630/5630_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5630/5630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO MINISTRO DA SAÚDE DR. MARCELO CASTRO, NO SENTIDO DE LIBERAR, EM CARÁTER EMERGENCIAL, RECURSOS FINANCEIROS NO VALOR DE R$ 500 MIL REAIS PARA REFORMA E AMPLIAÇÃO DA UNIDADE DE TERAPIA INTENSIVA DA NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5631</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5631/5631_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5631/5631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DEPUTADA ESTADUAL BETH SAHÃO, NO SENTIDO DE LIBERAR, EM CARÁTER EMERGENCIAL, RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS PARA CUSTEIO E COMPRA DE EQUIPAMENTOS PARA NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5632/5632_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5632/5632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: - QUAL CRITÉRIO FOI UTILIZADO PELO DEPARTAMENTO MUNICIPAL DE TRÂNSITO PARA INSTALAÇÃO DE MAIS UM SEMÁFORO NA AV. RIO BRANCO, ESQUINA COM A RUA DEPUTADO SALLES FILHO, JÁ QUE TEMOS 3 ENTRE A RUA JOAQUIM NABUCO E A AV. ADHEMAR DE BARROS, ESQUINA DO BANCO DO BRASIL? - NÃO HAVERÁ CONGESTIONAMENTO DE VEÍCULOS PRINCIPALMENTE NOS HORÁRIOS DE PICO, POIS JÁ TEM OCORRIDO ISSO DAS 8H ÀS 12H E DAS 18H ÀS 19H E, AOS SÁBADOS, DAS 8H ÀS 12H, OU SEJA, TODO O PERÍODO DA MANHÃ? - NÃO SERIA MAIS CONVENIENTE COLOCAR ESTE SEMÁFORO NA AV. ADHEMAR DE BARROS, ESQUINA COM A AL. PADRE NÓBREGA, INCLUSIVE JÁ FORAM FEITAS VÁRIAS INDICAÇÕES A ESSE RESPEITO.</t>
   </si>
   <si>
     <t>5713</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5713/5713_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5713/5713_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES DA SECRETÁRIA MUNICIPAL DA CULTURA NATÁLIA BACCHI BORRO: - QUANTO A SECRETARIA MUNICIPAL DA CULTURA RECEBEU, ATRAVÉS DE VERBAS ESTADUAIS, PERÍODO NOVEMBRO/2015 &amp;#8211; NOVEMBRO/2016, EM RAZÃO DE PROJETOS E/OU REIVINDICAÇÕES OFICIALMENTE APRESENTADAS PELA DIRETORIA DE TURISMO, SOB A RESPONSABILIDADE DA DIRETORA JAQUELINE MORENO? EM CASO POSITIVO, ENVIAR COMPROVAÇÃO DOS VALORES RECEBIDOS. - FOI ELABORADO ALGUM PROJETO PELA DIRETORIA DE TURISMO NO PERÍODO ACIMA REFERIDO, VISANDO À SOLICITAÇÃO DE ENQUADRAMENTO DE ADAMANTINA COMO CIDADE TURÍSTICA, CATEGORIA 2? CASO POSITIVO, ENVIAR XEROCÓPIAS DOS DOCUMENTOS REFERENTES ÀS RESPECTIVAS REIVINDICAÇÕES.</t>
   </si>
   <si>
     <t>5714</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5714/5714_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5714/5714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALDO DEMARCHI A DESTINAÇÃO DE UMA ACADEMIA AO AR LIVRE A SER INSTALADA NO PARQUE GIULIANO.</t>
   </si>
   <si>
     <t>5715</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5715/5715_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5715/5715_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAUÊ MACRIS A DESTINAÇÃO DE R$200 MIL PARA OBRA DE INFRAESTRUTURA, RECAPEAMENTO ASFÁLTICO NO PARQUE GIULIANO.</t>
   </si>
   <si>
     <t>5716</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5716/5716_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5716/5716_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL HEROILMA SOARES TAVARES A DESTINAÇÃO DE R$ 200 MIL PARA RECAPEAMENTO ASFÁLTICO NO LOTEAMENTO PARQUE ITAIPUS.</t>
   </si>
   <si>
     <t>5717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5717/5717_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5717/5717_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAMPOS MACHADO A DESTINAÇÃO DE UMA ACADEMIA AO AR LIVRE A SER INSTALADA NO LOTEAMENTO ITAIPUS.</t>
   </si>
   <si>
     <t>5718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5718/5718_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5718/5718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA CONVOCADO O SENHOR ANTÔNIO TIVERON FILHO, SECRETÁRIO MUNICIPAL DE OBRAS , A FIM DE QUE APRESENTE A ESTA CASA AS INFORMAÇÕES RELATIVAS A: 1 &amp;#8211; PROJETO DE RECUPERAÇÃO DA MALHA ASFÁLTICA URBANA; 2 &amp;#8211; AÇÕES A SEREM REALIZADAS EM CARÁTER EMERGENCIAL, VISANDO AO RESTABELECIMENTO DE CONDIÇÕES ADEQUADAS DE TRÁFEGO EM TODA A CIDADE; 3 &amp;#8211; AQUISIÇÃO DE EMULSÃO ASFÁLTICA EM QUANTIDADE CAPAZ DE ATENDER AS PRINCIPAIS DEMANDAS RELACIONADAS À BOA ACESSIBILIDADE POR TODAS AS RUAS DA CIDADE.</t>
   </si>
   <si>
     <t>5719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5719/5719_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5719/5719_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL BRUNO COVAS QUE APRESENTE EMENDA DESTINANDO RECURSO NO VALOR DE R$ 250 MIL PARA RECAPEAMENTO ASFÁLTICO NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5720/5720_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5720/5720_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ QUE APRESENTE EMENDA DESTINANDO RECURSO NO VALOR DE R$ 250 MIL PARA RECAPEAMENTO ASFÁLTICO NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>5721</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5721/5721_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5721/5721_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO GOVERNADOR GERALDO ALCKMIN A VIABILIZAÇÃO, EM CARÁTER EMERGENCIAL, DE RECURSO FINANCEIRO NO VALOR DE R$ 1,2 MILHÃO, VISANDO-SE AO RECAPEAMENTO ASFÁLTICO DE VÁRIOS TRECHOS DAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5722/5722_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5722/5722_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS INTERFERIR JUNTO À SECRETARIA ESTADUAL DE HABITAÇÃO, QUE A CDHU VIABILIZE A CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>5723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5723/5723_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5723/5723_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A SEGUINTE INFORMAÇÃO: - COMO ANDA O PROJETO PARA REFORMA E COBERTURA DA ARQUIBANCADA DA QUADRA POLIESPORTIVA COBERTA DO &amp;#8220;PROJETO ASA&amp;#8221; FRANCISCO VITORINO, POPULAR &amp;#8220;CHICO PRETO&amp;#8221; NO JARDIM PAULISTA?</t>
   </si>
   <si>
     <t>5724</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO, Aguinaldo Pires Galvão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5724/5724_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5724/5724_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM AS SEGUINTES INFORMAÇÕES: A) CÓPIA DO CONTRATO ENTRE A PREFEITURA (COMISSÃO DA EXPOVERDE 2015) E CONTRATANTES DA PRAÇA DE ALIMENTAÇÃO; B) COMPROVANTES DE RECEBIMENTO DO VALOR NEGOCIADO DA PRAÇA DE ALIMENTAÇÃO; C) CÓPIA DO CONTRATO COM A EMPRESA DE ADAMANTINA (BAR DO DIOGO) QUE REALIZOU OS EVENTOS NOTURNOS NO RECINTO COM ENTRADA PAGA (RECEITAS E DESPESAS DEVIDAMENTE COMPROVADAS); D) CÓPIA DO CONTRATO COM A EMPRESA DO PARQUE DE DIVERSÕES E TODOS OS COMPROVANTES DE PAGAMENTO; E) BALANÇO GERAL DA EXPOVERDE 2015, DISCRIMINANDO RECEITAS, DESPESAS E DEVIDOS COMPROVANTES.</t>
   </si>
   <si>
     <t>5725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5725/5725_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5725/5725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUAL O MOTIVO QUE ESTÁ DIFICULTANDO A REALIZAÇÃO DO CONSERTO NECESSÁRIO NA PONTE DA ESTRADA CONHECIDA COMO &amp;#8220;PASSO PRETO&amp;#8221;, CÓRREGO DO JAPI, NAS IMEDIAÇÕES DA USINA BRANCO PERES ÁLCOOL?</t>
   </si>
   <si>
     <t>5726</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5726/5726_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5726/5726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - QUANDO O SENHOR PREFEITO IRÁ TOMAR PROVIDÊNCIAS EM RELAÇÃO AOS EMPREENDIMENTOS URBANOS QUE ESTÃO CAUSANDO TRANSTORNOS AOS SEUS MORADORES? SERÁ NOTIFICADO OS CONSTRUTORES RESPONSÁVEIS PELO EMPREENDIMENTO PARA REFAZER AS OBRAS NECESSÁRIAS COMO GALERIAS, ASFALTO E TODA A INFRAESTRUTURA NECESSÁRIA NO BAIRRO?</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5727/5727_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5727/5727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUAIS OS INCENTIVOS QUE A PREFEITURA ESTÁ OFERECENDO À EMPRESA ADASEBO &amp;#8211; INDÚSTRIA E COMÉRCIO, PARA A EXPANSÃO DO SEU PRÉDIO E O AUMENTO DA QUANTIDADE DE EMPREGOS?</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5728/5728_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5728/5728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO INTERFERÊNCIA JUNTO AO JUNTO AO SECRETÁRIO DE ESTADO DO ESPORTE, LAZER E JUVENTUDE, OBJETIVANDO A LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 200 MIL REAIS PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE A SER INSTALADO NOS BAIRROS PARQUE ITAMARATY, PARQUE DO SOL, E VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5729/5729_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5729/5729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, SR. JOÃO AUGUSTO RIBEIRO, A FIM DE ENVIAR PROJETO PARA INSTALAÇÃO DE PLACAS DE REDUÇÃO DE VELOCIDADE ENTRE OS KM 591 + 85M, 592 E 593 + 575 M LOCALIZADO NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS SP 294, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5730/5730_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5730/5730_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ANDRES SANCHEZ INTERFERIR JUNTO AO GOVERNO FEDERAL ATRAVÉS DO MINISTÉRIO DA SAÚDE, VISANDO A LIBERAÇÃO DE RECURSOS PARA AQUISIÇÃO DE UM ÔNIBUS EQUIPADO COM MACAS E CADEIRA DE RODAS PARA O TRANSPORTE EXCLUSIVO DE PACIENTES ONCOLÓGICOS QUE FAZEM TRATAMENTO DE SAÚDE NA CIDADE DE JAÚ E BARRETOS.E</t>
   </si>
   <si>
     <t>5731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5731/5731_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5731/5731_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SR. DR. LUÍS CARLOS DE PAULA E SILVA, DIRETOR DO DRS IX DE MARÍLIA, SUA INTERFERÊNCIA JUNTO À SECRETARIA ESTADUAL DE SAÚDE, OBJETIVANDO O AUMENTO DO NÚMERO DE LEITOS DAS UTIS DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5732</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5732/5732_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5732/5732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL JORGE TADEU MUDALEN A LIBERAÇÃO DE UM ÔNIBUS OU MICROÔNIBUS PARA USO EXCLUSIVO DA SECRETARIA DE ESPORTES DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5733</t>
   </si>
   <si>
     <t>DINIZ PARÚSSOLO MARTINS, Aguinaldo Pires Galvão, DINHA, ROBERTO HONÓRIO DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5733/5733_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5733/5733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJAM OFICIADOS OS EXCELENTÍSSIMOS GOVERNADOR DO ESTADO E SECRETÁRIO DE PROMOÇÃO E DESENVOLVIMENTO SOCIAL, SOLICITANDO, SE POSSÍVEL, A LIBERAÇÃO DE PELO MENOS PARTE DOS RECURSOS PENDENTES E DESTINADOS ÀS ENTIDADES DE ADAMANTINA (APAE, LAR DOS VELHOS, CASA DO GAROTO E IAMA).</t>
   </si>
   <si>
     <t>5734</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5734/5734_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5734/5734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. FRANCISCO EVERARDO OLIVEIRA SILVA (TIRIRICA), DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA AO ORÇAMENTO DA UNIÃO PARA O ANO DE 2016 NO VALOR DE R$300 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5735</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5735/5735_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5735/5735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. FRANCISCO EVERARDO OLIVEIRA SILVA (TIRIRICA), DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA NO VALOR DE R$200 MIL, A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5736</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5736/5736_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5736/5736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MILTON MONTI, DEPUTADO FEDERAL A INCLUSÃO DE UMA EMENDA NO VALOR DE R$300 MIL, A SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO, PAVIMENTAÇÃO ASFÁLTICA, GUIAS E SARJETAS) PARA O MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5737</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5737/5737_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5737/5737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. MILTON MONTI, DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA NO VALOR DE R$200 MIL, A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5738</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5738/5738_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5738/5738_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. SAMUEL MOREIRA, DEPUTADO FEDERAL, A INCLUSÃO DE UMA EMENDA NO VALOR DE R$200 MIL, A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5772</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5772/5772_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5772/5772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO ESTADUAL MAURO BRAGATO INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO, VIABILIZANDO PARA O ANO DE 2016 RECURSOS FINANCEIROS PARA A REFORMA DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL AZALÉIAS, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>5773</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5773/5773_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5773/5773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUANTO A PREFEITURA JÁ ECONOMIZOU COM A MUDANÇA DE FUNCIONAMENTO DO SEU HORÁRIO NORMAL?</t>
   </si>
   <si>
     <t>5774</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5774/5774_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5774/5774_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL BETO MANSUR A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 50.000,00 AO LAR DOS VELHOS DE NOSSA CIDADE PARA A COMPRA DE UMA SECADORA DE ROUPA E OUTROS EQUIPAMENTOS PARA A ÁREA DA LAVANDERIA.</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5775/5775_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5775/5775_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL ALEXANDRE LEITE SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, OBJETIVANDO A RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 PARA OBRAS DE RECAPEAMENTO ASFÁLTICO EM RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>5776</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5776/5776_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5776/5776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DO DEPUTADO FEDERAL ARNALDO JARDIM A DESTINAÇÃO DE RECURSOS FINANCEIROS QUE SERÁ DESTINADO À APAE DE ADAMANTINA PARA A PINTURA DO PRÉDIO.</t>
   </si>
   <si>
     <t>5777</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5777/5777_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5777/5777_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES DUARTE NOGUEIRA, VISANDO A QUE, EM CARÁTER EMERGENCIAL, O ESTADO REALIZE UM RECAPEAMENTO ASFÁLTICO NA VICINAL PLÁCIDO ROCHA, ÀS MARGENS DA SP-294 ENTRE OS DISPOSITIVOS DA FAI, NO KM 594 MAIS 312M, AOS DISPOSITIVOS DA SP-065 TREVO DE ACESSO A VALPARAÍSO, ATÉ A PONTE SOBRE O RIO AGUAPEÍ, EXTENSÃO DO TRECHO 27,6 KM.</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5778/5778_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5778/5778_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL EDSON FERRARINI QUE APRESENTE EMENDA NO VALOR DE R$200 MIL PARA REFORMA DO PRÉDIO DA POLÍCIA MIRIM DE ADAMANTINA</t>
   </si>
   <si>
     <t>5779</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5779/5779_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5779/5779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL FERNANDO CAPEZ QUE APRESENTE EMENDA DESTINANDO R$ 150 MIL PARA A AQUISIÇÃO DE ACERVO DE LIVROS DESTINADOS À BIBLIOTECA PÚBLICA MUNICIPAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5780</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5780/5780_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5780/5780_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL ARNALDO FARIA DE SÁ, QUE APRESENTE EMENDA DESTINANDO R$ 200 MIL PARA A OBRA DE INFRAESTRUTURA (RECAPEAMENTO ASFÁLTICO) NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>5781</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5781/5781_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5781/5781_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOSÉ ZICO PRADO A ELABORAÇÃO DE EMENDA NO VALOR DE R$100 MIL AO IAMA PARA REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>5782</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5782/5782_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5782/5782_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL VICENTE CÂNDIDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO À LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 100.000,00 À APAE DE ADAMANTINA PARA COMPRA DE EQUIPAMENTOS E CUSTEIO.</t>
   </si>
   <si>
     <t>5783</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5783/5783_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5783/5783_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO SUA INTERFERÊNCIA JUNTO AO GOVERNADOR GERALDO ALCKMIN, QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 500 MIL PARA OBRAS DE INFRAESTRUTURA URBANA (CONSTRUÇÃO DE GUIAS, SARJETAS).</t>
   </si>
   <si>
     <t>5784</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5784/5784_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5784/5784_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR REGIONAL DO CDHU INFORMAÇÕES SOBRE O PROGRAMA HABITACIONAL PARA AS PESSOAS QUE POSSUEM TERRENO REGULARIZADO E NÃO TÊM RECURSOS NECESSÁRIOS PARA A CONSTRUÇÃO DE SUA MORADIA.</t>
   </si>
   <si>
     <t>5785</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5785/5785_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5785/5785_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ED THOMAS SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO À DESTINAÇÃO DE RECURSOS NO VALOR DE R$ 300 MIL PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO PARQUE RESIDENCIAL TANGARÁ.</t>
   </si>
   <si>
     <t>5786</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5786/5786_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5786/5786_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL SÉRGIO REIS SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA CIDADE, VISANDO À LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 500 MIL REAIS PARA SEREM ALOCADOS EM BAIRROS PERIFÉRICOS DE NOSSA CIDADE PARA A CONSTRUÇÃO DE GUIAS, SARJETAS, GALERIAS E ASFALTO.</t>
   </si>
   <si>
     <t>5787</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5787/5787_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5787/5787_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA ENERGISA PROVIDENCIAR, COM URGÊNCIA, A MANUTENÇÃO DA REDE DE ENERGIA.</t>
   </si>
   <si>
     <t>5788</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5788/5788_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5788/5788_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL JOOJI HATO SUA INTERFERÊNCIA VISANDO À LIBERAÇÃO DE RECURSOS NO VALOR DE R$ 150 MIL PARA REVITALIZAÇÃO DA PRAÇA JOSÉ COSTA E A CONSTRUÇÃO E COLOCAÇÃO DO MONUMENTO EM COMEMORAÇÃO AOS 120 ANOS DO TRATADO DA AMIZADE, COMÉRCIO E NAVEGAÇÃO ENTRE O BRASIL E O JAPÃO.</t>
   </si>
   <si>
     <t>5789</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5789/5789_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5789/5789_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL REINALDO ALGUZ A DESTINAÇÃO DE UMA ACADEMIA AO AR LIVRE E UM PARQUE INFANTIL PARA SEREM INSTALADOS NO PARQUE OITI - TIPUANAS.</t>
   </si>
   <si>
     <t>5790</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5790/5790_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5790/5790_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA A SEGUINTE INFORMAÇÃO: - COMO É FEITA AFERIÇÃO DO CONSUMO DE ILUMINAÇÃO PÚBLICA DE NOSSA CIDADE E QUAL É O VALOR?_x000D_
 </t>
   </si>
   <si>
     <t>5791</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5791/5791_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5791/5791_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO : - COMO ESTÁ SENDO FEITO O RECOLHIMENTO DAS TAXAS DE PAGAMENTO DA UTILIZAÇÃO DO ANFITEATRO DA BIBLIOTECA PÚBLICA MUNICIPAL E AS DEPENDÊNCIAS DO POLIESPORTIVO?</t>
   </si>
   <si>
     <t>5792</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5792/5792_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5792/5792_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. NELSON MARQUEZELLI, DEPUTADO FEDERAL, A POSSIBILIDADE DA INCLUSÃO DE UMA EMENDA OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UMA ESCAVADEIRA HIDRÁULICA 315 DL.</t>
   </si>
   <si>
     <t>5793</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5793/5793_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5793/5793_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR MAURO BRAGATO, DEPUTADO ESTADUAL, SUA INTERCESSÃO JUNTO AO DR. LATIF ABRÃO JUNIOR, SUPERINTENDENTE DO IAMPSE, VISANDO A IMEDIATA LIBERAÇÃO DE RECURSOS FINANCEIROS PARA UM MELHOR ATENDIMENTO DOS CONVENIADOS.</t>
   </si>
   <si>
     <t>5794</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5794/5794_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5794/5794_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR MAURO BRAGATO, DEPUTADO ESTADUAL, SUA INTERCESSÃO JUNTO AO DR. GERALDO ALCKMIN FILHO, GOVERNADOR DO ESTADO, PARA QUE SEJA INCLUÍDA UMA EMENDA COM O OBJETIVO DE LIBERAR DE RECURSOS FINANCEIROS PARA A PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA 14.</t>
   </si>
   <si>
     <t>5795</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5795/5795_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5795/5795_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL EDMIR CHEDID APRESENTAR EMENDA NO VALOR DE R$ 100.000,00 PARA CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>5796</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5796/5796_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5796/5796_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL MAURO BRAGATO INTERFERÊNCIA JUNTO AO SECRETÁRIO ESTADUAL DE LOGÍSTICA E TRANSPORTES DUARTE NOGUEIRA, VISANDO, EM CARÁTER EMERGENCIAL, O ASFALTAMENTO DA ESTRADA VICINAL DE NOSSO MUNICÍPIO, DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS AO TREVO DA VICINAL MOYSÉS JUSTINO DA SILVA.</t>
   </si>
   <si>
     <t>5797</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5797/5797_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5797/5797_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CESSÃO DO PRÉDIO DA ANTIGA TELESP PARA USO DE INSTALAÇÕES MUNICIPAIS.</t>
   </si>
   <si>
     <t>5849</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5849/5849_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5849/5849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ARLINDO CHINAGLIA O AGENDAMENTO DE EMENDA NO VALOR DE R$ 400 MIL A SER REPASSADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA AMPLIAÇÃO E COMPRA DE EQUIPAMENTO DA UTI.</t>
   </si>
   <si>
     <t>5850</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5850/5850_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5850/5850_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIBERAÇÃO DE RECURSOS DO GOVERNO DO ESTADO DE SÃO PAULO, ATRAVÉS DA SECRETARIA DE ESTADO DA SAÚDE, ÀS ENTIDADES FILANTRÓPICAS SEM FINS LUCRATIVOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5851</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5851/5851_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5851/5851_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: COMO ANDAM OS PROJETOS DE CASAS POPULARES NAS SEGUINTES ÁREAS: A) MURILLO JACOUD, PRÓXIMO AO PARQUE ITAMARATI; B) ÁREA DO FINAL DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>5852</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5852/5852_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5852/5852_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - QUANTO FOI GASTO NO CORRENTE ANO EM DESPESAS DE VIAGENS COM FUNCIONÁRIOS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO? - ESCLARECER O DESTINO, SUA FINALIDADE E QUAIS OS SERVIDORES QUE UTILIZARAM OS RECURSOS COM ADIANTAMENTO PARA VIAGENS E SEUS RESPECTIVOS COMPROVANTES. - FINALMENTE, QUAIS OS BENEFÍCIOS AO MUNICÍPIO QUE FORAM ALCANÇADOS?</t>
   </si>
   <si>
     <t>5853</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5853/5853_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5853/5853_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ESTEVAM GALVÃO INTERFERÊNCIA JUNTO AO SECRETÁRIO ESTADUAL DE ESPORTES, LAZER E JUVENTUDE, JEAN MADEIRA, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO JARDIM BRASIL, UM DOS MAIS POPULOSOS DE NOSSO MUNICÍPIO QUE AINDA NÃO POSSUI O REFERIDO MELHORAMENTO.</t>
   </si>
   <si>
     <t>5854</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5854/5854_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5854/5854_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DRª. MARTA COSTA, DEPUTADA ESTADUAL, A INCLUSÃO DE EMENDA PARA O ANO DE 2016, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS PARA AQUISIÇÃO DE UMA AMBULÂNCIA PARA O MUNICÍPIO DE ADAMANTINA, DESTINADA AO TRANSPORTE DE PESSOAS QUE NECESSITAM SE DESLOCAREM A OUTROS MUNICÍPIOS.</t>
   </si>
   <si>
     <t>5855</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5855/5855_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5855/5855_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DRª. MARTA COSTA, DEPUTADA ESTADUAL, A INCLUSÃO DE UMA EMENDA PARA O ANO DE 2016, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$200 MIL A SEREM UTILIZADOS NO CUSTEIO E MANUTENÇÃO DA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5856/5856_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5856/5856_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. DAVID UIP, SECRETÁRIO DE ESTADO DA SAÚDE, A INCLUSÃO DO MUNICÍPIO DE ADAMANTINA NO PROJETO ESTADUAL DE LIBERAÇÃO DE RECURSOS FINANCEIROS DO GOVERNO DO ESTADO PARA COMBATER O AEDES AEGYPTI.</t>
   </si>
   <si>
     <t>5857</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5857/5857_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5857/5857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DRª. MÔNIKA BERGAMASCHI, SECRETÁRIA ESTADUAL DE AGRICULTURA E ABASTECIMENTO, A LIBERAÇÃO DE KITS DE SEMENTES DE HORTALIÇAS, A SER DISTRIBUÍDOS ÀS ENTIDADES ASSISTENCIAIS, UNIDADES ESCOLARES E COMUNIDADES DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>5858</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5858/5858_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5858/5858_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM DA SECRETARIA DE DESENVOLVIMENTO DO ESTADO DE SÃO PAULO, A LIBERAÇÃO URGENTE DE RECURSOS FINANCEIROS PARA SEREM UTILIZADOS NA REFORMA DO PRÉDIO ONDE FUNCIONA O PROJETO ASA.</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>REQUR</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5334/5334_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5334/5334_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA INCLUSÃO, NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA O PROJETO DE LEI Nº 021/15 QUE &amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA NO VALOR DE R$ 500 MIL._x000D_
 </t>
   </si>
   <si>
     <t>5335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5335/5335_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5335/5335_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICTAM INCLUSÃO NA INCLUÍDO NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA AS SEGUINTES PROPOSIÇÕES: PROJETO DE LEI Nº 030/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR DE R$ 821.000,00 PARA CUSTEAR O RECAPEAMENTO ASFÁLTICO DE DIVERSAS RUAS DO MUNICÍPIO&amp;#8221;. PROJETO DE LEI Nº 031/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR DE R$ 50.430,00 PARA CUSTEAR REFORMA DE DIVERSOS PARQUES INFANTIS DO MUNICÍPIO. PROJETO DE LEI Nº 032/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL DE R$ 800.000,00 PARA AQUISIÇÃO DE NOVOS APARELHOS DE AR CONDICIONADO PARA CLIMATIZAR SALAS DO CAMPUS II DA FAI&amp;#8221;. PROJETO DE LEI Nº 033/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR DE R$ 900.000,00 PARA CUSTEAR AQUISIÇÃO DE EQUIPAMENTOS E MATERIAIS PARA UNIDADE DE PRONTO ATENDIMENTO &amp;#8211; UPA&amp;#8221;. PROJETO DE LEI Nº 037/15 &amp;#8211; PM &amp;#8211; QUE DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL DE R$ 200.000,00 PARA CUSTEAR AQUISIÇÃO DE PARQUE INFANTIL E CONSTRUÇÃO DE BANHEIROS NO PARQUE CALDEIRAS E AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DE LIXO, CONTEMPLAÇÃO DO FUNDO ESTADUAL DE PREVENÇÃO E CONTROLE DE POLUIÇÃO &amp;#8211; FECOP._x000D_
 </t>
   </si>
   <si>
     <t>5809</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5809/5809_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5809/5809_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS À MESA, REGIMENTALMENTE, OUVIDO O PLENÁRIO, CONFORME ART. 180, INCISO IV, ALÍNEA &amp;#8220;B&amp;#8221; DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA, SEJA INCLUÍDO NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA A PROPOSIÇÃO ABAIXO:_x000D_
 PROJETO DE LEI Nº 044/15 QUE &amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO RESIDENCIAL &amp;#8216;VISTA VERDE&amp;#8217; E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5808</t>
   </si>
   <si>
     <t>Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5808/5808_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5808/5808_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS À MESA, REGIMENTALMENTE, OUVIDO O PLENÁRIO, CONFORME ART. 180, INCISO IV, ALÍNEA &amp;#8220;B&amp;#8221; DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA, SEJA INCLUÍDO NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA A PROPOSIÇÃO ABAIXO:_x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 333/15 QUE &amp;#8220;ALTERA A LEI COMPLEMENTAR Nº 245, DE 10 DE SETEMBRO DE 2015, QUE INSTITUI O PROGRAMA DE PARCELAMENTO INCENTIVADO &amp;#8211; PPI, ÀS PESSOAS FÍSICAS E JURÍDICAS DO MUNICÍPIO DE ADAMANTINA &amp;#8211; SP, DE DÉBITOS INSCRITOS OU NÃO EM DÍVIDA ATIVA, AJUIZADOS OU NÃO AJUIZADOS, E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5810</t>
   </si>
   <si>
     <t>Obras, Serviços Públicos e Meio Ambiente</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5810/5810_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5810/5810_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUEREMOS À MESA, REGIMENTALMENTE, OUVIDO O PLENÁRIO, CONFORME ART. 180, INCISO IV, ALÍNEA &amp;#8220;B&amp;#8221; DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA, SEJA INCLUÍDO NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA, AS PROPOSIÇÕES ABAIXO._x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 336/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;REVOGA A LEI COMPLEMENTAR Nº 197, DE 23 DE AGOSTO DE 2012, QUE &amp;#8216;DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, AO CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221; &amp;#8211; CEETEPS, OS IMÓVEIS QUE ESPECIFICA&amp;#8217;.&amp;#8221;_x000D_
 PROJETO DE LEI COMPLEMENTAR Nº 337/15 &amp;#8211; PM &amp;#8211; QUE &amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, AO CEETEPS &amp;#8211; CENTRO ESTADUAL DE EDUCAÇÃO TECNOLÓGICA &amp;#8220;PAULA SOUZA&amp;#8221;, OS IMÓVEIS QUE ESPECIFICA, DESTINADOS À INSTALAÇÃO DE SEDE PRÓPRIA DA FACULDADE DE TECNOLOGIA DE ADAMANTINA.&amp;#8221;_x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -13890,67 +13890,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4585/4585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4586/4586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4634/4634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4635/4635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4637/4637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4638/4638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5132/5132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5133/5133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5134/5134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5135/5135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5136/5136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5137/5137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5138/5138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5139/5139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5141/5141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5142/5142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5143/5143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5144/5144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5145/5145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5147/5147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5148/5148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5149/5149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5345/5345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5346/5346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5347/5347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5499/5499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5500/5500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5501/5501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5502/5502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5503/5503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5504/5504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5506/5506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5668/5668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5669/5669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5670/5670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5671/5671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5672/5672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5673/5673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5674/5674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5675/5675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5676/5676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5801/5801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5802/5802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5803/5803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5804/5804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5806/5806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5865/5865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5866/5866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5875/5875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5876/5876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5336/5336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5337/5337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5338/5338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5339/5339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5340/5340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5343/5343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5807/5807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5859/5859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5860/5860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5861/5861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5862/5862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5863/5863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4608/4608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4609/4609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4610/4610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4611/4611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4612/4612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4613/4613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4614/4614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4615/4615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4619/4619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4620/4620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4622/4622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4624/4624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4625/4625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4626/4626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4627/4627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4628/4628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4629/4629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4630/4630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4632/4632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4633/4633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4639/4639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4642/4642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4643/4643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4644/4644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4645/4645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4647/4647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4648/4648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4649/4649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4650/4650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4651/4651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4652/4652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4653/4653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4654/4654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4655/4655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4656/4656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4658/4658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4659/4659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4660/4660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4661/4661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4662/4662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4663/4663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4664/4664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4665/4665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4666/4666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4670/4670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4671/4671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4672/4672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4674/4674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4675/4675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4676/4676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4677/4677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4678/4678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4679/4679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4680/4680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4681/4681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4682/4682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4683/4683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4684/4684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4687/4687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4689/4689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4691/4691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4692/4692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4693/4693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4694/4694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4696/4696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4698/4698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4699/4699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4700/4700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4701/4701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4702/4702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4703/4703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4704/4704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4705/4705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4707/4707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4708/4708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4709/4709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4710/4710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4711/4711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4712/4712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4739/4739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4740/4740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4741/4741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4743/4743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4745/4745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4746/4746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4747/4747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4749/4749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4754/4754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4755/4755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4756/4756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4757/4757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4837/4837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4844/4844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4846/4846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4847/4847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4848/4848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4849/4849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4851/4851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4853/4853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4854/4854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4855/4855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4856/4856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4857/4857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4859/4859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4864/4864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4865/4865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4905/4905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4908/4908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4910/4910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4911/4911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4912/4912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4913/4913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4914/4914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4915/4915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4916/4916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4917/4917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4919/4919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4926/4926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4927/4927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4928/4928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4929/4929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4930/4930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4931/4931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4933/4933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4934/4934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4940/4940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4941/4941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4942/4942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4945/4945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5034/5034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5035/5035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5036/5036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5037/5037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5038/5038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5040/5040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5041/5041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5042/5042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5043/5043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5044/5044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5045/5045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5046/5046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5047/5047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5049/5049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5050/5050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5051/5051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5053/5053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5055/5055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5057/5057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5059/5059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5061/5061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5062/5062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5063/5063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5065/5065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5067/5067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5071/5071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5074/5074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5075/5075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5076/5076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5077/5077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5078/5078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5079/5079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5084/5084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5085/5085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5086/5086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5151/5151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5087/5087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5088/5088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5089/5089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5090/5090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5092/5092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5093/5093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5094/5094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5152/5152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5154/5154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5155/5155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5157/5157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5159/5159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5161/5161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5162/5162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5163/5163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5164/5164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5166/5166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5167/5167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5168/5168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5169/5169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5170/5170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5171/5171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5172/5172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5173/5173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5174/5174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5175/5175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5203/5203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5205/5205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5207/5207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5208/5208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5209/5209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5211/5211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5212/5212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5213/5213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5214/5214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5216/5216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5217/5217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5218/5218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5219/5219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5222/5222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5268/5268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5270/5270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5271/5271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5272/5272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5273/5273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5274/5274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5275/5275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5276/5276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5277/5277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5279/5279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5280/5280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5281/5281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5283/5283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5285/5285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5286/5286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5290/5290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5294/5294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5296/5296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5297/5297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5299/5299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5300/5300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5352/5352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5357/5357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5358/5358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5359/5359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5360/5360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5361/5361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5362/5362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5364/5364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5366/5366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5367/5367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5368/5368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5369/5369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5371/5371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5372/5372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5374/5374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5375/5375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5376/5376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5447/5447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5448/5448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5449/5449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5451/5451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5453/5453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5455/5455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5457/5457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5459/5459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5460/5460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5461/5461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5462/5462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5464/5464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5509/5509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5510/5510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5511/5511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5513/5513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5514/5514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5515/5515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5516/5516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5519/5519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5520/5520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5522/5522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5524/5524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5526/5526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5528/5528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5529/5529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5530/5530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5531/5531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5532/5532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5534/5534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5535/5535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5536/5536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5537/5537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5542/5542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5543/5543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5544/5544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5545/5545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5547/5547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5548/5548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5549/5549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5550/5550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5551/5551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5552/5552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5553/5553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5554/5554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5555/5555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5556/5556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5558/5558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5561/5561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5634/5634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5637/5637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5639/5639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5640/5640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5641/5641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5642/5642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5643/5643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5644/5644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5645/5645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5646/5646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5647/5647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5648/5648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5649/5649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5650/5650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5651/5651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5652/5652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5653/5653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5654/5654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5655/5655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5656/5656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5657/5657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5658/5658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5677/5677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5678/5678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5679/5679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5680/5680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5681/5681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5682/5682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5683/5683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5684/5684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5685/5685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5686/5686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5687/5687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5688/5688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5689/5689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5690/5690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5691/5691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5692/5692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5693/5693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5694/5694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5695/5695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5696/5696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5697/5697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5698/5698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5699/5699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5700/5700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5701/5701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5702/5702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5703/5703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5704/5704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5705/5705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5706/5706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5707/5707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5708/5708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5709/5709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5710/5710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5711/5711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5712/5712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5747/5747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5748/5748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5749/5749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5750/5750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5751/5751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5752/5752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5753/5753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5754/5754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5755/5755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5756/5756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5757/5757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5758/5758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5759/5759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5760/5760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5761/5761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5762/5762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5763/5763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5764/5764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5765/5765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5766/5766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5767/5767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5768/5768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5769/5769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5770/5770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5771/5771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5819/5819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5820/5820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5821/5821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5822/5822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5823/5823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5824/5824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5825/5825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5826/5826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5827/5827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5828/5828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5829/5829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5830/5830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5832/5832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5833/5833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5834/5834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5835/5835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5836/5836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5837/5837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5838/5838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5839/5839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5840/5840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5841/5841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5842/5842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5843/5843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5844/5844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4758/4758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5002/5002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5003/5003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5004/5004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5223/5223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5224/5224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5225/5225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5330/5330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5331/5331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5466/5466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5507/5507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5633/5633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5659/5659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5660/5660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5661/5661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5664/5664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5665/5665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5739/5739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5740/5740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5741/5741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5742/5742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5743/5743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5798/5798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5799/5799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5800/5800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5845/5845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5846/5846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5847/5847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5848/5848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5744/5744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5864/5864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4898/4898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5008/5008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5011/5011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5350/5350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5667/5667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5745/5745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5817/5817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5818/5818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5816/5816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5873/5873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5874/5874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4582/4582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5006/5006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5007/5007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5010/5010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5125/5125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5117/5117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5118/5118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5120/5120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5121/5121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5122/5122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5123/5123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5124/5124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5127/5127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5128/5128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5130/5130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5202/5202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5131/5131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5414/5414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5596/5596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5597/5597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5591/5591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5592/5592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5491/5491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5493/5493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5494/5494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5495/5495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5594/5594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5595/5595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5811/5811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5812/5812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5813/5813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5868/5868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5871/5871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5872/5872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5954/5954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4588/4588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4589/4589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4590/4590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4591/4591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4592/4592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4593/4593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4594/4594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4596/4596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4597/4597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4599/4599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4600/4600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4602/4602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4713/4713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4714/4714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4715/4715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4716/4716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4722/4722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4723/4723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4725/4725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4726/4726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4727/4727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4728/4728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4729/4729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4730/4730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4731/4731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4762/4762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4763/4763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4770/4770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4771/4771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4773/4773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4774/4774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4775/4775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4776/4776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4777/4777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4779/4779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4780/4780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4781/4781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4783/4783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4784/4784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4787/4787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4789/4789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4791/4791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4793/4793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4794/4794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4795/4795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4796/4796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4797/4797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4872/4872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4873/4873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4874/4874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4875/4875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4878/4878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4879/4879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4880/4880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4881/4881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4882/4882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4883/4883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4884/4884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4885/4885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4886/4886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4887/4887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4888/4888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4889/4889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4890/4890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4891/4891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4893/4893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4894/4894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4896/4896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4897/4897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4947/4947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4948/4948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4949/4949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4952/4952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4957/4957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4960/4960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4961/4961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4962/4962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4963/4963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4964/4964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4965/4965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4968/4968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4969/4969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4970/4970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4971/4971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4973/4973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4975/4975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4976/4976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4977/4977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4978/4978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4979/4979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4986/4986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4987/4987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4988/4988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4989/4989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4991/4991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4992/4992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4993/4993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4994/4994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4995/4995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4996/4996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4997/4997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4998/4998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4999/4999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5012/5012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5013/5013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5015/5015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5017/5017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5018/5018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5020/5020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5021/5021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5022/5022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5023/5023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5024/5024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5026/5026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5027/5027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5028/5028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5029/5029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5031/5031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5032/5032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5097/5097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5099/5099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5100/5100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5101/5101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5102/5102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5103/5103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5104/5104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5176/5176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5177/5177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5107/5107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5108/5108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5109/5109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5114/5114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5115/5115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5178/5178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5179/5179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5180/5180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5181/5181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5182/5182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5183/5183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5184/5184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5186/5186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5187/5187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5189/5189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5191/5191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5192/5192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5195/5195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5197/5197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5198/5198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5231/5231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5232/5232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5233/5233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5234/5234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5235/5235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5236/5236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5237/5237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5238/5238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5243/5243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5244/5244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5247/5247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5248/5248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5249/5249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5251/5251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5252/5252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5255/5255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5256/5256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5257/5257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5261/5261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5262/5262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5302/5302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5303/5303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5304/5304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5305/5305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5307/5307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5308/5308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5314/5314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5316/5316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5320/5320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5321/5321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5322/5322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5323/5323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5324/5324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5325/5325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5326/5326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5327/5327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5328/5328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5329/5329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5381/5381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5382/5382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5385/5385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5386/5386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5388/5388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5389/5389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5390/5390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5395/5395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5396/5396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5397/5397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5398/5398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5399/5399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5401/5401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5402/5402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5403/5403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5406/5406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5408/5408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5409/5409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5410/5410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5412/5412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5417/5417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5418/5418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5420/5420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5421/5421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5423/5423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5424/5424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5425/5425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5426/5426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5429/5429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5430/5430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5431/5431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5432/5432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5433/5433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5434/5434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5436/5436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5437/5437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5439/5439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5440/5440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5443/5443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5444/5444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5446/5446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5468/5468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5469/5469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5471/5471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5473/5473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5475/5475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5476/5476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5477/5477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5478/5478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5479/5479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5481/5481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5483/5483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5484/5484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5485/5485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5487/5487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5488/5488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5564/5564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5565/5565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5566/5566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5567/5567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5568/5568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5569/5569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5570/5570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5571/5571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5572/5572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5574/5574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5575/5575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5576/5576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5577/5577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5579/5579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5582/5582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5584/5584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5585/5585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5586/5586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5588/5588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5589/5589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5599/5599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5600/5600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5601/5601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5602/5602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5603/5603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5605/5605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5607/5607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5608/5608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5609/5609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5610/5610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5612/5612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5615/5615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5616/5616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5617/5617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5619/5619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5620/5620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5621/5621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5622/5622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5623/5623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5625/5625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5627/5627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5628/5628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5629/5629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5630/5630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5631/5631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5632/5632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5713/5713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5714/5714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5715/5715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5716/5716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5717/5717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5718/5718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5719/5719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5720/5720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5721/5721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5722/5722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5723/5723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5724/5724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5725/5725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5726/5726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5727/5727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5728/5728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5729/5729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5730/5730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5731/5731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5732/5732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5733/5733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5734/5734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5735/5735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5736/5736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5737/5737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5738/5738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5772/5772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5773/5773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5774/5774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5775/5775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5776/5776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5777/5777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5778/5778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5779/5779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5780/5780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5781/5781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5782/5782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5783/5783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5784/5784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5785/5785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5786/5786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5787/5787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5788/5788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5789/5789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5790/5790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5791/5791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5792/5792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5793/5793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5794/5794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5795/5795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5796/5796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5797/5797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5849/5849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5850/5850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5851/5851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5852/5852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5853/5853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5854/5854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5855/5855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5856/5856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5857/5857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5858/5858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5334/5334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5335/5335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5809/5809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5808/5808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5810/5810_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4585/4585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4586/4586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4634/4634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4635/4635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4637/4637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4638/4638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5132/5132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5133/5133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5134/5134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5135/5135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5136/5136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5137/5137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5138/5138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5139/5139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5141/5141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5142/5142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5143/5143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5144/5144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5145/5145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5147/5147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5148/5148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5149/5149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5345/5345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5346/5346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5347/5347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5499/5499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5500/5500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5501/5501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5502/5502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5503/5503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5504/5504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5506/5506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5668/5668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5669/5669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5670/5670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5671/5671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5672/5672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5673/5673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5674/5674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5675/5675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5676/5676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5801/5801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5802/5802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5803/5803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5804/5804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5805/5805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5806/5806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5865/5865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5866/5866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5875/5875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5876/5876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5336/5336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5337/5337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5338/5338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5339/5339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5340/5340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5343/5343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5807/5807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5859/5859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5860/5860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5861/5861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5862/5862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5863/5863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4608/4608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4609/4609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4610/4610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4611/4611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4612/4612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4613/4613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4614/4614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4615/4615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4619/4619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4620/4620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4622/4622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4624/4624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4625/4625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4626/4626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4627/4627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4628/4628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4629/4629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4630/4630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4632/4632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4633/4633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4639/4639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4642/4642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4643/4643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4644/4644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4645/4645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4647/4647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4648/4648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4649/4649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4650/4650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4651/4651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4652/4652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4653/4653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4654/4654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4655/4655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4656/4656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4658/4658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4659/4659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4660/4660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4661/4661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4662/4662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4663/4663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4664/4664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4665/4665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4666/4666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4670/4670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4671/4671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4672/4672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4674/4674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4675/4675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4676/4676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4677/4677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4678/4678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4679/4679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4680/4680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4681/4681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4682/4682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4683/4683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4684/4684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4687/4687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4689/4689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4691/4691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4692/4692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4693/4693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4694/4694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4696/4696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4698/4698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4699/4699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4700/4700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4701/4701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4702/4702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4703/4703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4704/4704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4705/4705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4707/4707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4708/4708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4709/4709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4710/4710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4711/4711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4712/4712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4739/4739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4740/4740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4741/4741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4743/4743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4745/4745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4746/4746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4747/4747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4749/4749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4754/4754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4755/4755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4756/4756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4757/4757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4837/4837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4844/4844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4846/4846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4847/4847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4848/4848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4849/4849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4851/4851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4852/4852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4853/4853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4854/4854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4855/4855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4856/4856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4857/4857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4859/4859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4864/4864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4865/4865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4905/4905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4908/4908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4910/4910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4911/4911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4912/4912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4913/4913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4914/4914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4915/4915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4916/4916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4917/4917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4919/4919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4926/4926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4927/4927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4928/4928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4929/4929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4930/4930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4931/4931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4932/4932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4933/4933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4934/4934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4937/4937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4940/4940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4941/4941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4942/4942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4945/4945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5034/5034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5035/5035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5036/5036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5037/5037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5038/5038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5040/5040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5041/5041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5042/5042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5043/5043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5044/5044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5045/5045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5046/5046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5047/5047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5049/5049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5050/5050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5051/5051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5053/5053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5055/5055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5057/5057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5059/5059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5061/5061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5062/5062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5063/5063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5065/5065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5067/5067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5071/5071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5074/5074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5075/5075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5076/5076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5077/5077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5078/5078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5079/5079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5084/5084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5085/5085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5086/5086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5150/5150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5151/5151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5087/5087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5088/5088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5089/5089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5090/5090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5092/5092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5093/5093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5094/5094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5152/5152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5153/5153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5154/5154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5155/5155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5157/5157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5159/5159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5161/5161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5162/5162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5163/5163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5164/5164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5166/5166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5167/5167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5168/5168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5169/5169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5170/5170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5171/5171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5172/5172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5173/5173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5174/5174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5175/5175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5203/5203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5205/5205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5207/5207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5208/5208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5209/5209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5211/5211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5212/5212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5213/5213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5214/5214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5215/5215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5216/5216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5217/5217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5218/5218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5219/5219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5221/5221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5222/5222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5267/5267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5268/5268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5270/5270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5271/5271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5272/5272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5273/5273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5274/5274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5275/5275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5276/5276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5277/5277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5279/5279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5280/5280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5281/5281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5283/5283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5285/5285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5286/5286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5290/5290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5294/5294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5296/5296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5297/5297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5298/5298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5299/5299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5300/5300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5352/5352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5357/5357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5358/5358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5359/5359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5360/5360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5361/5361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5362/5362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5364/5364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5366/5366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5367/5367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5368/5368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5369/5369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5371/5371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5372/5372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5374/5374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5375/5375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5376/5376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5447/5447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5448/5448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5449/5449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5451/5451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5453/5453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5455/5455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5457/5457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5459/5459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5460/5460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5461/5461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5462/5462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5464/5464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5509/5509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5510/5510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5511/5511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5513/5513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5514/5514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5515/5515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5516/5516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5518/5518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5519/5519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5520/5520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5522/5522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5524/5524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5526/5526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5528/5528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5529/5529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5530/5530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5531/5531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5532/5532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5534/5534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5535/5535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5536/5536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5537/5537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5542/5542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5543/5543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5544/5544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5545/5545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5547/5547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5548/5548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5549/5549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5550/5550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5551/5551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5552/5552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5553/5553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5554/5554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5555/5555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5556/5556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5558/5558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5561/5561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5634/5634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5635/5635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5636/5636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5637/5637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5638/5638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5639/5639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5640/5640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5641/5641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5642/5642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5643/5643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5644/5644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5645/5645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5646/5646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5647/5647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5648/5648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5649/5649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5650/5650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5651/5651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5652/5652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5653/5653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5654/5654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5655/5655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5656/5656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5657/5657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5658/5658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5677/5677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5678/5678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5679/5679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5680/5680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5681/5681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5682/5682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5683/5683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5684/5684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5685/5685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5686/5686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5687/5687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5688/5688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5689/5689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5690/5690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5691/5691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5692/5692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5693/5693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5694/5694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5695/5695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5696/5696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5697/5697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5698/5698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5699/5699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5700/5700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5701/5701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5702/5702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5703/5703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5704/5704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5705/5705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5706/5706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5707/5707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5708/5708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5709/5709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5710/5710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5711/5711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5712/5712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5747/5747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5748/5748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5749/5749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5750/5750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5751/5751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5752/5752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5753/5753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5754/5754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5755/5755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5756/5756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5757/5757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5758/5758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5759/5759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5760/5760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5761/5761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5762/5762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5763/5763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5764/5764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5765/5765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5766/5766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5767/5767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5768/5768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5769/5769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5770/5770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5771/5771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5819/5819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5820/5820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5821/5821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5822/5822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5823/5823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5824/5824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5825/5825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5826/5826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5827/5827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5828/5828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5829/5829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5830/5830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5831/5831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5832/5832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5833/5833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5834/5834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5835/5835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5836/5836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5837/5837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5838/5838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5839/5839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5840/5840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5841/5841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5842/5842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5843/5843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5844/5844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4758/4758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5002/5002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5003/5003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5004/5004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5223/5223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5224/5224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5225/5225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5330/5330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5331/5331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5332/5332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5466/5466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5507/5507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5633/5633_texto_integral.docx" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5659/5659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5660/5660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5661/5661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5664/5664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5665/5665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5739/5739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5740/5740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5741/5741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5742/5742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5743/5743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5798/5798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5799/5799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5800/5800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5845/5845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5846/5846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5847/5847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5848/5848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5744/5744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5864/5864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4898/4898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5008/5008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5011/5011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5350/5350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5667/5667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5745/5745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5867/5867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5817/5817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5818/5818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5816/5816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5873/5873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5874/5874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4582/4582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4900/4900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5006/5006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5007/5007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5010/5010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5125/5125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5117/5117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5118/5118_texto_integral.doc" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5120/5120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5121/5121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5122/5122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5123/5123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5124/5124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5127/5127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5128/5128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5130/5130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5202/5202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5131/5131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5414/5414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5596/5596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5597/5597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5591/5591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5592/5592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5491/5491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5493/5493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5494/5494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5495/5495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5594/5594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5595/5595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5811/5811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5812/5812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5813/5813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5868/5868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5871/5871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5872/5872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5954/5954_texto_integral.doc" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4588/4588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4589/4589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4590/4590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4591/4591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4592/4592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4593/4593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4594/4594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4596/4596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4597/4597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4599/4599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4600/4600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4602/4602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4713/4713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4714/4714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4715/4715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4716/4716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4722/4722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4723/4723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4725/4725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4726/4726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4727/4727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4728/4728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4729/4729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4730/4730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4731/4731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4762/4762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4763/4763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4770/4770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4771/4771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4773/4773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4774/4774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4775/4775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4776/4776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4777/4777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4779/4779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4780/4780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4781/4781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4783/4783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4784/4784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4787/4787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4789/4789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4791/4791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4793/4793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4794/4794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4795/4795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4796/4796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4797/4797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4872/4872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4873/4873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4874/4874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4875/4875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4878/4878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4879/4879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4880/4880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4881/4881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4882/4882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4883/4883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4884/4884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4885/4885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4886/4886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4887/4887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4888/4888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4889/4889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4890/4890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4891/4891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4893/4893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4894/4894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4896/4896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4897/4897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4947/4947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4948/4948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4949/4949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4952/4952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4957/4957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4960/4960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4961/4961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4962/4962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4963/4963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4964/4964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4965/4965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4968/4968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4969/4969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4970/4970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4971/4971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4973/4973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4975/4975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4976/4976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4977/4977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4978/4978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4979/4979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4986/4986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4987/4987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4988/4988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4989/4989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4991/4991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4992/4992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4993/4993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4994/4994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4995/4995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4996/4996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4997/4997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4998/4998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/4999/4999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5012/5012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5013/5013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5015/5015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5017/5017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5018/5018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5020/5020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5021/5021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5022/5022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5023/5023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5024/5024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5026/5026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5027/5027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5028/5028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5029/5029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5031/5031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5032/5032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5097/5097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5099/5099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5100/5100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5101/5101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5102/5102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5103/5103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5104/5104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5105/5105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5176/5176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5177/5177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5107/5107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5108/5108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5109/5109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5114/5114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5115/5115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5178/5178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5179/5179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5180/5180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5181/5181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5182/5182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5183/5183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5184/5184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5186/5186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5187/5187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5189/5189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5191/5191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5192/5192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5195/5195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5197/5197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5198/5198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5231/5231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5232/5232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5233/5233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5234/5234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5235/5235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5236/5236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5237/5237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5238/5238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5241/5241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5243/5243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5244/5244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5245/5245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5246/5246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5247/5247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5248/5248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5249/5249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5251/5251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5252/5252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5255/5255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5256/5256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5257/5257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5261/5261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5262/5262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5302/5302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5303/5303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5304/5304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5305/5305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5307/5307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5308/5308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5314/5314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5316/5316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5320/5320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5321/5321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5322/5322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5323/5323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5324/5324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5325/5325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5326/5326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5327/5327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5328/5328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5329/5329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5381/5381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5382/5382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5385/5385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5386/5386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5388/5388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5389/5389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5390/5390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5391/5391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5395/5395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5396/5396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5397/5397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5398/5398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5399/5399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5401/5401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5402/5402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5403/5403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5406/5406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5408/5408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5409/5409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5410/5410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5412/5412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5413/5413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5417/5417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5418/5418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5420/5420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5421/5421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5423/5423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5424/5424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5425/5425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5426/5426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5429/5429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5430/5430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5431/5431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5432/5432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5433/5433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5434/5434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5436/5436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5437/5437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5439/5439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5440/5440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5443/5443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5444/5444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5445/5445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5446/5446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5468/5468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5469/5469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5471/5471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5473/5473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5475/5475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5476/5476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5477/5477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5478/5478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5479/5479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5481/5481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5483/5483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5484/5484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5485/5485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5486/5486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5487/5487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5488/5488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5564/5564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5565/5565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5566/5566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5567/5567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5568/5568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5569/5569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5570/5570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5571/5571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5572/5572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5573/5573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5574/5574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5575/5575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5576/5576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5577/5577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5578/5578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5579/5579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5580/5580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5581/5581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5582/5582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5584/5584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5585/5585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5586/5586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5588/5588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5589/5589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5599/5599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5600/5600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5601/5601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5602/5602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5603/5603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5605/5605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5606/5606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5607/5607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5608/5608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5609/5609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5610/5610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5612/5612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5615/5615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5616/5616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5617/5617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5619/5619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5620/5620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5621/5621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5622/5622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5623/5623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5625/5625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5627/5627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5628/5628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5629/5629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5630/5630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5631/5631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5632/5632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5713/5713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5714/5714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5715/5715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5716/5716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5717/5717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5718/5718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5719/5719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5720/5720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5721/5721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5722/5722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5723/5723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5724/5724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5725/5725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5726/5726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5727/5727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5728/5728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5729/5729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5730/5730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5731/5731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5732/5732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5733/5733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5734/5734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5735/5735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5736/5736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5737/5737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5738/5738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5772/5772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5773/5773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5774/5774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5775/5775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5776/5776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5777/5777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5778/5778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5779/5779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5780/5780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5781/5781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5782/5782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5783/5783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5784/5784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5785/5785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5786/5786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5787/5787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5788/5788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5789/5789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5790/5790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5791/5791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5792/5792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5793/5793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5794/5794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5795/5795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5796/5796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5797/5797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5849/5849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5850/5850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5851/5851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5852/5852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5853/5853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5854/5854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5855/5855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5856/5856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5857/5857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5858/5858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5334/5334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5335/5335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5809/5809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5808/5808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2015/5810/5810_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1297"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="187.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="98.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="98" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>