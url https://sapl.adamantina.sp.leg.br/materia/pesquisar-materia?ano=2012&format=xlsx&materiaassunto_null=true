--- v0 (2025-10-14)
+++ v1 (2026-03-24)
@@ -51,8116 +51,8116 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CIRCU</t>
   </si>
   <si>
     <t>Circular Sessão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3571/3571_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3571/3571_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCE-LÊNCIA QUE, PARA A 63ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 06 DE FEVEREIRO, SEGUNDA-FEIRA, ÀS 20H00MIN.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3572/3572_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3572/3572_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCELÊNCIA CÓPIA DE TODOS OS PROJETOS DE LEI LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3573/3573_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3573/3573_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCE-LÊNCIA QUE, PARA A 64ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 22 DE FEVEREIRO, QUARTA-FEIRA, ÀS 20H00MIN.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3575/3575_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3575/3575_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCE-LÊNCIA CÓPIA DO PROJETO DE LEI LIDO NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3574/3574_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3574/3574_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCE-LÊNCIA QUE, PARA A 65ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 05 DE MARÇO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3576/3576_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3576/3576_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCELÊNCIA CÓPIA DO PROJETO DE LEI LIDO NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISE E ESTUDO.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1216/1216_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1216/1216_texto_integral.pdf</t>
   </si>
   <si>
     <t>NADA A SER TRATADO NA PRESENTE SESSÃO.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3577/3577_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3577/3577_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCELÊNCIA CÓPIA DOS PROJETOS DE LEI LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3578/3578_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3578/3578_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 67ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 02 DE ABRIL, SEGUNDA-FEIRA, ÀS 20H00MIN,</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3579/3579_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3579/3579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 17ª SESSÃO EXTRAORDINÁRIA, A SE REALIZAR NO DIA 04 DE ABRIL, QUARTA-FEIRA, ÀS 11H00MIN, </t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3580/3580_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3580/3580_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME DISPOSIÇÕES REGIMENTAIS, ENCAMINHO A VOSSA EXCE-LÊNCIA CÓPIA DOS PROJETOS DE LEI LIDOS NA ÚLTIMA SESSÃO ORDINÁRIA PARA CONHECIMENTO, ANÁLISES E ESTUDOS.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3581/3581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3581/3581_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 68ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 16 DE ABRIL, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3582/3582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3582/3582_texto_integral.pdf</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3583/3583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3583/3583_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 69ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 07 DE MAIO, SEGUNDA-FEIRA, ÀS 20H00MIN.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3584/3584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3584/3584_texto_integral.pdf</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3585/3585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3585/3585_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 70ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 21 DE MAIO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3586/3586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3586/3586_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 10ª SESSÃO SOLENE DA 15ª LEGISLATURA, A SE REALIZAR NO PRÓXIMO DIA 25 DE MAIO, SEXTA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3587/3587_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3587/3587_texto_integral.pdf</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3588/3588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3588/3588_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 71ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 04 DE JUNHO, SEGUNDA-FEIRA, ÀS 20H00MIN,</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3589/3589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3589/3589_texto_integral.pdf</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>"EM ATENDIMENTO AO REQUERIMENTO Nº 119/12, DE AUTORIA DO VEREADOR LUIZ CARLOS GALVÃO, QUE SOLICITOU A CONVOCAÇÃO DO SR. JOÃO LOPES DE OLIVEIRA, SECRETÁRIO DE FINANÇAS, PARA PRESTAR INFORMAÇÕES E ESCLARECIMENTOS SOBRE OS ASSUNTOS ELENCADOS NO REQUERIMENTO".</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3590/3590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3590/3590_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 19ª SESSÃO EXTRAORDINÁRIA, A SE REALIZAR NO DIA 12 DE JUNHO, TERÇA-FEIRA, ÀS 11H00MIN.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3591/3591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3591/3591_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 72ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 18 DE JUNHO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3592/3592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3592/3592_texto_integral.pdf</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3593/3593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3593/3593_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 73ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 02 DE JULHO, SEGUNDA-FEIRA, ÀS 20H00MIN,</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.pdf</t>
   </si>
   <si>
     <t>NADA CONSTA PARA SER APRECIADO NA ORDEM DO DIA.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3594/3594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3594/3594_texto_integral.pdf</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3595/3595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3595/3595_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 75ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 20 DE AGOSTO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3596/3596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3596/3596_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 20ª SESSÃO EXTRAORDINÁRIA, A SE REALIZAR NO DIA 22 DE AGOSTO, QUARTA-FEIRA, ÀS 11H00MIN</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3597/3597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3597/3597_texto_integral.pdf</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3598/3598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3598/3598_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 76ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 03 DE SETEMBRO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3599/3599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3599/3599_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONFORME ART. 258 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA ENCAMINHAMOS A VOSSA EXCELÊNCIA CÓPIA DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS REFERENTE AO PROCESSO TC 002589/026/10, DO EXERCÍCIO FINANCEIRO DE 2010 DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3600/3600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3600/3600_texto_integral.pdf</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3601/3601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3601/3601_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 77ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 17 DE SETEMBRO, SEGUNDA-FEIRA, ÀS 20H00MIN,</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3602/3602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3602/3602_texto_integral.pdf</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3603/3603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3603/3603_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 21ª SESSÃO EXTRAORDINÁRIA, A SE REALIZAR NO DIA 26 DE SETEMBRO, QUARTA-FEIRA, ÀS 11H00MIN</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3604/3604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3604/3604_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 78ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 1º DE OUTUBRO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PAUTA DA 79ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3605/3605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3605/3605_texto_integral.pdf</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3606/3606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3606/3606_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 80ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 05 DE NOVEMBRO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3607/3607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3607/3607_texto_integral.pdf</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3608/3608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3608/3608_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 81ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 19 DE NOVEMBRO, SEGUNDA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3609/3609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3609/3609_texto_integral.pdf</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3610/3610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3610/3610_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 82ª SESSÃO ORDINÁRIA, A SE REALIZAR NO DIA 03 DE DEZEMBRO, SEGUNDA-FEIRA, ÀS 20H00MIN.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3611/3611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3611/3611_texto_integral.pdf</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3612/3612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3612/3612_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 11ª SESSÃO SOLENE DA 15ª LEGISLATURA, A SE REALIZAR NO PRÓXIMO DIA 13 DE DEZEMBRO, QUINTA-FEIRA, ÀS 20H00MIN</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3613/3613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3613/3613_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, COMUNICO A VOSSA EXCELÊNCIA QUE, PARA A 83ª SESSÃO ORDINÁRIA A SE REALIZAR NO DIA 17 DE DEZEMBRO DE 2012, SEGUNDA-FEIRA, ÀS 20 HORAS</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3614/3614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3614/3614_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES REGIMENTAIS, CONVOCO VOSSA EXCELÊNCIA PARA A 22ª SESSÃO EXTRAORDINÁRIA, A SE REALIZAR NO DIA 18 DE DEZEMBRO, TERÇA-FEIRA, ÀS 10H00MIN</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3615/3615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3615/3615_texto_integral.pdf</t>
   </si>
   <si>
     <t>CUMPRINDO DISPOSIÇÕES CONSTANTES DA LEI ORGÂNICA DO MUNICÍPIO DE ADAMANTINA, ARTIGOS 35 E 71, COMUNICO A VOSSA SENHORIA QUE A SESSÃO SOLENE DE POSSE DE INSTALAÇÃO DA 16ª LEGISLATURA, POSSE DOS SENHORES VEREADORES, PREFEITO, VICE-PREFEITO E ELEIÇÃO DA MESA DA CÂMARA PARA O BIÊNIO 2013/2014, ACONTECERÁ NO DIA 1º DE JANEIRO DE 2013, ÀS 10:00 HORAS, NO AUDITÓRIO DO CAMPUS II DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda Substitutiva</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Amaro Silvestre da Silva, FÁBIO ROBERTO AMADIO, Israel Pereira Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1392/1392_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1392/1392_texto_integral.pdf</t>
   </si>
   <si>
     <t>ARTIGO 1º - O ARTIGO 3º E O PARÁGRAFO ÚNICO DA LEI COMPLEMENTAR Nº 118, DE 15 DE DEZEMBRO DE 2008, PASSAM A VIGORAR COM A SEGUINTE REDAÇÃO:</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1074/1074_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1074/1074_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO CHEFE DO EXECUTIVO QUE A SECRETARIA MUNICIPAL DA EDUCAÇÃO ADQUIRA, COM URGÊNCIA, COMPUTADORES, EM NÚMERO SIGNIFICATIVO, PARA SEREM INSTALADOS EM TODOS OS CEMAS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1075/1075_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1075/1075_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS AÇÃO URGENTE VISANDO À RACIONALIZAÇÃO DO RECOLHIMENTO DO LIXO DOMICILIAR.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1076/1076_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1076/1076_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O PRESIDENTE DA COMISSÃO MUNICIPAL DE TRÂNSITO, DR. CELSO AUGUSTO RAMENZONI, VISANDO A QUE SEJA REALIZADA A SINALIZAÇÃO COMPLETA, INCLUSIVE ACESSIBILIDADE PARA DEFICIENTES FÍSICOS, EM TORNO DO CAMPUS I DA FAI.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1077/1077_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1077/1077_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, SEJA, COM URGÊNCIA, CONSTRUÍDA &amp;#8220;BOCA-DE-LOBO&amp;#8221; CONCRETIZADA OU OUTRA ALTERNATIVA ADEQUADA NA RUA MARIA DA GRAÇAS, AO LADO DO PARQUE INFANTIL DA VILA FREITAS.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1078/1078_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1078/1078_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA AGRICULTURA AS DEVIDAS E URGENTES PROVIDÊNCIAS VISANDO A QUE SEJA DEVIDAMENTE REALIZADA A &amp;#8220;PODA&amp;#8221; DE ÁRVORES NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1080/1080_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1080/1080_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE AGENDAR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, OS DEVIDOS REPAROS NA PISTA DE CAMINHADA DO CAMPO DE FUTEBOL DO JARDIM ADAMANTINA, BEM COMO A COLOCAÇÃO DE PEDRISCO.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1081/1081_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1081/1081_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER OPERAÇÃO TAPA-BURACOS NA ALAMEDA DOS EXPEDICIONÁRIOS, PRINCIPALMENTE EM SEU FINAL, NO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1082/1082_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1082/1082_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS VISANDO AGENDAR, NA PROGRAMAÇÃO DE SERVIÇOS, UMA COMPLETA REFORMA NOS BANHEIROS DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1083/1083_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1083/1083_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL DE ESPORTES E LAZER, VISANDO ESTUDAR A POSSIBILIDADE DE INSTALAR MESAS DE JOGOS, COMO FOI FEITO NO PARQUE DOS PIONEIROS, NO CONJUNTO HABITACIONAL MÁRIO COVAS, EM BAIXO DAS ÁRVORES DA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1084/1084_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1084/1084_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PRIORIZAR, NESTE PRIMEIRO SEMESTRE, A ILUMINAÇÃO DA QUADRA DA ESCOLA MUNICIPAL EURICO LEITE DE MORAIS, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1085/1085_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1085/1085_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER O ASFALTAMENTO DA ÚLTIMA RUA DO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1086/1086_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1086/1086_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE BRAÇO DE ILUMINAÇÃO NO FINAL DA RUA ITIRAPINA, A FIM DE MELHORAR A ILUMINAÇÃO NAQUELE LOCAL, BEM COMO FAZER A PODA DAS ÁRVORES, POIS AS MESMAS TÊM ESCONDIDO AS LUMINÁRIAS, DEIXANDO O LOCAL ESCURO.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1087/1087_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1087/1087_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA CONTATO COM A SECRETARIA MUNICIPAL COMPETENTE VISANDO AGILIZAR A DOCUMENTAÇÃO NECESSÁRIA, A FIM DE DAR INÍCIO NAS OBRAS DE CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1088/1088_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1088/1088_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL DE ESPORTES E LAZER DO MUNICÍPIO, VISANDO ESTUDAR A VIABILIDADE DE INSTALAR MINI CAMPO DE BOCHA EM TODAS AS ÁREAS DE LAZER DOS NOSSOS BAIRROS.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1089/1089_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1089/1089_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PARA FAZER A SUBSTITUIÇÃO DAS LÂMPADAS QUEIMADAS EM VOLTA DO CONJUNTO AZALÉIA, BEM COMO INSTALAR NOS PORTÕES DE ENTRADA E SAÍDA DO CONJUNTO NOVAS LUMINÁRIAS</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1090/1090_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1090/1090_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROCEDER A INSTALAÇÃO DE BRINQUEDOS NO PARQUE INFANTIL LOCALIZADO NO INTERIOR DO CONJUNTO HABITACIONAL AZALÉIAS, ATENDENDO INÚMEROS PEDIDOS DOS MORADORES DO REFERIDO CONJUNTO.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1091/1091_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1091/1091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL RESPONSÁVEL PROCEDER A COLOCAÇÃO DE PLACA &amp;#8220;PROIBIDO JOGAR LIXO&amp;#8221; NA LATERAL DA RUA ANTÔNIO BUZZETO, ESQUINA COM A RUA ITIRAPINA.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1092/1092_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1092/1092_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ILUMINAÇÃO NO PARQUE INFANTIL DO PARQUE RESIDENCIAL IGUAÇU.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1093/1093_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1093/1093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA PAGAMENTO DE HORA EXTRA AOS FUNCIONÁRIOS QUE TRABALHAM NO TERMINAL RODOVIÁRIO TAMOTU MATUOKA, A TÍTULO DE GRATIFICAÇÃO, PELA PRESTAÇÃO DE SERVIÇO EXTRAORDINÁRIO.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1094/1094_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1094/1094_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REBAIXAMENTO DE GUIAS NOS CANTOS DA PRAÇA DEPUTADO JOSÉ COSTA, ONDE ESTÁ O PARQUE INFANTIL, A FIM DE FACILITAR O ACESSO DE DEFICIENTES, IDOSOS, CARRINHOS DE BEBÊS E CARINHOS DE FEIRA.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1095/1095_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1095/1095_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA SE ESCREVER TERMINAL RODOVIÁRIO TAMOTU MATUOKA &amp;#8211; ADAMANTINA NA LAJE DA FACHADA E NA LAJE DAS PLATAFORMAS DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1096/1096_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1096/1096_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM AGILIZADAS AS PROVIDÊNCIAS PARA CONTRATAÇÃO DE AUXILIARES DE DESENVOLVIMENTO INFANTIL, CONVOCANDO-SE, EVIDENTEMENTE, OS CANDIDATOS APROVADOS NO CONCURSO PÚBLICO Nº 01/08.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>Amaro Silvestre da Silva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1097/1097_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1097/1097_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE PROCEDER A COBERTURA DA ACADEMIA AR LIVRE DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1098/1098_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1098/1098_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A DIREÇÃO DA FAI, OBJETIVANDO FAZER REPAROS NA PISCININHA DO CAMPUS III.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1099/1099_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1099/1099_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O COMANDO DO TIRO DE GUERRA LOCAL, VISANDO PROMOVER UMA PARCERIA NO SENTIDO DE REALIZAR OPERAÇÃO PARA LIMPEZA DE RIOS E CÓRREGOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1100/1100_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1100/1100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE A POSSIBILIDADE DE ADQUIRIR UMA ÁREA DE TERRA COM A FINALIDADE DE DOAR TERRENOS AOS FUNCIONÁRIOS DA FAI E PREFEITURA QUE AINDA NÃO TÊM SUA CASA PRÓPRIA, PARA QUE POSSAM CONSTRUIR SUAS CASAS.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1101/1101_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1101/1101_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO VISANDO PROMOVER ESTUDOS NO SENTIDO DE REALIZAR UMA PARCERIA COM A UNIMED DE ADAMANTINA, A FIM DE OFERECER UM PLANO DE SAÚDE COMPATÍVEL COM A RENDA A TODOS OS FUNCIONÁRIOS DA PREFEITURA, EMDA E FAI.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1102/1102_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1102/1102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE AGILIZAR A CONSTRUÇÃO DE COBERTURA NOS PONTOS DE ÔNIBUS CIRCULAR LOCALIZADOS NA RUA OSVALDO CRUZ, EM FRENTE À MAPEL E ADASERV FESTA, NO CENTRO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1103/1103_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1103/1103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA, SETOR DE MEIO AMBIENTE, PROCEDER ESTUDOS VISANDO PROGRAMAR SERVIÇOS DE PODA PARCIAL DAS ÁRVORES QUE ESTÃO ATRAPALHANDO AS NOVAS LUMINÁRIAS QUE FORAM INSTALADAS NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1079/1079_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1079/1079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. DIRETOR DA FAI, DR. MÁRCIO CARDIM, QUE, SE ENTENDIDO OPORTUNO, PROMOVA, COM URGÊNCIA, AS ALGUMAS AÇÕES RELATIVAS AOS CURSOS.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>Israel Pereira Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1104/1104_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1104/1104_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE A INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA RUA SADAO MATSUMOTO E NA ALAMEDA FRANCISCO JOSÉ DE AZEVEDO.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1105/1105_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1105/1105_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO SUGERIR À ENTIDADE LAR DOS VELHOS DE ADAMANTINA A SUBSTITUIÇÃO DA TERMINOLOGIA &amp;#8220;VELHOS&amp;#8221; PELA TERMINOLOGIA &amp;#8220;IDOSOS&amp;#8221;.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1106/1106_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1106/1106_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE A COLOCAÇÃO DE PLACAS INDICATIVAS COM O ESCOPO DE ORIENTAR OS MUNÍCIPES DESTA E DE OUTRAS URBES, NA LOCALIZAÇÃO DOS RESPECTIVOS PRÉDIOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>Cleusa Marquetti Francisco</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1107/1107_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1107/1107_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE COLOCAR MAIS BANCOS NO INTERIOR E NAS LATERAIS DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1108/1108_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1108/1108_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS, SETOR DE ILUMINAÇÃO PÚBLICA OBJETIVANDO MELHORAR A ILUMINAÇÃO PÚBLICA DA RUA SEBASTIÃO ROMBALDI.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1109/1109_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1109/1109_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR MUNICIPAL DE TRÂNSITO, ESTUDAR A POSSIBILIDADE DE INSTALAR UM REDUTOR DE VELOCIDADE NA VICINAL JOSÉ BOCARDI, PROXIMIDADE DA ENTRADA DO AEROPORTO MUNICIPAL E ASPUMA.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1143/1143_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1143/1143_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O AUMENTO DO VALOR MENSAL DA BOLSA DOS ESTAGIÁRIOS DA PREFEITURA QUE ESTUDAM NA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1144/1144_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1144/1144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE BANCOS EM AMBOS OS LADOS DO PORTÃO DE ENTRADA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1145/1145_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1145/1145_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE PONTE DE CONCRETO SOBRE O CÓRREGO DOS CALDEIRAS.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1146/1146_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1146/1146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REBAIXAMENTO DE GUIAS EM FRENTE A ENTRADA PRINCIPAL DA SEDE DO ROTARY CLUB DE ADAMANTINA, SITO NA RUA PAUL HARRIS, A FIM DE FACILITAR O ACESSO DE DEFICIENTES, IDOSOS E CARRINHOS DE BEBÊS.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1147/1147_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1147/1147_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA EFETUADA UMA REVISÃO GERAL NAS PLACAS INDICATIVAS DE NOMES DE VIAS E LOGRADOUROS PÚBLICOS PARA CORRIGIR ERROS DE GRAFIA, DE NOMENCLATURAS, DE ABREVIATURA ETC., BEM COMO DE NOMES ILEGÍVEIS E REPOSIÇÃO DE PLACAS ONDE EXISTEM APENAS SUPORTES, CAUSANDO MÁ IMPRESSÃO E TRANSTORNOS.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1148/1148_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1148/1148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO PROCEDER ILUMINAÇÃO NO TRECHO DA LINHA FÉRREA, DA LANCHONETE HANGAR ATÉ O INÍCIO DA RUA JOÃO LATINI, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1149/1149_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1149/1149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UMA OPERAÇÃO VISANDO LIMPAR TODAS AS BOCAS-DE-LOBO DA CIDADE, BEM COMO APLICAR VENENO APROPRIADO PARA A ELIMINAÇÃO DOS FOCOS DE PERNILONGOS QUE VEM TIRANDO O SOSSEGO DA POPULAÇÃO.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1150/1150_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1150/1150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA INCLUIR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, A ROÇAGEM DO ENORME MATAGAL NO FINAL DA RUA FLORIANÓPOLIS COM A RUA SÃO JOÃO, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1151/1151_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1151/1151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA, COM URGÊNCIA, CEDIDO UM ÔNIBUS SEMI-NOVO PARA USO DA FAI, OBJETIVANDO-SE O TRANSPORTE DE ALUNOS A EVENTOS TÉCNICO-PEDAGÓGICOS PROMOVIDOS EM ADAMANTINA OU EM OUTRAS LOCALIDADES DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1152/1152_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1152/1152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJAM DESTINADOS DOIS CAMINHÕES DE TERRA VERMELHA PARA OPERAÇÃO TAPA-BURACOS NO PARQUE INFANTIL DA VILA FREITAS.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DE OBRAS E PROMOÇÃO SOCIAL, SEJA, COM URGÊNCIA, ATENDIDO O SOLICITADO NO OFÍCIO 01/12 ANEXO, DE AUTORIA DA ASSOCIAÇÃO DE MORADORES DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO LAR DOS VELHOS DE ADAMANTINA VIABILIZAR, COM URGÊNCIA, ALGUNS UTENSÍLIOS.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1166/1166_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1166/1166_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COM URGÊNCIA, DA SECRETARIA MUNICIPAL DA ADMINISTRAÇÃO, SRª. VERA CABRE-RA, SEJA CUMPRIDA A RESOLUÇÃO Nº 139, DE 17 DE MARÇO DE 2000, DO CONSELHO NA-CIONAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, QUE GARANTE AOS MEMBROS DESTE ÓRGÃO O DIREITO AO AUXILIO ALIMENTAÇÃO, O QUE, INACEITAVELMENTE, NÃO VEM SENDO CUMPRIDO POR ESTA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1167/1167_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1167/1167_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJAM, COM A URGÊNCIA POSSÍVEL, DEVIDAMENTE RECAPEADAS AS RUAS 15 DE NOVEMBRO E LIBERO BADARÓ, AMBOS DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1168/1168_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1168/1168_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DO SETOR DE OBRAS, SEJAM REALIZADAS AS REFORMAS QUE SE FAZEM NECESSÁRIAS NO CENTRO COMUNITÁRIO DOS CONJUNTOS HABITACIONAIS CECAP I E II.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1169/1169_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1169/1169_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA CONTATADO O DIRETOR DA SABESP LOCAL, OBJETIVANDO-SE UMA SINALIZAÇÃO ADEQUADA NOS LOCAIS ONDE A EMPRESA REALIZA REPAROS.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1170/1170_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1170/1170_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE OBRAS SEJAM, COM URGÊNCIA, EXECUTADOS OS REPAROS NECESSÁRIOS EM TODOS OS PARQUES INFANTIS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1171/1171_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1171/1171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRA GRANDE NO BAIRRO TUCURUVI, NAS PROXIMIDADES DA ANTIGA ESCOLA, PARA FACILITAR OS SERVIÇOS DE DEPÓSITO E COLETA DE LIXO REALIZADOS PELA PREFEITURA ÀS QUINTAS-FEIRAS.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1172/1172_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1172/1172_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ABRIGO DE ÔNIBUS NA CALÇADA EM FRENTE A ETEC PROF. EUDÉCIO LUIZ VICENTE PARA PROTEGER AS PESSOAS DO SOL E DA CHUVA.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1173/1173_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1173/1173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER, COM URGÊNCIA, UMA COMPLETA LIMPEZA NAS ÁREAS VERDES EXISTENTES NO PARQUE IGUAÇU, BEM COMO COLOCAR PLACA &amp;#8220;PROIBIDO JOGAR LIXO E ENTULHOS&amp;#8221;.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1174/1174_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1174/1174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOTIFICAR O PROPRIETÁRIO DA CHÁCARA LOCALIZADA NA AL. JOSÉ FRANCISCO DE AZEVEDO, EM FRENTE DO PARQUE RESIDENCIAL IGUAÇU, NO SENTIDO DE REALIZAR A PODA PARCIAL DA CERCA VIVA DA REFERIDA PROPRIEDADE.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1175/1175_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1175/1175_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS AGENDAR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, A CONSTRUÇÃO DE 2 SARJETÕES NOS SEGUINTES LOCAIS: RUA TATSUO MORINAGA COM A RUA JOSÉ BRAZ FILHO, NO PARQUE IGUAÇU E OUTRO NA RUA ZEQUINHA DE ABREU COM A RUA JOSÉ BRAZ FILHO, NO PAQUE ITAPUÃ.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1176/1176_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1176/1176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE RESOLVER OS PROBLEMAS EXISTENTES NA ÁREA LOCALIZADA NA RUA JOÃO DALPHALO, QUE SE ENCONTRA TOMADA POR ENORME MATAGAL E ENTULHOS, BEM COMO PROCEDER OPERAÇÃO TAPA-BURACOS NA REFERIDA RUA.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1177/1177_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1177/1177_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, MELHORAR A ILUMINAÇÃO NAS RUAS E PRAÇAS DO PARQUE RESIDENCIAL IGUAÇU, INCLUSIVE A COLOCAÇÃO DE POSTES COM LUMINÁRIAS NO LOCAL ONDE ESTÁ INSTALADO O PARQUE INFANTIL</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Rudimar Bueno Soares</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1178/1178_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1178/1178_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER A SUBSTITUIÇÃO DOS BRAÇOS CURTOS DAS LUMINÁRIAS DO BAIRRO JARDIM BRASIL, A FIM DE MELHORAR A ILUMINAÇÃO NO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1179/1179_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1179/1179_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DE TRÂNSITO DO MUNICÍPIO ESTUDAR A VIABILIDADE DE SINALIZAR COM PLACA E PINTURA DE SOLO &amp;#8220;PARE&amp;#8221; EM TODAS AS RUAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1180/1180_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1180/1180_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROCEDER UMA COMPLETA LIMPEZA NAS LATERAIS DE TODAS AS RUAS QUE TERMINAM NA LINHA FÉRREA NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1181/1181_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1181/1181_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A LIMPEZA EM TODOS OS BUEIROS E GALERIAS DAS RUAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1182/1182_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1182/1182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA UMA PARCERIA COM A FAI JUNTO AO COORDENADOR DO CURSO DE ENFERMAGEM, NO SENTIDO DE AFERIR A PRESSÃO ARTERIAL, REALIZAR EXAMES GRATUITOS DE GLICEMIA E OUTROS QUE FOREM POSSÍVEIS PELO MENOS UMA VEZ A CADA TRÊS MESES DE TODOS OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, PRINCIPALMENTE OS DO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1183/1183_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1183/1183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE, VISANDO PROMOVER CURSOS DE PEDREIRO, MECÂNICA E CARPINTEIRO, UTILIZANDO OS PROFISSIONAIS DA PREFEITURA COMO INSTRUTORES E REMUNERANDO-OS POR AULA MINISTRADA.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1184/1184_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1184/1184_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A DIRETORIA MUNICIPAL DO MEIO AMBIENTE, COM A FINALIDADE DE PROMOVER UMA CAMPANHA, A NÍVEL MUNICIPAL, DE LIMPEZA DOS TERRENOS DA CIDADE, BEM COMO DE TODOS OS CÓRREGOS DE NOSSO MUNICÍPIO, PRINCIPALMENTE O RANCHO E ITAIPU, PROCEDENDO O RECOLHIMENTO DE GARRAFAS, PLÁSTICOS, ENTULHOS E DEMAIS MATERIAIS OFENSIVOS AO MEIO AMBIENTE, A FIM DE PROTEGER OS NOSSOS MANANCIAIS E EVITAR A PROLIFERAÇÃO DO MOSQUITO AEDES AEGYPTI EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1185/1185_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1185/1185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS).</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1186/1186_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1186/1186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE ESTUDAR A POSSIBILIDADE DE CONSTRUIR ESTACIONAMENTO PARA BICICLETAS E SIMILARES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1187/1187_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1187/1187_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DESTINE PARTE DOS RECURSOS RECEBIDOS NA RENOVAÇÃO DO CONTRATO DA COMPANHIA DE SANEAMENTO BÁSICO &amp;#8211; SABESP, PARA DAR INÍCIO NAS OBRAS DO NOSSO TÃO SONHADO BALNEÁRIO MUNICIPAL, A FIM DE DESENVOLVER O TURISMO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1188/1188_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1188/1188_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA RESPONSÁVEL PELA CONFECÇÃO DOS UNIFORMES DOS FUNCIONÁRIOS DA PREFEITURA, PARA QUE SEJAM CONFECCIONADAS CAMISAS DE MANGA LONGA, A FIM DE PROTEGER OS TRABALHADORES DO SOL ESCALDANTE, EVITANDO POSSÍVEIS DOENÇAS CAUSADAS PELO SOL.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1189/1189_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1189/1189_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTAURAÇÃO DE PROCESSO SELETIVO PARA CONTRATAÇÃO DE UM PROFESSOR DE CARATÊ PARA MINISTRAR AULAS NAS ESCOLAS DA REDE PÚBLICA.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE DUCHAS NO PARQUE DOS PIONEIROS, NA ÁREA DAS QUADRAS DE AREIA.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1191/1191_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1191/1191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PROMOÇÃO DE ESTUDOS COM O ESCOPO DE SE AVALIAR A CONVENIÊNCIA DA ISENÇÃO DO IMPOSTO PREDIAL E TERRITORIAL URBANO PARA OS MUNÍCIPES IDOSOS.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1192/1192_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1192/1192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE PLACAS INDICATIVAS DOS BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1193/1193_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1193/1193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA RIO BRANCO, NO TRECHO ENTRE AS RUAS NOVE DE JULHO E HERMENEGILDO ROMANINI.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1194/1194_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1194/1194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REPARO DA VALETA DA AVENIDA DA SAUDADE, ESQUINA COM A ALAMEDA FRANCISCO JOSÉ DE AZEVEDO.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1195/1195_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1195/1195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REPARO DA VALETA DA RUA SEBASTIÃO ROMBALDI, ESQUINA COM A ALAMEDA FRANCISCO JOSÉ DE AZEVEDO.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1196/1196_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1196/1196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REPARO DA VALETA DA RUA YASSUYUKI KASSAI, ESQUINA COM A ALAMEDA FRANCISCO JOSÉ DE AZEVEDO.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1197/1197_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1197/1197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER A INSTALAÇÃO DAS NOVAS LUMINÁRIAS DE CALÇADA EM FRENTE AO EDIFÍCIO SAN FERNANDO, NA ALAMEDA JARBAS BENTO DA SILVA.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1217/1217_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1217/1217_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER A COLOCAÇÃO DE LÂMPADAS ADICIONAIS, COMO VEM SENDO COLOCADA EM DIVERSOS PONTOS DA CIDADE, NA RUA HERMENEGILDO ROMANINI, PROXIMIDADES DO Nº 477.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1218/1218_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1218/1218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A CAIUÁ &amp;#8211; SERVIÇOS DE ELETRICIDADE S/A, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROCEDER A EXTENSÃO DE REDE ELÉTRICA NO FINAL DA RUA FIORAVANTE SPÓSITO, NOS FUNDOS DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1219/1219_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1219/1219_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE PLANEJAMENTO URGÊNCIA MÁXIMA NO PROCESSO LICITATÓRIO REFERENTE À CONSTRUÇÃO DOS CENTROS COMUNITÁRIOS DA VILA JAMIL DE LIMA E DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1220/1220_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1220/1220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETÁRIA MUNICIPAL DA EDUCAÇÃO, PROFª. RUTE PAES DE ALMEIDA, PROVIDÊNCIAS URGENTES, NO SENTIDO DE SER ENCAMINHADO A ESTA CASA PROJETO DE LEI ATENDENDO AS JUSTAS REIVINDICAÇÕES DO MAGISTÉRIO MUNICIPAL, INCLUSIVE COM AS ALTERAÇÕES NO ESTATUTO DESTA EXEMPLAR CATEGORIA, SUGERIDAS REUNIÕES PELAS PROFESSORAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, A PARTIR DE 1º DE ABRIL P.F., SEJA CONCEDIDO AOS SERVIDORES MUNICIPAIS AUMENTO SALARIAL SUPERIOR AO IGPM DE 2011.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, PROF. DR. MÁRCIO CARDIM, QUE A INSTITUIÇÃO CONCEDA REAJUSTE SALARIAL AO PESSOAL DA FAI A PARTIR DE 1º DE ABRIL PRÓXIMO. QUE O ÍNDICE PROPOSTO SEJA SUPERIOR AO APURADO PELO IGPM RELATIVO AO ANO DE 2011, QUE TOTALIZOU 6,1%.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, VIA SECRETARIA MUNICIPAL DE OBRAS, SEJA, COM URGÊNCIA E ADEQUADAMENTE, REALIZADA MANUTENÇÃO NA ESTRADA QUE LIGA O ACESSO PELA PLÁCIDO ROCHA À AIDELÂNDIA &amp;#8211; MEDIANEIRA.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA EDUCAÇÃO PROVIDÊNCIAS URGENTES NO SENTIDO DE SER INICIADA, EM ABRIL PRÓXIMO, A REFORMA DA QUADRA DE ESPORTES DA ESCOLA NAVARRO DE ANDRADE, INCLUINDO COBERTURA, CONSTRUÇÃO DE BANHEIROS, VESTUÁRIOS COM CHUVEIROS, REFORMA DO PISO, TABELAS E ARQUIBANCADA.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA CONTATO COM A SECRETARIA MUNICIPAL DE SAÚDE, OBJETIVANDO PROMOVER ESTUDOS VISANDO A COBERTURA DOS PORTÕES DO POSTO DE SAÚDE CENTRAL NOS HORÁRIOS QUE OS MUNÍCIPES RETIRAM AS GUIAS PARA CONSULTAS E EXAMES A FIM DE PROTEGÊ-LOS, PRINCIPALMENTE OS IDOSOS NOS DIAS DE FRIO E FORTES CHUVAS.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1226/1226_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1226/1226_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA CONTATO COM A SECRETARIA MUNICIPAL COMPETENTE, VISANDO A ELABORAÇÃO DE PROJETO PARA A CONSTRUÇÃO DE UM PORTAL DE ENTRADA NA NOSSA CIDADE, NOS MOLDES DOS EXISTENTES NA NOSSA REGIÃO, COM OS DIZERES &amp;#8220;BEM-VINDOS À CIDADE JÓIA&amp;#8221;.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1227/1227_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1227/1227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO PROMOVER ESTUDOS VISANDO A CONSTRUÇÃO DE UMA CICLOVIA PARALELA À LINHA FÉRREA, NO TRECHO BARRACÃO DA ANTIGA FEPASA ATÉ O FINAL DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1228/1228_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1228/1228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR RESPONSÁVEL PROCEDER A NOTIFICAÇÃO DE TODOS OS PROPRIETÁRIOS DE IMÓVEIS QUE TÊM SEUS PASSEIOS DANIFICADOS, PARA QUE SEJA EFETUADO CONSERTOS PRINCIPALMENTE NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1229/1229_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1229/1229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS JUNTO ÀS SECRETARIAS MUNICIPAIS DE OBRAS E AGRICULTURA E DE MEIO AMBIENTE, COM A FINALIDADE DE CONSTRUIR, EM NOSSA CIDADE, UM PESQUEIRO MUNICIPAL, DOTADO DE ÁREA DE LAZER COM CAMPO DE FUTEBOL, QUADRA DE AREIA E PARQUE INFANTIL.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1230/1230_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1230/1230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À DIREÇÃO GERAL DA FAI, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE FAZER MUTIRÃO DE SAÚDE BUCAL COM OS ALUNOS DO CURSO DE ODONTOLOGIA JUNTO AOS BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1231/1231_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1231/1231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SETOR COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE INSTALAR A POSSIBILIDADE DE INSTALAR CÂMERAS DE SEGURANÇA NAS PRAÇAS E JARDINS PÚBLICOS DE NOSSA CIDADE, BEM COMO NO INTERIOR DO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1232/1232_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1232/1232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NA AL. NATAL, VILA JAMIL DE LIMA, A FIM DE ORIENTAR O TRÂNSITO DE VEÍCULOS E A CIRCULAÇÃO DE PESSOAS, VISANDO POSSÍVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1233/1233_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1233/1233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, OBJETIVANDO MELHORAR A SINALIZAÇÃO DE TRÂNSITO NA ROTATÓRIA QUE DÁ ACESSO À CIDADE DE VALPARAÍSO.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1234/1234_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1234/1234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO PROCEDER UMA COMPLETA LIMPEZA E COLOCAÇÃO DE CORRIMÃO EM TODAS AS PASSAGENS SOBRE OS TRILHOS DA ESTRADA DE FERRO LOCALIZADAS NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1235/1235_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1235/1235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À DIRETORIA DO MEIO AMBIENTE DE NOSSO MUNICÍPIO PROCEDER A FISCALIZAÇÃO MINUCIOSA JUNTO ÀS CAÇAMBAS QUE SÃO COLOCADAS NAS CONSTRUÇÕES PARA O RECOLHIMENTO DE ENTULHOS.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1236/1236_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1236/1236_texto_integral.pdf</t>
   </si>
   <si>
     <t>100/12	SOLICITA QUE DETERMINE AO SETOR DE OBRAS E SERVIÇOS PROCEDER A PINTURA DOS NOMES DAS RUAS NOS POSTES E AVENIDAS DAS RUAS DO JARDIM BRASIL, PARA ORIENTAÇÃO DAS PES-SOAS, CARTEIROS E ENTREGADORES DE MERCADORIAS.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1237/1237_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1237/1237_texto_integral.pdf</t>
   </si>
   <si>
     <t>101/12	SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS CONSTRUIR CALÇADA NO TERRENO DO CORPO DE BOMBEIROS, PRÓXIMO À PASSAGEM SOBRE OS TRILHOS DA FEPASA, NA RUA GENERAL ISIDORO.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1238/1238_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1238/1238_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA OFICIAR O DIRETOR DA 68ª CIRETRAN EM ADAMANTINA, DR. CELSO PARDO SOARES, COM O ESCOPO DE SOLICITAR QUE SEJA REALIZADA OPERAÇÕES POLICIAIS NO INTUITO DE COIBIR O ABUSO DE SONS EM VEÍCULOS AUTOMOTORES.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1239/1239_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1239/1239_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA VERIFICAR A POSSIBILIDADE DE SE DOAR UM TERRENO AO GRUPO DE CAPOEIRA FILHOS DA BARRA, HAJA VISTA NÃO TER SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1271/1271_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1271/1271_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE OFÍCIO AO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DOS TRANSPORTES, JURANDIR FERNANDES, SOLICITANDO O ESTABELECIMENTO DE TERMO ADITIVO PARA O TÉRMINO DA REFORMA DO TERMINAL RODOVIÁRIO TAMOTO MATUOKA.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1272/1272_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1272/1272_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJA, COM URGÊNCIA, INICIADA A REFORMA DO CENTRO COMUNITÁRIO DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1273/1273_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1273/1273_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE SEJA INICIADO, COM URGÊNCIA, O RECAPEAMENTO ASFÁLTICO DAS RUAS JOÃO PACHIONE, DANTE MANTOVANI, DOMINGOS FRATINI E JOÃO PERRONI, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1274/1274_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1274/1274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE IMPRESCINDIVELMENTE, INCLUA O PESSOAL DA EMDA NO PROJETO RELATIVO AO REAJUSTE A SER CONCEDIDO AOS SERVIDORES MUNICIPAIS DE ADAMANTINA, A PARTIR DE 1º DE ABRIL CORRENTE.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1276/1276_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1276/1276_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR RESPONSÁVEL A POSSIBILIDADE DE RECONSTRUIR UMA COBERTURA COM BANCO QUE EXISTIA NO PONTO DE TÁXI LOCALIZADO NA RUA DEPUTADO SALLES FILHO, ESQUINA COM A AV. RIO BRANCO, A FIM DE PROTEGER OS TAXISTAS NOS DIAS DE CHUVA E DO SOL ESCALDANTE</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1277/1277_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1277/1277_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS PROCEDER MANUTENÇÃO EM TODAS AS PONTES RURAIS DE NOSSO MUNICÍPIO, PRECISAMENTE A DO BAIRRO CÓRREGO DA ONÇA, 1ª PONTE.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1278/1278_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1278/1278_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DIRETORIA MUNICIPAL DE TRÂNSITO EFETUAR PINTURA DE SINALIZAÇÃO DE SOLO (FAIXA DIVISÓRIA), BEM COMO NAS LOMBADAS NO BAIRRO LAGOA SECA, EM RAZÃO DA ALTA VELOCIDADE PRATICADA PELOS MOTORISTAS.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1279/1279_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1279/1279_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRA E SERVIÇOS CONSTRUIR UM SARJETÃO NA RUA LIMEIRA, ESQUINA COM A RUA PORTO ALEGRE, NA VILA JAMIL DE LIMA, A FIM DE EVITAR O ACÚMULO DE ÁGUA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1280/1280_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1280/1280_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA SUA PROGRAMAÇÃO, A PAVIMENTAÇÃO ASFÁLTICA DA RUA CONSTANTE ORTELAN, NA ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1281/1281_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1281/1281_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ADQUIRIR NOVOS UNIFORMES PARA A BANDA MARCIAL DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1282/1282_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1282/1282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, SETOR DE ILUMINAÇÃO, TOMAR PROVIDÊNCIAS URGENTES A FIM DE MELHORAR A ILUMINAÇÃO DA AL. JOSÉ BECHARA (FUNDO DO ESTÁDIO MUNICIPAL)</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1283/1283_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1283/1283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SR. MÁRIO MATSUDA PARA DENOMINAR RUA, LOGRADOURO OU BEM PÚBLICO.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1284/1284_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1284/1284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA COM O NOME PRAÇA MÁRIO BÉRGAMO, NA CONFLUÊNCIA DAS RUAS MINAS GERAIS, ESPÍRITO SANTO E JASMINS, ENTRE O JARDIM BRASIL E A VILA JARDIM.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1285/1285_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1285/1285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA GENERAL IZIDORO, QUE CONDUZ À PARÓQUIA NOSSA SENHORA DE FÁTIMA, A FIM DE FACILITAR A LOCOMOÇÃO DE PEDESTRES E MELHORAR O VISUAL NOTURNO.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1286/1286_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1286/1286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM REFEITAS AS FAIXAS DIVISÓRIAS DE SINALIZAÇÃO DA AVENIDA FRANCISCO BELLUSCI, QUE CONDUZ AO CAMPUS II DA FAI</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1287/1287_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1287/1287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO INCLUIR NO NOVO PROJETO QUE VISA MELHORAR O TRÂNSITO DE NOSSA CIDADE, A CONSTRUÇÃO DE UM TREVO NA RUA GOIÁS E RIO DE JANEIRO NO JARDIM BRASIL E A AV. ANTONIO TIVERON.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1288/1288_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1288/1288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROCEDA UMA COMPLETA LIMPEZA NAS RUAS E PINTURA DE GUIAS NOS BAIRROS JARDIM ADAMANTINA, JARDIM PRIMAVERA, JARDIM BRASIL E JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1289/1289_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1289/1289_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO PROCEDER A TROCA DE TODOS OS BRAÇOS DAS LUMINÁRIAS POR BRAÇOS MAIS LONGOS DAS RUAS E AVENIDAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1290/1290_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1290/1290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE SAÚDE PROMOVER UM MUTIRÃO DA SAÚDE NO JARDIM BRASIL COM A REALIZAÇÃO DE EXAMES DE DIABETES, COLESTEROL, AFERIÇÃO DE PRESSÃO E OUTROS.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1294/1294_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1294/1294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL COMPETENTE PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1295/1295_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1295/1295_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS), PROCEDENDO A TROCA DE TODOS OS BRINQUEDOS DO PARQUE INFANTIL, COLOCAÇÃO DE NOVOS BANCOS, LIMPEZA DA LAGOA, REFORMA DOS ALAMBRADOS E COLOCAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1296/1296_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1296/1296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS DE OPERAÇÃO TAPA-BURACOS, AS RUAS DOS JARDINS ADAMANTINA, BRASIL E PAULISTA.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1297/1297_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1297/1297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONTRATAR FUNCIONÁRIOS, PRINCIPALMENTE BRAÇAIS TEMPORÁRIOS, A FIM DE AGILIZAR AS OBRAS QUE ESTÃO EM ANDAMENTO.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1298/1298_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1298/1298_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À COMISSÃO MUNICIPAL DE TRÂNSITO PROMOVER ESTUDOS VISANDO A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NOS PONTOS CRÍTICOS DE RUAS E AVENIDAS DE NOSSA CIDADE, A FIM DE COIBIR O EXCESSO DE VELOCIDADE.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1299/1299_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1299/1299_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ESTUDOS JUNTO À SECRETARIA COMPETENTE, OBJETIVANDO CONSTRUIR UMA QUADRA DE FUTSAL NO PARQUE DOS PIONEIROS, A FIM DE ATENDER INÚMEROS PEDIDOS DOS AMANTES DESTE ESPORTE, MUITO PRATICADO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1390/1390_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1390/1390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIAS NA PRAÇA MILTON BARRETO, LOCALIZADA NO PARQUE TANGARÁ, BEM COMO A COLOCAÇÃO DE APARELHOS DE GINÁSTICA AOS IDOSOS, NOS MOLDES DOS QUE FORAM COLOCADOS NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1391/1391_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1391/1391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER A REPAROS NA QUADRA DE ESPORTES DO JARDIM PRIMAVERA, POIS OS EQUIPAMENTOS ESTÃO DESTRUÍDOS, PREJUDICANDO A UTILIZAÇÃO DA MESMA.</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1310/1310_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1310/1310_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS, SEJAM, COM URGÊNCIA, ASFALTADOS OS TRECHOS DAS RUAS CONDOR, ADEM E MAINA, NO RESIDENCIAL TANGARÁ.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1311/1311_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1311/1311_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE OFÍCIO À CAIUÁ, SOLICITANDO A DOAÇÃO DE 1000 LÂMPADAS COM O OBJETIVO DE MELHORAR A ILUMINAÇÃO PÚBLICA EM VÁRIOS LOCAIS DA CIDADE.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1312/1312_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1312/1312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DETERMINE AO SETOR COMPETENTE SEJA, COM URGÊNCIA, REALIZADAS LIMPEZA E REFORMA NO PARQUE INFANTIL DA CRECHE DAS CECAPS 1 E 2.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1313/1313_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1313/1313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM ATENDIDAS AS REIVINDICAÇÕES DA ASSOCIAÇÃO DE MORADORES DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1314/1314_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1314/1314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETÁRIA MUNICIPAL DA EDUCAÇÃO, PROFª. RUTE PAES DE ALMEIDA, QUE ESTE MUNICÍPIO INTRODUZA, COM URGÊNCIA, ÁGUA DE COCO NA MERENDA SERVIDA AOS NOSSOS ALUNOS, SOBRETUDO AOS ESTUDANTES DO PERÍODO NOTURNO.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1316/1316_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1316/1316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS, SETOR DE ILUMINAÇÃO PÚBLICA, ESTUDAR A POSSIBILIDADE DE COLOCAR AS LÂMPADAS ADICIONAIS NOS POSTES DO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1317/1317_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1317/1317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER O RECAPEAMENTO DAS RUAS DO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1318/1318_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1318/1318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, OBJETIVANDO VERIFICAR A POSSIBILIDADE DE REFORMAR E AMPLIAR OS BANHEIROS DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1320/1320_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1320/1320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ABERTURA DE PASSAGEM NO CANTEIRO CENTRAL DA AVENIDA FRANCISCO BELLUSCI, NAS PROXIMIDADES DO ALMOXARIFADO.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1321/1321_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1321/1321_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA NOVE DE JULHO, QUE CONDUZ AO CAMPUS I DA FAI.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1322/1322_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1322/1322_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL DE DESENVOLVIMENTO SOCIAL PARA QUE SEJA IMPLANTADA, EM NOSSO MUNICÍPIO, UMA UNIDADE DO PROJETO &amp;#8220;QUERO VIDA&amp;#8221; &amp;#8211; CENTRO DE CONVIVÊNCIA PARA IDOSOS SEMIDEPENDENTES E DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1323/1323_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1323/1323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, COM A FINALIDADE DE SOLICITAR A LIBERAÇÃO DE RECURSOS FINANCEIROS, A FUNDO PERDIDO, PARA A REFORMA DE CASAS DAS PESSOAS EXTREMAMENTE CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1324/1324_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1324/1324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL DE ESPORTES NO SENTIDO DE AGILIZAR O PROJETO, QUE VISA A CONSTRUÇÃO DE UMA QUADRA COBERTA NO PARQUE DOS PIONEIROS PARA A PRÁTICA DE FUTSAL, VÔLEI E BASQUETE.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1325/1325_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1325/1325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFÍCIO À SECRETARIA ESTADUAL DE AGRICULTURA, MÔNICA BERGAMASCHI, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO ESTADUAL, OBJETIVANDO DESTINAR UM TRATOR COM TOMBADOR E PLANTADEIRA EQUIPADO, PARA SER INTEGRADO AO PATRIMÔNIO DA PATRULHA AGRÍCOLA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1315/1315_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1315/1315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA EMPRESA GUERINO SEISCENTO SEJAM COLOCADOS ÔNIBUS PARA O TRANSPORTE DE PASSAGEIROS, DUAS VEZES POR SEMANA, DOS SEGUINTES BAIRROS: 1 &amp;#8211; PAVÃO. 2 &amp;#8211; PRATA. 3 &amp;#8211; AIDELÂNDIA. 4 &amp;#8211; LAGOA SECA. 5 &amp;#8211; CÓRREGO DA ONÇA. 6 &amp;#8211; TUCURUVI. 7 &amp;#8211; LAMBARI. 8 &amp;#8211; BOA VISTA. 9 &amp;#8211; ESTRADA 14.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1326/1326_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1326/1326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, OBJETIVANDO FAZER FAIXA DE PEDESTRES NA AL. DAS MARGARIDAS COM A AV. VITÓRIA RÉGIA, PRÓXIMO AO POSTO DE SAÚDE DA VILA JARDIM.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1319/1319_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1319/1319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER, COM URGÊNCIA, A PODA PARCIAL DE TODAS AS ÁRVORES DO JARDIM ADAMANTINA, PRINCIPALMENTE AQUELAS QUE ESTÃO EMBAIXO DOS POSTES DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1365/1365_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1365/1365_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, PROF. DR. MÁRCIO CARDIM, QUE PROMOVA A REORGANIZAÇÃO DO TRÂNSITO INTERNO NO &amp;#8220;CAMPUS 2&amp;#8221; DA FAI, SOBRETUDO REFERENTE AO ESTABELECIMENTO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1366/1366_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1366/1366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE ENVIE, IMPRETERIVELMENTE ATÉ O DIA 14, PROJETO DE LEI CONCEDENDO A DEVIDA REPOSIÇÃO SALARIAL AO FUNCIONALISMO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1367/1367_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1367/1367_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DA AGRICULTURA LOCAL IMEDIATAS PROVIDÊNCIAS NO SENTIDO DE ESTE ÓRGÃO REALIZAR UMA ADEQUADA PODA DE ÁRVORES NO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1368/1368_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1368/1368_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJAM DEVIDAMENTE REPARADAS TODAS AS ESTRADAS QUE LIGAM A NOSSA ZONA RURAL À CIDADE.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1370/1370_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1370/1370_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTAMENTE COM A SECRETARIA MUNICIPAL RESPONSÁVEL, OBJETIVANDO TOMAR MEDIDAS QUE VISAM PROIBIR A RETIRADA TOTAL OU PARCIAL, SEM A SUA REPOSIÇÃO, DAS PEDRAS PETIT PAVÊ.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1371/1371_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1371/1371_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA COBERTURA NO PONTO DE ÔNIBUS LOCALIZADO NO BAIRRO RURAL BOA VISTA, PROXIMIDADES DO BAR.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1372/1372_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1372/1372_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL RESPONSÁVEL PELA ADMINISTRAÇÃO DO PARQUE DOS PIONEIROS ESTUDAR A POSSIBILIDADE DE INSTALAR MAIS LIXEIRAS EM SEU INTERIOR.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1373/1373_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1373/1373_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO INCLUIR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, A PINTURA DE SINALIZAÇÃO DE SOLO &amp;#8220;PARE&amp;#8221; EM TODAS AS ESQUINAS DAS RUAS E AVENIDAS DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1374/1374_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1374/1374_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA RUA SANTA CATARINA, PROXIMIDADES DO CONJUNTO MÁRIO COVAS E RUA GOIÁS, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1375/1375_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1375/1375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE AGENDAR O NOME DO SR. BENEDITO ANTÔNIO PINTO, A FIM DE DENOMINAR RUAS OU AVENIDAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO, Rudimar Bueno Soares</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1385/1385_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1385/1385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROJETAR A CONSTRUÇÃO DE 02 (DUAS) CABINES DE RÁDIO NAS DEPENDÊNCIAS DO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1376/1376_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1376/1376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL DA DEFESA CIVIL, OBJETIVANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA SER UTILIZADO NA SUBSTITUIÇÃO DA PONTE DE MADEIRA POR CONCRETO DO CÓRREGO DO RANCHO.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1377/1377_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1377/1377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO A INSTALAÇÃO DE LUMINÁRIAS NA ÁREA DE LAZER DO PARQUE RESIDENCIAL IGUAÇU, LOCALIZADA NA RUA JOSÉ FRANCISCO DE AZEVEDO.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1378/1378_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1378/1378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE SAÚDE PROCEDER A INSTALAÇÃO DE AR CONDICIONADO NAS SALAS DE ATENDIMENTO MÉDICO NO POSTO DE SAÚDE CENTRAL, BEM COMO NO PAVILHÃO DE ESPERA DOS PACIENTES.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER UMA COMPLETA LIMPEZA NOS TERRENOS BALDIOS DOS BAIRROS JARDIM ITAMARATI, BELA VISTA E PARQUE CECAP.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1380/1380_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1380/1380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DIRETORIA MUNICIPAL DE TRÂNSITO PROCEDER ESTUDOS VISANDO A COLOCAÇÃO DE OBSTÁCULOS OU OUTRO REDUTOR DE VELOCIDADE NAS RUAS GOIÁS, RIO GRANDE E MATO GROSSO, NO JARDIM BRASIL, A FIM DE COIBIR O EXCESSO DE VELOCIDADE PRATICADA NO LOCAL.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1381/1381_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1381/1381_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS COLOCAR PLACA COM O NOME JARDIM BRASIL NA ROTATÓRIA QUE ESTÁ SENDO CONSTRUÍDA NA ENTRADA DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1382/1382_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1382/1382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE CORRIMÃO NA ESCADA DE ACESSO AO PAS-I &amp;#8211; POSTO DE ATENDIMENTO À SAÚDE, SITO NA RUA NOVE DE JULHO Nº 841.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1383/1383_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1383/1383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO A ABERTURA DE UMA PORTA LATERAL NA SALA 04 DO VELÓRIO MUNICIPAL A FIM DE FACILITAR A ENTRADA E SAÍDA DE PESSOAS PELA ÁREA COBERTA.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1384/1384_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1384/1384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA ROTATÓRIA NO CRUZAMENTO DA RUA TETSUSHI HAGA COM A AVENIDA RIO BRANCO.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1369/1369_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1369/1369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA EDUCAÇÃO SEJAM, COM URGÊNCIA, ADQUIRIDOS BRINQUEDOS PEDAGÓGICOS PARA TODAS AS CRECHES MUNICIPAIS.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1395/1395_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1395/1395_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE RECURSOS HUMANOS SEJA IMEDIATAMENTE ESTENDIDA A GRATIFICAÇÃO POR INSALUBRIDADE A TODOS OS PINTORES DA PREFEITURA.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1396/1396_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1396/1396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJA, COM URGÊNCIA, REALIZADA UMA ADEQUADA AÇÃO VISANDO A UMA LIMPEZA GERAL EM TODA A ÁREA LOCALIZADA NOS FUNDOS DA CRECHE, DO CENTRO COMUNITÁRIO E DO CAMPO DE FUTEBOL UTILIZADOS PELOS MORADORES DOS CONJUNTOS HABITACIONAIS CECAPS I E II.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1397/1397_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1397/1397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DA EDUCAÇÃO E DA CULTURA EMPENHO MÁXIMO OBJETIVANDO-SE A REALIZAÇÃO DE DESFILA DAS ESCOLAS MUNICIPAIS E ESTADUAIS EM COMEMORAÇÃO AOS 63º ANIVERSÁRIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1398/1398_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1398/1398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA EMPENHO MÁXIMO DAS SECRETARIAS MUNICIPAIS DA CULTURA E DA EDUCAÇÃO, VISANDO A QUE CONSTE DO PROGRAMA ALUSIVO AO PRÓXIMO ANIVERSÁRIO DO MUNICÍPIO CAMPEONATOS DE XADREZ, DAMAS E DOMINÓ, ALÉM DE ATIVIDADES DE LEITURA, MÚSICA, DANÇA, TEATRO E PINTURA A SEREM PROMOVIDAS NO JARDIM CENTRAL, EM QUARTEIRÃO EXCLUSIVAMENTE DESTINADO A ISTO E NAS ESCOLAS LOCAIS.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1399/1399_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1399/1399_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A MUNICIPALIDADE, COM URGÊNCIA MÁXIMA, INDIQUE UM SEGUNDO CURSO PARA SER INSTALADO NO INÍCIO DE 2013, NA FATEC DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1400/1400_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1400/1400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONCESSÃO DE KIT DE HIGIENE BUCAL AOS ALUNOS DE CRECHES, UNIDADES DE EDUCAÇÃO INFANTIL E DE ENSINO FUNDAMENTAL DA REDE PÚBLICA MUNICIPAL, COMO FORMA DE AMPLIAR AS POLÍTICAS SOCIAIS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1401/1401_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1401/1401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE PROCEDER A COLOCAÇÃO DE COBERTURA NO PONTO DE ÔNIBUS-CIRCULAR LOCALIZADO NA AV. RIO BRANCO, PRÓXIMO À PADARIA SUPREMA, NA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1402/1402_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1402/1402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE, OBJETIVANDO A PERFURAÇÃO DE UM POÇO SEMIARTESIANO NO JARDIM BRASIL E NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1403/1403_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1403/1403_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO, COLOCAR LUMINÁRIAS ATRÁS DA ANTIGA SAMBRA, PASSAGEM DE PEDESTRE NA LATERAL DA LINHA FÉRREA, ACESSO AO CAMPUS II DA FAI.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1404/1404_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1404/1404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER A DISTRIBUIÇÃO DE MUDAS DE CITRONELA PARA AS PESSOAS PLANTAREM EM SEUS QUINTAIS, A FIM DE COMBATER O MOSQUITO TRANSMISSOR DA LEISHMANIOSE.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1405/1405_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1405/1405_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO ESTUDAR A POSSIBILIDADE DE COLOCAR GUARDA NOTURNO E ILUMINAÇÃO EM NOSSO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1406/1406_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1406/1406_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE UM PEQUENO BANHEIRO NO PARQUE DOS PIONEIROS PARA OS IDOSOS, PRÓXIMO À ACADEMIA DA 3ª IDADE.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1407/1407_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1407/1407_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ADQUIRIR CÂMERAS DE SEGURANÇA PARA SEREM INSTALADAS DO LADO EXTERNO DAS ESCOLAS MUNICIPAIS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1408/1408_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1408/1408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE COLOCAR DOIS OBSTÁCULOS OU OUTROS REDUTORES DE VELOCIDADE NA AV. XV DE NOVEMBRO, NA VILA JAMIL DE LIMA, A FIM DE COIBIR O EXCESSO DE VELOCIDADE NO LOCAL.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1409/1409_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1409/1409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROMOVER PARCERIA COMISSÃO, ESCOLA E PREFEITURA, VISANDO INCLUIR, NA REDE MUNICIPAL DE EDUCAÇÃO, AULAS SOBRE A EDUCAÇÃO DE TRÂNSITO.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1410/1410_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1410/1410_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER A COLOCAÇÃO DE LÂMPADA ADICIONAL MEIO POSTE NOS BAIRROS PARQUE CECAP, EM FRENTE À CRECHE DO JARDIM JARDIM BRASIL, JARDIM EUROPA, BEM COMO NO CONJUNTO AZALÉIAS, A FIM DE MELHORAR A ILUMINAÇÃO PÚBLICA NOS LOCAIS.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1411/1411_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1411/1411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO A COMPRA E POSTERIOR DOAÇÃO DO MATERIAL NECESSÁRIO PARA A COLOCAÇÃO DE ALAMBRADO NO CAMPO DE FUTEBOL DO CONJUNTO ALAMANDAS.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1412/1412_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1412/1412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA COMPLETA REFORMA EM TODOS OS BRINQUEDOS DO PARQUE INFANTIL DA AMJAIP.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1413/1413_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1413/1413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS FAZER REPAROS NO CAMPO DE FUTEBOL DA AMJAIP, PROCEDENDO A TROCA DOS POSTES E CONSERTOS DOS ALAMBRADOS, BEM COMO A COLOCAÇÃO DE PLACA NAS LATERAIS COM OS SEGUINTES DIZERES: &amp;#8220;PROBIDO JOGAR LIXO E ENTULHOS&amp;#8221;.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1414/1414_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1414/1414_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER O ATERRAMENTO DO LADO INTERNO DO SALÃO DE FESTAS DA AMJAIP, BEM COMO A COLOCAÇÃO DE 4 BRAÇOS DE LÂMPADAS, A FIM DE POSSIBILITAR A COLOCAÇÃO DE MESA QUANDO DA REALIZAÇÃO DE FESTAS E DEMAIS ATIVIDADES.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE COLOCAR OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA RUA VITÓRIA RÉGIA, ENTRE A RUA PORTO ALEGRE E A AL. DAS MARGARIDAS, NA VILA JARDIM.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1416/1416_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1416/1416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANTER ENTENDIMENTO COM A COMISSÃO ORGANIZADORA DA PRÓXIMA FESTA AIR &amp;#8211; ADAMANTINA INTERNATIONAL RODEO, A FIM DE PROMOVER UMA PARCERIA COM A FINALIDADE DE AMPLIAR E REFORMAR OS DOIS BANHEIROS (FEMININO E MASCULINO) DO POLIESPORTIVO</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1417/1417_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1417/1417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO JOVEM MATEUS AUGUSTO BORDINHÃO MONARI, A FIM DE DENOMINAR O FUTURO GINÁSIO DE ESPORTES QUE SERÁ CONSTRUÍDO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1418/1418_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1418/1418_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM OS PROPRIETÁRIOS DO RESIDENCIAL GRAN VILLAGE, OBJETIVANDO PROMOVER UMA PARCERIA PARA A CONSTRUÇÃO DE UM PASSEIO PÚBLICO NA AV. MOYSÉS JUSTINO DA SILVA, NO SENTIDO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1419/1419_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1419/1419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SENHOR ANTÔNIO BARBERATO PARA DENOMINAR RUA OU AVENIDA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1420/1420_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1420/1420_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REMOÇÃO DOS VEÍCULOS ABANDONADOS NA RUA ALAGOAS, NAS PROXIMIDADES DA RUA GOIÁS.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1421/1421_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1421/1421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DO MATO NA ÁREA DAS FUTURAS INSTALAÇÕES DO POSTO DE SAÚDE DO JARDIM BRASIL, NA ESQUINA DAS RUAS SERGIPE COM MINAS GERAIS.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR GERAL DA FAI, OBJETIVANDO PROMOVER ESTUDOS VISANDO CONCEDER DESCONTOS NAS MENSALIDADES DOS ALUNOS ATIRADORES DO TIRO DE GUERRA NO PERÍODO QUE ESTÃO PRESTANDO O SERVIÇO MILITAR.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ANOTAR O NOME DO SENHOR JOSÉ GAVA PARA DENOMINAR RUA OU AVENIDA DE NOSSA CIDADE, A FIM DE ETERNIZAR, NA MEMÓRIA DA POPULAÇÃO, O NOME DESTE ILUSTRE PIONEIRO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DA EMDA, PROFESSOR REINALDO TURRA JÚNIOR, QUE, EM RAZÃO DO DEPÓSITO JÁ EFETUADO PELA CDHU NO VALOR DE R$ 203 MIL REAIS PARA SER UTILIZADO NA CONSTRUÇÃO DE MURO DE ARRIMO NO CONJUNTO HABITACIONAL BANDEIRANTES, A REFERIDA OBRA SEJA INICIADA IMEDIATAMENTE.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE SEJAM COLOCADAS NOVAS LIXEIRAS NOS LOCAIS EM QUE ELAS SE FAZEM NECESSÁRIAS, SOBRETUDO NAS PROXIMIDADES DOS &amp;#8220;TRAILLERS&amp;#8221; QUE VENDEM LANCHES.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DA SAÚDE SEJA RIGOROSAMENTE PROIBIDA A SUBSTITUIÇÃO DE QUALQUER PRESCRIÇÃO MÉDICA POR ALTERNATIVA &amp;#8220;MANIPULADA&amp;#8221;.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE, COM URGÊNCIA URGENTÍSSIMA, OFÍCIO AO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DOS TRANSPORTES, SAULO DE CASTRO ABREU FILHO, SOLICITANDO O ESTABELECIMENTO DE &amp;#8220;TERMO ADITIVO&amp;#8221; PARA VIABILIZAR-SE A CONTINUAÇÃO DAS OBRAS DE REFORMA DO TERMINAL RODOVIÁRIO &amp;#8220;TAMOTO MATUOKA&amp;#8221;.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. MÁRCIO CARDIM, QUE CONTATE, COM URGÊNCIA, OS COORDENADORES DOS CURSOS DE ENFERMAGEM, FARMÁCIA, NUTRIÇÃO, EDUCAÇÃO FÍSICA, ENGENHARIA DE ALIMENTOS, PSICOLOGIA, ENGENHARIA AMBIENTAL, AGRONOMIA E SERVIÇO SOCIAL, VISANDO A QUE A FAI PROMOVA AÇÕES, NESTAS ÁREAS, DURANTE O PERÍODO COMEMORATIVO AO 63º ANIVERSÁRIO DE ADAMANTINA</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE, EM CONSONÂNCIA COM O DR. MÁRCIO CARDIM, DIRETOR DA FAI, INDIQUEM, COM URGÊNCIA, UM DOS CURSOS ABAIXO MENCIONADOS PARA SER OFERECIDO PELA FATEC DE ADAMANTINA JÁ NO 1º SEMESTRE DE 2013: 1 &amp;#8211; LOGÍSTICA; 2 &amp;#8211; MECÂNICA DE PRECISÃO; 3 &amp;#8211; CONTROLE DE OBRAS; 4 &amp;#8211; PROJETOS &amp;#8211; MECÂNICAS; 5 &amp;#8211; MECÂNICA &amp;#8211; PROCESSOS DE SOLDAGEM.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETÁRIA MUNICIPAL DA EDUCAÇÃO, PROFª. RUTE PAES DE ALMEIDA, SOLICITANDO QUE CONTATE, COM URGÊNCIA, A DIREÇÃO DA ESCOLA &amp;#8220;NAVARRO DE ANDRADE&amp;#8221;, A FIM DE QUE SEJA ENCAMINHADO OFÍCIO À FUNDAÇÃO ITAÚ, SOLICITANDO A DOAÇÃO DE UM ACERVO DE LIVROS INFANTIS A SEREM UTILIZADOS PELOS CERCA DE 1000 ALUNOS DESTE EXEMPLAR ESTABELECIMENTO DE ENSINO.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES SEJAM REALIZADAS AS SEGUINTES AÇÕES NO JARDIM BELA VISTA: 1 &amp;#8211; CONSERTO E RECOLOCAÇÃO DOS BANCOS EXISTENTES EM TORNO DO CAMPO DE FUTEBOL; 2 &amp;#8211; PLANTIO DE GRAMA E COLOCAÇÃO DE TELA ATRÁS DOS GOLS DO CAMPO ACIMA MENCIONADO; 3 &amp;#8211; PODA DE ÁRVORES, CUJOS GALHOS, EM VÁRIOS LUGARES, JÁ ESTÃO EM CONTATO DIRETO COM OS FIOS DA REDE ELÉTRICA, FATO QUE PODEM PROVOCAR ACIDENTES GRAVES.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1460/1460_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1460/1460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ROÇAGEM (CORTE) E LIMPEZA DO MATO ALTO EXISTENTE NA RUA JOSÉ DE OLIVEIRA JÚNIOR, ALTURA DO NÚMERO 650, CÓRREGO CALDEIRAS, CONJUNTO MÁRIO COVAS.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE VOLTAR O OBSTÁCULO QUE FOI TIRADO NA AV. MARECHAL CASTELO BRANCO, PRÓXIMO AO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1462/1462_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1462/1462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO PROMOVER ESTUDOS VISANDO A COLOCAÇÃO DE SEMÁFORO NO CRUZAMENTO DA RUA GENERAL ISIDORO COM A AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, A PAVIMENTAÇÃO ASFÁLTICA DA RUA PARALELA AO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1464/1464_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1464/1464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, A PAVIMENTAÇÃO ASFÁLTICA DO PROLONGAMENTO DA AL. PADRE NÓBREGA, APÓS A PONTE DO CÓRREGO CALDEIRAS ATÉ O CRUZAMENTO COM A RUA SANTOS DUMONT.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1471/1471_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1471/1471_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO PROMOVER ES-TUDOS VISANDO A COLOCAÇÃO DE SEMÁFORO NO CRUZAMENTO DA AV. CAPITÃO JOSÉ ANTÔ-NIO DE OLIVEIRA COM A RUA DEPUTADO SALLES FILHO.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1480/1480_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1480/1480_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE LIXEIRA NA PRAÇA MÁRIO BÉRGAMO, SITO NA CONFLUÊNCIA DAS RUAS MINAS GERAIS, ESPÍRITO SANTO E JASMINS, A FIM DE FACILITAR O SERVIÇO DE COLETA DE LIXO.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1481/1481_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1481/1481_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA COLOCAR EM NÍVEL O CANALETÃO DA AL. NAVARRO DE ANDRADE ESQUINA COM A RUA EUCLIDES DA CUNHA, CENTRO, A FIM DE POSSIBILITAR A PASSAGEM DE VEÍCULOS SEM BATER A DIANTEIRA NO CHÃO.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1482/1482_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1482/1482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA, COM URGÊNCIA, ADQUIRIDA NOVA PRENSA PARA USO DA USINA DE COMPOSTAGEM DE LIXO.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1483/1483_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1483/1483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA UE CONTATE A CAIUÁ, VISANDO A QUE SEJA FEITA, COM URGÊNCIA, UMA ADEQUADA PODA DE ÁRVORES EM TODAS AS ÁREAS DA CIDADE EM QUE ESTA AÇÃO SE FAZ NECESSÁRIA.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1484/1484_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1484/1484_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DA SAÚDE SEJA PLENAMENTE CUMPRIDO O ESTATUTO DO IDOSO, QUE EXPLICITA NO ARTIGO 230 QUE A SAÚDE DO IDOSO É DEVER DA FAMÍLIA, DA SOCIEDADE E DO ESTADO.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1485/1485_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1485/1485_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. MÁRCIO CARDIM QUE, SE ENTENDIDO FINANCEIRAMENTE POSSÍVEL, SEJA, A PARTIR DE 1º DE JULHO PRÓXIMO, REAJUSTADO O VALE-ALIMENTAÇÃO DOS FUNCIONÁRIOS DESTA AUTARQUIA PARA R$ 15,00/DIA.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1486/1486_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1486/1486_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR SECRETÁRIO MUNICIPAL DA CULTURA, ACÁCIO ROCHA, QUE SEJA EVITADO O USO DA MÁQUINA MICHELONI PARA A REALIZAÇÃO DE EVENTOS CULTURAIS, EM RAZÃO DA INEXISTÊNCIA, ALI, DE QUALQUER SANITÁRIO.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1487/1487_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1487/1487_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA, COM URGÊNCIA, RETIRADO UM ACERVO DE LIVROS COM 200 EXEMPLARES DE OBRAS PARADIDÁTICAS, DISPONIBILIZADO PELA SECRETARIA ESTADUAL DA CULTURA À NOSSA BIBLIOTECA.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1488/1488_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1488/1488_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA PERENIZADA JUSTA HOMENAGEM AOS ADAMANTINENSES JULIÃO SATURNO E ANSELMO PERIN ATRAVÉS DA DENOMINAÇÃO DE DUAS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1489/1489_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1489/1489_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER O CONSERTO DO ASFALTO NA RUA CONSTANTE ORTOLAN, PROXIMIDADES DO Nº 75, NA ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1490/1490_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1490/1490_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE UM PONTO DE ÔNIBUS CIRCULAR NA AV. DEPUTADO CUNHA BUENO, EM FRENTE AO CONDOMÍNIO RESIDENCIAL EUROPA, NA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1491/1491_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1491/1491_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER A TROCA DAS LÂMPADAS QUEIMADAS EM FRENTE AO POSTO DE SAÚDE DO JARDIM ADAMANTINA E A COLOCAÇÃO DE MAIS LÂMPADAS, A FIM DE MELHORAR A ILUMINAÇÃO PÚBLICA NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1492/1492_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1492/1492_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE FINANÇAS DESTINAR RECURSOS FINANCEIROS NO PRÓXIMO ORÇAMENTO MUNICIPAL, PARA SER UTILIZADO NA CONSTRUÇÃO DE UM CAMPO DE MALHA E BOCHA NO INTERIOR DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1493/1493_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1493/1493_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE PROCEDER REPAROS E RECOLOCAR EM FUNCIONAMENTO A FONTE LUMINOSA INSTALADA NA PRAÇA ÉLIO MICHELONI.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1494/1494_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1494/1494_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA VISANDO ELABORAR PROJETO PARA O PLANTIO DE ÁRVORES FRUTÍFERAS NO INTERIOR DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1495/1495_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1495/1495_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO NO SENTIDO DE NÃO SINALIZAR FAIXA DE PEDESTRES NA AV. ANTÔNIO TIVERON, NO SEMÁFORO DO CRUZAMENTO COM A RUA OSVALDO CRUZ, TENDO EM VISTA QUE A REFERIDA SINALIZAÇÃO IRÁ ATRAPALHAR O ESTACIONAMENTO DA EMPRESA ESTABELECIDA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1496/1496_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1496/1496_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A SUBSTITUIÇÃO DOS PARALELEPÍPEDOS POR PAVIMENTAÇÃO ASFÁLTICA NO ÚLTIMO QUARTEIRÃO DA RUA TSUNEKISHI SAKAI, ENTRE AS RUAS MARIA CÂNDIDA ROMANINI E AL. PADRE ANCHIETA, VILA JOAQUINA, PRÓXIMO AO CAMPO DO MARROCO.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1497/1497_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1497/1497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE REBAIXAMENTO DE CALÇADAS COM RAMPA ACESSÍVEL DEFRONTE A TODOS OS TEMPLOS DE CULTOS RELIGIOSOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1498/1498_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1498/1498_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE UMA &amp;#8220;CASA DOS CONSELHOS&amp;#8221;, A FIM DE AGREGAR TODOS OS CONSELHOS MUNICIPAIS NUM SÓ LOCAL.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1499/1499_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1499/1499_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A CRIAÇÃO DE UMA OUVIDORIA INDEPENDENTE, COM O ESCOPO DE MELHORAR A PRESTAÇÃO DOS SERVIÇOS PÚBLICOS NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1500/1500_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1500/1500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM A INSTALAÇÃO DE UMA PISTA DE &amp;#8220;SKATE&amp;#8221; PARA ATENDER OS PRATICANTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1532/1532_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1532/1532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM RETOMADOS, COM URGÊNCIA, OS SERVIÇOS DE CONSTRUÇÃO DA PONTE SOBRE O CÓRREGO TOCANTINS, ESTRADA ADM 445, PROXIMIDADES DA USINA DE LIXO.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO PROVIDÊNCIAS NECESSÁRIAS VISANDO A AMPLIAÇÃO URGENTE DE VAGAS EM TODAS AS CRECHES DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM AGILIZADOS OS SERVIÇOS DE CONSTRUÇÃO DA INFRAESTRUTURA NECESSÁRIA PARA A INSTALAÇÃO DOS EQUIPAMENTOS A SEREM UTILIZADOS PELA ASSOCIAÇÃO DE PRODUTORES RURAIS DE ADAMANTINA E REGIÃO &amp;#8211; APPRAR, NO BAIRRO TUCURUVI.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJA, IMEDIATA E ININTERRUPTAMENTE RETOMADOS OS SERVIÇOS DE RECAPEAMENTO ASFÁLTICOS NAS RUAS JOÃO PERRONI, DOMINGOS FRATINI, DANTE MANTOVANI E JOÃO PANCHIONI, TODAS DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1510/1510_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1510/1510_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS, PROCEDER UMA COMPLETA REFORMA (REBOCO, PINTURA E APLICAÇÃO DE IMPERMEABILIZANTE) NO PRÉDIO DA CASA DO TRABALHADOR, A FIM DE ELIMINAR AS INFILTRAÇÕES EXISTENTES NAS PAREDES.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1511/1511_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1511/1511_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, PARA QUE ESTUDE A POSSIBILIDADE DE COLOCAR MAIS ESTACIONAMENTOS DE MOTOS E SIMILARES NA ÁREA CENTRAL DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1512/1512_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1512/1512_texto_integral.pdf</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1513/1513_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1513/1513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTOS COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, VISANDO INCLUIR, NO CURRÍCULO ESCOLAR DAS ESCOLAS MUNICIPAIS, AULA DE EDUCAÇÃO DE TRÂNSITO PARA AS NOSSAS CRIANÇAS.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1514/1514_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1514/1514_texto_integral.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1515/1515_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1515/1515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, A POSSIBILIDADE DE INSTALAR UM &amp;#8220;MURAL&amp;#8221; CONSTRUÍDO DE MÁRMORE NO PARQUE DOS PIONEIROS COM A FINALIDADE DE REGISTRAR O NOME DE TODOS OS PIONEIROS QUE AJUDARAM A CONSTRUIR A HISTÓRIA DE NOSSA TERRA.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1516/1516_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1516/1516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO AGENDAR, NA PROGRAMAÇÃO DE SERVIÇOS, A PINTURA DE SINALIZAÇÃO DE SOLO &amp;#8220;PARE&amp;#8221;, BEM COMO AS FAIXAS DE PEDESTRES NAS RUAS E AVENIDAS DO JARDIM ADAMANTINA E JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1517/1517_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1517/1517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE EDUCAÇÃO ADQUIRIR CADEIRAS DE RODAS PARA FICAR À DISPOSIÇÃO NAS UNIDADES ESCOLARES, A FIM DE SEREM UTILIZADAS PELOS ALUNOS PORTADORES DE ALGUMA DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1530/1530_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1530/1530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS LOCAL SEJAM REALIZADAS AS NECESSÁRIAS REFORMAS NOS PRÉDIOS DE TODAS AS CRECHES DE ADAMANTINA, INCLUINDO-SE OS PARQUES INFANTIS E PINTURA EXTERNA E INTERNA.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1531/1531_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1531/1531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO PROVIDÊNCIAS URGENTES VISANDO A AQUISIÇÃO DE ACERVOS DE OBRAS DE LITERATURA INFANTIL DESTINADAS A TODAS AS UNIDADES ESCOLARES MUNICIPAIS, INCLUSIVE AS CRECHES.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1518/1518_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1518/1518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA NOVE DE JULHO, QUE CONDUZ À FAI, A FIM DE FACILITAR A LOCOMOÇÃO DE PEDESTRES E MELHORAR O VISUAL NOTURNO.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1519/1519_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1519/1519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ANOTADO O NOME DO PROF. ANTÔNIO JORGE PARA DENOMINAR VIA, LOGRADOURO OU BEM PÚBLICO.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1520/1520_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1520/1520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SENHOR JOÃO BONFIM PARA DENOMINAR RUA E AVENIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1521/1521_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1521/1521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS, SETOR DE ILUMINAÇÃO, VISANDO A COLOCAÇÃO DE LÂMPADAS ADICIONAIS (MEIO POSTE) EM VOLTA DA ÁREA DE LAZER DA AMJAIP, A FIM DE MELHORAR A ILUMINAÇÃO PÚBLICA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1522/1522_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1522/1522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DOS BRAÇOS DE LUZ DOS POSTES DO CONJUNTO OITI, TENDO EM VISTA QUE OS EXISTENTES SÃO MUITO CURTOS E A ILUMINAÇÃO FICA PREJUDICADA PELAS ÁRVORES.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1523/1523_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1523/1523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SINALIZAÇÃO HORIZONTAL E VERTICAL EM TODAS AS VAGAS RESERVADAS AOS IDOSOS NA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1524/1524_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1524/1524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE MAIS BANHEIROS DISTRIBUÍDOS ESTRATEGICAMENTE, E AMPLIAÇÃO DOS JÁ EXISTENTES NO RECINTO DO POLIESPORTIVO, POIS OS ATUAIS JÁ NÃO COMPORTAM O GRANDE FLUXO DE PESSOAS NOS GRANDES EVENTOS.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1525/1525_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1525/1525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE BICICLETÁRIOS (ESTACIONAMENTO PÚBLICO DE BICICLETAS) EM PONTOS ESTRATÉGICOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1526/1526_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1526/1526_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DIGITALIZAÇÃO DE TODA LEGISLAÇÃO DO MUNICÍPIO DE ADAMANTINA E SUA DISPOSIÇÃO NO SITE OFICIAL DA PREFEITURA DO MUNICÍPIO PARA PESQUISAS SISTEMATIZADAS, COMO TAMBÉM PARA SER BAIXADA ATRAVÉS DA REDE MUNDIAL DE COMPUTADORES.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS, A CONSTRUÇÃO DE CALÇADA EM VOLTA DA PRAÇA DANTE GUIDO, EM FRENTE AO BAR DO DIOGO, NO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE INCLUA NA ELABORAÇÃO DO ORÇAMENTO PARA 2013, RECURSOS FINANCEIROS PARA SEREM UTILIZADOS NAS OBRAS DE CANALIZAÇÃO DA ENORME EROSÃO LOGO APÓS A PONTE DO PARQUE DOS PIONEIROS, QUE SE ESTENDE DO PARQUE JARAGUÁ ATÉ OS FUNDOS DO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR DE FISCALIZAÇÃO PROVIDENCIAR A COLOCAÇÃO DE PLACA &amp;#8220;LIMITE DE SOM&amp;#8221;, A EXEMPLO DO PARQUE DOS PIONEIROS E BAR SANTO ANTÔNIO, NAS PROXIMIDADES DO BAR DO DIOGO.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS NO CANALETÃO LOCALIZADO NO CRUZAMENTO DA RUA FIORAVANTE SPÓSITO COM A RUA LUIZ ENDO, NA VILA ENDO, PROXIMIDADES DO NÚMERO 1086.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, VISANDO PROCEDER ESTUDOS A FIM DE VIABILIZAR A ILUMINAÇÃO DA PRAÇA DO PARQUE JARAGUÁ.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A EMPRESA GUERINO SEISCENTO, RESPONSÁVEL PELO TRANSPORTE URBANO DE NOSSA CIDADE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONCEDER PASSE LIVRE AOS ATIRADORES DO TIRO DE GUERRA QUANDO ESTÃO EM SERVIÇO, DEVIDAMENTE FARDADOS.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ESTUDOS JUNTO À SECRETARIA COMPETENTE, OBJETIVANDO CONSTRUIR UMA QUADRA DE FUTSAL NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA COMPETENTE ESTUDAR A POSSIBILIDADE DE VOLTAR A FUNCIONAR A NOSSA FONTE LUMINOSA, INSTALADA NA PRAÇA ÉLIO MICHELONI, CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, PROVIDENCIAR A COLOCAÇÃO DE PROTEÇÃO EM TODAS AS BOCAS-DE-LOBO EXISTENTE EM NOSSA CIDADE PARA EVITAR POSSÍVEIS ACIDENTES, PRINCIPALMENTE COM CRIANÇAS.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA RUA CRISTÓVÃO GOULART MARMO, A PARTIR DA RUA ROMÃO MARTINS, NA VILA CRISTINA, ATÉ O SEU FINAL.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ANOTAÇÃO DO NOME DO SR. DUVILHO GILBERTONI PARA DENOMINAR RUA OU BEM PÚBLICO.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA, VISANDO PROCEDER PODA TOTAL EM TODAS AS ÁRVORES DO JARDIM BRASIL, PRINCIPALMENTE AQUELAS QUE ATRAPALHAM A ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS FINALIZAR O PROJETO DA CONSTRUÇÃO DA ROTATÓRIA DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER ESTUDOS VISANDO A TROCA GERAL DOS BRAÇOS DE ILUMINAÇÃO PÚBLICO DO BAIRRO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, COM URGÊNCIA, O REBOCO DO MURO DO CEMITÉRIO AO LADO DA CRECHE DA CECAP, A FIM DE EVITAR QUE O LOCAL SE TORNE ESCONDERIJO DE ESCORPIÕES.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A VIABILIDADE DE COLOCAR ESTACIONAMENTO PARA DEFICIENTES FÍSICOS EM FRENTE DO POSTO DE SAÚDE &amp;#8220;DR. CLÓVIS MARINHO&amp;#8221;</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE ENCAMINHE, COM URGÊNCIA URGENTÍSSIMA, PROJETO DE LEI CONCEDENDO 6,22%, A TÍTULO DE REPOSIÇÃO SALARIAL CORRESPONDENTE AO PERÍODO ABRIL 2011/2012, ÍNDICE IGUAL AO IGP/PLENO.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À PROVEDORIA DA SANTA CASA SEJAM OBRIGATORIAMENTE DISPONIBILIZADOS, DIUTURNAMENTE, DOIS MÉDICOS PARA ATENDIMENTO NO PRONTO SOCORRO LOCAL.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS LOCAL SEJAM AGILIZADAS AS OBRAS DE ASFALTAMENTO NO JARDIM ADAMANTINA, BEM COMO MELHORADA A QUALIDADE DA OBRA ALI EXECUTADA.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS SEJA ASFALTADO O ÚNICO QUARTEIRÃO DA RUA PERNAMBUCO, JARDIM BRASIL, QUE AINDA NÃO CONTA COM ESTA MELHORIA.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS QUE VIABILIZE RECAPEAMENTO ASFÁLTICO EM TODAS AS RUAS DO CONJUNTO MÁRIO COVAS E DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1559/1559_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1559/1559_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE CANALETÃO NA RUA RUI BARBOSA, ESQUINA COM A AL. PADRE NÓBREGA, A FIM DE CORRIGIR O ESCOAMENTO DE ÁGUA NO LOCAL.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SENHOR EUCLIDES ROSSI PARA DENOMINAR RUA E AVENIDA EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/indicacao_281_74a_sessao.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/indicacao_281_74a_sessao.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS JUNTAMENTE COM O DIRETOR MUNICIPAL DE TRÂNSITO, ESTUDAR A POSSIBILIDADE DE CONSTRUIR LOMBADA NA RUA ANTÔNIO ORAZIL BISTERSO, PROXIMIDADES DOS NÚMEROS 299 A 332, NO JARDIM BANDEIRANTES.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIA DA ILUMINAÇÃO DEFRONTE AOS PRÉDIOS DOS SEGUINTES ÓRGÃOS VINCULADOS À SEGURANÇA PÚBLICA E À DEFESA: - DELEGACIA SECCIONAL DE POLÍCIA; - COMPLEXO DO 1º, 3º DP, DISE, PLANTÃO POLICIAL E DELEGACIA DE DEFESA DA MULHER; E - TIRO DE GUERRA.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACAS DE ORIENTAÇÃO PARA A NOVA SEDE DO POSTO MÉDICO LEGAL E EQUIPE DE PERÍCIAS TÉCNICAS.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORIA DA ILUMINAÇÃO PÚBLICA DA ALAMEDA TRAZÍBULO PEREIRA DE SOUZA, ENTRE AS RUAS MÁRIO OLIVERO E HEITOR FREIRE DE CARVALHO, NA VILA OLIVERO, MEDIANTE A SUBSTITUIÇÃO DOS BRAÇOS CURTOS DAS LUMINÁRIAS POR BRAÇOS LONGOS.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA COMPLETA LIMPEZA DO INÍCIO AO FINAL DA CANALIZAÇÃO DO CÓRREGO CALDEIRAS, A FIM DE EVITAR A PROLIFERAÇÃO DE PERNILONGOS, MOSCAS E DEMAIS INSETOS.</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS NOS BRINQUEDOS DO PARQUE INFANTIL DA COMUNIDADE AMJAIP, INSTALADO AO LADO DO CENTRO COMUNITÁRIO, NO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO AGENDAR O NOME DO SENHOR ADILIO BACHEGA, A FIM DE DENOMINAR RUAS DE NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS PARA PERPETUAR, NA MEMÓRIA DE NOSSA POPULAÇÃO, O NOME DESTE ILUSTRE PIONEIRO DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A DIREÇÃO DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS, OBJETIVANDO ADAPTAR UM ÔNIBUS COM CONSULTÓRIO E LABORATÓRIO COM OS ALUNOS DO CURSO DE ENFERMAGEM, ACOMPANHADOS DE PROFESSORES DA ÁREA, PARA CONSULTAS E EXAMES DE SAÚDE NOS BAIRROS CARENTES DE NOSSO MUNICÍPIO, DE DIABETES E COLESTEROL, BEM COMO O ACOMPANHAMENTO DOS PACIENTES HIPERTENSOS.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE COLOCAR TERRA APROPRIADA NOS CANTEIROS CENTRAIS DA AV. XV DE NOVEMBRO E PROCEDER O PLANTIO DE VÁRIAS ESPÉCIES DE FLORES PARA O EMBELEZAMENTO DAQUELA IMPORTANTE AVENIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE AUMENTAR A QUANTIDADE DE ESTACIONAMENTO DE MOTOS E SIMILARES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGILIZAR OS SERVIÇOS DE PAVIMENTAÇÃO ASFÁLTICA DA RUA BONFIM, NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA , CONFORME GARANTIDO À DIREÇÃO DA FAI, PROMOVA A CESSÃO DE UM ÔNIBUS USADO PARA USO PEDAGÓGICO DE ALUNOS DESTA MODELAR INSTITUIÇÃO, MORMENTE VISANDO À PARTICIPAÇÃO DISCENTE EM FEIRAS CIENTÍFICAS, EXPOSIÇÕES PEDAGÓGICAS E OUTROS EVENTOS QUE PROMOVAM ENRIQUECIMENTO CULTURAL.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DE CONSULTA À ETEC LUIZ VICENTE E À ACIA, DETERMINE SEJA, IMEDIATAMENTE, SUGERIDO À PAULA SOUZA MAIS UM CURSO A SER INSTALADO JÁ NO INÍCIO DE 2013, NA FATEC DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, VIA SECRETARIA MUNICIPAL DE OBRAS SEJA, COM URGÊNCIA, REALIZADO O RECAPEAMENTO ASFÁLTICO DA AV. ADHEMAR DE BARROS.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM DISPONIBILIZADOS ÔNIBUS DURANTE A REALIZAÇÃO DA SEMANA DO VERDE PARA O TRANSPORTE DE PESSOAS QUE RESIDEM NAS VILAS MAIS DISTANTES DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, CONFORME O ACERTADO COM ESTA CASA, QUANDO DA NEGOCIAÇÃO COM A SABESP, DESTINE R$ 1.000.000,00 (UM MILHÃO DE REAIS) À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE JUNTAMENTE COM O PROVEDOR DA SANTA CASA, VISANDO ANGARIAR RECURSOS FINANCEIROS QUE POSSIBILITEM A INSTALAÇÃO DE TELEVISORES EM TODOS OS QUARTOS, PRINCIPALMENTE NAQUELES ONDE SÃO INTERNADOS OS PACIENTES ATENDIDOS PELO SUS &amp;#8211; SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.pdf</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE A POSSIBILIDADE NA ELABORAÇÃO DO PRÓXIMO ORÇAMENTO, VISANDO DESTINAR RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UMA PEQUENA CRECHE NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SR. JOAQUIM VICENTE RODRIGUES PARA DENOMINAR RUA E AVENIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO JOVEM JOSÉ AUGUSTO DA SILVA BATISTA PARA DENOMINAR PRAÇA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE COLOCAR EM NÍVEL O CANALETÃO DA AL. FERNÃO DIAS, ESQUINA COM A RUA 9 DE JULHO, PARA POSSIBILITAR A PASSAGEM DE VEÍCULOS SEM TRANSTORNOS.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ANOTAÇÃO DO NOME DO SR. ERNESTO SILVESTRIN PARA DENOMINAR RUA OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES, O PLANTIO DE ÁRVORES NA ÁREA VERDE DO PARQUE ITAPUÃ.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE FAIXA DE PEDESTRE ELEVADA, DE ACORDO COM AS NORMAS DO CONTRAN, NA AVENIDA RIO BRANCO, ALTURA DA ESCOLA ESTADUAL PROFª. FLEURIDES CAVALLINI MENECHINO/SANTA CASA.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE PLACAS INDICANDO A LOCALIZAÇÃO DOS TEMPLOS DE CULTOS RELIGIOSOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROCEDER NOVAMENTE À SINALIZAÇÃO DE TRÂNSITO (PINTURA DE FAIXA E COLOCAÇÃO DE OBSTÁCULO) NA RUA PREFEITO ANTÔNIO CESCON, NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, VISANDO PROMOVER PARCERIA JUNTO À CAIUÁ &amp;#8211; SERVIÇOS DE ELETRICIDADE S/A, A FIM DE PROCEDER A EXTENSÃO DA REDE ELÉTRICA NA RUA SANTOS DUMOND, TRECHO PAVIMENTADO RECENTEMENTE DA ESTAÇÃO DA CAIUÁ ATÉ O FINAL DO RESIDENCIAL ELDORADO II.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A PINTURA DE SINALIZAÇÃO DE SOLO &amp;#8220;PARE&amp;#8221; NA RUA SYRLENE RODRIGUES DE CASTRO COM A AL. ARMANDO SALLES DE OLIVEIRA, NA VILA JOAQUINA.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE, RESPONSÁVEL PELA MANUTENÇÃO E CONSERVAÇÃO DOS PARQUES INFANTIS, PROCEDER, COM URGÊNCIA, A COLOCAÇÃO DE AREIA NOS PARQUES DA PRAÇA JOSÉ COSTA (ANTIGA ESTAÇÃO) E PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROCEDER A COLOCAÇÃO DE PORTÃO NO PARQUE INFANTIL DA PRAÇA JOSÉ COSTA (ANTIGA ESTAÇÃO), A FIM DE PERMANECER ENCOSTADO PARA EVITAR A ENTRADA DE ANIMAIS NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DA SAÚDE SEJAM, COM URGÊNCIA, ADOTADAS AS SEGUINTES PROVIDÊNCIAS: 1 &amp;#8211; AQUISIÇÃO DE OXÍMETROS PARA USO DA MATERNIDADE INFANTIL; 2 &amp;#8211; AQUISIÇÃO DE BALANÇA PARA PESAGEM DOS RECÉM-NASCIDOS; 3 &amp;#8211; REPAROS NECESSÁRIOS EM VÁRIOS EQUIPAMENTOS DE USO MÉDICO-HOSPITALAR QUE, HÁ TEMPOS, SE ENCONTRAM DANIFICADOS; 4 &amp;#8211; DESTINAÇÃO DE MAIS UM MÉDICO PARA ATENDIMENTO N PRONTO SOCORRO E ACOMPANHAMENTO A PACIENTES EM ESTADO DE ELEVADA GRAVIDADE, QUANDO TRANSPORTADOS PARA OUTROS CENTROS HOSPITALARES DA REGIÃO; 5 &amp;#8211; AQUISIÇÃO DE CESTAS BÁSICAS PARA OS FUNCIONÁRIOS DA SANTA CASA, EXCLUSIVAMENTE EM ADAMANTINA.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE SEJA, COM URGÊNCIA, VIABILIZADO O REINÍCIO DA CONSTRUÇÃO DO PRÉDIO ONDE FUNCIONARÁ O PSF DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR DE OBRAS SEJAM IMEDIATA E ADEQUADAMENTE CORRIGIDOS OS TRECHOS DE ALGUMAS RUAS DO JARDIM ADAMANTINA, ONDE O RECAPEAMENTO ASFÁLTICO APRESENTA INCORREÇÕES COMO BURACOS, RACHADURAS E, PRINCIPALMENTE, ELEVADA ESCASSEZ DE MATERIAL APLICADO NA &amp;#8220;CONSTRUÇÃO&amp;#8221; DA LAMA ASFÁLTICA.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE, A TÍTULO DE COMPENSAÇÃO SALARIAL, CONCEDA, EM DEZEMBRO PRÓXIMO, UM ABONO ÚNICO NO VALOR DE R$ 500,00 A TODO O FUNCIONALISMO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COMPLEMENTAÇÃO DO ASFALTO NA FAIXA DE TERRA EXISTENTE NO FINAL DA RUA JOAQUIM PEREIRA DA COSTA, JUNTO AO MURO, A FIM DE EVITAR O ACÚMULO DE MATO E FACILITAR O SERVIÇO DE LIMPEZA.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROCEDA ESTUDOS NA ELABORAÇÃO DO PRÓXIMO ORÇAMENTO, VISANDO DESTINAR RECURSOS FINANCEIROS PARA DAR INÍCIO NAS OBRAS DO NOSSO TÃO SONHADO BALNEÁRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER, COM URGÊNCIA, A SINALIZAÇÃO COM PLACA E PINTURA DE SOLO &amp;#8220;PARE&amp;#8221; NO PERIGOSO CRUZAMENTO DA RUA ZEQUINHA DE ABREU COM A RUA JOSÉ BRAZ FILHO, NO JARDIM IPIRANGA.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SR. VALENTIM MARQUETTI PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A LIMPEZA DIÁRIA DA RUA OSVALDO CRUZ, NO TRECHO DA RUA SANTA CRUZ E AL. DOS EXPEDICIONÁRIOS, PROXIMIDADES DAS CASAS DAS NOIVAS POIS, SEGUNDO OS MORADORES, A TAXA PELO SERVIÇO É COBRADA NO CARNÊ DE IPTU E NÃO RECEBEM O REFERIDO SERVIÇO PÚBLICO.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, A FIM DE PROCEDER A COLOCAÇÃO DE LUMINÁRIAS ADICIONAIS (MEIO POSTE) NOS POSTES DA RUA NOEL ROSA, NAS PROXIMIDADES DO Nº 254, NO JARDIM IPIRANGA.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, O RECAPEAMENTO DA RUA JOSÉ SICHIERI, NO PARQUE DO SOL, BEM COMO A RUA OLAVO BILAC, NO JARDIM DOS POETAS.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROCEDER A AMPLIAÇÃO DO PARQUINHO DA AMJAIP &amp;#8211; ASSOCIAÇÃO DE MORADORES DO JARDIM AMÉRICA, IPIRANGA E PALMEIRAS COM A COLOCAÇÃO DE NOVOS BRINQUEDOS, BEM COMO A INSTALAÇÃO DE APARELHOS DE ACADEMIA AO AR LIVRE NA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA DO MUNICÍPIO PROCEDER, COM URGÊNCIA, UMA COMPLETA LIMPEZA EM TODA A VOLTA DO CENTRO COMUNITÁRIO DO JARDIM PRIMAVERA.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER A COLOCAÇÃO DE POSTE COM EXTENSÃO DE REDE ELÉTRICA NA RUA AUGUSTO ROSSI, PROXIMIDADE DO Nº 40, NO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE MELHORAR AS CONDIÇÕES DA ESTRADA DE SERVIDÃO NA LATERAL DO CEMITÉRIO, PROCEDENDO O ASFALTAMENTO, A CONSTRUÇÃO DE GUIAS E SARJETAS E A SUA ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, EM CARÁTER DE URGÊNCIA, &amp;#8220;DETERMINE&amp;#8221; À SECRETARIA MUNICIPAL DA SAÚDE SEJAM PROMOVIDAS AS SEGUINTES AÇÕES: 1 &amp;#8211; AQUISIÇÃO DE UM MAMÓGRAFO E NOVO APARELHO PARA ULTRASSONOGRAFIA; 2 &amp;#8211; CONTRATAÇÃO DE UM OFTALMOLOGISTA, UM NEUROLOGISTA E UM PEDIATRA; 3 &amp;#8211; REVITALIZAÇÃO DO BANCO DE LEITE.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENVIE PROJETO DE LEI A ESTA CASA CONCEDENDO SUBVENÇÃO NO VALOR DE R$ 100 MIL À &amp;#8220;CLÍNICA DE REPOUSO NOSSO LAR&amp;#8221;.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, EM CARÁTER OFICIAL, SEJA VIABILIZADO RECURSO FINANCEIRO NO VALOR DE R$60 MIL, DESTINADO À CAMPANHA DE FORTALECIMENTO DO COMÉRCIO LOCAL A SER PROMOVIDA PELA ACE NOS MESES DE NOVEMBRO E DEZEMBRO PRÓXIMOS.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS SEJA VIABILIZADO, COM URGÊNCIA, ADEQUADO RECAPEAMENTO ASFÁLTICO NA AV. MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO JOVEM VALDECIR SORROCHE DE LA VIÚDA JÚNIOR PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS), PROCEDENDO A TROCA DE TODOS OS BRINQUEDOS DO PARQUE INFANTIL, COLOCAÇÃO DE NOVOS BANCOS, LIMPEZA DA LAGOA E REFORMA DOS ALAMBRADOS.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA JUNTO À SRª. LÚ ALCKMIN, PRESIDENTA DO FUNDO SOCIAL DE SOLIDARIEDADE DO ESTADO DE SÃO PAULO, PARA QUE DESTINE, AO NOSSO MUNICÍPIO, 500 KITS DE BRINQUEDOS PARA SEREM DISTRIBUÍDOS ÀS CRIANÇAS CARENTES DE NOSSO MUNICÍPIO NA SEMANA DO NATAL.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DESTINE RECURSOS FINANCEIROS NA ELABORAÇÃO DO PRÓXIMO ORÇAMENTO MUNICIPAL, A SER UTILIZADA NA CONSTRUÇÃO DE OUTRA CASA DO TRABALHADOR NAS PROXIMIDADES DO JARDIM ADAMANTINA, A FIM DE ATENDER OS TRABALHADORES DAQUELA LOCALIDADE E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA CONSTRUÇÃO DE MAIS BANHEIROS PÚBLICOS NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE FAIXA DE PEDESTRE ELEVADA, DE ACORDO COM AS NORMAS DO CONTRAN, NA AVENIDA FRANCISCO BELLUSCI, ALTURA DO CAMPUS 2 DAS FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE LOMBADAS, CONSOANTES AO CÓDIGO DE TRÂNSITO BRASILEIRO, E DE ACORDO COM A RESOLUÇÃO Nº 39, DE 21 DE MAIO DE 1999, AO LONGO DA ESTRADA, COM O ESCOPO DE IMPEDIR O EXCESSO DE VELOCIDADE, RESPONSÁVEL POR TANTAS MORTES.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PROLONGAMENTO DA RUA QUINTINO BOCAIÚVA, A FIM DE PROPICIAR ACESSO RÁPIDO E SEGURO AOS EVENTOS SOCIAIS, ESPORTIVOS E DE LAZER DA AABB.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>SOLICITA A REMOÇÃO DA TERRA EXISTENTE JUNTO À GUIA E NO ASFALTO DA RUA FIORAVANTE SPÓSITO, A PARTIR DA AL. CHUJIRO MATSUDA, REALIZANDO-SE, AO MESMO TEMPO, COMPLETO SERVIÇO DE LIMPEZA.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, REPAROS NA MALHA ASFÁLTICA DO QUARTEIRÃO DO NÚMERO 1235 DA RUA IPIRANGA, NA VILA JAMIL DE LIMA, POIS O ASFALTO ESTÁ TOTALMENTE DANIFICADO, GERANDO RECLAMAÇÕES DOS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO, VISANDO ESTUDAR A POSSIBILIDADE DE INSTALAR REDUTOR DE VELOCIDADE (OBSTÁCULO) NA AV. FRANCISCO BELLUSCI, LOGO APÓS A ROTATÓRIA, A FIM DE COIBIR O EXCESSO DE VELOCIDADE PRATICADA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DE SAÚDE CONTRATAR, EM CARÁTER DE URGÊNCIA, MÉDICO PEDIATRA E GINECOLOGISTA PARA O ATENDIMENTO NA REDE MUNICIPAL DE SAÚDE, POIS OS EXISTENTES NÃO TÊM SIDO SUFICIENTES PARA ATENDER A GRANDE DEMANDA DESTES PROFISSIONAIS.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE A POSSIBILIDADE DE ADQUIRIR NOVOS BRINQUEDOS PARA INSTALAÇÃO DO PARQUE INFANTIL NA ÁREA DE LAZER DO BAIRRO JARDIM ADAMANTINA, VISANDO ATENDER INÚMEROS PEDIDOS DOS MORADORES DAQUELA LOCALIDADE.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER, COM URGÊNCIA, A LIMPEZA DO TERRENO ONDE ESTÁ SENDO CONSTRUÍDO O PRÉDIO DA CRECHE DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SR. DIMER MONTI, PARA DENOMINAR RUA DE NOSSO MUNICÍPIO QUANDO DA IMPLANTAÇÃO DE NOVOS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS SUBSTITUIR A LIXEIRA COLOCADA EM FRENTE AO RESTAURANTE CARTOLA POR OUTRA COM TAMPA, POIS É CONSTANTE TER LIXOS ESPARRAMADOS NA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE OBSTÁCULO, TIPO LOMBADA, NA AV. JOSÉ URBANO LUIZE, NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ANOTADO O NOME DO SR. BRUNO GUIÇARDI PARA DENOMINAR VIA, LOGRADOURO OU BEM PÚBLICO DE NOSSA CIDADE ETERNIZANDO ASSIM, NA MEMÓRIA DA POPULAÇÃO, O NOME DESSE VALOROSO E PRESTATIVO EX-VEREADOR, ESPORTISTA E COMERCIANTE.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE OBSTÁCULO, TIPO LOMBADA, NA RUA BENEDITO LEMES DE SOUZA, TIPUANAS/PARAÍSO, PROXIMIDADES DO NÚMERO 335.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ANOTADO O NOME DO SR. ROQUE FERRARI PARA DENOMINAR VIA, LOGRADOURO OU BEM PÚBLICO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA COLOCAR EM NÍVEL O CANALETÃO DA AL. NAVARRO DE ANDRADE ESQUINA COM A RUA EUCLIDES DA CUNHA.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE, VISANDO ESTUDAR A POSSIBILIDADE DE A PREFEITURA CELEBRAR CONVÊNIO COM AS FARMÁCIAS DE NOSSA CIDADE OU A ABERTURA DO POSTO DE SAÚDE NO HORÁRIO NOTURNO.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS), PROCEDENDO A TROCA DE TODOS OS BRINQUEDOS DO PARQUE INFANTIL, COLOCAÇÃO DE NOVOS BANCOS, LIMPEZA DA LAGOA, REFORMA DOS ALAMBRADOS E COLOCAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE A SECRETARIA RESPONSÁVEL PELA CONSERVAÇÃO DO PARQUE DOS PIONEIROS A POSSIBILIDADE DE CONSTRUIR PEQUENAS COBERTURAS PRÓXIMAS À PISTA DE CAMINHADA DO REFERIDO PARQUE.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA AGENDA DE SERVIÇOS, O RECAPEAMENTO ASFÁLTICO DAS AVENIDAS MARECHAL CASTELO BRANCO (ENTRADA DA CIDADE) E XV DE NOVEMBRO, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SR. DURVAL TEIXEIRA PARA DENOMINAR RUA OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REBAIXAMENTO DE GUIAS NOS CANTOS DA PRAÇA DEPUTADO JOSÉ COSTA, ONDE ESTÁ O PARQUE INFANTIL, A FIM DE FACILITAR O ACESSO DE DEFICIENTES, IDOSOS, CARRINHOS DE BEBÊS E CARRINHOS DE FEIRA.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t>REINDICO AO SENHOR PREFEITO DO MUNICÍPIO QUE ENVIE, EM CARÁTER DE URGÊNCIA, PROJETO DE LEI A ESTA CASA CONCEDENDO ABONO ÚNICO, EM DEZEMBRO, NO VALOR DE R$ 500,00 A TODO O FUNCIONALISMO MUNICIPAL.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO AGENDAR O NOME DO SENHOR MINORO NODA PARA DENOMINAR RUA EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ANOTADO O NOME DO SR. CALIXTO JACOB CHRISTIANINI PARA DENOMINAR RUA, BEM OU LOGRADOURO PÚBLICOS DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO AVALIAR A REAL NECESSIDADE DE PLACA DE SINALIZAÇÃO &amp;#8220;PROIBIDO ESTACIONAR&amp;#8221;, COLOCADA NA VILA FREITAS, POIS, SEGUNDO OS MORADORES DAQUELA LOCALIDADE, A PLACA NÃO SE JUSTIFICA.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A SINALIZAÇÃO DE SOLO &amp;#8220;PARE&amp;#8221; EM TODAS AS RUAS DO BAIRRO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, JUNTAMENTE COM A SECRETARIA RESPONSÁVEL PELA ADMINISTRAÇÃO DO PARQUE DOS PIONEIROS, ESTUDAR A POSSIBILIDADE DE SE CONSTRUIR MAIS QUADRAS DE VÔLEI DE AREIA.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DAS FINANÇAS SEJA VIABILIZADO O PAGAMENTO DO ABONO ÚNICO DE R$ 500,00 A TODOS OS FUNCIONÁRIOS MUNICIPAIS ATÉ O DIA 20 DE DEZEMBRO PRÓXIMO.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ENTRE OS DIAS 20 E 31 DE DEZEMBRO PRÓXIMOS, VIABILIZE ÔNIBUS DESTINADOS AO TRANSPORTE GRATUITO, DAS 19:30H ÀS 23:00H, DE PESSOAS RESIDENTES NAS VILAS MAIS DISTANTES, QUE DESEJAM REALIZAR COMPRAS OU PASSEAR.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, PROF. DR. MÁRCIO CARDIM QUE EVENTUAL SOLICITAÇÃO AO CONSELHO ESTADUAL DE EDUCAÇÃO REFERENTEMENTE À CRIAÇÃO DO CENTRO UNIVERSITÁRIO DE ADAMANTINA SEJAM, IMPRESCINDÍVEL E PREVIAMENTE, REALIZADAS AS SEGUINTES AÇÕES: 1 &amp;#8211; AMPLA DISCUSSÃO COM A COMUNIDADE UNIVERSITÁRIA (CONGREGAÇÃO, DEMAIS PROFESSORES, ALUNOS E FUNCIONÁRIOS), CÂMARA MUNICIPAL, ALÉM DO ATUAL E PRÓXIMO PREFEITOS; 2 &amp;#8211; LEVANTAMENTO DETALHADO DO IMPACTO FINANCEIRO CAUSADO PELA REFERIDA TRANSFORMAÇÃO; 3 &amp;#8211; REGULARIZAÇÃO DO REGIMENTO INTERNO DA FAI, AINDA NÃO APROVADO PELO CONSELHO ESTADUAL DA EDUCAÇÃO EM RAZÃO DA NOVA ESTRUTURA ESTABELECIDA PELA LEI MUNICIPAL 155, DE 30/12/2010; 4 &amp;#8211; PLENO ATENDIMENTO À DELIBERAÇÃO CEE Nº 08/98.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1736/1736_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1736/1736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER ESTUDOS NO TOCANTE À VIABILIDADE TÉCNICA PARA QUE OS SEMÁFOROS INSTALADOS EM NOSSO MUNICÍPIO FICAREM EM ALERTA (AMARELO PISCANDO) DAS 22:00 ÀS 6:00 HORAS.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE CAÇAMBAS COLETORAS DE LIXO DOMICILIAR E ENTULHO EM PONTOS ESTRATÉGICOS DA ZONA RURAL, BEM COMO A IMPLEMENTAÇÃO DA COLETA DOS RESÍDUOS SÓLIDOS DOMICILIAR PRODUZIDO NA RESPECTIVA ZONA CAMPESTRE.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA CILOCFAIXA NO ENTORNO DO PARQUE DOS PIONEIROS, PARA FUNCIONAR AOS DOMINGOS, DAS 6:00 ÀS 15:00 HORAS.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA REALIZAR, PERIODICAMENTE, CAMPANHAS DE ORIENTAÇÃO AOS MOTORISTAS, POIS SÃO CONSTANTEMENTE FLAGRADOS EM INFRAÇÕES DE TRÂNSITO, MORMENTE: DESRESPEITO À FAIXA DE PEDESTRE, NÃO UTILIZAÇÃO DAS SETAS E ESTACIONAMENTO EM FILA DUPLA.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE BICICLETÁRIO PÚBLICO NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UMA LIXEIRA COLETIVA NO PARQUE DOS PIONEIROS, NA ÁREA SERVIDA POR LANCHONETES, SORVETERIA ETC.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE ORGANIZAR O DEPARTAMENTO DE INDÚSTRIA E COMÉRCIO, COMO PARTE DA ESTRUTURA ADMINISTRATIVA DA LEI COMPLEMENTAR Nº 187/11.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE MAIS POSTES DE ILUMINAÇÃO NA ÁREA VERDE EXISTENTE NA AV. ANTÔNIO TIVERON, EM FRENTE AO NÚMERO 748, POIS ENTRE O VIADUTO DA RUA JOAQUIM NABUCO E O TERMINAL RODOVIÁRIO HÁ APENAS DOIS FOCOS DE LUZ.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE REGISTRE DEVIDAMENTE O NOME DO SR. JOAQUIM CASAS FIDALGO, PARA DENOMINAR LOGRADOURO, CENTRO COMUNITÁRIO, CRECHE OU POSTO DE SAÚDE, A SER CONSTRUÍDO NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE &amp;#8220;DETERMINE&amp;#8221; À SECRETARIA MUNICIPAL DE OBRAS QUE, COM A PARTICIPAÇÃO TÉCNICA DO ENGENHEIRO ALCIDES KOBORI E DA ARQUITETA SÔNIA MIEKO NAKADAIRA, REALIZEM PRECISO TRABALHO DE VERIFICAÇÃO &amp;#8220;IN LOCO&amp;#8221;, COM A ELABORAÇÃO DE MINI-RELATÓRIOS SOBRE A QUALIDADE DA CONSTRUÇÃO DAS SEGUINTES OBRAS: 1 &amp;#8211; CENTROS COMUNITÁRIOS DO JARDIM BELA VISTA, OITI &amp;#8211; TIPUANAS E MÁRIO COVAS; 2 &amp;#8211; CRECHE DO PARQUE ITAIPUS; 3 &amp;#8211; REFORMA E AMPLIAÇÃO DA ARCA; 4 &amp;#8211; UPA. SEJA COMPARADO O ESTIPULADO NOS RESPECTIVOS CONVÊNIOS COM O EFETIVAMENTE EXECUTADO.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SECRETÁRIO MUNICIPAL DE SAÚDE, SR. PEDRO RUETE, PROVIDÊNCIAS URGENTÍSSIMAS VISANDO AO RESTABELECIMENTO IMEDIATO DA ENTREGA GRATUITA DE MEDICAMENTOS DE USO CONTÍNUO E DE ALTO CUSTO, SUSPENSA DESDE A SEMANA PASSADA.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, QUE SOLICITE DA COMISSÃO DE SAÚDE DESTA CASA IMEDIATAS PROVIDÊNCIAS OBJETIVANDO-SE O RESTABELECIMENTO PLENO E URGENTE DO FORNECIMENTO PELA SECRETARIA MUNICIPAL DA SAÚDE DE MEDICAMENTOS DE USO CONTÍNUO E DE ALTO CUSTO.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROMOVER ESTUDOS, VISANDO A CONSTRUÇÃO DE UMA COZINHA NA SEDE DA ASSOCIAÇÃO ANTIALCOÓLICA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE JUNTAMENTE COM O PROVEDOR DA SANTA CASA, VISANDO ADQUIRIR, AINDA ESTE ANO, TELEVISORES PARA SEREM INSTALADOS EM TODOS OS QUARTOS, PRINCIPALMENTE NAQUELES ONDE SÃO INTERNADOS OS PACIENTES ATENDIDOS PELO SUS &amp;#8211; SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SE DIGNE ANOTAR O NOME DO SR. PLÍNIO HONÓRIO PARA DENOMINAR VIA, BEM OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E/OU CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE OBSTÁCULO, TIPO LOMBADA, NA AV. MAL. CASTELO BRANCO, IMEDIAÇÕES DO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA NOVE DE JULHO, QUE CONDUZ À FAI.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE DECRETE PONTO FACULTATIVO NO DIA 26/12/12, QUARTA-FEIRA, MEIO PERÍODO, DANDO INÍCIO ÀS ATIVIDADES A PARTIR DAS 13 HORAS.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE, POR RAZÃO DE ÉTICA E PRÁTICA HÁ ANOS ESTABELECIDA, TODOS OS CARGOS E FUNÇÕES EXERCIDOS EM COMISSÃO E DESTA MUNICIPALIDADE SEJAM OFICIALMENTE COLOCADOS À DISPOSIÇÃO ATÉ O DIA 31/12/12.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. MÁRCIO CARDIM, QUE, EM CARÁTER OFICIAL, RECONSIDERE A INJUSTA E INACEITÁVEL ADVERTÊNCIA DIRIGIDA AO FUNCIONÁRIO ANDERSON VIEIRA SILVA, PRODUTOR EXECUTIVO E AO ESTAGIÁRIO WESLEY COLATI, TÃO SOMENTE POR TEREM MENCIONADO NOMES DE SECRETÁRIOS DA NOVA ADMINISTRAÇÃO MUNICIPAL EM PROGRAMA DA RÁDIO CULTURA, EM CARÁTER MERAMENTE INFORMATIVO E POR SOLICITAÇÃO DA EMISSORA.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO MUNICIPAL QUE, EM CARÁTER DE URGÊNCIA, CONTATE A DEFESA CIVIL DO ESTADO VISANDO À ELABORAÇÃO DE DOCUMENTOS QUE COMPROVEM A NECESSIDADE DE ESTE ÓRGÃO DESTINAR RECURSO FINANCEIRO PARA A NECESSÁRIA REFORMA DO PRÉDIO DA CRECHE DAS CECAPS 1 E 2, QUE ABRIGA 72 CRIANÇAS, DESATIVADO POR ORDEM JUDICIAL EM RAZÃO DA EXISTÊNCIA DE MUITOS ESCORPIÕES NAS PROXIMIDADES DO REFERIDO EQUIPAMENTO SOCIAL.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ELABORAÇÃO DO GUIA DE ADAMANTINA, COM DADOS E INFORMAÇÕES OFICIAIS SOBRE A LOCALIZAÇÃO, ASPECTOS E IDENTIFICAÇÃO DE TUDO O QUE O MUNICÍPIO POSSUI E QUE SEJA NECESSÁRIO DIVULGAR PARA FACILITAR A VIDA DAS PESSOAS.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, O RECAPEAMENTO ASFÁLTICO DA RUA ANTÔNIO GINEZ ABELAN, NO JARDIM PRIMAVERA, A PEDIDO DA MORADORA MARIA JOSÉ GINEZ.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1110/1110_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1110/1110_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO DR. FABIANO AUGUSTO PASSOTI CAVALHIERI PELA SUA DEDICADA E EFICAZ AÇÃO, PRINCIPALMENTE NA ASSISTÊNCIA A MILHARES DE PESSOAS RESIDENTES NO JARDIM ADAMANTINA E NO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1111/1111_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1111/1111_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SR. ARTUR SETSUO MIYAMURA PELA CONSTRUÇÃO DE MODERNO EDIFÍCIO NA AV. SANTO ANTÔNIO Nº 225, CENTRO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1163/1163_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1163/1163_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO RECONHECIDO LÍDER COMUNITÁRIO PELA SINGULAR CONTRIBUIÇÃO PRESTADA PELO SR. LUIZ NUNES, NOS ÚLTIMOS 16 ANOS, A ADAMANTINA.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1164/1164_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1164/1164_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AOS PROMOTORES DA 1ª CONFERÊNCIA MUNICIPAL SOBRE TRANSPARÊNCIA E CONTROLE SOCIAL, EVENTO REALIZADO NA SEDE DA ACE.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1213/1213_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1213/1213_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO REVERENDÍSSIMO BISPO DIOCESANO DE MARÍLIA, PELA TÃO SIGNIFICATIVA IMPORTÂNCIA DA CAMPANHA DA FRATERNIDADE 2012 COM O TEMA &amp;#8220;FRATERNIDADE E SAÚDE PÚBLICA&amp;#8221; E O LEMA &amp;#8220;QUE A SAÚDE SE DIFUNDA SOBRE A TERRA&amp;#8221;, PROMOVIDA PELA CONFERÊNCIA NACIONAL DOS BISPOS DO BRASIL &amp;#8211; CNBB.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1214/1214_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1214/1214_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SOLDADO DA PM EDNÉIA LICORI, PELOS RELEVANTES SERVIÇOS PRESTADOS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1260/1260_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1260/1260_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SINCOMÉRCIO &amp;#8211; SINDICATO PATRONAL DO COMÉRCIO VAREJISTA DE ADAMANTINA PELA INAUGURAÇÃO DE SUA NOVA SEDE.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1261/1261_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1261/1261_texto_integral.pdf</t>
   </si>
   <si>
     <t>OÇÃO DE CONGRATULAÇÕES E APLAUSOS PELA CONTRIBUIÇÃO QUE A UNIMED DE ADAMANTINA PRESTA À SAÚDE REGIONAL, ATENDENDO MAIS DE 7000 CONVENIADOS.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1275/1275_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1275/1275_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS PELA SUA SIGNIFICATIVA CONTRIBUIÇÃO QUE O PROCON, DESDE SUA CRIAÇÃO, PRESTA À COMUNIDADE BRASILEIRA, SOBRETUDO ORIENTANDO OS CONSUMIDORES E DEFENDENDO SEUS DIREITOS.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1304/1304_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1304/1304_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À EMPRESA CONSTRULIX &amp;#8211; CONSTRUÇÃO, INDÚSTRIA, COMÉRCIO E SERVIÇOS LTDA., PELO BRILHANTE E SIGNIFICATIVO EMPREENDIMENTO REALIZADO EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1305/1305_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1305/1305_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À SRª. VILMA SGOBBI POR MANTER EM FUNCIONAMENTO CINCO ESTABELECIMENTOS COMERCIAIS EM ADAMANTINA: O BOTICÁRIO, AREZZO, ARRAZZO E DUAS MULTIDROGAS, ESTAS COM O ESPOSO, SR. ODAIR DE DEUS PINTO.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1339/1339_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1339/1339_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS PELA VALIOSA PARTICIPAÇÃO DA APPRAR PARA O DESENVOLVIMENTO SUSTENTÁVEL DE ADAMANTINA, EM TERMOS DE GERAÇÃO DE EMPREGOS, RENDA E TRIBUTOS, DIRETA E INDIRETAMENTE.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1340/1340_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1340/1340_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À CAMDA &amp;#8211; COOPERATIVA AGRÍCOLA MISTA DE ADAMANTINA PELO TRANSCURSO DO SEU 47º ANIVERSÁRIO.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1341/1341_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1341/1341_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SR. REINALDO ROBLER POR MANTER EM PLENO FUNCIONAMENTO QUATRO ESTABELECIMENTOS COMERCIAIS EM ADAMANTINA.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1386/1386_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1386/1386_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À REDE DE COMBATE AO CÂNCER DE A-DAMANTINA, PELOS RELEVANTES SERVIÇOS PRESTADOS À NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1362/1362_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1362/1362_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À DIRETORIA DA ASSOCIAÇÃO DOS PRODUTORES DE LEITE DE ADAMANTINA E REGIÃO PRESTA AO DESENVOLVIMENTO SUSTENTÁVEL LOCAL E REGIONAL.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1363/1363_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1363/1363_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À NUTRICLÍNICA DA FAI, PROPORCIONANDO AO ALUNO DO CURSO DE NUTRIÇÃO DAS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI A APLICAÇÃO PRÁTICA DOS CONHECIMENTOS TEÓRICOS ADQUIRIDOS AO LONGO DO CURSO.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1364/1364_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1364/1364_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À FISIOCLÍNICA DA FAI, PELA ASSISTÊNCIA PRESTADA PARA VÁRIAS CIDADES, DENTRE AS QUAIS: CAIABU, FLÓRIDA PAULISTA, INÚBIA PAULISTA, LUCÉLIA, MARIÁPOLIS, OSVALDO CRUZ, PACAEMBU, PRACINHA, PARAPUÃ, SAGRES E SALMOURÃO.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À APAMPESP, EDUCAÇÃO PAULISTA E A JUSTA LUTA DA REPRESENTANTE OFICIAL DOS PROFESSORES PAULISTAS APOSENTADOS POR RECOMPOSIÇÃO SALARIAL E OBTENÇÃO DE VANTAGENS LEGALMENTE INSTITUÍDAS.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PASTOR MÁRCIO XAVIER E IRMÃ GESIANE, DIRIGENTES DA CONGREGAÇÃO DO BAIRRO JARDIM BRASIL E EDITORES DA REVISTA &amp;#8220;VENCEDOR&amp;#8221;, PELA COMEMORAÇÃO AO 5º ANO DE EDIÇÃO DA REVISTA.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO NÚCLEO DE PSICOLOGIA DA FAI, QUE SE DESTINAM A FORMAÇÃO PROFISSIONAL DOS ALUNOS DO CURSO DE PSICOLOGIA E AO ATENDIMENTO DA COMUNIDADE, CONFORME LEGISLAÇÃO VIGENTE, PLANO PEDAGÓGICO DO CURSO DE PSICOLOGIA DA FAI, REGULAMENTO DOS ESTÁGIOS, NORMATIVAS DA PROFISSÃO, DENTRE OUTROS.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1446/1446_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1446/1446_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À CLÍNICA VETERINÁRIA DA FAI, PROPORCIONANDO AOS ALUNOS O ACOMPANHAMENTO E A PARTICIPAÇÃO NAS ATIVIDADES DE ROTINA DE PROCEDIMENTOS CLÍNICOS E CIRÚRGICOS DESDE O 4º TERMO, PARA SUA ESTIMULAÇÃO À VIDA PROFISSIONAL E OBSERVAÇÃO IN LOCO DA IMPORTÂNCIA DO CONHECIMENTO DADO NAS DISCIPLINAS BÁSICAS.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1468/1468_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1468/1468_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO GRUPO BÁQUICOS CIA TEATRAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1469/1469_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1469/1469_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À SARESP.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1470/1470_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1470/1470_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À SENHORA MARIA LÚCIA FERREIRA MAIA, PRESIDENTE DA ASSOCIAÇÃO ANTIALCOÓLICA DE ADAMANTINA, DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1507/1507_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1507/1507_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO DR. JOSÉ CARLOS CAVICHIOLI E AOS PESQUISADORES AUGUSTO ZONTA, DENILSON BURKERT, FERNANDO TAKAYUKI NAKAYAMA, FRANCISCO SEIITI KASAI E MAURÍCIO DOMINGUES NASSER PELA PALESTRA &amp;#8220;II SEMINÁRIO: DIRETRIZES PARA O DESENVOLVIMENTO DO PLANTIO DIRETO NA ALTA PAULISTA: CULTURAS PERENES &amp;#8211; FRUTAS E CAFÉ</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PROF. DR. MÁRCIO CARDIM, DIRETOR GERAL DA FAI, PELA SUA NOMEAÇÃO COMO CONSELHEIRO NO CEE &amp;#8211; CONSELHO ESTADUAL DE EDUCAÇÃO, POR ATO DO GOVERNADOR GERALDO ALCKMIN.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO COMANDANTE DA 2ª CIA DO 25º BPMI JÚLIO MARCELO ROMAGNOLI DOS SANTOS, PELA SUA MERECIDA PROMOÇÃO A CAPITÃO DA POLÍCIA MILITAR.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SEBRAE PELA ELEVADA CONTRIBUIÇÃO À ADAMANTINA E REGIÃO PELO SEMINÁRIO SOBRE OLERICULTURA.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE AO ILUSTRÍSSIMO SR. PROF. CELSO ALVES LIMA O TÍTULO DE CIDADÃO ADAMANTINENSE&amp;#8221;</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA, EXERCÍCIO 2010 &amp;#8211; TC 2589/026/10&amp;#8221;</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1263/1263_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1263/1263_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA A REDAÇÃO DOS INCISOS I A VI DO ART. 15 DA LEI ORGÂNICA DO MUNICÍPIO DE ADAMANTINA.&amp;#8221;</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1476/1476_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1476/1476_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A VEDAÇÃO DE PROVIMENTO, INVESTIDURA E O EXERCICIO DE CARGO EM COMISSÃO OU EM FUNÇÃO DE CONFIANÇA, AOS BRASILEIROS QUE ESTEJAM EM SITUAÇÃO DE INELEGIBILIDADE , RESSALVADAS AS INCOMPATIBILIDADE ESPECIFICAS DE CARGOS POLITICOS ELETIVOS, A CONDIÇÃO DE INALISTÁVEL E A DE MILITAR."</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÃO DO § 1º DO ART. 23 DA LEI ORGÂNICA DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1140/1140_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1140/1140_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ANEXOS II E VI DA LEI Nº 2.289, DE 30 DE JULHO DE 1990 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1142/1142_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1142/1142_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ART. 1º DA LEI COMPLEMENTAR Nº 188, DE 20 DE DEZEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1215/1215_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1215/1215_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO À OAB  - 59ª SUBSEÇÃO DE ADAMANTINA OS IMÓVEIS QUE ESPECIFICA."</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1245/1245_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1245/1245_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"DISPÕE SOBRE ALTERAÇÃO DA LEI COMPLEMENTAR 94 DE 22 DE NOVEMBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS." </t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1308/1308_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1308/1308_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ARTIGO 3º DA LEI COMPLEMENTAR 118, DE 15 DE DEZEMBRO DE 2008".</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1291/1291_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1291/1291_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A CRIAÇÃO DO EMPREGO DE PROVIMENTO EM COMISSÃO DE DIRETOR DO DEPARTAMENTO DE TOPOGRAFIA.&amp;#8221;</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1309/1309_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1309/1309_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DOAÇÃO DE EQUIPAMENTO À CAIUÁ DISTRIBUIÇÃO DE ENERGIA S.A."</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1292/1292_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1292/1292_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA OS ANEXOS I E VI DA LEI COMPLEMENTAR Nº 155, 30 DE DEZEMBRO DE 2010 QUE DISPÕE SOBRE O ESTATUTO, ESTRUTURA ADMINISTRATIVA E OGANIZA O QUADRO DE PESSOAL DAS FACULDADES ADAMANTINENSES INTEGRADAS - FAI.&amp;#8221;</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1345/1345_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1345/1345_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA MARCELO JOSÉ JORGE - ME".</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1346/1346_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1346/1346_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA VALMIR DE SOUZA &amp; CIA LTDA-ME".</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1347/1347_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1347/1347_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CESSÃO DE DIREITO REAL DE USO DE PARTE DE IMÓVEL DA PREFEITURA À "ASSOCIAÇÃO DOS PRODUTORES DE LEITE DO MUNICÍPIO DE ADAMANTINA E REGIÃO" E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1477/1477_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1477/1477_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI COMPLEMENTAR Nº 194, DE 24 DE MAIO DE 2012, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO OUTORGAR CESSÃO DE DIREITO REAL DE USO DE PARTE DE IMÓVEL DA PREFEITURA À "ASSOCIAÇÃO DOS PRODUTORES DE LEITE DO MUNICÍPIO DE ADAMANTINA E REGIÃO."</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, AO CEETEPS - CENTRO DE EDUCAÇÃO TECNOLÓGICA "PAULA SOUSA", OS IMÓVEIS QUE ESPECIFICA, DESTINADOS A INSTALAÇÃO DE SEDE PRÓPRIA DA FACULDADE DE TECNOLOGIA DE ADAMANTINA".</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À ASSOCIAÇÃO PLASSIFLORA DE PRODUTORES RURAIS DE ADAMANTINA E REGIÃO - APPRAR."</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA CINTHIA JULIANA DE ALBUQUERQUE ME".</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CGEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DIREITO REAL DE USO  DE IMÓVEL À EMPRESA ENG-VITA ENGENHARIA E ASSESSORAMENTO TÉCNICO S/S LTDA".</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE  SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA CEREALISTA TRABACHIN LTDA".</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA DIGESSO INDÚSTRIA E COMÉRCIO DE GESSO LTDA ME".</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA COMERCIAL MAIART DE EQUIPAMENTOS PARA ESCRITÓRIO LTDA EPP".</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 2.812, DE 28 DE MAIO DE 1998, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA O EXECUTIVO MUNICIPAL ALIENAR ÁREA DE TERRA LOCALIZADA NA ÁREA COMERCIAL DE ADAMANTINA."</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA RUBÃO PNEUS E ALINHAMENTO LTDA - ME."</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1112/1112_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1112/1112_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DISPONIBILIZAÇÃO DE CADEIRAS DE RODAS NOS SUPERMERCADOS DE NOSSA CIDADE.&amp;#8221;</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1113/1113_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1113/1113_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O PODER EXECUTIVO DESENVOLVER PROGRAMA QUE VISE O CONTROLE REPRODUTIVO DE CÃES E GATOS E A PROMOÇÃO DE MEDIDAS PROTETIVAS POR MEIO DE IDENTIFICAÇÃO, REGISTRO, ESTERILIZAÇÃO CIRÚRGICA E ADOÇÃO DOS ANIMAIS RECONHECIDA COMO COMUNITÁRIO.&amp;#8221;</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>Israel Pereira Coutinho, Cleusa Marquetti Francisco</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE O CONTROLE DE RUÍDOS, SONS E VIBRAÇÕES NO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1136/1136_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1136/1136_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO E PROLONGAMENTO DA AVENIDA FRANCISCO BELLUSCI."</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1137/1137_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1137/1137_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DO POSTO DE SAÚDE DA ESTÂNCIA DORIGO/BELA VISTA."</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1138/1138_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1138/1138_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DO PLANO ESPECIAL DE AÇÃO MUNICIPAL PARA A CRIANÇA E O ADOLESCENTE E DO PLANO MUNICIPAL DE APLICAÇÃO DE RECURSOS."</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1139/1139_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1139/1139_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE AGRICULTURA DE INTERESSE SOCIAL - PMAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1141/1141_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1141/1141_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE DEFESA CIVIL - FUNDEC E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1165/1165_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1165/1165_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CRIA A GRATIFICAÇÃO POR DESEMPENHO DE ATIVIDADE DELEGADA, NOS TERMOS QUE ESPECIFICA, A SER PAGA AOS POLICIAIS MILITARES QUE EXERCEM ATIVIDADE MUNICIPAL DELEGADA AO ESTADO DE SÃO PAULO POR MEIO DE CONVÊNIO CELEBRADO COM O MUNICÍPIO DE ADAMANTINA."</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1262/1262_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1262/1262_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A AMPLIAÇÃO DA LICENÇA-MATERNIDADE ÀS SERVIDORAS DA CÂMARA MUNICIPAL DE ADA-MANTINA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1306/1306_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1306/1306_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO CALENDÁRIO DO MUNICÍPIO O &amp;#8220;DIA DO ROTARIANO&amp;#8221;.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1342/1342_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1342/1342_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PREFEITURA DO MUNICÍPIO DE ADAMANTINA À ABERTURA DE CRÉDITO ADICIONAL ESPECIAL".</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1343/1343_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1343/1343_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA À ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA O IGD-SUAS".</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1344/1344_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1344/1344_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A APPRAR - ASSOCIAÇÃO PASSIFLORA DOS PRODUTORES RURAIS DE ADAMANTINA, UTILIZAR SALDO DE RECURSOS FINANCEIROS REPASSADOS ATRAVÉS DA LEI 3.490, DE 11 DE SETEMBRO DE 2011".</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1393/1393_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1393/1393_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR AO LAR CRISTÃO DE MENINAS, SOB A FORMA DE SUBVENÇÃO SOCIAL, RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL".</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1394/1394_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1394/1394_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICIPIO DE ADAMANTINA REPASSAR À REDE FEMININA DE COMBATE AO CÂNCER DE ADAMANTINA, SOB A FORMA DE SUBVENÇÃO SOCIAL, RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DE SAÚDE".</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE ROTATÓRIA NO JARDIM BRASIL&amp;#8221;</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1472/1472_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1472/1472_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE ADAMANTINA PARA O EXERCICIO FINANCEIRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1473/1473_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1473/1473_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O PROLONGAMENTO DA RUA DOS ACADÊMICOS."</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>DINHA, Rudimar Bueno Soares</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1474/1474_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1474/1474_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE CAMPO DE BOCHA E MALHA NO JARDIM DAS ALAMANDAS&amp;#8221;</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DESAFETAÇÃO DE ÁREA INSTITUCIONAL E PROLONGAMENTO DA RUA GERMANO MEIRA DE VASCONCELOS."</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1478/1478_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1478/1478_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O DEPARTAMENTO DE ESTRADAS E RODAGEM DO ESTADO DE SÃO PAULO - DER/SP."</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1508/1508_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1508/1508_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI Nº 3.469, DE 27 DE JUNHO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1509/1509_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1509/1509_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ARTIGO 1º DA LEI Nº 3.470, DE 27 DE JUNHO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DA SALA DE INSTRUÇÃO DO TIRO DE GUERRA DE ADAMANTINA."</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL Nº 3.478, DE 07 DE JULHO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO ARTIGO 1º DA LEI Nº 3.504, DE 14 DE DEZEMBRO DE 2011."</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O INCISO IV DO ARTIGO 4º, DA LEI  3.218 DE 19 DE DEZEMBRO DE 2006."</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ARTIGOS 6º E 7º DA LEI 3.247, DE 04 DE MAIO DE 2007, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL SUSTENTÁVEL DE ADAMANTINA - CONSEA E REVOGA A LEI 3.476, DE 07 DE 2011."</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM OS MUNICÍPIOS QUE ESPECIFICA, PARA IMPLEMENTAÇÃO DE POLITICAS PÚBLICAS DE PROTEÇÃO DO MEIO AMBIENTE, DE INTERESSE COMUM DOS PARTÍCIPES."</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE A ACEITAÇÃO DA RRT - REGISTRO DE RESPONSABILIDADE TÉCNICA, DO CONSELHO DE ARQUITETURA E URBANISMO - CAU, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE PROCEDIMENTOS DE CONTROLE AMBIENTAL PARA A UTILIZAÇÃO NA CONSTRUÇÃO CIVIL, DE PRODUTOS E SUBPRODUTOS DE MADEIRA DE ORIGEM NATIVA."</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A TRANSIÇÃO DEMOCRÁTICA DE GOVERNO NO MUNICÍPIO, DISPÕE SOBRE A FORMAÇÃO DA EQUIPE DE TRANSIÇÃO; DEFINE O SEU FUNCIONAMENTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DO PLANO MUNICIPAL DE GESTÃO INTEGRADA DE RESÍDUOS SÓLIDOS DE ADAMANTINA."</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ADAMANTINA PARA O EXERCÍCIO DE 2013."</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CONCESSÃO DE SUBVENÇÕES E CONTRIBUIÇÕES."</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A APROVAÇÃO DO PLANO ESPECIAL DE AÇÃO MUNICIPAL PARA A CRIANÇA E O ADOLESCENTE E DO PLANO DE APLICAÇÃO DE RECURSOS PARA O EXERCÍCIO DE 2013".</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO COMUNITÁRIO DOS CONJUNTOS HABITACIONAIS JARDIM OITI E JARDIM TIPUANAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE CONJUNTO HABITACIONAL E DÁ OUTRAS PROVIDÊNCIAS". (EMÍLIO CASAS FIDALGO)</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO NO CONJUNTO HABITACIONAL EMILIO CASAS FIDALGO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PLANO MUNICIPAL DE CULTURA (PMC) DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO DO MUNICÍPIO - PARQUE CALDEIRA."</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR."</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR A APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS RECURSO FINANCEIRO, SOB A FORMA DE AUXÍLIO, DESTINADO CONSTRUÇÃO DE IMÓVEL - PROJETO VIDA NOVA."</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI O DIA MUNICIPAL DOS SURDOS.&amp;#8221;</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÃO DO § 4º DO ART. 9º DA RESOLUÇÃO Nº 03, DE 22 DE NOVEMBRO DE 1999, QUE DISPÕE SOBRE O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ADAMANTINA&amp;#8221;</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO DADO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 300.000,00 À PREFEITURA DE ADAMANTINA PARA AQUISIÇÃO DE UM CAMINHÃO BASCULANTE A SER UTILIZADO EM OBRAS E SERVIÇOS PÚBLICOS EM GERAL.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO DADO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 60.000,00 À PREFEITURA DE ADAMANTINA PARA DOTAR A SECRETARIA MUNICIPAL DE CULTURA E TURISMO DE VEÍCULO A SER UTILIZADO NOS DESLOCAMENTOS LOCAIS E NA MICRORREGIÃO PARA ATENDER A SUA VASTA PROGRAMAÇÃO CULTURAL.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1117/1117_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1117/1117_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, NO SENTIDO DE LIBERAR RECURSOS FINANCEIROS A FUNDO PERDIDO AO NOSSO MUNICÍPIO, PARA SEREM ALOCADOS NA REFORMA DO CENTRO COMUNITÁRIO LOCALIZADO NO INTERIOR DO CONJUNTO AZALÉIA.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1118/1118_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1118/1118_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO NO SENTIDO DE VIABILIZAR A LIBERAÇÃO DE RECURSOS FINANCEIROS A FUNDO PERDIDO AO NOSSO MUNICÍPIO, PARA SEREM ALOCADOS NA CONSTRUÇÃO DE COBERTURA DA QUADRA DO CONJUNTO HABITACIONAL MÁRIO COVAS E TAMBÉM PARA INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1119/1119_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1119/1119_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL BARROS MUNHOZ NO SENTIDO DE O GOVERNO ESTADUAL DESTINAR RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DO PRÉDIO DO LAR DOS VELHOS DE ADAMANTINA E AQUISIÇÃO DE EQUIPAMENTOS A SEREM UTILIZADAS POR ESTA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1120/1120_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1120/1120_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXEMPLAR DEPUTADO ESTADUAL ALDO DEMARQUE NO SENTIDO DE O GOVERNO ESTADUAL DESTINAR RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL PARA REFORMA E AMPLIAÇÃO DO PRÉDIO DA UNIDADE DE SAÚDE EXISTENTE NO JARDIM ADAMANTINA, ALÉM DA AQUISIÇÃO DE NOVOS EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1121/1121_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1121/1121_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, PAULO ALEXANDRE BARBOSA, VISANDO À DESTINAÇÃO DE 20 COMPUTADORES COM ACESSÓRIOS PARA USO DA POPULAÇÃO DO JARDIM BRASIL,</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1122/1122_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1122/1122_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ED THOMAS NO GOVERNO ESTADUAL, COM O OBJETIVO DE SER DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA REFORMA E PINTURA DO PRÉDIO DO LAR DAS MENINAS.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1123/1123_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1123/1123_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, PAULO ALEXANDRE BARBOSA, OBJETIVANDO-SE A DESTINAÇÃO DE &amp;#8220;APARELHOS&amp;#8221; PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA VILA FREITAS.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1124/1124_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1124/1124_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, BRUNO COVAS, VISANDO A QUE SEJA LIBERADO RECURSO FINANCEIRO PARA AQUISIÇÃO DE UM CAMINHÃO COMPACTADOR DESTINADO À COLETA DE LIXO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1125/1125_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1125/1125_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA CONSTRUÇÃO DE UMA QUADRA E PISCINA NO CENTRO DE CONVIVÊNCIA DO IDOSO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1126/1126_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1126/1126_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA AQUISIÇÃO DE MICROÔNIBUS COM ACESSIBILIDADE AO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1127/1127_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1127/1127_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS A FUNDO PERDIDO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA COMPRA DE EQUIPAMENTO PARA INSTALAÇÃO DE ACADEMIA POPULAR PARA A 3ª IDADE.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1128/1128_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1128/1128_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS A FUNDO PERDIDO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1129/1129_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1129/1129_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SEREM UTILIZADOS EM OBRAS DE RECAPEAMENTO ASFÁLTICO DE RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1130/1130_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1130/1130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA SAÚDE, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 1.000.000,00 (UM MILHÃO DE REAIS) AO NOSSO MUNICÍPIO, PARA SEREM TOTALMENTE UTILIZADOS NA CONSTRUÇÃO E INSTALAÇÃO DE UTIS NA SANTA CAAS DE MISERICÓRDIA DE ADAMANTINA._x000D_
 </t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1131/1131_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1131/1131_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL GUILHERME CAMPOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA SAÚDE, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA SER DESTINADO À NOSSA SANTA CASA DE MISERICÓRDIA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1132/1132_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1132/1132_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JEFERSON CAMPOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA SAÚDE, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA COMPRA DE EQUIPAMENTOS À APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1133/1133_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1133/1133_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, OBJETIVANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER UTILIZADO NA CONSTRUÇÃO DE ROTATÓRIA NO JARDIM BRASIL, NAS RUAS GOIÁS, RIO DE JANEIRO E NA AV. ANTÔNIO TIVERON, EM FRENTE AO BAR DO RIQUINHA.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1134/1134_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1134/1134_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - CÓPIA DA LEGISLAÇÃO MUNICIPAL QUE TRATA DE PROTEÇÃO DE ANIMAIS, MORMENTE A QUE VERSA SOBRE CRUELDADE EM ESPETÁCULOS PÚBLICOS.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1135/1135_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1135/1135_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAR CÓPIA DE TODA LEGISLAÇÃO PERTINENTE PARA CESSÃO DE USO E PAGAMENTO DE TAXA PARA UTILIZAÇÃO POR TERCEIROS, DAS DEPENDÊNCIAS DO RECINTO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL VINICIUS CAMARINHA NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA ILUMINAÇÃO DE PRAÇA ESPORTIVA, CONSTRUÇÃO DE BANHEIROS E REFORMA DOS VESTUÁRIOS NA VILA FREITAS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL CAUÊ MACRIS NO GOVERNO ESTADUAL, VISANDO À DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA REFORMA DO PRÉDIO DA REDE DE COMBATE AO CÂNCER DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1159/1159_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1159/1159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A DIREÇÃO DA SABESP LOCAL, A FIM DE INFORMAR OS MOTIVOS QUE ESTÃO IMPEDINDO A IMPLANTAÇÃO DA TARIFA SOCIAL EM NOSSA CIDADE, ACORDADO NAS NEGOCIAÇÕES DA RENOVAÇÃO DO CONTRATO DE CONCESSÃO DOS SERVIÇOS DE ÁGUA E ESGOTO, QUE TINHA A FINALIDADE DE BENEFICIAR AS FAMÍLIAS DE BAIXA RENDA E OS PEQUENOS COMÉRCIOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1160/1160_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1160/1160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA E RECAPEAMENTO ASFÁLTICO NAS RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1161/1161_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1161/1161_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 50.000,00 (CINQÜENTA MIL REAIS) PARA INSTALAÇÃO DE ACADEMIA DE IDOSOS NO BAIRRO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1162/1162_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1162/1162_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ELEUSES PAIVA JUNTO AO MINISTÉRIO DA SAÚDE, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA AQUISIÇÃO DE MAIS UM APARELHO DE MAMOGRAFIA PARA O NOSSO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL MENDES THAME NO GOVERNO FEDERAL VISANDO A QUE SEJA DESTINADO RECURSO PARA AQUISIÇÃO DE UM TRATOR AGRÍCOLA EQUIPADO, A SER UTILIZADO PELO SINDICATO RURAL DOS TRABALHADORES RURAIS LOCAL.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1158/1158_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1158/1158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALDO DEMARCHI NO GOVERNO ESTADUAL, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 30 MIL PARA COMPRA DE EQUIPAMENTOS A SEREM UTILIZADOS PELO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1198/1198_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1198/1198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL BALEIA ROSSI, COM O OBJETIVO DE O GOVERNO ESTADUAL DESTINAR RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1199/1199_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1199/1199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL SAMUEL MOREIRA, OBJETIVANDO QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS, INCLUINDO-SE COMPUTADORES, FREEZER, TV, CADEIRAS, MESAS, FILMADORA, RETROPROJETOR E FOGÃO INDUSTRIAL, A SEREM INSTALADOS NO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1200/1200_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1200/1200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, VISANDO A QUE SEJA DESTINADO UM LOTE DE ALIMENTOS A SER UTILIZADO NA MERENDA DOS ALUNOS DAS ESCOLAS MUNICIPAIS E ESTADUAIS DE ADAMANTINA, QUE FREQÜENTAM A PRÉ-ESCOLA, O FUNDAMENTAL, O 2º GRAU E O EJA.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1201/1201_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1201/1201_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL GERALDO VINHOLI, COM O OBJETIVO DE O GOVERNO ESTADUAL DESTINAR R$ 100 MIL PARA REFORMA DO CENTRO COMUNITÁRIO DO PARQUE IGUAÇU, ONDE RESIDEM CENTENAS DE FAMÍLIAS, NA MAIORIA, NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1202/1202_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1202/1202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL CÉLIA LEÃO, VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL, PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM PAULISTA, VILA NILZA E JARDIM SAN FERNANDO, ONDE RESIDEM CERCA DE 1000 FAMÍLIAS, NA MAIORIA, NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1203/1203_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1203/1203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL FERNANDO CAPEZ, VISANDO A QUE O ESTADO DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL, PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM AMÉRCIA, IPIRANGA E PALMEIRAS, ONDE RESIDEM CERCA DE 1200 FAMÍLIAS, NA MAIORIA NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1204/1204_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1204/1204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO NO SENTIDO DE VIABILIZAR A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SER APLICADO NA CONSTRUÇÃO DE PONTE NO CÓRREGO CALDEIRAS, A FIM DE BENEFICIAR OS BAIRROS MONTE ALEGRE, PARQUE GIULIANO, ELDORADO I E II E VÁRIAS PROPRIEDADES RURAIS ADJACENTES AOS REFERIDOS BAIRROS.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 60.000,00 (SESSENTA MIL REAIS) PARA INSTALAÇÃO DE ACADEMIA PARA IDOSOS NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1206/1206_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1206/1206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1207/1207_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1207/1207_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL RITA PASSOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA A APAE DE ADAMANTINA, PARA COMPRA E CUSTEIO DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1208/1208_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1208/1208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DONISETE BRAGA, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA SER DESTINADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1209/1209_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1209/1209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150 MIL, PARA SER DESTINADO À NOSSA SANTA CASA PARA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL, PARA OBRA DE INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1211/1211_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1211/1211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO REFERENTE À LEGISLAÇÃO MUNICIPAL:  - CÓPIA DO DECRETO QUE CRIA O CONSELHO MUNICIPAL DE PROTEÇÃO DE DEFESA DOS ANIMAIS, PROPOSTO ATRAVÉS DO PROJETO DE LEI Nº 3455/11.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1212/1212_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1212/1212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO EXCELENTÍSSIMO GOVERNADOR DO ESTADO DE SÃO PAULO, DOUTOR GERALDO ALKMIN, SOLICITANDO A CRIAÇÃO DE GRUPO DE ESTUDO COM O ESCOPO DE SE ELABORAR LEI COMPLEMENTAR A FIM DE CORRIGIR DEFICIÊNCIA SALARIAL.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1240/1240_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1240/1240_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 100.000,00 À CLÍNICA DE REPOUSO NOSSO LAR DE ADAMANTINA PARA AUXILIAR NAS DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1241/1241_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1241/1241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 100.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AUXILIAR NAS DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1242/1242_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1242/1242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, VISANDO INTERFERÊNCIA IMEDIATA PARA QUE SEJA AUTORIZADA A IMEDIATA REFORMA DA ESCOLA ESTADUAL &amp;#8220;DURVALINO GRION&amp;#8221;, ONDE ESTUDAM 824 ALUNOS.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1243/1243_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1243/1243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA EXCELENTÍSSIMA SECRETÁRIA ESTADUAL DA JUSTIÇA, DRª. ELOÍSA DE SOUZA ARRUDA, VISANDO A QUE SEJA PRIORIZADO O INÍCIO DA NECESSÁRIA REFORMA E ADEQUAÇÃO DO PRÉDIO DO FORUM DA COMARCA DE ADAMANTINA, INCLUINDO ACESSIBILIDADE INTERNA E PINTURA GERAL.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1244/1244_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1244/1244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL MARIA LÚCIA AMARY NO GOVERNO ESTADUAL, COM O OBJETIVO DE SER DESTINADO RECURSO FINANCEIRO PARA AQUISIÇÃO DE UM VEÍCULO VAN, A SER UTILIZADO PELA APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1246/1246_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1246/1246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PEDRO TOBIAS INTERFERÊNCIA NO GOVERNO ESTADUAL, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS, INCLUINDO-SE COMPUTADORES, TV, FREEZER, FOGÃO INDUSTRIAL, MESAS E CADEIRAS, A SEREM UTILIZADOS NO CENTRO COMUNITÁRIO DOS CONJUNTOS OITI - TIPUANAS, ONDE RESIDEM CENTENAS DE FAMÍLIAS NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1247/1247_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1247/1247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL SALIN CURIATI NO GOVERNO ESTADUAL, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DA INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO (CASA DO GAROTO), ENTIDADE ASSISTENCIAL QUE ATENDE, EM REGIME DE SEMI-INTERNATO E INTERNATO, 200 MENORES, SENDO 180 CRIANÇAS NA FAIXA ETÁRIA DE 0 A 6 ANOS E 20 CRIANÇAS DE 7 A 10 ANOS, MAIS 10 CRIANÇAS EM ACOLHIMENTO INSTITUCIONAL.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1248/1248_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1248/1248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL MARIA LÚCIA AMARY, OBJETIVANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA REFORMA E AMPLIAÇÃO DO PRÉDIO DO IAMA.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1249/1249_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1249/1249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL ANALICE FERNANDES NO GOVERNO ESTADUAL, OBJETIVANDO A DESTINAÇÃO DE R$ 100 MIL PARA REFORMA E AMPLIAÇÃO DO CRERES, ALÉM DA AQUISIÇÃO DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1250/1250_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1250/1250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL BETH SAHÃO JUNTO AO GOVERNO DO ESTADO, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA COMPRA DE VEÍCULO MARCA VOLKSWAGEM, MODELO KOMBI ZERO QUILÔMETRO PARA O LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1251/1251_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1251/1251_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO DE SÃO PAULO, OBJETIVANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA OBRA DE INFRAESTRUTURA EM BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1252/1252_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1252/1252_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL RITA PASSOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO DE SÃO PAULO, OBJETIVANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA A PAVIMENTAÇÃO ASFÁLTICA DO FINAL DA RUA PERNAMBUCO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1253/1253_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1253/1253_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES REFERENTES ÀS FACULDADES ADAMANTINENSES INTEGRADAS: - QUANDO FOI CRIADA A CLÍNICA DE FISIOTERAPIA DA FAI? - QUANTAS PESSOAS SÃO ATENDIDAS ANUALMENTE? - QUANTOS PROFISSIONAIS ESTÃO ENVOLVIDOS? - QUANTOS ALUNOS PARTICIPAM? - QUAIS OS OBJETIVOS?</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1254/1254_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1254/1254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES REFERENTES ÀS FACULDADES ADAMANTINENSES INTEGRADAS: - QUANDO FOI CRIADA A CLÍNICA DE MEDICINA VETERINÁRIA DA FAI? - QUANTOS ANIMAIS SÃO ATENDIDOS ANUALMENTE? - QUAIS ESPÉCIES DE ANIMAIS SÃO ATENDIDOS? - QUANTOS PROFISSIONAIS ESTÃO ENVOLVIDOS? - QUANTOS ALUNOS PARTICIPAM? - QUAIS OS OBJETIVOS?</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1255/1255_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1255/1255_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - HÁ NO MUNICÍPIO CONSELHO MUNICIPAL DA CRIANÇA E ADOLESCENTE? - FOI INSTITUÍDO ATRAVÉS DE QUAL DIPLOMA LEGAL? - QUEM SÃO OS MEMBROS?</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1256/1256_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1256/1256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES REFERENTES ÀS FACULDADES ADAMANTINENSES INTEGRADAS: - QUANDO FOI CRIADO O NÚCLEO DE PSICOLOGIA DA FAI? - QUANTAS PESSOAS SÃO ATENDIDAS ANUALMENTE? - QUANTOS PROFISSIONAIS ESTÃO ENVOLVIDOS? - QUANTOS ALUNOS PARTICIPAM? - QUAIS OS OBJETIVOS?</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1257/1257_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1257/1257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES REFERENTES ÀS FACULDADES ADAMANTINENSES INTEGRADAS: - QUANDO FOI CRIADA O NUTRICLÍNICA DA FAI? - QUANTAS PESSOAS SÃO ATENDIDAS ANUALMENTE? - QUANTOS PROFISSIONAIS ESTÃO ENVOLVIDOS? - QUANTOS ALUNOS PARTICIPAM? - QUAIS OS OBJETIVOS?</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1258/1258_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1258/1258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL RUI FALCÃO, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA COMPRA DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1259/1259_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1259/1259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA SENADORA MARTA SUPLICY, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA COMPRA DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1264/1264_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1264/1264_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM DESTINADOS PARA A SANTA CASA DE ADAMANTINA OS SEGUINTES ITENS: 1 &amp;#8211; 200 COBERTORES DE SOLTEIRO; 2 &amp;#8211; 200 LENÇÓIS; 3 &amp;#8211; 200 TOALHAS DE BANHO; 4 &amp;#8211; 200 TOALHAS DE ROSTO; 5 &amp;#8211; 200 FRONHAS.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1265/1265_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1265/1265_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO RODRIGO MORAES NO GOVERNO ESTADUAL, OBJETIVANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS A SEREM UTILIZADOS NA UNIDADE DO PSF DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1266/1266_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1266/1266_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL CELSO GIGLIO NO GOVERNO PAULISTA VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DO PRÉDIO DA ASSOCIAÇÃO DOS RENAIS CRÔNICOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1267/1267_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1267/1267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL OLÍMPIO GOMES VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DO PRÉDIO DA ASSOCIAÇÃO ANTIALCÓOLICA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1268/1268_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1268/1268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. MARCOS ANTÔNIO MONTEIRO, PRESIDENTE DA IMPRENSA OFICIAL DO ESTADO DE SÃO PAULO, QUE SEJAM ENVIADOS 300 EXEMPLARES DAS CONSTITUIÇÕES FEDERAL E ESTADUAL, A FIM DE QUE SEJAM DESTINADAS A ALUNOS DO CURSO DE DIREITO DA FAI, AUTARQUIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1269/1269_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1269/1269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO DA CASA CIVIL, DR. SIDNEY BERALDO, E DA EXCELENTÍSSIMA DIRETORA-PRESIDENTA DA FUNDAÇÃO PAULA SOUZA, PROFª. LAURA LAGANÁ, NO SENTIDO DE SER VIABILIZADA COMPLEMENTAÇÃO DE RECURSO FINANCEIRO PARA ADEQUAR A CONCLUSÃO DAS OBRAS DE AMPLIAÇÃO DO PRÉDIO DA ETEC &amp;#8220;EUDÉCIO LUIZ VICENTE&amp;#8221;.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1270/1270_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1270/1270_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL SIDNEY BERALDO, VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL PARA AQUISIÇÃO DE COMPUTADORES E OUTROS EQUIPAMENTOS A SEREM UTILIZADOS PELA ASSOCIAÇÃO BEIJA-FLOR, DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1300/1300_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1300/1300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA CUSTEIO E COMPRA DE EQUIPAMENTOS PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1301/1301_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1301/1301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA OBRAS DE INFRAESTRUTURA NOS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1303/1303_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1303/1303_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - ENCAMINHAR RELAÇÃO DE CANDIDATOS APROVADOS NO ÚLTIMO CONCURSO QUE ESTÃO NA LISTA DE ESPERA PARA SEREM CONTRATADOS; - INFORMAR POR CARGO E NOME DOS FUNCIONÁRIOS ADMITIDOS POR CONTRATO.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1302/1302_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1302/1302_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA ENCAMINHADO OFÍCIO AO SENHOR GOVERNADOR DO ESTADO DE SÃO PAULO, SOLICITANDO A IMEDIATA PUBLICAÇÃO TRECHO DA RODOVIA SP-294, A COMANDANTE JOÃO RIBEIRO DE BARROS, LOCALIZADO ENTRE PARAPUÃ E PANORAMA, A FIM DE OFERECER MAIOR SEGURANÇA AOS USUÁRIOS DESTA IMPORTANTE RODOVIA.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1327/1327_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1327/1327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL VAZ DE LIMA NO SENTIDO DE A CÂMARA FEDERAL DESTINAR 200 EXEMPLARES DA CONSTITUIÇÃO FEDERAL A SEREM UTILIZADAS POR ALUNOS DO CURSO DE DIREITO DA FAI.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1328/1328_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1328/1328_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SENHOR SECRETÁRIO ESTADUAL DA CULTURA, MARCELO ARAÚJO, NO SENTIDO DE ESTE ÓRGÃO DESTINAR UM NOVO ACERVO DE LIVROS PARADIDÁTICOS À BIBLIOTECA PÚBLICA MUNICIPAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1329/1329_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1329/1329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SENHOR SECRETÁRIO ESTADUAL DA EDUCAÇÃO, HERMAN JACOBUS CORNELIS VOORWALD, NO SENTIDO DE O &amp;#8220;BÔNUS&amp;#8221;, QUE HOJE BENEFICIA APENAS PARTE DO PESSOAL DA EDUCAÇÃO, SEJA TRANSFORMADO EM AUMENTO REAL.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1330/1330_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1330/1330_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL CARLOS BEZERRA NO GOVERNO ESTADUAL, COM O OBJETIVO DE SER DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS A SEREM INSTALADOS NO CENTRO COMUNITÁRIO DO JARDIM DOS POETAS.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1331/1331_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1331/1331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ALDO DEMARQUE VISANDO A QUE SEJAM DESTINADOS 300 EXEMPLARES DAS CONSTITUIÇÕES FEDERAL E ESTADUAL A ALUNOS DO CURSO DE DIREITO DA FAI, AUTARQUIA MUNICIPAL.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1332/1332_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1332/1332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SR. DIRETOR REGIONAL DA DRS-IX DE MARÍLIA, DR. DONALDO CERCI DA CUNHA, NO SENTIDO DE A SECRETARIA ESTADUAL DA SAÚDE VIABILIZAR, COM URGÊNCIA, A AMPLIAÇÃO DA UTI DE ADAMANTINA QUE FUNCIONA PRECARIAMENTE, COM APENA QUATRO LEITOS.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1333/1333_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1333/1333_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO A SEGUINTE INFORMAÇÃO: - EM QUE ESTÁGIO SE ENCONTRA A DOCUMENTAÇÃO PARA LIBERAÇÃO AMBIENTAL DA CANALIZAÇÃO DO FINAL DA RUA RIO DE JANEIRO, PROPRIEDADE DA FAMÍLIA GASPAROTO, NO JARDIM BRASIL?</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1334/1334_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1334/1334_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: ESPECIFICAR OS CRITÉRIOS ADOTADOS PARA AUTORIZAR A PODA TOTAL OU PARCIAL DAS ÁRVORES NA CIDADE.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1335/1335_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1335/1335_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL DONISETE BRAGA, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQUENTA MIL REAIS), PARA COBERTURA DA QUADRA DO CCI &amp;#8211; CENTRO DE CONVIVÊNCIA DOS IDOSOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1336/1336_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1336/1336_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DEPUTADA ESTADUAL BETH SAHÃO, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA O LAR DOS VELHOS DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1337/1337_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1337/1337_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ANTÔNIO MENTOR, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA A APAE DE ADAMANTINA, PARA COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1338/1338_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1338/1338_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL RUI FALCÃO, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1387/1387_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1387/1387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - COMO ESTÁ O ANDAMENTO DAS OBRAS DA QUADRA DE APOIO NO TERRENO AO LADO DO GINÁSIO DE ESPORTES PAULO CAMARGO, CUJA VERBA FOI CONQUISTADA JUNTO AO EX-DEPUTADO FEDERAL JOSÉ GENUÍNO NO VALOR DE R$ 195.000,00 (CENTO E NOVENTA E CINCO MIL REAIS), JÁ DEVIDAMENTE LICITADA SEGUNDO PUBLICAÇÃO NO JORNAL DIÁRIO DO OESTE E PORTAL DA TRANSPARÊNCIA DO GOVERNO FEDERAL?</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1388/1388_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1388/1388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES SOBRE O PSF NO POSTO DO JARDIM ADAMANTINA: - SE A INSTALAÇÃO OCORREU, A PREFEITURA ESTÁ RECEBENDO OS RECURSOS CORRETOS DO REFERIDO PROGRAMA FEDERAL? - SE OS RECURSOS TÊM SIDO ENCAMINHADO, POR QUE O PROGRAMA NÃO ESTÁ FUNCIONANDO COMO DEVERIA, COM A IMPLANTAÇÃO DE 01 MÉDICO 8 HORAS POR DIA, 01 ENFERMEIRO, 02 AUXILIARES E 05 AGENTES? SEGUNDO INFORMAÇÕES, ESTÃO UTILIZANDO FUNCIONÁRIOS DO CENTRO DE SAÚDE. - INFORMAR AINDA SE O PROGRAMA ESTÁ SENDO EXECUTADO PORQUE O MÉDICO DO REFERIDO POSTO E DO PROGRAMA ESTÁ ATENDENDO DUAS VEZES POR SEMANA NO POSTO DE SAÚDE CENTRAL.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1389/1389_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1389/1389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO, NO SENTIDO DE SER DESTINADO RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 30.000,00 (TRINTA MIL REAIS) PARA AQUISIÇÃO DE EQUIPAMENTOS NECESSÁRIOS PARA ILUMINAÇÃO DA QUADRA DE ESPORTES DA ESCOLA EURICO LEITE DE MORAIS, LOCALIZADA NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1348/1348_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1348/1348_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA EXCELENTÍSSIMA SECRETÁRIA ESTADUAL DA AGRICULTURA, MÔNICA BERGAMASCHI, OBJETIVANDO-SE SEJA ATENDIDA A SOLICITAÇÃO DA ASSOCIAÇÃO DE PRODUTORES DE LEITE DE ADAMANTINA E REGIÃO.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1349/1349_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1349/1349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO GOVERNADOR GERALDO ALCKMIN VISANDO A QUE A SECRETARIA ESTADUAL DA SAÚDE DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 200.000,00 À SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1354/1354_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1354/1354_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 PARA SER DESTINADO À CASA DOS GAROTOS, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1355/1355_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1355/1355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00, PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1356/1356_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1356/1356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00, A SER DESTINADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1357/1357_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1357/1357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MILTON VIEIRA, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00, A SER DESTINADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1358/1358_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1358/1358_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUANDO SE DARÁ INÍCIO NA DIVISÃO DO PÁTIO DA ANTIGA ESCOLA CEFAM, PARA QUE OS MORADORES POSSAM USAR A QUADRA PARA PROMOVER ATIVIDADES ESPORTIVAS E DE LAZER?</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1350/1350_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1350/1350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SECRETÁRIO ESTADUAL DA HABITAÇÃO SILVIO TORRES, VISANDO QUE A CDHU DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DO CENTRO COMUNITÁRIO DO JARDIM DAS PRIMAVERAS, E OUTRO TAMBÉM NO VALOR DE R$ 100 MIL PARA REFORMA DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1351/1351_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1351/1351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO DR. HERMANN JACOBUS CORNELIS VOOWARLD, VISANDO A QUE A SECRETARIA ESTADUAL DA EDUCAÇÃO DESTINE UM ACERVO DE LIVROS PARADIDÁTICOS ÀS SEGUINTES UNIDADES ESCOLARES ESTADUAIS DE ADAMANTINA: HELEN KELLER, FLEURIDES C. MENECHINO E DURVALINO GRION.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1352/1352_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1352/1352_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO PRESIDENTE DA CÂMARA FEDERAL, DEPUTADO FEDERAL MARCO AURÉLIO SPALL MAIA, OBJETIVANDO-SE O ENVIO DE 200 EXEMPLARES DA OBRA &amp;#8220;LEGISLAÇÃO SOBRE DIREITOS DO CONSUMIDOR&amp;#8221;, A SEREM DESTINADAS A ALUNOS DO CURSO DE DIREITO DAS FACULDADES ADAMANTINENSES INTEGRADAS &amp;#8211; FAI.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1353/1353_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1353/1353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA PROFª. LAURA LAGANÁ, DIRETORA-SUPERINTENDENTE DA PAULA SOUZA, VISANDO A QUE ESTA EXEMPLAR FUNDAÇÃO DESTINE UM ACERVO DE LIVROS PARA A BIBLIOTECA ESCOLAR DA ETEC &amp;#8220;EUDÉCIO LUIZ VICENTE&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1359/1359_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1359/1359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES REFERENTES ÀS FACULDADES ADAMANTINENSES INTEGRADAS: - QUANDO FOI CRIADA A CLÍNICA ODONTOLÓGICA DA FAI? - QUANTOS PESSOAS SÃO ATENDIDAS ANUALMENTE? - QUANTOS PROFISSIONAIS ESTÃO ENVOLVIDOS? - QUANTOS ALUNOS PARTICIPAM? - QUAIS OS OBJETIVOS?</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1360/1360_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1360/1360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, NO SENTIDO DE INTERFERIR JUNTO AO GOVERNO DO ESTADO, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA AQUISIÇÃO DE APARELHOS DE ACADEMIA AO AR LIVRE, QUE SERÃO INSTALADOS NA ÁREA DE LAZER DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1361/1361_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1361/1361_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, NO SENTIDO DE INTERFERIR JUNTO AO GOVERNO FEDERAL, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA AQUISIÇÃO DE ÔNIBUS COM ACESSIBILIDADE PARA O LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA, LÍDER DO GOVERNO NA CÂMARA FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL REAIS) PARA REFORMA E AMPLIAÇÃO DA UTI DA NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL JOÃO PAULO CUNHA, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS) PARA COBERTURA DE QUADRA POLIESPORTIVA DO IAMA.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - POR QUE AS SERVIDORAS ALMERICE RONDON DE MELO E ALAÍDE LUCA DOMINGOS NÃO RECEBEM INSALUBRIDADE NAS FUNÇÕES QUE ESTÃO EXERCENDO?</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SENHOR GERALDO ALCKMIN, NO SENTIDO DE AGILIZAR ESTUDOS JUNTO À SECRETARIA ESTADUAL COMPETENTE, VISANDO A ISENÇÃO DA TAXA DE PEDÁGIO DOS CAMINHÕES PESADOS EM TODAS AS RODOVIAS PAULISTAS.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1427/1427_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1427/1427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL MENDES THAME, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$200.000,00 (DUZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO EM BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1428/1428_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1428/1428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SENADOR EDUARDO SUPLICY, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA COMPRA DE ÔNIBUS PARA A CRERES &amp;#8211; CASA DE RECUPERAÇÃO E REINTEGRAÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1429/1429_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1429/1429_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ELEUSES PAIVA, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$300.000,00 (TREZENTOS MIL REAIS) PARA AMPLIAÇÃO DE LEITOS NA UTI DA NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$200.000,00 (DUZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$200.000,00 (DUZENTOS MIL REAIS) PARA CONSTRUÇÃO DE CRECHE-ESCOLA NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) PARA REFORMA E COMPRA DE ALIMENTOS PARA A CASA DO TRABALHADOR.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) PARA COMPRA DE ROUPAS, LENÇÓIS E COBERTORES PARA O LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO JUNTO À RECEITA FEDERAL, VISANDO A DESTINAÇÃO DE BRINQUEDOS APREENDIDOS, A SEREM DISTRIBUÍDOS NAS ENTIDADES ASSISTENCIAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER UMA CAMPANHA, NÍVEL MUNICIPAL, VISANDO CONSCIENTIZAR A NOSSA POPULAÇÃO PARA DOIS PONTOS DE EXTREMA IMPORTÂNCIA: DOAÇÃO DE SANGUE E A AJUDA FINANCEIRA PARA A NOSSA SANTA CASA E CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM A SECRETARIA ESTADUAL DE SAÚDE NO SENTIDO DE DESTINAR UM LITOTRITOR À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA A IMPLANTAÇÃO DE UM LECO &amp;#8211; LITOTRIPSIA EXTRACORPÓREA POR ONDA DE CHOQUE.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA CONVOCADO PARA PRESTAR INFORMAÇÕES A ESTA CASA O ILUSTRÍSSIMO SECRETÁRIO MUNICIPAL DE FINANÇAS, SR. JOÃO LOPES DE OLIVEIRA SOBRE O FORNECIMENTO DE DADOS OFICIAIS SOBRE OS QUESITOS ABAIXO MENCIONADOS: 1 &amp;#8211; TOTAL MENSAL DO FPM E DO ICMS DESTINADOS A ADAMANTINA COM REFERÊNCIA AOS MESES DE JANEIRO, FEVEREIRO, MARÇO, ABRIL E MAIO. 2 &amp;#8211; PERCENTUAL UTILIZADO NOS MESES DE ABRIL E MAIO DOS FUNCIONÁRIOS ATIVOS E INATIVOS DESTA MUNICIPALIDADE, TENDO-SE COMO BASE A RECEITA TOTAL OBTIDA NO MESMO PERÍODO. 3 &amp;#8211; REPOSIÇÃO SALARIAL DEVIDA DESDE 1º DE ABRIL PRÓXIMO PASSADO, AO PESSOAL ACIMA REFERIDO. PLANO PARA PAGAMENTO DO LEGALMENTE DEVIDO.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, DR. BRUNO COVAS, INTERFERÊNCIA VISANDO A QUE SEJA DESTINADO UM ACERVO DE LITERATURA PELO COORDENADOR ESTADUAL DO MEIO AMBIENTE PARA AS UES &amp;#8220;HELEN KELLER&amp;#8221;, &amp;#8220;FLEURIDES C. MENECHINO&amp;#8221; E &amp;#8220;DURVALINO GRION&amp;#8221;.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DIRETORA-PRESIDENTA DA FUNDAÇÃO PAULA SOUZA, PROFESSORA LAURA LAGANÁ, VISANDO A QUE SEJA DESTINADO UM ACERVO DE LIVROS PARA A ETEC ENGENHEIRO HERVAL BELLUSCI DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA FUNDAÇÃO CALOUSTE GULBENKIAN QUE ENVIE UM ACERVO DE OBRAS DA LITERATURA PORTUGUESA PARA A BIBLIOTECA MUNICIPAL DE ADAMANTINA &amp;#8220;CÔNEGO JOÃO BAPTISTA DE AQUINO&amp;#8221;.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMEDIATA INTERFERÊNCIA DO SR. DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, DR. JOÃO AUGUSTO RIBEIRO, VISANDO A QUE SEJA DETERMINADA, COM URGÊNCIA, UMA ADEQUADA LIMPEZA NAS LATERAIS DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, TRECHO PANORAMA &amp;#8211; IACRI.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1442/1442_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1442/1442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMEDIATA INTERFERÊNCIA DO DEPUTADO ESTADUAL ED THOMAS NA SECRETARIA ESTADUAL DO TURISMO, OBJETIVANDO-SE A DESTINAÇÃO DE R$ 30 MIL PARA A REALIZAÇÃO DA 24ª FEIRA DO VERDE EXPOSIÇÃO AGROPECUÁRIA, COMERCIAL E INDUSTRIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1465/1465_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1465/1465_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUANDO SERÁ REINICIADA A CONSTRUÇÃO DO PSF DO JARDIM BRASIL? 2 &amp;#8211; JÁ HOUVE NOVA LICITAÇÃO DA MENCIONADA OBRA? QUEM A VENCEU E QUAL O VALOR? 3 &amp;#8211; O RECURSO NO VALOR SUPERIOR A R$ 100 MIL, FRUTO DE EMENDA AO ORÇAMENTO DA UNIÃO VIABILIZADA PELO DEPUTADO FEDERAL MENDES THAME, DEPOSITADO, HÁ ANOS, EM NOME DA PREFEITURA, PARA CONSTRUÇÃO DE &amp;#8220;PRAÇAS&amp;#8221; NO JARDIM ITAMARATI, FOI DEVOLVIDO À UNIÃO? 4 - CASO POSITIVO, POR QUE AS OBRAS AINDA NÃO FORAM REALIZADAS? 5 &amp;#8211; QUAL O PRAZO ESTIPULADO POR ESTA MUNICIPALIDADE PARA O TÉRMINO DO RECAPEAMENTO ASFÁLTICO DAS RUAS JOÃO PACHIONI, JOÃO PERRONI, DOMINGOS FRATINI E DANTE MANTOVANI, DO JARDIM ADAMANTINA, CUJO VALOR É DE R$ 160 MIL, VIABILIZADO POR SILVIO TORRES? 6 &amp;#8211; QUAL O PRAZO ESTIPULADO PARA O ASFALTAMENTO DAS RUAS ÂNGELO STAFUZZA E JOÃO LATINI, A SER EXECUTADO COM RECURSO EXCLUSIVO DA PREFEITURA?</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1466/1466_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1466/1466_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SR. DIEGO FRANCO, EXEMPLAR GERENTE DA AGÊNCIA LOCAL DO BANCO ITAÚ, VISANDO A QUE A FUNDAÇÃO ITAÚ DESTINE UM ACERVO DE OBRAS DA LITERATURA INFANTIL PARA A ESCOLA MUNICIPAL &amp;#8220;NAVARRO DE ANDRADE&amp;#8221;.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1467/1467_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1467/1467_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE, VISANDO ESTUDAR A POSSIBILIDADE DA PREFEITURA CELEBRAR CONVÊNIO COM AS FARMÁCIAS DE NOSSA CIDADE, A FIM DE SOLUCIONAR O PROBLEMA QUE VEM GERANDO RECLAMAÇÃO DA POPULAÇÃO NO QUE DIZ RESPEITO AO FECHAMENTO DA ÚNICA FARMÁCIA QUE PRESTAVA ATENDIMENTO À POPULAÇÃO NO PERÍODO NOTURNO, DEPOIS DAS 24 HORAS, OBRIGANDO OS MUNÍCIPES A PROCURAREM FARMÁCIAS EM OUTRAS CIDADES.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETÁRIA ESTADUAL DE AGRICULTURA, MÔNICA BERGAMASCHI, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO ESTADUAL, OBJETIVANDO DESTINAR UM TRATOR COM TOMBADOR E PLANTADEIRA, DEVIDAMENTE EQUIPADO, PARA SER INTEGRADO AO PATRIMÔNIO DA PATRULHA AGRÍCOLA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM ALOCADOS NAS OBRAS DE INFRAESTRUTURA URBANA (COLOCAÇÃO DE GUIAS, SARJETAS E ASFALTO) NOS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO CAMPOS, OBJETIVANDO AGENDAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013, CONFORME SEGUE: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA (GUIAS, SARJETA E ASFALTO) EM BAIRROS CARENTES DE NOSSA CIDADE; - R$ 100.000,00 (CEM MIL REAIS) PARA SER UTILIZADO NA CONSTRUÇÃO DE QUADRA DE FUTEBOL DE SALÃO E CAMPO DE BOCHA E MALHA, NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO AGENDAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2013 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1501/1501_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1501/1501_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: 1 - POR QUE, HÁ TRÊS ANOS, A SANTA CASA NÃO ADQUIRE AS CESTAS BÁSICAS DESTINADAS A SEUS FUNCIONÁRIOS EM ADAMANTINA, MESMO EM CONDIÇÕES IGUAIS OU SUPERIORES EM RELAÇÃO A PREÇOS E QUALIDADE DOS PRODUTOS?</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1502/1502_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1502/1502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; POR QUE, A DESPEITO DE REITERADAS SOLICITAÇÕES DA APM, DE MILHARES DE ALUNOS, DE DEZENAS DE PROFESSORES E DESTA CASA, ALÉM DA EXISTÊNCIA DE VERBA PRÓPRIA, &amp;#8220;CARIMBADA&amp;#8221;, A PREFEITURA AINDA NÃO INICIOU A TÃO NECESSÁRIA REFORMA DA QUADRA DA UE NAVARRO DE ANDRADE? 2 &amp;#8211; QUANDO A REFERIDA OBRA SERÁ INICIADA, QUAL O PRAZO ESTIPULADO PARA O SEU TÉRMINO E QUE MELHORIAS SERÃO CONCRETIZADAS?</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1503/1503_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1503/1503_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO GOVERNADOR GERALDO ALCKMIN FILHO QUE, COM URGÊNCIA, DETERMINE O INÍCIO DAS OBRAS NECESSÁRIAS PARA A MELHORIA DA SP 294, TRECHO IACRI &amp;#8211; PANORAMA, ONDE, DIARIAMENTE, JÁ CIRCULAM, SEGUNDO O DER DE PRESIDENTE PRUDENTE, MAIS DE 8000 VEÍCULOS.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1504/1504_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1504/1504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO, OBJETIVANDO QUE O GOVERNO ESTADUAL DESTINE RECURSOS FINANCEIROS NO VALOR DE R$ 50.000,00 PARA AQUISIÇÃO DE EQUIPAMENTOS NECESSÁRIOS PARA INSTALAÇÃO DE SALAS DE INFORMÁTICA NOS BAIRROS CARENTES DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1505/1505_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1505/1505_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SECRETÁRIO ESTADUAL DE SAÚDE, DR. GIOVANNI GUIDO CERRI, SOLICITANDO SE DIGNE TOMAR AS MEDIDAS NECESSÁRIAS PARA A REFORMA E AMPLIAÇÃO DA SALA DE ESPERA DO AMBULATÓRIO E DO PRONTO-SOCORRO DA SANTA CASA.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1506/1506_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1506/1506_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJA ENCAMINHADO OFÍCIO AO GOVERNADOR DO ESTADO DR. GERALDO ALCKMIN, SOLICITANDO A ABERTURA DE UMA AGÊNCIA DA CETESB EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1528/1528_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1528/1528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SECRETÁRIO ESTADUAL DA HABITAÇÃO, SILVIO TORRES, VISANDO A QUE A CDHU DESTINE UMA ACADEMIA AO AR LIVRE (APARELHOS PARA GINÁSTICA), A SER UTILIZADA PELOS MORADORES DO CONJUNTO HABITACIONAL BANDEIRAS, ONDE RESIDEM CERCA DE 200 FAMÍLIAS, NA MAIORIA, NÃO INCLUÍDAS SOCIALMENTE, E OUTRA AOS CONJUNTOS MÁRIO COVAS E DAS ACÁCIAS, ONDE RESIDEM CERCA DE 500 FAMÍLIAS, NA MAIORIA, TAMBÉM SOCIALMENTE CARENTES.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1529/1529_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1529/1529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUANTO ADAMANTINA RECEBEU DE FPM E ICMS CORRESPONDENTEMENTE A JUNHO P.P.? 2 &amp;#8211; QUANDO SE CONCRETIZARÁ A REPOSIÇÃO SALARIAL DE 6,22% DEVIDA, DESDE 1º DE ABRIL PASSADO, AOS SERVIDORES MUNICIPAIS? 3 &amp;#8211; QUANTOS APROVADOS NO ÚLTIMO CONCURSO REALIZADO POR ESTA MUNICIPALIDADE JÁ ASSUMIRAM SEUS CARGOS? 4 &amp;#8211; POR QUE A MUNICIPALIDADE AINDA NÃO ADQUIRIU ÁREA PARA A CONSTRUÇÃO DE MORADIAS POPULARES, A DESPEITO DA EXISTÊNCIA DE RECURSO PRÉ-DESTINADO? 5 &amp;#8211; EM JUNHO PASSADO, FOI CONTRATADO ALGUM (A) PSICÓLOGO (A) PARA EXERCER ATIVIDADE NA ÁREA DA SAÚDE MENTAL? CASO POSITIVO, INDICAR O NOME E AS FUNÇÕES QUE EXERCE, ALÉM DO LOCAL ONDE ESTÁ TRABALHANDO. 6 &amp;#8211; O SR. PEDRO HENRIQUE RUETE ASSINA PONTO NA CASA DA AGRICULTURA LOCAL? ESTÁ CONTROLADO POR QUAL ÓRGÃO, QUAL SEU CARGO E QUAIS SUAS FUNÇÕES, QUANTO E DE QUEM RECEBE MENSALMENTE?</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1527/1527_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1527/1527_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE CONCEDER, ATRAVÉS DE EMENDA PARA O PRÓXIMO EXERCÍCIO, RECURSO FINANCEIRO NO MONTANTE DE R$300.000,00 (TREZENTOS MIL REAIS) PARA A CONSTRUÇÃO DE UMA NOVA SEDE PARA O TIRO DE GUERRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENTENDIMENTO COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, VISANDO RESOLVER DEFINITIVAMENTE A SITUAÇÃO DAS ALUNAS ADAMANTINENSES CIBELE DE FÁTIMA NASCIMENTO DOS SANTOS, 15 ANOS, ESCOLA DURVALINO GRION E ADAM DA SILVA SARTORI, 14 ANOS, ESCOLA FLEURIDES CAVALLINI MENECHINO, RESIDENTES NA ZONA RURAL, PROXIMIDADES DA BASE DA POLÍCIA MILITAR RODOVIÁRIA, DIVISA ENTRE ADAMANTINA E LUCÉLIA.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM A SECRETARIA ESTADUAL DE SAÚDE NO SENTIDO DE DOTAR ADAMANTINA DE UM CENTRO DE QUIMIOTERAPIA E RADIOTERAPIA PARA TRATAMENTO DE NEOPLASIAS.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ADILSON ROSSI, PRESIDENTE DA COMISSÃO MISTA E COORDENADOR DO GRUPO DE TRABALHO CRIADO COM O ESCOPO DE PROMOVER ESTUDOS PARA A VALORIZAÇÃO DAS CARREIRAS DE ESCRIVÃES E INVESTIGADORES DE POLÍCIA, NO SENTIDO DE SE OBTER AS SEGUINTES INFORMAÇÕES: - QUANTAS REUNIÕES FORAM REALIZADAS ATÉ A PRESENTE DATA? - QUAIS PROPOSTAS DAS ENTIDADES REPRESENTATIVAS DAS CLASSES INTERESSADAS? - QUAIS AS PROPOSTAS OU CONTRAPROPOSTAS DO GOVERNO DO ESTADO?</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO MAURO BRAGATO COM O ESCOPO DESTE, ATRAVÉS DE ATIVIDADE LEGIFERANTE, DAR NOME DE DR. EDUARDO SCHIEWALDT AO PLANTÃO POLICIAL PERMANENTE DA POLÍCIA CIVIL EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SR. ANTÔNIO LUIZ RIBEIRO MACHADO, PRESIDENTE DA AFPESP &amp;#8211; ASSOCIAÇÃO DOS FUNCIONÁRIOS PÚBLICOS DO ESTADO DE SÃO PAULO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DETERMINAR A REALIZAÇÃO DE ESTUDOS PARA A INSTALAÇÃO DE UMA UNIDADE REGIONAL DE GESTÃO, NESTA MUNICÍPIO E COMARCA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA SAÚDE VISANDO A LIBERAÇÃO DE EMENDA ORÇAMENTÁRIA NO VALOR DE R$ 100.000,00 DO ANO DE 2012 À NOSSA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL MAURO BRAGATO, NO SENTIDO DE AGENDAR EMENDA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 50.000,00 (CINQUENTA MIL REAIS) AO LAR DOS VELHOS DE ADAMANTINA, PARA INSTALAÇÃO DE AQUECIMENTO SOLAR NA ENTIDADE A FIM DE BARATEAR O VALOR PAGO DO CONSUMO DE ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE MANTENHA ENTENDIMENTO COM AS COMUNIDADES DOS BAIRROS JARDIM ADAMANTINA E JARDIM BRASIL, OS MAIS POPULOSOS DE NOSSA CIDADE, VISANDO A CRIAÇÃO DE UMA COOPERATIVA DE TRABALHO COM APOIO FINANCEIRO DA PREFEITURA.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS AS RAZÕES DE FATO OU DE DIREITO PARA A NÃO REGULAMENTAÇÃO E EFETIVA CRIAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA EM ADAMANTINA?</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS AS RAZÕES DE FATO OU DE DIREITO PARA A NÃO REGULAMENTAÇÃO E EFETIVA CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS NO MUNICÍPIO DE ADAMANTINA?</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - A MUNICIPALIDADE POSSUI VETERINÁRIO CONCURSADO OU CONTRATADO? - EM CASO POSITIVO, QUAL O NOME E O NÚMERO DO CRMV? - AINDA, EM CASO POSITIVO, EM QUE LOCAL ATENDE E QUAL O HORÁRIO DE EXPEDIENTE?</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOSÉ MENTOR, SOLICITANDO AGENDAR EMENDA ORÇAMENTÁRIA QUANDO DO ORÇAMENTO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA INFRAESTRUTURA URBANA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO AGENDAR EMENDA ORÇAMENTÁRIA QUANDO DO ORÇAMENTO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER REPASSADA À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA COMPRA E MANUTENÇÃO DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL ANTÔNIO MENTOR, SOLICITANDO AGENDAR EMENDA ORÇAMENTÁRIA QUANDO DO ORÇAMENTO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER REPASSADA À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA COMPRA E MANUTENÇÃO DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$150.000,00 (CENTO E CINQUENTA MIL REAIS) PARA A NOSSA SANTA CASA, PARA COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$150.000,00 (CENTO E CINQUENTA MIL REAIS) PARA INFRAESTRUTURA URBANA.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DAS CIDADES, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS CARENTES PARA CONSTRUÇÃO DE GALERIAS, GUIAS E ASFALTO.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO FREIRA QUE DESTINE, VIA EMENDA AO ORÇAMENTO DA UNIÃO/2013, RECURSO FINANCEIRO NO VALOR DE R$ 200 MIL PARA A SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALDO DEMARQUE QUE VIABILIZE, NO GOVERNO ESTADUAL, RECURSO FINANCEIRO NO VALOR DE R$ 120 MIL REAIS PARA CONSTRUÇÃO DE VESTIÁRIO ESPORTIVO NO JARDIM BELA VISTA E AQUISIÇÃO DE EQUIPAMENTOS PARA O CENTRO COMUNITÁRIO DA REFERIDA LOCALIDADE, ALÉM DE UMA ACADEMIA AO AR LIVRE A SER UTILIZADA PELOS MORADORES DOS CONJUNTOS MÁRIO COVAS E ACÁCIAS E DO PARQUE TANGARÁ.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL EDINHO SILVA JUNTO AO GOVERNADOR GERALDO ALCKMIN, VISANDO A QUE SEJAM DESTINADOS RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 50 MIL REAIS, PARA AQUISIÇÃO DE UMA PERUA KOMBI 0 KM À ASSOCIAÇÃO ANTIALCOÓLICA DE ADAMANTINA</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUAIS LEIS ORIUNDAS DESTA CASA, NA 15ª LEGISLATURA, CARECEM DE DECRETO REGULAMENTADOR?</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS JUNTO À SECRETARIA MUNICIPAL COMPETENTE VISANDO ANALISAR A LEGALIDADE JURÍDICA E FINANCEIRA PARA A AQUISIÇÃO DE UM IMÓVEL RESIDENCIAL NAS PROXIMIDADES DO HOSPITAL AMARAL CARVALHO, NA CIDADE DE JAÚ, OBJETIVANDO IMPLANTAR UMA CASA DE REPOUSO AOS PACIENTES DE NOSSA CIDADE QUE FAZEM TRATAMENTO NO REFERIDO HOSPITAL, PRINCIPALMENTE AQUELES QUE RECEBEM SESSÕES DE QUIMIOTERAPIA E NECESSITAM DE REPOUSO PARA SUA RECUPERAÇÃO ANTES DE RETORNAR PARA SUAS CASAS, SEJA COM VEÍCULO PRÓPRIO OU COM AS AMBULÂNCIAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013 NO VALOR DE R$ 300.000,00, PARA SER REPASSADO À NOSSA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AMPLIAÇÃO DA UTI E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL BETH SAHÃO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 150.000,00 AO NOSSO MUNICÍPIO, PARA COBERTURA DA QUADRA POLIESPORTIVA DO CCI &amp;#8211; CENTRO DE CONVIVÊNCIA DO IDOSO DE ADAMANTINA, ENTIDADE DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 100.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA INSTALAÇÃO DE UM ELEVADOR.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE DESTINAR R$ 150.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AQUISIÇÃO DE UM RAIO-X PORTÁTIL.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO AGENDAR EMENDA NO ORÇAMENTO PARA 2013 NO VALOR DE R$ 200.000,00, QUE SERÁ UTILIZADO NA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.pdf</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, OBJETIVANDO APRESENTAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM ALOCADOS NAS OBRAS DE INFRAESTRUTURA URBANA (COLOCAÇÃO DE GUIAS, SARJETAS E ASFALTO) NOS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, VISANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, A SER UTILIZADO NA COMPRA DE UM APARELHO PARA EXAMES DE ULTRASSONOGRAFIA PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL GUILHERME CAMPOS, SOLICITANDO SUA INTERFERÊNCIA NO SENTIDO DE ELABORAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013 NO VALOR DE R$ 150 MIL REAIS AO NOSSO MUNICÍPIO, PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL GUILHERME CAMPOS, SOLICITANDO SUA INTERFERÊNCIA NO SENTIDO DE APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013 NO VALOR DE R$ 100.000,00 PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA SOLICITADA INTERFERÊNCIA DO DEPUTADO FEDERAL ELEUSES PAIVA, VISANDO ELABORAR EMENDA PARLAMENTAR AO NOSSO MUNICÍPIO NO ORÇAMENTO DE 2013 DE R$ 300.000,00 (TREZENTOS MIL REAIS) A SER DESTINADO À NOSSA SANTA CASA DE MISERICÓRDIA, QUE SERÁ UTILIZADA PARA COMPRA DE EQUIPAMENTOS, CUSTEIO E REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, VISANDO ELABORAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013 NO VALOR DE R$ 300.000,00, A SER UTILIZADO NA COMPRA DE UM NOVO APARELHO DE RAIO-X PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013: &amp;#8594; R$ 200.000,00 (DUZENTOS MIL) PARA AMPLIAÇÃO E COMPRA DE EQUIPAMENTOS PARA A APAE DE ADAMANTINA; &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA AMPLIAÇÃO DO LAR DOS VELHOS; &amp;#8594; R$ 200.000,00 (DUZENTOS MIL) PARA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1697/1697_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1697/1697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013: &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA AQUISIÇÃO DE EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; &amp;#8594; R$ 100.000,00 (CEM MIL) PARA COMPRA DE EQUIPAMENTOS PARA A SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS) PARA CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOSÉ MENTOR, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA INFRAESTRUTURA E PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA SOLICITADA INTERFERÊNCIA DO DEPUTADO FEDERAL ARLINDO CHINAGLIA, LÍDER DO GOVERNO NA CÂMARA FEDERAL, VISANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2013 NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL REAIS) PARA REFORMA E AMPLIAÇÃO DA UTI DA NOSSA SANTA CASA DE MISERICÓRDIA, ENTIDADE QUE ATENDE PACIENTES DE NOSSA CIDADE E REGIÃO.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ALDO DEMARQUE NO SENTIDO DE O GOVERNO ESTADUAL DESTINAR, EM 2013, RECURSO FINANCEIRO NO VALOR DE R$ 500 MIL REAIS PARA AMPLIAÇÃO DA UTI DA SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOÍSIO NUNES QUE, ATRAVÉS DE EMENDA INDIVIDUAL OU DE BANCADA, DESTINE R$ 500 MIL PARA AMPLIAÇÃO DA UTI DA SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXEMPLAR SECRETÁRIO ESTADUAL DA SAÚDE, DR. GIOVANNI GUIDO CERRI QUE, POR ESPECIAL CONTRIBUIÇÃO À SANTA CASA LOCAL, QUE DESTINE, COM URGÊNCIA, UMA NOVA MESA CIRÚRGICA A ESTA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DINÂMICO DEPUTADO FEDERAL PAULO FREIRE QUE DESTINE, VIA EMENDA INDIVIDUAL, RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA A SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS QUE VIABILIZE NO GOVERNO ESTADUAL RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS, DENTRE ELES, UM RAIO-X, DESTINADAS À SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL MENDES THAME QUE DESTINE EMENDA INDIVIDUAL NO ORÇAMENTO DA UNIÃO/2013, VIABILIZADO RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS A SEREM UTILIZADOS PELA SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL BARROS MUNHOS, VISANDO A QUE A SECRETARIA ESTADUAL DA ASSISTÊNCIA SOCIAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA AMPLIAÇÃO DA CRECHE SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAUÊ MACRIS QUE APRESENTE EMENDA DO ORÇAMENTO DO ESTADO/2013 DESTINANDO R$ 100 MIL PARA A CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO DADO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE OFERECER EMENDA AO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013, DESTINANDO A IMPORTÂNCIA DE R$ 100.000,00 (CEM MIL REAIS) À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA INSTALAÇÃO DE UM ELEVADOR.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO DADO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2013, DESTINANDO A IMPORTÂNCIA DE R$ 150.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AQUISIÇÃO DE UM RAIO-X PORTÁTIL.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM O DIRETOR GERAL DA FAI, DR. MÁRCIO CARDIM, VISANDO ESTUDAR A POSSIBILIDADE DE INCLUIR OS FUNCIONÁRIOS PÚBLICOS ADMITIDOS POR CARGOS COMISSIONADOS ENQUANTO DURAR A SUA PERMANÊNCIA NO CARGO, NO BENEFÍCIO CONCEDIDO AOS FUNCIONÁRIOS EFETIVOS, CONFORME DETERMINA A LEI Nº 3.277/07, QUE CONCEDE BOLSAS DE ESTUDOS INTEGRAIS NOS CURSOS DE GRADUAÇÃO PARA SERVIDORES PÚBLICOS ATIVOS PERTENCENTES AOS QUADROS PERMANENTES DA FAI, DA PREFEITURA, DA CÂMARA MUNICIPAL E DA EMDA.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER ESTUDOS JUNTO À COMISSÃO MUNICIPAL DE TRÂNSITO E DIRETOR RESPONSÁVEL PELA EXECUÇÃO DOS SERVIÇOS, OBJETIVANDO CONSTRUIR &amp;#8220;LOMBO FAIXA&amp;#8221; NA AV. RIO BRANCO, NAS PROXIMIDADES DO LANCHE &amp; CIA, A FIM DE DIMINUIR O EXCESSO DE VELOCIDADE PRATICADO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL DUARTE NOGUEIRA QUE, POR ESPECIAL CONTRIBUIÇÃO A ADAMANTINA, APRESENTE EMENDA AO ORÇAMENTO DA UNIÃO/2013 NO VALOR DE R$ 300 MIL DESTINADOS A AQUISIÇÃO DE DOIS TRATORES PARA A PATRULHA AGRÍCOLA DO MUNICÍPIO, QUE ATENDE CENTENAS DE MICROS E PEQUENOS PROPRIETÁRIOS RURAIS, QUASE 100 DELES ENGAJADOS NO &amp;#8220;PROCESSO&amp;#8221; DE AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA EXEMPLAR PRESIDENTA DO FUNDO ESTADUAL DE SOLIDARIEDADE, PROFª. LU ALCKMIN, QUE ESTA INSTITUIÇÃO DESTINE 5.000 BRINQUEDOS A SEREM DOADOS NESTE FINAL DE ANO, A CRIANÇAS ORIUNDAS DE FAMÍLIAS LOCAIS NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXEMPLAR DEPUTADO ESTADUAL PEDRO TOBIAS QUE, POR ESPECIAL CONTRIBUIÇÃO À NOSSA COMUNIDADE, DESTINE EMENDA AO ORÇAMENTO/2013 DO ESTADO NO VALOR DE R$ 50 MIL PARA AQUISIÇÃO DE UM VEÍCULO MODELO &amp;#8220;KOMBI STANDARD&amp;#8221;, CAPACIDADE DE 8 PASSAGEIROS, A SER UTILIZADO PELO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DR. SIDNEI BERALDO, SECRETÁRIO DA CASA CIVIL, INTERFERÊNCIA, POR ESPECIAL CONTRIBUIÇÃO A ADAMANTINA, VISANDO A QUE O GOVERNO ESTADUAL DESTINE, NO 1º SEMESTRE DE 2013, RECURSO FINANCEIRO NO VALOR DE R$ 500 MIL PARA OBRAS DE INFRAESTRUTURA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL MILTON MONTE VISANDO A QUE SEJA APRESENTADA EMENDA AO ORÇAMENTO DA UNIÃO/2013 DESTINANDO R$ 300 MIL PARA REVITALIZAÇÃO DAS PRAÇAS MUNICIPAIS ÉLIO MICHELONI E JOSÉ PARRILA.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1748/1748_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1748/1748_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIALIZADO CONVITE AO GOVERNADOR GERALDO ALCKMIN NO SENTIDO DE SER REALIZADO, EM ADAMANTINA, SOB A COORDENAÇÃO DA AMNAP, O I FÓRUM REGIONAL DE 2013, COM A PRESENÇA DE TODO O SECRETARIADO PAULISTA, BEM COMO OS AGENTES POLÍTICOS REPRESENTANTES DE OUTROS SEGMENTOS SOCIAIS, ALÉM DA MÍDIA REGIONAL, OBJETIVANDO-SE A DISCUSSÃO E O ENCAMINHAMENTO DAS PRINCIPAIS REIVINDICAÇÕES DE NOSSA REGIÃO.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO , POR ESPECIAL CONTRIBUIÇÃO À NOSSA COMUNIDADE, DE SER APRESENTADA EMENDA AO ORÇAMENTO DA UNIÃO/2013 DESTINANDO R$ 500 MIL PARA OBRAS DE INFRAESTRUTURA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM A SECRETARIA ESTADUAL DE EDUCAÇÃO NO SENTIDO DE LIBERAR A IMPORTÂNCIA DE R$ 140.000,00 PARA A CONSTRUÇÃO DE QUADRA ESPORTIVA COBERTA NA E.E. PROFª. FLEURIDES CAVALLINI MENECHINO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ITAMAR BORGES, VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO PARA A AQUISIÇÃO DE TRÊS MESAS CIRÚRGICAS A SEREM INSTALADAS NA SANTA CASA LOCAL, QUE ATENDE, VIA SUS, CERCA DE 200.000 PACIENTES DOS 12 MUNICÍPIOS COMPONENTES DA MICRORREGIÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DINÂMICO DEPUTADO SAMUEL MOREIRA NO GOVERNO ESTADUAL, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA A REVITALIZAÇÃO DA PRAÇA CENTRAL &amp;#8220;ÉLIO MICHELONI&amp;#8221;, INCLUINDO-SE REFORMA DA FONTE LUMINOSA NELA EXISTENTE.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DINÂMICO DEPUTADO REINALDO ALGUZ, OBJETIVANDO-SE QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 210 MIL, PARA A AQUISIÇÃO DE EQUIPAMENTOS A SEREM UTILIZADOS PELOS CENTROS COMUNITÁRIOS DO JARDIM BELA VISTA, CONJUNTO OITI-TIPUANAS E MÁRIO COVAS, FREQUENTADAS POR CERCA DE 2000 FAMÍLIAS, NA MAIORIA, NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DINÂMICO DEPUTADO PAULO ALEXANDRE BARBOSA NO GOVERNO ESTADUAL, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 300 MIL PARA A REVITALIZAÇÃO DA PRAÇA CENTRAL &amp;#8220;ÉLIO MICHELONI&amp;#8221;, INCLUINDO-SE REFORMA DA FONTE LUMINOSA NELA EXISTENTE.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXEMPLAR DEPUTADO CARLOS BEZERRA JÚNIOR, VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 180 MIL, PARA A REFORMA E AMPLIAÇÃO DO PRÉDIO ONDE FUNCIONA O PROJETO ASA QUE ATENDE, PEDAGÓGICA E SOCIALMENTE, MAIS DE 100 CRIANÇAS ORIUNDAS DE FAMÍLIAS NÃO INCLUÍDAS SOCIALMENTE.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA HABITAÇÃO, SILVIO TORRES, QUE A CDHU DESTINE DUAS ACADEMIAS AO AR LIVRE PARA ADAMANTINA, A SEREM INSTALADAS NOS CONJUNTOS HABITACIONAIS OITI &amp;#8211; TIPUANAS,  CECAPS I, II E CONJUNTO IPÊ.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ELABORADO OFÍCIO AO SENHOR PREFEITO, SOLICITANDO QUE SEJAM TOMADAS AS PROVIDÊNCIAS CABÍVEIS NO SENTIDO DE REALIZAR A REVERSÃO AO PATRIMÔNIO MUNICIPAL OS LOTES NºS 01 (UM), 20 (VINTE) E 22 (VINTE E DOIS) DA QUADRA Nº 04 (QUATRO) DO LOTEAMENTO COMERCIAL E INDUSTRIAL &amp;#8220;VALENTIN GATTI&amp;#8221;, CONFORME MATRÍCULA Nº 21.475 DO OFICIAL DE REGISTRO DE IMÓVEIS, DESTINADO À EMPRESA ELIENE APARECIDA FRANCISCO ME, PELO DESCUMPRIMENTO DO ARTIGO 4º DA LEI COMPLEMENTAR Nº 161, DE 23 DE MARÇO DE 2011.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - HÁ, NO ÂMBITO DA ADMINISTRAÇÃO DIRETA E INDIRETA, SERVIDORES OU AGENTES POLÍTICOS COM CAPACITAÇÃO NA LINGUAGEM BRASILEIRA DE SINAIS &amp;#8211; LIBRAS?</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - HÁ, EM NOSSO MUNICÍPIO, CONSELHO MUNICIPAL DA PESSOA DEFICIENTE? - EM CASO POSITIVO, FOI INSTITUÍDO POR QUAL DIPLOMA LEGAL?</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - HÁ, NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, SERVIDORES OU AGENTES POLÍTICOS COM CAPACITAÇÃO EM LINGUAGEM BRASILEIRA DE SINAIS &amp;#8211; LIBRAS?</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ELABORADO OFÍCIO AO SENHOR PREFEITO, SOLICITANDO QUE SEJAM TOMADAS AS PROVIDÊNCIAS CABÍVEIS NO SENTIDO DE QUE SEJA REALIZADA A REVERSÃO AO PATRIMÔNIO MUNICIPAL A ÁREA DE TERRA COM 4.361,21 METROS QUADRADOS, LOCALIZADA NO LOTEAMENTO DENOMINADO DISTRITO INDUSTRIAL OTÁVIO GAVAZZI, QUADRA 2, LOTE 08, PARTE A, NESTA CIDADE, PELO DESCUMPRIMENTO DAS ALÍNEAS &amp;#8220;D&amp;#8221; E &amp;#8220;F&amp;#8221; DA CLÁUSULA QUINTA DO CONTRATO DE CONCESSÃO DE USO.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXCELENTÍSSIMO GOVERNADOR GERALDO ALCKMIN, VISANDO A QUE O 1º FÓRUM REGIONAL DE 2013 SEJA REALIZADO EM ADAMANTINA, CIDADE QUE, ALÉM DE SER SEDE DE MICRORREGIÃO E DE SUA LOCALIZAÇÃO GEOGRÁFICA PRIVILEGIADA NA REGIÃO, OFERECE INFRA-ESTRUTURA ADEQUADA PARA A REALIZAÇÃO DO REFERIDO EVENTO.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO CARLOS GIANNAZI NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150.000,00 PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM DOS POETAS.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO BALEIA ROSSI NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 100.000,00 PARA REFORMA DO CENTRO COMUNITÁRIO DO PARQUE IGUAÇU.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO CELINO CARDOSO NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150.000,00 PARA REFORMA E AMPLIAÇÃO DA CRECHE DOS CONJUNTOS HABITACIONAIS CECAPS 1 E 2</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO CELSO GIGLIO NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 100.000,00 PARA REFORMA DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL JARDIM DAS ACÁCIAS</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO EDSON FERRACINI NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150.000,00 PARA REFORMA E AMPLIAÇÃO DO IAMA</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO HÉLIO NISHIMOTO NO GOVERNO ESTADUAL, VISANDO A DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 150.000,00 PARA REFORMA E AMPLIAÇÃO DO PRÉDIO ONDE FUNCIONA A &amp;#8220;CASA DO GAROTO DE ADAMANTINA&amp;#8221;.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>REQUR</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1293/1293_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1293/1293_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS À MESA, REGIMENTALMENTE, OUVIDO O PLENÁRIO, CONFORME ART. 180, INCISO IV, ALÍNEA &amp;#8220;B&amp;#8221; DO RICMA, SEJA INCLUÍDO NA PAUTA DOS TRABALHOS DA PRESENTE ORDEM DO DIA, EM REGIME DE URGÊNCIA URGENTÍSSIMA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8467,67 +8467,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3571/3571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3572/3572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3573/3573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3575/3575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3574/3574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3576/3576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3577/3577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3578/3578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3579/3579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3580/3580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3581/3581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3582/3582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3583/3583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3584/3584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3585/3585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3586/3586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3587/3587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3588/3588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3589/3589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3590/3590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3591/3591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3592/3592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3593/3593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3594/3594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3595/3595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3596/3596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3597/3597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3598/3598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3599/3599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3600/3600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3601/3601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3602/3602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3603/3603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3604/3604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3606/3606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3607/3607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3609/3609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3610/3610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3611/3611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3612/3612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3613/3613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3614/3614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3615/3615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1488/1488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1524/1524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/indicacao_281_74a_sessao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1293/1293_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3571/3571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3572/3572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3573/3573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3575/3575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3574/3574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3576/3576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1216/1216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3577/3577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3578/3578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3579/3579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3580/3580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3581/3581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3582/3582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3583/3583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3584/3584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3585/3585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3586/3586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3587/3587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3588/3588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3589/3589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3590/3590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3591/3591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3592/3592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3593/3593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1536/1536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3594/3594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3595/3595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3596/3596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3597/3597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3598/3598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3599/3599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3600/3600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3601/3601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3602/3602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3603/3603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3604/3604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3605/3605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3606/3606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3607/3607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3608/3608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3609/3609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3610/3610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3611/3611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3612/3612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3613/3613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3614/3614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/3615/3615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1392/1392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1074/1074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1075/1075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1076/1076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1077/1077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1078/1078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1080/1080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1081/1081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1082/1082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1083/1083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1084/1084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1085/1085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1086/1086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1087/1087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1088/1088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1089/1089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1090/1090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1091/1091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1092/1092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1093/1093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1094/1094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1095/1095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1096/1096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1097/1097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1098/1098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1099/1099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1100/1100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1101/1101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1102/1102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1103/1103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1079/1079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1104/1104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1105/1105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1106/1106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1107/1107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1108/1108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1109/1109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1143/1143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1144/1144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1145/1145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1146/1146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1147/1147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1148/1148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1149/1149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1150/1150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1151/1151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1152/1152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1166/1166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1167/1167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1168/1168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1169/1169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1170/1170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1171/1171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1172/1172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1173/1173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1174/1174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1175/1175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1176/1176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1177/1177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1178/1178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1179/1179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1180/1180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1181/1181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1182/1182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1183/1183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1184/1184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1185/1185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1186/1186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1187/1187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1188/1188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1189/1189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1191/1191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1192/1192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1193/1193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1194/1194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1195/1195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1196/1196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1197/1197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1217/1217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1218/1218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1219/1219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1220/1220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1226/1226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1227/1227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1228/1228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1229/1229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1230/1230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1231/1231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1232/1232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1233/1233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1234/1234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1235/1235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1236/1236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1237/1237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1238/1238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1239/1239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1271/1271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1272/1272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1273/1273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1274/1274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1276/1276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1277/1277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1278/1278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1279/1279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1280/1280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1281/1281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1282/1282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1283/1283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1284/1284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1285/1285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1286/1286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1287/1287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1288/1288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1289/1289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1290/1290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1294/1294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1295/1295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1296/1296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1297/1297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1298/1298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1299/1299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1390/1390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1391/1391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1310/1310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1311/1311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1312/1312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1313/1313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1314/1314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1316/1316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1317/1317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1318/1318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1320/1320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1321/1321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1322/1322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1323/1323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1324/1324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1325/1325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1315/1315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1326/1326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1319/1319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1365/1365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1366/1366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1367/1367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1368/1368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1370/1370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1371/1371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1372/1372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1373/1373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1374/1374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1375/1375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1385/1385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1376/1376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1377/1377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1378/1378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1379/1379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1380/1380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1381/1381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1382/1382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1383/1383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1384/1384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1369/1369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1396/1396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1397/1397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1398/1398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1399/1399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1400/1400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1401/1401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1402/1402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1403/1403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1404/1404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1405/1405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1406/1406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1407/1407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1408/1408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1409/1409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1410/1410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1411/1411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1412/1412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1413/1413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1414/1414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1416/1416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1417/1417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1418/1418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1419/1419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1420/1420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1480/1480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1481/1481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1483/1483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1484/1484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1485/1485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1486/1486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1487/1487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1488/1488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1489/1489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1490/1490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1491/1491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1492/1492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1494/1494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1495/1495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1496/1496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1497/1497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1498/1498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1500/1500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1532/1532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1533/1533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1534/1534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1535/1535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1517/1517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1530/1530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1531/1531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1518/1518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1519/1519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1520/1520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1521/1521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1522/1522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1523/1523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1524/1524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1525/1525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1526/1526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1537/1537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1538/1538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1539/1539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1540/1540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1541/1541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1542/1542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/sapl/public/materialegislativa/2012/1561/indicacao_281_74a_sessao.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1654/1654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1655/1655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1656/1656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1734/1734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1735/1735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1739/1739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1110/1110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1111/1111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1163/1163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1164/1164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1213/1213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1214/1214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1260/1260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1261/1261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1275/1275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1304/1304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1305/1305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1339/1339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1340/1340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1341/1341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1386/1386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1362/1362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1363/1363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1364/1364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1507/1507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1660/1660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1263/1263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1140/1140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1142/1142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1215/1215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1245/1245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1308/1308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1291/1291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1309/1309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1292/1292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1345/1345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1346/1346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1347/1347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1112/1112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1113/1113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1136/1136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1137/1137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1138/1138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1139/1139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1141/1141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1165/1165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1262/1262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1306/1306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1342/1342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1343/1343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1344/1344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1393/1393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1509/1509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1117/1117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1118/1118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1119/1119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1120/1120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1121/1121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1122/1122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1123/1123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1124/1124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1125/1125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1126/1126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1127/1127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1128/1128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1129/1129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1130/1130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1131/1131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1132/1132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1133/1133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1134/1134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1135/1135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1159/1159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1160/1160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1161/1161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1162/1162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1158/1158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1198/1198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1199/1199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1200/1200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1201/1201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1202/1202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1203/1203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1204/1204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1206/1206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1207/1207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1208/1208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1209/1209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1211/1211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1212/1212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1240/1240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1241/1241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1242/1242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1243/1243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1244/1244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1246/1246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1247/1247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1248/1248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1249/1249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1250/1250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1251/1251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1252/1252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1253/1253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1254/1254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1255/1255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1256/1256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1257/1257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1258/1258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1259/1259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1264/1264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1265/1265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1266/1266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1267/1267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1268/1268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1269/1269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1270/1270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1300/1300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1301/1301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1303/1303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1302/1302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1327/1327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1328/1328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1329/1329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1330/1330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1331/1331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1332/1332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1333/1333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1334/1334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1335/1335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1336/1336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1337/1337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1338/1338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1387/1387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1388/1388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1389/1389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1348/1348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1349/1349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1354/1354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1355/1355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1356/1356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1357/1357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1358/1358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1350/1350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1351/1351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1352/1352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1353/1353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1359/1359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1360/1360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1361/1361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1501/1501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1502/1502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1503/1503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1504/1504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1505/1505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1506/1506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1528/1528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1529/1529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1527/1527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1658/1658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1659/1659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2012/1293/1293_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H765"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="84.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="101" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>