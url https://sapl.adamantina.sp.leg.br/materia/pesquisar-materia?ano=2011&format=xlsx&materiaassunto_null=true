--- v0 (2026-02-02)
+++ v1 (2026-03-24)
@@ -54,9607 +54,9607 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE COLOCAR UM OBSTÁCULO NA RUA GUIDO ALBANEZ, QUE DÁ ACESSO À ENTRADA DO BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO, A ALAMEDA BELO HORIZONTE, TRECHO COMPREENDIDO ENTRE A AV. VITÓRIA RÉGIA E A RUA LÍBERO BADARÓ, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO, A RUA PAUL HARRIS, NO TRECHO COMPREENDIDO DA AV. DAS ROSAS ATÉ A AVENIDA MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROVIDENCIAR A COLOCAÇÃO DE NOVAS LIXEIRAS NO IPA, PRÓXIMO AO PORTÃO DE ENTRADA LOCALIZADO NA RUA LÍBERO BADARÓ, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROVIDENCIAR URGENTEMENTE A MELHORIA NO FINAL DA AV. XV DE NOVEMBRO, QUE DÁ ACESSO À RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROVIDENCIAR, COM URGÊNCIA, REPAROS DO SARJETÃO ENTRE A RUA LÍBERO BADARÓ E A AV. MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ANOTAR O NOME DO SENHOR NATAL PENHA PARA DENOMINAR RUAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Israel Pereira Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE UMA CICLOVIA PARA A PRÁTICA ESPORTIVA NO ENTORNO DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A FISCALIZAÇÃO E DESTINAÇÃO DA ANTIGA ESCOLA DO BAIRRO TUCURUVI.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A MELHORIA DA ILUMINAÇÃO PÚBLICA NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A READEQUAÇÃO DO QUEBRA-MOLAS INSTALADO NA ALAMEDA PADRE NÓBREGA, ENTRE AS RUAS AUGUSTO CALHEIRO E TAMOTU MATUOKA.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A INSTALAÇÃO DE MAIS UM QUEBRA-MOLAS NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA MELHORAR O ESTADO DE CONSERVAÇÃO DA ESTRADA 14.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA EFETUADO MUTIRÃO DE LIMPEZA NO PARQUE DOS PIONEIROS, ÀS SEGUNDAS-FEIRAS, DE MODO A RECOLHER RAPIDAMENTE LATAS DE BEBIDAS, MAÇOS DE CIGARROS, SACOS E COPOS PLÁSTICOS ETC., ESPALHADOS NO FINAL DE SEMANA</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O ASFALTAMENTO DA RUA SÃO JOÃO, ENTRE A AV. 15 DE NOVEMBRO E A AL. FLORIANÓPOLIS, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA MELHORAR A ILUMINAÇÃO PÚBLICA DA RUA JOSÉ BRAZ FILHO, A PARTIR DA RUA ZEQUINHA DE ABREU, NO JARDIM IPIRANGA, ATÉ AS RUAS TAKAYOSHI MORINAGA/SADAO MATSUMOTO NO PARQUE RESIDENCIAL IGUAÇU, MEDIANTE A INSTALAÇÃO DE LUMINÁRIAS MAIS POTENTES.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Amaro Silvestre da Silva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE A SECRETARIA RESPONSÁVEL PELA CONSERVAÇÃO DO PARQUE DOS PIONEIROS A POSSIBILIDADE DE CONSTRUIR PEQUENAS COBERTURAS PRÓXIMAS À PISTA DE CAMINHADA DO REFERIDO PARQUE.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS DE OPERAÇÃO TAPA-BURACOS, AS RUAS DOS JARDINS ADAMANTINA, BRASIL E PAULISTA.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA COBERTURA NO PONTO DE ÔNIBUS LOCALIZADO NA AL. NAVARRO DE ANDRADE, EM FRENTE À DELEGACIA DE ENSINO.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROMOVER ESTUDOS VISANDO A CONSTRUÇÃO DE UM CAMPO DE BOCHA E MALHA NO INTERIOR DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO PROMOVER A COMPRA DE UNIFORMES E MATERIAL ESCOLAR PARA SEREM DISTRIBUÍDOS NA REDE MUNICIPAL DE ENSINO AOS ALUNOS CARENTES.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SECRETÁRIO MUNICIPAL DE CULTURA DO MUNICÍPIO INCLUIR, NO PROJETO DE REFORMA E AMPLIAÇÃO DA NOSSA BIBLIOTECA, A CONSTRUÇÃO DE UM BEBEDOURO NOS MOLDES DO EXISTENTE NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE OBJETIVANDO ADQUIRIR UNIFORMES E EQUIPAMENTOS DE SEGURANÇA A TODOS OS FUNCIONÁRIOS DA USINA DE LIXO E IMPLANTAR OBRIGATORIAMENTE PARA O USO DO MESMO.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DIREÇÃO GERAL DA FAI, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE FAZER MUTIRÃO DE SAÚDE BUCAL COM OS ALUNOS DO CURSO DE ODONTOLOGIA JUNTO AOS BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DINHA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIAR, COM A MÁXIMA URGÊNCIA, UMA COMPLETA LIMPEZA NOS TERRENOS LOTES 7, 8 E 9 DA QUADRA B, LOCALIZADOS NO RESIDENCIAL MONTE ALEGRE.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIAR A COLOCAÇÃO DE PLACA DE SINALIZAÇÃO &amp;#8220;PARE&amp;#8221; E PINTURA DE SOLO NA ESQUINA DA RUA MÁRIO OLIVERO COM A RUA TRASÍBULO PEREIRA DE SOUZA, NA VILA CICMA.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Silvio Ricardo Frizão</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE ANOTAR O NOME DO SR. ANTÔNIO MORALES PARA DENOMINAR RUA DE NOSSO MUNICÍPIO EM FUTUROS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A GERÊNCIA LOCAL DO BANCO ITAÚ S/A, A FIM DE ESTUDAR A POSSIBILIDADE DE INSTALAR UM TERMINAL (CAIXA ELETRÔNICO) NO INTERIOR DO ALMOXARIFADO MUNICIPAL, PARA QUE OS FUNCIONÁRIOS POSSAM PAGAR SUAS CONTAS, CONFERIR SALDOS E SAQUES DE NUMERÁRIOS.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA LOCAL SEJA REALIZADO, COM URGÊNCIA, O REPLANTIO DE GRAMA NA PRAÇA JOSÉ PARRILA.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE PROVIDÊNCIAS VISANDO ÀS SEGUINTES CONCRETIZAÇÕES: 1 &amp;#8211; CIRCULAÇÃO BIMESTRAL DO JORNAL DA FAI; 2 &amp;#8211; FUNCIONAMENTO DA LIVRARIA DA FAI, OFERECENDO DESCONTOS E OUTRAS CONDIÇÕES ESPECIAIS A ALUNOS, PROFESSORES E FUNCIONÁRIOS DA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DA EDUCAÇÃO, SEJAM, AINDA EM FEVEREIRO, ADQUIRIDOS LIVROS PARADIDÁTICOS PARA TODAS AS ESCOLAS MUNICIPAIS DE ADAMANTINA, EM QUANTIDADE CONSIDERÁVEL, NO MÍNIMO, 5 LIVROS POR ALUNO.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJAM REALIZADOS OS NECESSÁRIOS REPAROS NO PRÉDIO DO JARDIM ADAMANTINA, ONDE FUNCIONAM A CRECHE E O CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DIREÇÃO DA FAI ESTUDOS IMEDIATOS, VISANDO À POSSIBILIDADE DE SE ESTABELECER UM MANDATO-TAMPÃO DE DOIS ANOS, ABRIL DE 2011 &amp;#8211; MARÇO DE 2013, PARA A DIREÇÃO DESTA INSTITUIÇÃO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, VIA SECRETARIA MUNICIPAL DA AGRICULTURA, SEJAM PLANTADAS ÁRVORES SOMBRÍFERAS NAS MARGENS DO TREVO DE ACESSO À CIDADE, AV. CASTELO BRANCO, BEM COMO NA AV. FRANCISCO BELLUSCI, TRECHO ALMOXARIFADO &amp;#8211; RODOVIA JOÃO RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE AÇÕES PRECISAS E URGENTES VISANDO AO TÉRMINO DA CO-BERTURA DA QUADRA DE ESPORTES DA ESCOLA ESTADUAL &amp;#8220;PROF. EURICO LEITE DE MORAES&amp;#8221;, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE AGRICULTURA LOCAL CONTATO COM A ASSOCIAÇÃO DE AGRICULTORES DE ADAMANTINA, NA PESSOA DO LÍDER ANTÔNIO MANZANO, OBJETIVANDO-SE A AQUISIÇÃO GRATUITA DE 20.000 ÁRVORES NATIVAS A SEREM PLANTADAS POR PROPRIETÁRIOS RURAIS DE NOSSO MUNICÍPIO INTERESSADOS NO REFERIDO BENEFÍCIO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA DESTINADA, AINDA NESTE PRIMEIRO SEMESTRE, ÁREA OU ÁREAS ADEQUADAS PARA A CONSTRUÇÃO DE 300 CASAS POPULARES EM ADAMANTINA.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, PROF. DR. ROLDÃO SIMIONI, QUE, COM A MÁXIMA URGÊNCIA, SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS VISANDO A QUE A FAI POSSIBILITE AOS ALUNOS INTERESSADOS INSCRIÇÃO NO FIES.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Rudimar Bueno Soares</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS PROCEDER OPERAÇÃO TAPA-BURACOS NAS RUAS DAS MARGARIDAS E HORTENCIAS NO JARDIM NA VILA JARDIM.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS PROCEDER OPERAÇÃO TAPA-BURACOS NAS RUAS CEARÁ, BAHIA, RIO GRANDE, GOIÁS, SÃO PAULO E LAURINDO SIMONCELLI NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE ESPORTE E RECREAÇÃO, ESTUDAR A POSSIBILIDADE COLOCAR APARELHOS DE GINÁSTICA NA ÁREA DE LAZER DO PARQUE TANGARÁ.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS AGENDAR NA SUA PROGRAMAÇÃO A CONSTRUÇÃO DE CALÇADAS NO TERRENO LOCALIZADA AO LADO DO VELÓRIO MUNICIPAL</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO DO MUNICÍPIO, QUE MANTENHA ENTENDIMENTO COM A SECRETARIA DE SAÚDE PARA ESTUDAR A POSSIBILIDADE DE COLOCAR UMA ENFERMEIRA OU PELO MENOS UMA AUXILIAR DE ENFERMAGEM, PARA ACOMPANHAR OS PACIENTES QUE VÃO PARA JAÚ/BARRETOS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES A REFORMA GERAL DO PARQUE INFANTIL DA EMEI &amp;#8220;RAIO DE SOL&amp;#8221;</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES A IMPLANTAÇÃO DE UM PROJETO HABITACIONAL DESTINADO AOS SERVIDORES DA PREFEITURA, EMDA E FAI.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES QUE SEJAM EFETUADOS CONSERTOS NAS CALÇADAS QUE CIRCUNDAM A EMEI &amp;#8220;RAIO DE SOL&amp;#8221;, NO CONJUNTO TIPUANAS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES A INSTALAÇÃO DE ILUMINAÇÃO NO PARQUE INFANTIL DO PARQUE RESIDENCIAL IGUAÇU</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA SAÚDE PARA QUE SEJA INSTALADA UMA MINI-FARMÁCIA NA UNIDADE DE SAÚDE DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PRESIDENTE DA COMISSÃO MUNICIPAL DE TRÂNSITO A PINTURA DOS OBSTÁCULOS EXISTENTE NA AVENIDA RIO BRANCO, TRECHO ESCOLA ALTO-PADRÃO/VILA FREITAS</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. DIRETOR DA FAI QUE VIABILIZE O &amp;#8220;DESDOBRAMENTO&amp;#8221; DA CLASSE DE ADMINISTRAÇÃO QUE JÁ CONTA COM MAIS DE 100 ALUNOS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DA EDUCAÇÃO NO SENTIDO DE SER VIABILIZADA UMA &amp;#8220;BIBLIOTECÁRIA&amp;#8221; PARA A ESCOLA MUNICIPAL NAVARRO DE ANDRADE.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DA PROMOÇÃO SOCIAL E DA EDUCAÇÃO VISANDO A QUE SEJAM ADQUIRIDOS NOVOS BRINQUEDOS PARA TODAS AS CRECHES DA CIDADE.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SR. SECRETÁRIO DE OBRAS LOCAL, O AGENDAMENTO DE REUNIÃO COM REPRESENTANTES DA ASSOCIAÇÃO DE MORADORES DO JARDIM BELA VISTA PARA A DISCUSSÃO DE ANTIGAS REIVINDICAÇÕES DA COMUNIDADE.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO DA RUA JOSÉ VICENTE, A PARTIR DA RUA VALENTIM GENTIL, NO JARDIM AVIAÇÃO</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, O RECAPEAMENTO DA RUA SHIMIDT VILELLA, ENTRE AS ALAMEDAS IHITY ENDO E LUIZ ENDO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, A DESIGNAÇÃO DE UM FUNCIONÁRIO PARA PRESTAR SERVIÇOS NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS A REFORMA DA QUADRA DA ESCOLA MUNICIPAL TERUO KIKUTA.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ESPORTE E RECREAÇÃO ESTUDAR A POSSIBILIDADE DE INSTALAR MESAS DE CONCRETO COM OS DEVIDOS BANCOS NO PARQUE DOS PIONEIROS PARA JOGOS DE DOMINÓ, MALHA, TRILHA E BARALHO.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ESPORTE E RECREAÇÃO AGENDAR PARA A PROGRAMAÇÃO DO ANIVERSÁRIO DA CIDADE A REALIZAÇÃO DE UM JOGO DE FUTEBOL ENVOLVENDO SELEÇÃO MASTER DE NOSSA REGIÃO CONTRA UM TIME MASTER DA CAPITAL.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS NA CAIXA DE AREIA INSTALADA NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE CONTATE A COMISSÃO RESPONSÁVEL PELA REALIZAÇÃO DE NOSSA TRADICIONAL FESTA DO VERDE ESTUDAR A POSSIBILIDADE DE INCLUIR NA PROGRAMAÇÃO DE SHOWS, A DUPLA SERTANEJA MATO GROSSO E MATIAS.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO ENTENDIMENTO COM A SECRETARIA RESPONSÁVEL PELA MANUTENÇÃO E CONSERVAÇÃO DO POLIESPORTIVO PARA REFORMA E CONSTRUÇÃO DE MAIS BANHEIROS.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM A COMISSÃO MUNICIPAL DE TRÂNSITO, ESTUDAR A POSSIBILIDADE DE COLOCAR UM REDUTOR DE VELOCIDADE NA RUA JOAQUIM NABUCO, EM FRENTE À CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM A CDHU, INCLUIR NOS PRÓXIMOS PROJETOS DE CONSTRUÇÃO DE UNIDADE HABITACIONAIS EM NOSSO MUNICÍPIO, O SISTEMA PADRÃO DE CAPTAR ÁGUAS PLUVIAIS EM CAIXAS APROPRIADAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, A INSTALAÇÃO DE PLACAS DE ORIENTAÇÃO EM CADA APARELHO DE GINÁSTICA MONTADOS NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENHOR PREFEITO DO MUNICÍPIO, AGILIZAÇÃO NO PROJETO DE LEI QUE TRATA DA DOAÇÃO DO TERRENO PARA A CONSTRUÇÃO DA NOVA SEDE DA DELEGACIA SECCIONAL DE POLÍCIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA INSTALAÇÃO DE UMA PISTA DE BMX (BICYCLE MOTOX OU AINDA BICYCLE MOTOCROSS), SKATE E PATINS INLINE OU INLINE SKATES EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA REPAROS E MANUTENÇÃO NO PONTILHÃO NO TREVO PRINCIPAL DA CIDADE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ATRAVÉS DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA PINTURA DOS POSTES DE ILUMINAÇÃO DO TREVO PRINCIPAL.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA REPAROS NA VALETA LOCALIZADA NA RUA VALENTIM GENTIL, ESQUINA COM RUA JOÃO ANDRADE, NA VILA CICMA</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA A FISCALIZAÇÃO E RESPECTIVA SANÇÃO ADMINISTRATIVA EM RELAÇÃO A VEÍCULOS VELHOS ABANDONADOS NAS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE SARJETÕES NA RUA BELO HORIZONTE, ESQUINA COM A RUA WALTER MENEGHIN, RUA GENERAL ISIDORO, ESQUINA COM A AL. SANTA CRUZ, RUA FRANCISCO ALVES DE LIMA, ESQUINA COM A RUA JOÃO MIGUEL, NO JARDIM MONTE ALEGRE.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMEDIATAS PROVIDÊNCIAS DA SECRETARIA MUNICIPAL DA EDUCAÇÃO VISANDO À AQUISIÇÃO DE NOVOS BRINQUEDOS PARA TODAS AS CRECHES MUNICIPAIS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE, COM URGÊNCIA, ESTUDOS OBJETIVANDO O CANCELAMENTO DE DUAS PARCELAS REFERENTES AO TOTAL GERAL LANÇADO EM TODOS OS CARNÊS ENVIADOS AOS PROPRIETÁRIOS DE CASAS, PRÉDIOS E TERRENOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENVIE A ESTA CASA, COM URGÊNCIA, PROJETO DE LEI CONCEDENDO, A PARTIR DE 1º DE MARÇO CORRENTE, REAJUSTE DE 11,3% AOS SERVIDORES MUNICIPAIS, EXTENSIVO AOS AGENTES POLÍTICOS COMPONENTES DO EXECUTIVO.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE PROCEDER A COLOCAÇÃO DE COBERTURA NO PONTO DE ÔNIBUS-CIRCULAR LOCALIZADO NA AV. RIO BRANCO, PRÓXIMO À PADARIA SUPREMA, NA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL COMPETENTE COLOCAR TERRA APROPRIADA NOS CANTEIROS CENTRAIS DA AV. XV DE NOVEMBRO E PROCEDER O PLANTIO DE VÁRIAS ESPÉCIES DE FLORES PARA O EMBELEZAMENTO DAQUELA IMPORTANTE AVENIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS DE OPERAÇÃO TAPA-BURACOS, AS RUAS DOS JARDINS ADAMANTINA, BRASIL E PAULISTA.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER A ROÇAGEM E UMA COMPLETA LIMPEZA NO TRECHO DA LINHA FÉRREA, PROXIMIDADES DE ONDE FICAM OS ÔNIBUS DA VIAÇÃO LOPES.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS PROCEDER, COM URGÊNCIA, OPERAÇÃO TAPA-BURACOS NA VICINAL MOYSÉS JUSTINO DA SILVA, TRECHO QUE DÁ ACESSO À ESTÂNCIA DORIGO E JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA A CONSTRUÇÃO DE CALÇADA NA ALAMEDA FERNÃO DIAS, TRECHO ENTRE O COLÉGIO OBJETIVO E O DEPÓSITO DA CAMDA.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE AUMENTAR O VALOR DO AUXÍLIO ALIMENTAÇÃO, ATUALMENTE DE R$ 8,00 POR DIA PARA OS SERVIDORES E FUNCIONÁRIOS DA PREFEITURA E DA EMDA E DE R$ 10,00 POR DIA PARA OS SERVIDORES E FUNCIONÁRIOS DA FAI.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A AGILIZAÇÃO NO TÉRMINO DAS OBRAS DO HORTO FLORESTAL, TENDO EM VISTA QUE O LOCAL TEM SIDO USADO PARA PRÁTICAS PROMÍSCUAS E CONSUMO DE DROGAS, DENTRE OUTRAS.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA CONSTRUÇÃO DE MAIS BANHEIROS PÚBLICOS NO CEMITÉRIO MUNICIPAL, PARA MELHOR ATENDER OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA CONSTRUÇÃO DE UMA PISTA OFICIAL DE ATLETISMO NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO JUNTO AO DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, NO SENTIDO DE ESTUDAR A POSSIBILIDADE DE EFETUAR O REBAIXAMENTO DO BARRANCO DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, A FIM DE PROPORCIONAR UMA MELHOR VISIBILIDADE DO NOSSO NOVO DISTRITO INDUSTRIAL E COMERCIAL VALENTIM GATTI.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZE, ATRAVÉS DA SECRETARIA MUNICIPAL DA EDUCAÇÃO, A AQUISIÇÃO DE LIVROS PARADIDÁTICOS, PROSA E POESIA, A SEREM DESTINADOS GRATUITAMENTE A TODOS OS ALUNOS QUE ESTUDAM NAS ESCOLAS &amp;#8220;NAVARRO DE ANDRADE&amp;#8221;, &amp;#8220;TERUYO KIKUTA&amp;#8221; E &amp;#8220;PROF. EURICO LEITE DE MORAES&amp;#8221;.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA EDUCAÇÃO, SEJAM, COM URGÊNCIA, ADQUIRIDOS 200 MINI-DICIONÁRIOS ATUALIZADOS DA LÍNGUA PORTUGUESA A SEREM UTILIZADOS PELAS ESCOLAS NAVARRO DE ANDRADE (100), TERUYO KIKUTA (50) E EURICO LEITE DE MORAES (50), ALÉM DE TRÊS COLEÇÕES COMPLETAS DO DVD &amp;#8220;COCORICÓ&amp;#8221;, RICO MATERIAL PEDAGÓGICO.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. ROLDÃO SIMIONI, QUE, ATRAVÉS DA COORDENAÇÃO DE PEDAGOGIA SEJAM DESTINADOS DUAS ALUNAS ESTAGIÁRIAS PARA ATUAREM COMO AGENTES CULTURAIS NA BIBLIOTECA DA E. E. NAVARRO DE ANDRADE, DAS 8H ÀS 11H E DAS 13:30H ÀS 16:30H.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DA EDUCAÇÃO, SEJAM VIABILIZADOS, COM URGÊNCIA, NOVO ACERVO DE LIVROS DE LITERATURA INFANTIL E OUTROS MATERIAIS PEDAGÓGICOS, INCLUSIVE A COLEÇÃO COMPLETA &amp;#8220;COCORICÓ&amp;#8221; PARA AS EMEIS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO PROMOVER ESTUDOS VISANDO A CONSTRUÇÃO DE UMA CICLOVIA PARALELA À LINHA FÉRREA, NO TRECHO BARRACÃO DA ANTIGA FEPASA ATÉ O FINAL DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO MELHORAR A ILUMINAÇÃO DO TREVO PRINCIPAL DE NOSSA CIDADE</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL COMPETENTE, COM A FINALIDADE DE ESTUDAR A VIABILIDADE DE ADQUIRIR UMA MÁQUINA TRITURADORA DE ENTULHOS PARA UTILIZAÇÃO DOS RESÍDUOS PARA A FABRICAÇÃO DE TIJOLOS NA CONSTRUÇÃO DE CASAS POPULARES ÀS FAMÍLIAS CARENTES.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL RESPONSÁVEL PELA MANUTENÇÃO E CONSERVAÇÃO DO NOSSO POLIESPORTIVO, VISANDO A COLOCAÇÃO DE MAIS 3 CORRIMÕES, BEM COMO AUMENTAR OS LUGARES PARA CADEIRANTES, POIS OS EXISTENTES NÃO ESTÃO SENDO SUFICIENTES EM DIAS DE GRANDES EVENTOS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO ESTUDAR A POSSIBILIDADE DE COLOCAR GUARDA NOTURNO EM NOSSO CEMITÉRIO MUNICIPAL</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA ESTUDAR PROJETO VISANDO O PLANTIO DE ÁRVORES FRUTÍFERAS NO INTERIOR DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO E ESTUDOS JUNTO À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, VISANDO O ALARGAMENTO DA AVENIDA MOYSÉS JUSTINO DA SILVA, QUE DÁ ACESSO AO JARDIM BELA VISTA E JARDIM DOS POETAS, DOTADA DE CALÇADA E CICLOVIA, JÁ SOLICITADA PELA VEREADORA CLEUSA.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, A CONSTRUÇÃO DE UM SARJETÃO NA RUA GOIÁS, ESQUINA COM A RUA MATO GROSSO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, A CONSTRUÇÃO DE GALERIA NA RUA MINAS GERAIS, NO JARDIM BRASIL, PROXIMIDADES DA RESIDÊNCIA Nº 538, A FIM DE EVITAR O GRANDE ACÚMULO DE ÁGUA NOS DIAS DE FORTES CHUVAS.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTRATE A EMPRESA GUERINO SEISCENTO INCLUIR, EM SEU ITINERÁRIO, O JARDIM BRASIL.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/616/616_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A RECUPERAÇÃO DO ALAMBRADO DA PRAÇA BAZÍLIO COLOMBO MARINI, A FIM DE EVITAR ACIDENTES, SOBRETUDO COM CRIANÇAS.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REBAIXAMENTO DE GUIAS EM FRENTE À ENTRADA PRINCIPAL DA SEDE DO ROTARY CLUB DE ADAMANTINA, SITO NA RUA PAUL HARRIS Nº 130, A FIM DE FACILITAR O ACESSO DE DEFICIENTES, IDOSOS E CARRINHOS DE BEBÊS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CRIAÇÃO DE UMA OUVIDORIA MUNICIPAL, A FIM DE POSSIBILITAR À POPULAÇÃO MANTER UM CANAL COM O PODER PÚBLICO, TANTO PARA FAZER AS SUAS RECLAMAÇÕES COMO TAMBÉM AS SUAS SUGESTÕES PARA MELHORAR OS SERVIÇOS.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O SR. DIRETOR DA FAI, PROF. DR. ROLDÃO SIMIONI, SUGERINDO A AQUISIÇÃO, COM URGÊNCIA, DE UM LABORATÓRIO PARA ANÁLISE FÍSICA E QUÍMICA DE SOLOS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA MUNICIPAL DE EDUCAÇÃO AUMENTE A VERBA DE PRONTO PAGAMENTO DESTINADA ÀS CRECHES, EMEIS E ESCOLAS DE ENSINO FUNDAMENTAL (NAVARRO DE ANDRADE, TERUYO KIKUTA E EURICO LEITE DE MORAIS) PARA, NO MÍNIMO, R$ 1.000,00 MENSAIS.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, VIA SECRETARIA MUNICIPAL DA EDUCAÇÃO, SEJAM ADQUIRIDAS TRÊS COLEÇÕES COMPLETAS DA SÉRIE &amp;#8220;VAGALUME&amp;#8221; PARA USO DAS ESCOLAS NAVARRO DE ANDRADE, TERUYO KIKUTA E EURICO LEITE DE MORAIS, ALÉM DE TRÊS COLEÇÕES COMPLETAS DA SÉRIE &amp;#8220;COCORICÓ&amp;#8221;, PRODUZIDAS PELA TV CULTURA.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE SEJAM, COM URGÊNCIA, ADQUIRIDOS 10 CARRINHOS DE FIBRA PARA USO DO PESSOAL QUE TRABALHA NA VARRIÇÃO DA CIDADE.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA CULTURA AS SEGUINTES AÇÕES: 1 &amp;#8211; REALIZAÇÃO DE RECITAL DE POESIAS, COM APRESENTAÇÃO MINIMAMENTE MENSAL; 2 &amp;#8211; REALIZAÇÃO DO PROJETO &amp;#8220;LEITURA NA PRAÇA&amp;#8221;, PREFERENCIALMENTE AOS DOMINGOS; 3 &amp;#8211; SOLICITAÇÃO GRATUITA DE ACERVO DE LITERATURA INFANTIL À FUNDAÇÃO D&amp;#8217;PASCHOAL.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR VESTIÁRIO COM BANHEIRO NO CAMPO DE FUTEBOL DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA SUA PROGRAMAÇÃO DE SERVIÇOS DE RECAPEAMENTO, A AL. PADRE NÓBREGA, TRECHO COMPREENDIDO DO ESTÁDIO MUNICIPAL ATÉ A AV. DA SAUDADE, PRÓXIMO AO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR CALÇADA ECOLÓGICA NO TERRENO DA PREFEITURA, LOCALIZADA NO JARDIM BELA VISTA, PRINCIPALMENTE ONDE ESTÁ INSTALADA A TORRE DE TELEVISÃO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL COMPETENTE PROCEDER, COM URGÊNCIA, UMA COMPLETA LIMPEZA NA RUA LUIZ SICHIERI, ATRÁS DO LAR DOS VELHOS, TOMADA POR ENORME MATAGAL.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SABESP, OBJETIVANDO PROCEDER A EXTENSÃO DA REDE DE ESGOTO NO FINAL DA RUA PERNAMBUCO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A CAIUÁ &amp;#8211; SERVIÇOS DE ELETRICIDADE S/A, OBJETIVANDO PROCEDERA E EXTENSÃO DE REDE ELÉTRICA NO FINAL DA RUA PERNAMBUCO, DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANTER ENTENDIMENTOS COM A CAIUÁ NO SENTIDO DE IMPLANTAR ILUMINAÇÃO PÚBLICA NA CONTINUAÇÃO DA AV. FRANCISCO BELLUSCI, APÓS O CAMPUS II DA FAI ATÉ A SP-294, INCLUSIVE NO TREVO.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REVITALIZAÇÃO DA ÁREA VERDE DO CONJUNTO DAS PALMEIRAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE PROMOVER PARCERIAS COM EMPRESAS PRIVADAS DE NOSSA CIDADE, A FIM DE CONSTRUIR COBERTURA PARA OS PONTOS DE ÔNIBUS CIRCULAR EM TODOS OS BAIRROS E CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SENHOR BELMIRO JOSÉ FERREIRA, A FIM DE DENOMINAR RUA DE NOSSA CIDADE EM NOVOS LOTEAMENTOS QUE FOREM LANÇADOS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONTRATAR FUNCIONÁRIOS, PRINCIPALMENTE BRAÇAIS TEMPORÁRIOS, A FIM DE AGILIZAR AS OBRAS QUE ESTÃO EM ANDAMENTO.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE OS ORGANIZADORES DA FESTA DO PEÃO DE ADAMANTINA, NO SENTIDO DE PROGRAMAR UM SHOW PARA A ABERTURA DA FESTA QUE POSSIBILITE A ENTRADA NO RECINTO DOANDO 1 KG DE ALIMENTO, QUE SERÃO DOADOS ÀS PESSOAS CARENTES CADASTRADAS EM NOSSAS ENTIDADES.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA LIMPEZA DO MATO À BEIRA DA LINHA FÉRREA AO LONGO DA RUA RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES, PROVIDÊNCIAS PARA ADEQUAÇÃO DA GESTÃO E MANEJO DOS RESÍDUOS DE CONSTRUÇÃO CIVIL E DE DEMOLIÇÃO, EM CONSONÂNCIA AO DISPOSTO NA RESOLUÇÃO CONAMA Nº 307, DE 05 DE JULHO DE 2002.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO AMPLIAR OS DOIS GALPÕES DO POLIESPORTIVO, UTILIZANDO PARTE DOS RECURSOS QUE FORAM CONSEGUIDOS NA RENOVAÇÃO DO CONTRATO COM A SABESP.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, RETOMAR OS SERVIÇOS DE IDENTIFICAÇÃO DOS NOMES DAS RUAS DO JARDIM IPIRANGA E DEMAIS BAIRROS DE NOSSA CIDADE, UMA VEZ QUE OS POSTES JÁ FORAM PINTADOS E ATÉ O MOMENTO NÃO FORAM ESCRITOS OS NOMES DAS RUAS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE FAIXA DE PEDESTRES NA AV. ANTÔNIO TIVERON, ESQUINA COM A AVENIDA DAS ROSAS.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PINTURA DOS ARCOS E BANCOS DA PRAÇA ÉLIO MICHELONI.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REFORMA DAS LIXEIRAS DA AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA, DIRETORIA DO MEIO AMBIENTE, SEJAM COLOCADAS PLACAS NO CONTORNO DO PARQUE DOS PIONEIROS, CONTENDO MENSAGENS REFERENTES À PRESERVAÇÃO AMBIENTAL E À ECOCIDADANIA.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DE ESPORTES, SEJAM, COM URGÊNCIA, REPOSTAS OITO LÂMPADAS COM OS REATORES PARA REFLETORES DO CAMPO DE FUTEBOL UTILIZADO PRINCIPALMENTE PELOS CECAPS I E II.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, DO PAGAMENTO DE R$ 3 MILHÕES REALIZADO PELA SABESP EM NOME DA NOSSA MUNICIPALIDADE, SEJAM DESTINADOS VALORES SIGNIFICATIVO PARA: 1 - INVESTIMENTOS NA ÁREA DA SAÚDE (SANTA CASA E PSFS); 2 - AQUISIÇÃO DE ÁREA DESTINADA À CONSTRUÇÃO DE CASAS POPULARES; 3 &amp;#8211; INVESTIMENTOS NA INFRAESTRUTURA RURAL; 4 &amp;#8211; AQUISIÇÃO DE ÁREA DESTINADA A NOVO CEMITÉRIO ECOLOGICAMENTE IDEAL.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>Cleusa Marquetti Francisco</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, UMA OPERAÇÃO TAPA-BURACOS NA RUA TSUNEKISHI SAKAI.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, VIA SECRETARIA MUNICIPAL DE OBRAS, SEJA COLOCADA AREIA NA QUADRA PARA VÔLEI EXISTENTE NA PRAÇA JOSÉ PARRILA.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENVIE A ESTA CASA, COM URGÊNCIA, PROJETO DE LEI SUSPENDENDO O PAGAMENTO DO ADICIONAL DE 10%, CONTRIBUIÇÃO DE INCÊNDIO E EMOLUMENTOS, EM RAZÃO DAS ÚLTIMAS DECISÕES DA JUSTIÇA LOCAL CONSIDERANDO-OS FLAGRANTEMENTE INCONSTITUCIONAIS.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À COMISSÃO MUNICIPAL DE TRÂNSITO PROMOVER ESTUDOS VISANDO A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NOS PONTOS CRÍTICOS DE RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE CONSTRUIR UM CAMPO DE BOCHA E MALHA NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE AUMENTAR A QUANTIDADE DE ESTACIONAMENTO DE MOTOS E SIMILARES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROMOVER UMA PARCERIA COM O COLÉGIO AGRÍCOLA, A FIM DE CONSTRUIR UMA HORTA COMUNITÁRIA COM A FINALIDADE DE ABASTECER A MERENDA ESCOLAR, CRECHES E FAMÍLIAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA, SEJAM OFERECIDAS LITERATURA ESPECÍFICA E SUGESTÕES TÉCNICAS, ALÉM DE ORIENTAÇÃO MERCADOLÓGICA E LOGÍSTICA.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA CULTURA, DR. ANDREA MATARAZZO, SOLICITANDO-LHE RECURSO FINANCEIRO NO VALOR DE R$ 30 MIL REAIS DESTINADOS À REALIZAÇÃO DA FEIRA DO VERDE.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, DR. BRUNO COVAS, SOLICITANDO-LHE RECURSO FINANCEIRO NO VALOR DE R$ 30 MIL REAIS DESTINADOS À REALIZAÇÃO DA FEIRA DO VERDE.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO TURISMO, DR. MÁRCIO FRANÇA, SOLICITANDO-LHE RECURSO FINANCEIRO NO VALOR DE R$ 30 MIL REAIS DESTINADOS À REALIZAÇÃO DA FEIRA DO VERDE.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR AGRÍCOLA PROVIDÊNCIAS URGENTES VISANDO À RECUPERAÇÃO DA GRAMA EXISTENTE NA PRAÇA JOSÉ PARRILA.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DAS SECRETARIAS MUNICIPAIS DE OBRAS, DE EDUCAÇÃO E DE ESPORTES E CULTURA, PROVIDÊNCIAS URGENTES COM O OBJETIVO DE SEREM VIABILIZADAS REFORMAS ADEQUADAS DE TODOS OS PARQUES INFANTIS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA CONTATOS COM A PREFEITURA DE LUCÉLIA, VISANDO A QUE SEJAM PLANTADAS ÁRVORES FRUTÍFERAS NAS LATERAIS DA VICINAL ADAMANTINA &amp;#8211; LUCÉLIA.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE PROMOÇÃO SOCIAL IMEDIATOS ESTUDOS VISANDO À CONSTRUÇÃO POR ESTA MUNICIPALIDADE DOS ESPAÇOS FÍSICOS NECESSÁRIOS PARA ADEQUAÇÃO DO PRÉDIO DO CRERES.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE A EXCELENTÍSSIMA SECRETÁRIA ESTADUAL DA JUSTIÇA E DEFESA DA CIDADANIA, DRª. ELOÍSA DE SOUZA ARRUDA, SOLICITANDO-LHE INTERFERÊNCIA COM O OBJETIVO DE SER ESTABELECIDO CONVÊNIO ENTRE O ESTADO E A ASSOCIAÇÃO PASSIFLORA DE PRODUTORES RURAIS DE ADAMANTINA E REGIÃO PARA A COMERCIALIZAÇÃO DE PRODUTOS AGRÍCOLAS ORIUNDOS DA NOSSA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A DIREÇÃO DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS, OBJETIVANDO ADAPTAR UM ÔNIBUS COM CONSULTÓRIO E LABORATÓRIO COM OS ALUNOS DO CURSO DE ENFERMAGEM, ACOMPANHADOS DE PROFESSORES DA ÁREA, PARA CONSULTAS E EXAMES DE SAÚDE NOS BAIRROS CARENTES DE NOSSO MUNICÍPIO, DE DIABETES E COLESTEROL, BEM COMO O ACOMPANHAMENTO DOS PACIENTES HIPERTENSOS.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS PROCEDER, COM URGÊNCIA, OPERAÇÃO TAPA-BURACOS NA VICINAL MOYSÉS JUSTINO DA SILVA, TRECHO QUE DÁ ACESSO À ESTÂNCIA DORIGO E JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, PARA QUE ESTUDE A POSSIBILIDADE DE COLOCAR MAIS ESTACIONAMENTOS DE MOTOS E SIMILARES NA ÁREA CENTRAL DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, A COMPRA DE UNIFORMES E EQUIPAMENTOS DE SEGURANÇA AOS COLETORES DE LIXO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER A DISTRIBUIÇÃO DE MUDAS DE CITRONELA PARA AS PESSOAS PLANTAREM EM SEUS QUINTAIS, A FIM DE COMBATER O MOSQUITO TRANSMISSOR DA LEISHMANIOSE.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS PROCEDER A CONSTRUÇÃO DE UM SARJETÃO NA RUA GOIÁS, ESQUINA COM A RUA MINAS GERAIS, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO CONSELHO MUNICIPAL DE TRÂNSITO OBJETIVANDO PROMOVER ESTUDOS VISANDO A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NAS RUAS RIO GRANDE E MATO GROSSO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR RESPONSÁVEL PELA ILUMINAÇÃO PÚBLICA, PROVIDENCIAR A TROCA DE TODAS AS LÂMPADAS QUEIMADAS DAS RUAS DO BAIRRO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MELHORAR O ESTADO DE CONSERVAÇÃO DA IMAGEM DE NOSSA SENHORA DE FÁTIMA DA PRAÇA EUCLYDES ROMANINI, BEM COMO RESTABELECER A ILUMINAÇÃO DO ORATÓRIO.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MODIFICAÇÕES NO SARJETÃO DA AV. ADHEMAR DE BARROS ESQUINA COM A AV. RIO BRANCO, SENTIDO BOMBEIROS.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA IMPLANTAÇÃO DE UM PROJETO PAISAGÍSTICO COM O ESCOPO DE PROMOVER UMA MELHOR ARBORIZAÇÃO NO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA SUBSTITUIÇÃO DO SEMÁFORO INSTALADO NO CRUZAMENTO DA AVENIDA CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA COM A AVENIDA ADHEMAR DE BARROS.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA LIMPEZA DA RUA ZEQUINHA DE ABREU, NO CRUZAMENTO COM A RUA SANTA CATARINA.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, UMA COMPLETA LIMPEZA NA LATERAL DA LINHA FÉRREA, PROXIMIDADES DO PONTILHÃO ANTÔNIA TINETTI, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS JUNTAMENTE COM A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO INICIAR AS OBRAS DA PRAÇA DE ESPORTES COM CAMPO DE FUTEBOL, QUADRA DE AREIA E CAMPO DE BOCHA NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO AGILIZAR A CONSTRUÇÃO DO CENTRO COMUNITÁRIO NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO DAR INÍCIO NAS OBRAS DE CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE RESIDENCIAL ITAMARATI.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO DAR INÍCIO NAS OBRAS DE CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DR. IGOR TERRAZ PINTO, PRESIDENTE DA OAB - SEÇÃO DE ADAMANTINA, QUE, SE ENTENDIDO POSSÍVEL, ESTA CONCEITUADA INSTITUIÇÃO PROMOVA A CAMPANHA DO DESARMAMENTO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA SAÚDE, COM URGÊNCIA, A SEGUINTE AÇÃO: 1 &amp;#8211; CADASTRAMENTO INFORMATIZADO DE TODOS OS PACIENTES QUE, POR INDICAÇÃO MÉDICA, FAZEM USO CONTÍNUO DE MEDICAÇÃO ESPECIAL; 2 &amp;#8211; AQUISIÇÃO PRÉVIA DESTES MEDICAMENTOS E INFORMAÇÃO AOS USUÁRIOS PARA RETIRADA ATÉ O ÚLTIMO DIA DE USO DA UNIDADE FORNECIDA ANTERIORMENTE.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. MÁRCIO CARDIM, QUE CONTATE A CAMDA COM O OBJETIVO DE QUE, SE JULGADO CONVENIENTE E POSSÍVEL, SEJA ESTABELECIDA PARCERIA QUE POSSIBILITE AO CURSO DE AGRONOMIA O USO DO LABORATÓRIO DE ANÁLISES AGRONÔMICAS.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, DR. MÁRCIO CARDIM QUE, ATRAVÉS DAS COORDENAÇÕES COMPETENTES, SEJAM VIABILIZADAS, DURANTE A PRÓXIMA SEMANA DO ANIVERSÁRIO DE ADAMANTINA, DENTRE OUTROS, AS SEGUINTES AÇÕES: 1 &amp;#8211; EXAMES PREVENTIVOS E ORIENTAÇÕES REFERENTES A PRESSÃO ARTERIAL, DIABETES, ETC. 2 &amp;#8211; ORIENTAÇÃO NUTRICIONAL. 3 &amp;#8211; DIVULGAÇÃO REFERENTE AO VESTIBULAR DE INVERNO; 4 &amp;#8211; PROGRAMAÇÃO ESPECIAL DA RÁDIO CULTURA; 5 &amp;#8211; DISTRIBUIÇÃO DE 5000 EXEMPLARES DE EDIÇÃO ESPECIAL DO JORNAL DA FAI.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE, DURANTE A SEMANA COMEMORATIVA AO ANIVERSÁRIO DE ADAMANTINA, A NOSSA BANDA MARCIAL FAÇA APRESENTAÇÕES DIÁRIAS, À NOITE.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE IMEDIATO ESTUDO VISANDO À PARTICIPAÇÃO DAS ESCOLAS LOCAIS EM DESFILE COMEMORATIVO AO ANIVERSÁRIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/376/376_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZE A INSTALAÇÃO DE UMA UNIDADE DO POUPATEMPO EM NOSSA CIDADE, DURANTE A &amp;#8220;SEMANA DO ANIVERSÁRIO DA CIDADE&amp;#8221;.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PROFª. ANA MARIA ROMANINI MICHELONI, PRESIDENTA DO FUNDO SOCIAL MUNICIPAL DE ADAMANTINA, QUE OFICIALIZE A SRª. LU ALCKMIN, PRESIDENTA ESTADUAL DA FUSESP, SOLICITANDO QUE ESTE EXEMPLAR ÓRGÃO VIABILIZE 50 COLCHONETES, 100 TOALHAS PARA BANHO E 100 PARA ROSTO, DESTINADAS AO IAMA</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTOS JUNTO AO SECRETÁRIO MUNICIPAL DE SAÚDE, OBJETIVANDO REALIZAR ESTUDOS VISANDO ADQUIRIR, COM RECURSOS PRÓPRIOS, EM CARÁTER EMERGENCIAL, UMA NOVA AMBULÂNCIA PARA O TRANSPORTE DE PACIENTES A OUTROS CENTROS MÉDICOS COMO SÃO PAULO, CAMPINAS, JAÚ E BARRETOS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIAR, EM CARÁTER EMERGENCIAL, A COMPRA DE PEDRAS BRITADAS, A FIM DE MELHORAR A CONSERVAÇÃO DE NOVAS ESTRADAS RURAIS QUE RECEBERAM O PROGRAMA MELHOR CAMINHO BEM COMO AS QUE AINDA NÃO RECEBERAM.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL COMPETENTE JUNTAMENTE COM A NOVA COMISSÃO ORGANIZADORA DA FEIRA DO VERDE, COM A FINALIDADE DE EFETUAR PROJETO VISANDO A AMPLIAÇÃO DO PÁTIO DO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS AGENDAR, NA PROGRAMAÇÃO DE SERVIÇOS, UMA COMPLETA REFORMA NO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA DE OBRAS AGENDAR, NA PROGRAMAÇÃO DE SERVIÇOS, UMA OPERAÇÃO TAPA-BURACOS NA RUA TURQUESA, NO JARDIM ELDORADO I, PROXIMIDADES DO Nº 144.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR RESPONSÁVEL PROCEDER A NOTIFICAÇÃO DE TODOS OS PROPRIETÁRIOS DE IMÓVEIS QUE TÊM SEUS PASSEIOS DANIFICADOS, PARA QUE SEJA EFETUADO CONSERTOS PRINCIPALMENTE NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE ESTUDAR A POSSIBILIDADE DE PROMOVER PARCERIAS COM EMPRESAS PRIVADAS DE NOSSA CIDADE, A FIM DE CONSTRUIR COBERTURAS PARA OS PONTOS DE ÔNIBUS CIRCULAR EM TODOS OS BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROMOVER ESTUDOS VISANDO A CONSTRUÇÃO DE UM CAMPO DE BOCHA E MALHA NO INTERIOR DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE OBJETIVANDO ADQUIRIR, EM CARÁTER EMERGENCIAL, ÁREA DE TERRA PARA CONSTRUÇÃO DE NOVAS UNIDADES HABITACIONAIS JUNTO AO CDHU.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/388/388_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE COLOCAR MAIS BANCOS E LIXEIRAS NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA PEQUENA PRAÇA COM A COLOCAÇÃO DE BANCOS E ILUMINAÇÃO NA ÁREA LOCALIZADA NO INÍCIO DA AV. FRANCISCO BELLUSCI, EM FRENTE AO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA O RECAPEAMENTO DA RUA SANTA CECÍLIA, NO TRECHO COMPREENDIDO ENTRE AS RUAS CARLOS GOMES E RUA JOSÉ BONIFÁCIO.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA O RECAPEAMENTO DA RUA BRIGADEIRO LUIZ ANTÔNIO, NO TRECHO COMPREENDIDO ENTRE AS RUAS CARLOS GOMES E RUA CAPITÃO FERREIRA PINTO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DESIGNAÇÃO DE AGENTES COMUNITÁRIOS DE SAÚDE PARA ATUAÇÃO NOS BAIRROS DESPROVIDOS DESSES IMPORTANTES FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ABRIGO DE ÔNIBUS NA CALÇADA EM FRENTE À ETEC PROF. EUDÉCIO LUIZ VICENTE.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA SOLUCIONAR O PROBLEMA DE ACÚMULO EXCESSIVO DE ÁGUAS PLUVIAIS NA SARJETA E LEITO CARROÇÁVEL DA AVENIDA DA SAUDADE, ALTURA DO VELÓRIO MUNICIPAL E TERRENO CONTÍGUO.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O PLANTIO DE ÁRVORES NA ÁREA VERDE DO PARQUE ITAPUÃ.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA PERIÓDICA DA ÁREA VERDE, CAMPO DE FUTEBOL E DA CRECHE DA CECAP.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ELABORAÇÃO DE UM PROGRAMA MUNICIPAL DE MICRODRENAGEM PARA ADAMANTINA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE SINALIZAÇÃO VERTICAL NAS VAGAS DE ESTACIONAMENTOS PARA IDOSOS E DEFICIENTES, NAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZE A DESTINAÇÃO DE UM COMPUTADOR COM EQUIPAMENTOS ACESSÓRIOS, UM FREEZER, UM FOGÃO INDUSTRIAL E UM VIDEOCASSETE PARA A AAA &amp;#8211; ASSOCIAÇÃO DOS ANTIALCOÓLICOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/400/400_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJA, COM URGÊNCIA, VIABILIZADA POR ESTA MUNICIPALIDADE A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE SEJAM COLOCADOS, GRATUITAMENTE, ÔNIBUS À DISPOSIÇÃO DAS PESSOAS QUE RESIDEM NAS VILAS E JARDINS MAIS DISTANTES, NOS DIAS 12 E 13 DE JUNHO CORRENTE, OBJETIVANDO-SE SER FACILITADO, SOBRETUDO, O ACESSO DE CRIANÇAS E IDOSOS AO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/402/402_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE OFÍCIO À PRESIDENTA ESTADUAL DO FUSSESP &amp;#8211; FUNDO SOCIAL DE SOLIDARIEDADE DO ESTADO DE SÃO PAULO, SOLICITANDO A DESTINAÇÃO DE UM PARQUE INFANTIL PARA O CONJUNTO HABITACIONAL &amp;#8220;MÁRIO COVAS&amp;#8221;.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES AÇÕES: 1 &amp;#8211; REATIVAÇÃO DA LIVRARIA DO JORNAL DA FAI; 2 &amp;#8211; MUDANÇAS NA PROGRAMAÇÃO DA RÁDIO CULTURA, INCLUINDO-SE MENSAGENS RÁPIDAS REFERENTEMENTE À TEMÁTICA ECOLÓGICA, ALÉM DE PROGRAMA QUE VEICULE POESIA FALADA DE AUTORES RENOMADOS, DENTRE ELES, FERNANDO PESSOA, DRUMMOND, VINÍCIUS DE MORAES, CECÍLIA MEIRELES, MANUEL BANDEIRA, CASIMIRO DE ABREU E FAGUNDES VARELA. 3 &amp;#8211; MAXIMIZAR A DIVULGAÇÃO DO VESTIBULAR DE VERÃO, ATRAVÉS DE VISITAS A ESCOLAS DE 2º GRAU DA SOROCABANA E DA NOROESTE, ALÉM DE VÁRIOS CANAIS MIDIÁTICOS, SOBRETUDO JORNAIS, RÁDIOS E TVS. 4 &amp;#8211; CRIAÇÃO DE NOVA ALTERNATIVA PARA O TRÂNSITO INTERNO DE VEÍCULOS NO &amp;#8220;CAMPUS&amp;#8221; 2.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA MUNICIPAL DA EDUCAÇÃO VIABILIZE, COM A URGÊNCIA NECESSÁRIA, A COBERTURA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL &amp;#8220;NAVARRO DE ANDRADE&amp;#8221;.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DETERMINE AOS SECRETÁRIOS MUNICIPAIS DE OBRAS E ADMINISTRAÇÃO QUE TOMEM AS PROVIDÊNCIAS LEGAL E MORALMENTE NECESSÁRIAS COM REFERÊNCIA AO DOCUMENTO EXPOSTO.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO COM A FINALIDADE DE DETERMINAR UM LOCAL ESPECÍFICO NO CENTRO DA CIDADE PARA CAMPANHAS DE SAÚDE PÚBLICA E VENDAS DE DIVERSOS OBJETOS PARA ARRECADAÇÃO DE RECURSOS ÀS ENTIDADES.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE COBERTURA NO PONTO DE ÔNIBUS CIRCULAR LOCALIZADO NA RUA CARLOS GOMES, ESQUINA COM A RUA SANTA CECÍLIA, NO JARDIM PAULISTA.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS FINANCEIROS NO SENTIDO DE REFORMAR, COM URGÊNCIA, O CENTRO COMUNITÁRIO DA ASSOCIAÇÃO DOS MORADORES DO JARDIM DAS ACÁCIAS, BEM COMO A CONSTRUÇÃO DOS CENTROS COMUNITÁRIOS DOS BAIRROS JARDIM BELA VISTA, JAMIL DE LIMA E ITAMARATI.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA AGENDAR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, UMA COMPLETA LIMPEZA NA ÁREA VERDE DO RESIDENCIAL UNIVERSITÁRIO.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, O ASFALTAMENTO DO FINAL DA RUA ANTÔNIO APARECIDO MALHEIROS E CONSTRUIR SARJETAS NA ESQUINA DA RUA B COM A RUA PROTÁSIO FERREIRA, NA ENTRADA DO PARQUE DOS LAGOS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/411/411_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A EMPRESA GUERINO SEISCENTO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONCEDER PASSE LIVRE AOS ATIRADORES DO TIRO DE GUERRA QUANDO ESTÃO EM SERVIÇO, DEVIDAMENTE FARDADOS.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/412/412_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, QUE MANTENHA ESTUDOS JUNTO À SECRETARIA COMPETENTE, OBJETIVANDO CONSTRUIR UMA QUADRA DE FUTSAL NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/413/413_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA COMPETENTE ESTUDAR A POSSIBILIDADE DE VOLTAR A FUNCIONAR A NOSSA FONTE LUMINOSA, INSTALADA NA PRAÇA ÉLIO MICHELONI.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/414/414_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, PROVIDENCIAR A COLOCAÇÃO DE PROTEÇÃO EM TODAS AS BOCAS-DE-LOBO EXISTENTE EM NOSSA CIDADE PARA EVITAR POSSÍVEIS ACIDENTES, PRINCIPALMENTE COM CRIANÇAS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/415/415_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA UMA PARCERIA COM A FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS, NO SENTIDO DE MEDIR A PRESSÃO ARTERIAL DUAS VEZES POR MÊS DOS FUNCIONÁRIOS PÚBLICOS DO ALMOXARIFADO, TODAS AS MANHÃS, ANTES DE ENTRAREM NO TRABALHO.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/416/416_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE MANTER ENTENDIMENTO COM A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE COLOCAR LOMBADAS OU OUTRO REDUTOR DE VELOCIDADE NA RUA GOIÁS, NO JARDIM BRASIL, NA AV. RIO BRANCO, PRÓXIMO AO JARDIM ADAMANTINA E AV. XV DE NOVEMBRO, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/417/417_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A DIRETORIA MUNICIPAL DO MEIO AMBIENTE, COM A FINALIDADE DE PROMOVER UMA CAMPANHA, A NÍVEL MUNICIPAL, DE LIMPEZA DOS TERRENOS DA CIDADE, BEM COMO DE TODOS OS CÓRREGOS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/418/418_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À DIREÇÃO GERAL DA FAI, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE FAZER MUTIRÃO DE SAÚDE BUCAL COM OS ALUNOS DO CURSO DE ODONTOLOGIA JUNTO AOS BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/419/419_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE OBJETIVANDO ADQUIRIR UNIFORMES E EQUIPAMENTOS DE SEGURANÇA A TODOS OS FUNCIONÁRIOS DA USINA DE LIXO E IMPLANTAR OBRIGATORIAMENTE PARA O USO DO MESMO, TENDO EM VISTA QUE MUITOS FUNCIONÁRIOS TRABALHAM SEM PROTEÇÃO NENHUMA.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/420/420_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL COMPETENTE, VISANDO PROMOVER CURSOS DE PEDREIRO, MECÂNICA E CARPINTEIRO, UTILIZANDO OS PROFISSIONAIS DA PREFEITURA COMO INSTRUTORES E REMUNERANDO-OS POR AULA MINISTRADA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/421/421_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A AQUISIÇÃO DE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL, ALÉM DE SERRAS, PÁS, ABAFADORES E RASTELOS PARA A BRIGADA MUNICIPAL DE INCÊNDIO.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/422/422_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A &amp;#8220;SUAVIZAÇÃO&amp;#8221; DAS VALETAS DO CRUZAMENTO DA AVENIDA ADHEMAR DE BARROS COM A AVENIDA RIO BRANCO.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/423/423_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE INSTALAR ILUMINAÇÃO PÚBLICA NO PÁTIO DA FEIRA DA ESTAÇÃO, PROXIMIDADES DO BARRANCO.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/424/424_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM PINTADAS, COM URGÊNCIA, AS FAIXAS DIVISÓRIAS, LOMBADAS E GUIAS DA AV. MARECHAL CASTELO BRANCO.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/425/425_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR DE OBRAS SEJA CONSTRUÍDA CALÇADA EM TORNO DA HORTA COMUNITÁRIA DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/426/426_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM INCLUÍDAS ALGUMAS REIVINDICAÇÕES ADAMANTINENSES A SEREM APRESENTADOS AO GOVERNO ITINERANTE.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/427/427_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM REALIZADAS ALGUMAS MELHORIAS NO CAMPO DE FUTEBOL DO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/428/428_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE A CDHU, REGIONAL DE PRESIDENTE PRUDENTE, SOLICITANDO SEJA CONSTRUÍDO MURO DE ARRIMO NA RUA ÂNGELO FRANCISCO ZONTA, FUNDO DA CASA Nº 25, NO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/429/429_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE A PRESIDENTA ESTADUAL DO FUNDO SOCIAL, PROFª. LÚ ALCKMIN, VISANDO À DESTINAÇÃO DE DUAS PADARIAS ARTESANAIS PARA ADAMANTINA. UMA A SER UTILIZADA PELA ASSOCIAÇÃO DE MORADORES DO JARDIM ADAMANTINA; OUTRA, PARA A ASSOCIAÇÃO DE MORADORES DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/430/430_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE SEJA EXECUTADA UMA ADEQUADA REFORMA NO PARQUE INFANTIL LOCALIZADO NO JARDIM DAS ALAMANDAS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/431/431_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA ILUSTRÍSSIMA SECRETÁRIA DE ADMINISTRAÇÃO, VERA LÚCIA FIORILLO CABRERA, ESTUDOS IMEDIATOS VISANDO AO PAGAMENTO DO ADICIONAL DE INCENTIVO, LEGALMENTE DEVIDO A PARTIR DE 2005, AOS AGENTES COMUNITÁRIOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/432/432_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, QUANDO DA PRÓXIMA VISITA DO EXCELENTÍSSIMO GOVERNADOR GERALDO ALCKMIN E DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA HABITAÇÃO, SILVIO FRANÇA TORRES, SEJA OFICIALIZADA A SOLICITAÇÃO DA CONSTRUÇÃO PELA CDHU DE, NO MÍNIMO, 300 CASAS POPULARES EM ADAMANTINA.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/433/433_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA COM O NOME PRAÇA MÁRIO BÉRGAMO, NA CONFLUÊNCIA DAS RUAS MINAS GRAIS, ESPÍRITO SANTO E JASMINS, ENTRE O JARDIM BRASIL E A VILA JARDIM.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/434/434_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ILUMINAÇÃO NO PARQUE INFANTIL DO PARQUE RESIDENCIAL IGUAÇU.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/435/435_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICA, A RUA PARANÁ, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/436/436_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE CALÇADAS NO TRECHO AO LADO DO CORPO DE BOMBEIROS, ACESSO AO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/437/437_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A LIMPEZA EM TODAS AS BOCAS-DE-LOBO EXISTENTES NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/438/438_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À DIREÇÃO DA SANTA CASA PROCEDER, COM URGÊNCIA, A COLOCAÇÃO DE BANCOS PARA AS PESSOAS SE SENTAREM NO BANCO DE SANGUE ENQUANTO ESPERAM O ATENDIMENTO.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/439/439_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE SAÚDE, COM A FINALIDADE DE SOLICITAR SEJA IMEDIATAMENTE INICIADO A OPERAÇÃO PARA APLICAÇÃO/PULVERIZAÇÃO DE VENENO EM TODA CIDADE CONTRA OS MOSQUITOS DA DENGUE E LEISHMANIOSE.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/440/440_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A PERFURAÇÃO DE UM POÇO SEMI-ARTESIANO NO BAIRRO JARDIM BRASIL, PARA QUE A ASSOCIAÇÃO DOS MORADORES DESENVOLVA OS PROJETOS SOCIAIS TAIS COMO HORTA COMUNITÁRIA E ATENDIMENTO ÀS FAMÍLIAS EXTREMAMENTE CARENTES QUE NÃO TÊM CONDIÇÕES DE PAGAR O FORNECIMENTO DE ÁGUA.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/441/441_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL COMPETENTE, VISANDO A DOAÇÃO, PARA O NOSSO MUNICÍPIO, DE INSTRUMENTOS MUSICAIS PARA A BANDA MARCIAL.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/442/442_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA DO MUNICÍPIO, ESTUDAR A POSSIBILIDADE DE ADQUIRIR OUTROS TIPOS DE ALEVINOS E SOLTAR NA LAGOA DA PRAÇA EUCLIDES ROMANINI.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/443/443_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/444/444_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, COM A FINALIDADE DE SOLICITAR A LIBERAÇÃO DE RECURSOS FINANCEIROS, A FUNDO PERDIDO, PARA A REFORMA DE CASAS DAS PESSOAS EXTREMAMENTE CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/445/445_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO ALCKMIN, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO TOTALMENTE A FUNDO PERDIDO, PARA SEREM APLICADOS NA AMPLIAÇÃO DO CLUBE DA TERCEIRA IDADE &amp;#8211; CCI, BEM COMO A CONSTRUÇÃO DE PISCINA E QUADRA ESPORTIVA.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/446/446_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO PROMOVER ESTUDOS VISANDO O PAGAMENTO DE INSALUBRIDADE AOS FUNCIONÁRIOS RESPONSÁVEIS PELA LIMPEZA PÚBLICA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/447/447_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL DE EDUCAÇÃO, VISANDO A DISTRIBUIÇÃO GRATUITA DE UNIFORMES ESCOLARES (CAMISAS E ABRIGOS), BEM COMO TODOS OS MATERIAIS ESCOLARES DAS CRIANÇAS CARENTES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/448/448_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA DE ESPORTES E LAZER PROMOVER ESTUDOS E DEVIDO PROJETO VISANDO A CONSTRUÇÃO DE UM CAMPO DE MALHA E BOCHA NA ÁREA DE LAZER NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/449/449_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE OBJETIVANDO MANTER CONTATO COM A DELEGACIA REGIONAL DA RECEITA FEDERAL, A FIM DE VIABILIZAR A DOAÇÃO DE BRINQUEDOS APREENDIDOS PARA SEREM DISTRIBUÍDOS ÀS INSTITUIÇÕES DE CARIDADE (LAR DAS MENINAS, CASA DOS GAROTOS E IAMA) NA SEMANA DA CRIANÇA.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/450/450_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A EMPRESA GUERINO SEISCENTO, RESPONSÁVEL PELO TRANSPORTE URBANO DE NOSSA CIDADE INCLUIR, NO SEU ITINERÁRIO, O JARDIM BRASIL.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/451/451_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE MANTER CONTATO COM O SUPERINTENDENTE DO DER DE PRESIDENTE PRUDENTE, PARA PROCEDER COBERTURA PADRONIZADA NO PONTO DE ÔNIBUS EXISTENTE NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, PROXIMIDADES DA CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/452/452_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, A RECUPERAÇÃO DO ASFALTO EM TODAS AS RUAS DO JARDIM DAS ACÁCIAS, QUE TERMINAM NA OBRA DE CANALIZAÇÃO DO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/453/453_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER UMA COMPLETA LIMPEZA NA ÁREA VERDE DO JARDIM DAS PRIMAVERAS, EM FRENTE À RUA JOÃO VICENTE MIRANDA.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/454/454_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS, A CONSTRUÇÃO DE UM SARJETÃO NA ESQUINA DA RUA FIORAVANTE SPÓSITO COM A AL. PADRE JOSÉ DE ANCHIETA, A FIM DE CORRIGIR O ESCOAMENTO DE ÁGUA NO LOCAL.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/455/455_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE OBRAS, COM A FINALIDADE DE PROMOVER UMA PARCERIA COM A ASSOCIAÇÃO DOS MORADORES DAS VILAS JARDIM IPIRANGA, AMÉRICA E PALMEIRAS, OBJETIVANDO CONSTRUIR TODA CALÇADA EM TORNO DO CENTRO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/456/456_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, A CONSTRUÇÃO DE CALÇADAS EM VOLTA DO PRÉDIO DO PROJETO ASA.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/457/457_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DO PROGRAMA VIA RÁPIDA NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/458/458_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE VOLTAR O OBSTÁCULO QUE FOI TIRADO NA AV. MARECHAL CASTELO BRANCO, PRÓXIMO AO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/459/459_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROJETAR A CONSTRUÇÃO DE 02 (DUAS) CABINES DE RÁDIO NAS DEPENDÊNCIAS DO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/460/460_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO, 02 (DOIS) QUARTEIRÕES NO FINAL DA RUA PORTO ALEGRE, NA VILA JAMIL DE LIMA, ATRÁS DO CAMPUS III DA FAI.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/461/461_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE AS PESSOAS DA SOCIEDADE CIVIL APONTADAS POR ESTA CASA, SÃO: SÂMIA BECHARA, EDUARDO AZEVEDO DOS SANTOS E MÔNICA MARIA PANISA COUTINHO.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/462/462_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À DIRETORIA DO MEIO AMBIENTE DE NOSSO MUNICÍPIO PROCEDER A FISCALIZAÇÃO MINUCIOSA JUNTO ÀS CAÇAMBAS QUE SÃO COLOCADAS NAS CONSTRUÇÕES PARA O RECOLHIMENTO DE ENTULHOS.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/463/463_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR DA FAI, PROF. DR. MÁRCIO CARDIM, QUE, DEPENDENDO DO NÚMERO DE APROVADOS NOS CURSOS DE ADMINISTRAÇÃO, ENGENHARIA AMBIENTAL, AGRONOMIA E ENFERMAGEM, VESTIBULAR DE INVERNO, SEJAM &amp;#8220;ABERTAS&amp;#8221; NOVAS CLASSES (1 DE ADMINISTRAÇÃO, 1 DE ENGENHARIA AMBIENTAL, 1 DE AGRONOMIA E 1 DE ENFERMAGEM) NESTE 2º SEMESTRE.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/464/464_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, SEJAM, COM URGÊNCIA, RECAPEADOS OS QUARTEIRÕES DO JARDIM ADAMANTINA ONDE ESTA MELHORIA SE FAZ NECESSÁRIA.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/465/465_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM DESTINADOS R$ 150 MIL PARA PROJETO ESPORTIVO A SER IMPLANTADO NO JARDIM ADAMANTINA, ONDE RESIDEM MAIS DE 800 FAMÍLIAS QUE NECESSITAM DE NOVOS ESPAÇOS E EQUIPAMENTOS PARA LAZER, ENTRETENIMENTO E INTERAÇÃO ESPORTIVO-SOCIAL.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/466/466_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE ENCAMINHE PROJETO DE LEI A ESTA CASA NOMEANDO NOSSO CENTRO ECOLÓGICO DE CENTRO DE EDUCAÇÃO AMBIENTAL &amp;#8220;PROF. MOACYR PAES DE ALMEIDA&amp;#8221;</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/467/467_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA ADMINISTRAÇÃO, VIA SETOR DE RECURSOS HUMANOS, ESTUDOS VISANDO À CONCESSÃO LEGAL DE INSALUBRIDADE A ALGUNS SERVIDORES PÚBLICOS MUNICIPAL.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/468/468_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À DIRETORA REGIONAL DE ENSINO DE ADAMANTINA, PROFª. VERA CAZU, QUE OFICIE O DEPARTAMENTO ESTADUAL DE SUPRIMENTO ESCOLAR SOLICITANDO PARA AS ESCOLAS ESTADUAIS &amp;#8220;HELEN KELLER&amp;#8221;, &amp;#8220;FLEURIDES C. MENECHINO&amp;#8221; E &amp;#8220;DURVALINO GRION&amp;#8221; EQUIPAMENTOS DESTINADOS À MERENDA ESCOLAR DAS REFERIDAS UNIDADES.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/469/469_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE, ATRAVÉS DO SETOR DE OBRAS, SEJA URGENTE E DEVIDAMENTE &amp;#8220;CONSERTADA&amp;#8221; A ESTRADA DE SERVIDÃO QUE LIGA A ESTRADA GERALDO JORDÃO, 250M APÓS A CHÁCARA DO GODÓI, À PROPRIEDADE DO SR. OSVALDO GALEGO.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/470/470_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE REALIZE INTERFERÊNCIA VISANDO À DESTINAÇÃO DE ÁREA ADEQUADA PARA A CONSTRUÇÃO DE DEPENDÊNCIAS FÍSICAS A SEREM UTILIZADAS PELO GRUPO DE CAPOEIRA (&amp;#8220;FILHOS DA BARRA&amp;#8221;).</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/471/471_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/472/472_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/473/473_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS), PROCEDENDO A TROCA DE TODOS OS BRINQUEDOS DO PARQUE INFANTIL, COLOCAÇÃO DE NOVOS BANCOS, LIMPEZA DA LAGOA, REFORMA DOS ALAMBRADOS E COLOCAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/474/474_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/475/475_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/476/476_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MUDANÇA DA CERCA DO PARQUE INFANTIL DA AMJAIP PARA AS PROXIMIDADES DO SALÃO DE FESTAS, BEM COMO PROMOVER A AMPLIAÇÃO DO PARQUE INFANTIL, COM MAIS APARELHOS DE RECREAÇÃO E LAZER PARA AS CRIANÇAS E ARBORIZAR O LOCAL.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/477/477_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DIRETORIA DO MEIO AMBIENTE LOCAL ESTUDOS, VISANDO A INSTALAÇÃO DE UMA BIBLIOTECA NO CENTRO DE EDUCAÇÃO AMBIENTAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/478/478_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE SEJA DESTINADA NA LDO/2012 SUBVENÇÃO SOCIAL PARA O LAR DOS VELHOS, NO MÍNIMO, IGUAL AO DOBRO DA CONSTANTE PARA 2011.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/479/479_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DA SAÚDE SEJAM DESTINADOS, DIARIAMENTE, 20 LITROS DE LEITE PARA ATENDIMENTO DO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/480/480_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. DIRETOR DA FAI, PROF. DR. MÁRCIO CARDIM, QUE A FAI, ATRAVÉS DOS CURSOS DE ENGENHARIA AMBIENTAL, AGRONOMIA, NUTRIÇÃO, EDUCAÇÃO FÍSICA E ENFERMAGEM, ALÉM DA RÁDIO CULTURA, PARTICIPEM ATIVAMENTE DA EXPOVERDE 2011, MEGAEVENTO A SER REALIZADO ENTRE 06 E 11 DE SETEMBRO PRÓXIMO.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/481/481_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO QUE FAÇA CONSIGNAR NO ORÇAMENTO MUNICIPAL 2012 SUBVENÇÃO ANUAL NO VALOR DE R$ 60 MIL DESTINADA À PROMOÇÃO DE CAMPANHAS PUBLICITÁRIAS A SEREM PROMOVIDAS PELA ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E AGROPECUÁRIA &amp;#8211; ACE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/482/482_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO QUE CONSTITUA, COM URGÊNCIA, UMA COMISSÃO VISANDO À ELABORAÇÃO DE DOCUMENTO REIVINDICATÓRIO DE UMA FACULDADE DE TECNOLOGIA &amp;#8211; FATEC &amp;#8211; EM ADAMANTINA.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/483/483_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ÀS SECRETARIAS MUNICIPAIS DA PROMOÇÃO SOCIAL E DA ADMINISTRAÇÃO QUE ESTUDEM A POSSIBILIDADE DE AS AGENTES DO CONSELHO TUTELAR LOCAL TAMBÉM RECEBEREM O VALE-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/484/484_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DOS SETORES COMPETENTES AS SEGUINTES AÇÕES NO JARDIM BELA VISTA: 1 &amp;#8211; MELHORIA DA ILUMINAÇÃO PÚBLICA, COM A SUBSTITUIÇÃO DAS LUMINÁRIAS, &amp;#8220;BRAÇOS&amp;#8221; E REATORES; 2 &amp;#8211; PODA GERAL DAS ÁRVORES; 3 &amp;#8211; INSTALAÇÃO DOS BANCOS E COLOCAÇÃO DE &amp;#8220;TELAS&amp;#8221; ATRAVÉS DOS GOLS, NO CAMPO DE FUTEBOL; 4 &amp;#8211; INÍCIO IMEDIATO DA CONSTRUÇÃO DO CENTRO COMUNITÁRIO. INDICA TAMBÉM SEJAM COLOCADAS PLACAS COM OS NOMES DAS RUAS NA ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/485/485_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE PROMOVA UMA PARCERIA COM A ASSOCIAÇÃO DE MORADORES DOS JARDINS AMÉRICA, IPIRANGA E PAULISTA &amp;#8211; AMJAIP, OBJETIVANDO PROCEDER AO CALÇAMENTO EM VOLTA DO CENTRO COMUNITÁRIO DA REFERIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/486/486_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE CONTATE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, OBJETIVANDO VERIFICAR A POSSIBILIDADE DE REFORMAR OS BANHEIROS DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/487/487_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROCEDER, COM URGÊNCIA, A PINTURA DE SINALIZAÇÃO DE TRÂNSITO &amp;#8220;PARE&amp;#8221; EM TODAS AS RUAS DOS BAIRROS MÁRIO COVAS, ALAMANDAS, ACÁCIAS, AMÉRICA E IPIRANGA.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/488/488_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER A ARBORIZAÇÃO, COLOCAÇÃO DE BANCOS, BEM COMO MELHORAR A ILUMINAÇÃO NA ÁREA VERDE LOCALIZADA NO CONJUNTO RESIDENCIAL IPÊ.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/489/489_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE ESPORTES E RECREAÇÃO, COM A FINALIDADE DE ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA QUADRA DE AREIA DO LADO DO PARQUINHO DO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/490/490_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE CONTATE A SECRETARIA MUNICIPAL DE AGRICULTURA OBJETIVANDO FAZER, COM URGÊNCIA, UMA COMPLETA LIMPEZA E PROCEDER A ARBORIZAÇÃO E COLOCAÇÃO DE PORTÃO PARA TRANSFORMAR EM PARQUE INFANTIL O TERRENO AO LADO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/491/491_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO, QUE CONTATE A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONSTRUIR UM CAMPO DE BOCHA NO PARQUE DOS PIONEIROS E NA ESTAÇÃO RECREIO, PÁTIO DA FEIRA.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/492/492_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO, QUE DETERMINE AO SETOR RESPONSÁVEL A CONSTRUÇÃO DE UM BEBEDOURO NOS MOLDES DO EXISTENTES NO PARQUE DOS PIONEIROS, NA PRAÇA ÉLIO MICHELLONI.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/493/493_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO, QUE DETERMINE AO SETOR COMPETENTE PROCEDER A COLOCAÇÃO DE COBERTURA NO PONTO DE ÔNIBUS-CIRCULAR LOCALIZADO NA AV. RIO BRANCO, PRÓXIMO À PADARIA SUPREMA, NA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/494/494_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SR. PREFEITO DO MUNICÍPIO, QUE DETERMINE À SECRETARIA MUNICIPAL DE SAÚDE PROCEDER A COLOCAÇÃO DE BANCOS NA SALA DO BANCO DE SANGUE, INSTALADO NA SANTA CASA, PARA QUE AS PESSOAS POSSAM AGUARDAR SENTADAS PARA SEREM ATENDIDAS.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/495/495_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE JUNTAMENTE COM O PROVEDOR DA SANTA CASA, VISANDO ANGARIAR RECURSOS FINANCEIROS QUE POSSIBILITEM A INSTALAÇÃO DE TELEVISORES EM TODOS OS QUARTOS, PRINCIPALMENTE NAQUELES ONDE SÃO INTERNADOS OS PACIENTES ATENDIDOS PELO SUS &amp;#8211; SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/496/496_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, O ASFALTAMENTO DA RUA AO LADO DO POLIESPORTIVO PARA SER UTILIZADA NO TREINAMENTO DA MODALIDADE DO ESPORTE MOTO WILLY.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/497/497_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, SE DIGNE DETERMINAR, ATRAVÉS DOS SETORES COMPETENTES, O RECAPEAMENTO DA RUA BARÃO DE ITAPETININGA, ENTRE A AV. 15 DE NOVEMBRO E AL. FLORIANÓPOLIS, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/498/498_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, SE DIGNE DETERMINAR, ATRAVÉS DOS SETORES COMPETENTES, O CONSERTO DO LETREIRO LUMINOSO VERTICAL LOCALIZADO NAS PROXIMIDADES DA ENTRADA DA CIDADE E DESPROVIDO DA LETRA T.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/499/499_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, SE DIGNE DETERMINAR, ATRAVÉS DOS SETORES COMPETENTES, A PINTURA DAS FAIXAS DIVISÓRIAS, LOMBADAS E GUIAS DA AV. DA SAUDADE.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/500/500_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO, SE DIGNE MANTER ENTENDIMENTOS COM A CAIUÁ NO SENTIDO DE REDUZIR O CUSTO DA CONSTRUÇÃO DE REDE MÉDIA TENSÃO COM A INSTALAÇÃO DE 75 KWA EXCLUSIVO, NA RUA LÍBERO BADARÓ Nº 756, PARQUE MORADA DO SOL, NESTA CIDADE.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/501/501_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO A RUA CARLOS PEGORARO (ÁREA COMERCIAL).</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/502/502_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE AO SETOR COMPETENTE ESTUDAR A POSSIBILIDADE DE DENOMINAR A ESTRADA DE SERVIDÃO LOCALIZADA ENTRE OS BAIRROS PARQUE GIULIANO E MONTE ALEGRE DE DANTE BOLGUE.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/503/503_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE AO SETOR COMPETENTE PROCEDER A CONSTRUÇÃO DE CALÇADA E ARBORIZAÇÃO DA PEQUENA PRAÇA LOCALIZADA NO JARDIM DALPHALO, PROXIMIDADES DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/504/504_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO, O TRECHO DA AL. CURITIBA, ENTRE A AV. IPIRANGA E A RUA DA LIBERDADE, EM FRENTE AO IPA &amp;#8211; INSTITUTO PASTORAL DE ADAMANTINA, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/505/505_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA PROGRAMAÇÃO DE RECAPEAMENTO ASFÁLTICO, O TRECHO DA RUA FRANCISCO TRONCON, ENTRE A AV. MARECHAL CASTELO BRANCO E A AL. CURITIBA, NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/506/506_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE AO SETOR COMPETENTE AGENDAR O NOME DO SENHOR HEROTILDES DE OLIVEIRA SANTOS PARA DENOMINAR RUAS EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DESTINAÇÃO DE UM ÔNIBUS USADO PARA A FAI, COM O OBJETIVO DE QUE SEJA ELE UTILIZADO PELOS CURSOS DE AGRONOMIA E MEDICINA VETERINÁRIA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE ÔNIBUS PARA TRANSPORTE GRATUITO DE PESSOAS RESIDENTES NAS VILAS MAIS DISTANTES DO POLIESPORTIVO DURANTE A REALIZAÇÃO DA EXPOVERDE 2011.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM ADOTADAS AS DEVIDAS PROVIDÊNCIAS OBJETIVANDO-SE O IMEDIATO INÍCIO DA REFORMA DO PRÉDIO DO TERMINAL RODOVIÁRIO TAMOTO MATUOKA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR DIRETOR DA FAI, QUE A INSTITUIÇÃO PROMOVA, COM URGÊNCIA, AÇÕES VISANDO À OTIMIZAÇÃO DO FUNCIONAMENTO DOS CURSOS DE AGRONOMIA E MEDICINA VETERINÁRIA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE OFÍCIO À SRª. MÔNICA BERGAMASCHI, SECRETÁRIA ESTADUAL DA AGRICULTURA, VISANDO A DESTINAÇÃO DE DOIS TRATORES AGRÍCOLAS EQUIPADOS PARA ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA ESTADUAL DA AGRICULTURA SEJAM ENVIADOS 04 KITS (10 KG) DE SEMENTES DE HORTALIÇAS, A SEREM DISTRIBUÍDAS PELA ASSOCIAÇÃO PASSIFLORA DURANTE A REALIZAÇÃO DO EXPOVERDE 2011 DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE VIABILIZE, A COLOCAÇÃO DE FORRO DE PVC NO SALÃO DO CENTRO COMUNITÁRIO DAS VILAS IPIRANGA, JARDIM AMÉRICA E CONJUNTO PALMEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE ADAPTAR, NOS ESTACIONAMENTOS DE MOTOS E SIMILARES, UM LOCAL APROPRIADO PARA O ESTACIONAMENTO DE CADEIRAS DE RODAS MOTORIZADAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA COLOCAR EM NÍVEL O CANALETÃO DA AL. NAVARRO DE ANDRADE ESQUINA COM A RUA EUCLIDES DA CUNHA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA GENERAL IZIDORO, QUE CONDUZ À PARÓQUIA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE INCLUIR RECURSOS NO ORÇAMENTO DE 2012 PARA A REVISÃO DA REMUNERAÇÃO DE TODOS OS SERVIDORES, FUNCIONÁRIOS, APOSENTADOS E PENSIONISTAS DA PREFEITURA, EMDA E FAI.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE RECURSOS NO ORÇAMENTO DE 2012 PARA AQUISIÇÃO DE ÁREA URBANA DESTINADA À CONSTRUÇÃO DE MORADIAS POPULARES.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA COLOCAR EM NÍVEL O CANALETÃO DA AV. ANTÔNIO TIVERON ESQUINA COM A RUA DAS PALMAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE CONSIGNAR RECURSOS NO ORÇAMENTO DE 2012 PARA AUMENTADO VALOR DO AUXÍLIO ALIMENTAÇÃO DOS SERVIDORES E FUNCIONÁRIOS DA PREFEITURA, EMDA E FAI.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA EFETUAR, COM URGÊNCIA, A COMPRA DE MATERIAIS DE TRABALHO, EQUIPAMENTOS DE SEGURANÇA E UNIFORMES AOS FUNCIONÁRIOS RESPONSÁVEIS PELA COLETA DE LIXO DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS PARA QUE PROCEDA A UMA COMPLETA REFORMA (REBOCO E PINTURA) NO PRÉDIO DA CASA DO TRABALHADOR._x000D_
 _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTOS COM O SECRETÁRIO MUNICIPAL DE AGRICULTURA, OBJETIVANDO PROMOVER UM MUTIRÃO PARA A PODA DE TODAS AS ÁRVORES DO CENTRO DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA DE AGRICULTURA DO MUNICÍPIO QUE PROCEDA, COM URGÊNCIA, A PODA DE TODAS AS ÁRVORES PRÓXIMAS AO POSTO DE SAÚDE CENTRAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA AV. XV DE NOVEMBRO E NO JARDIM PAULISTA, EM FRENTE À CRECHE MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER A ROÇAGEM E UMA COMPLETA LIMPEZA NO TRECHO DA LINHA FÉRREA, PROXIMIDADES DE ONDE FICAM OS ÔNIBUS DA VIAÇÃO LOPES.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO ESTUDAR A POSSIBILIDADE DE COLOCAR GUARDA NOTURNO EM NOSSO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROMOVER UMA PARCE-RIA COM O COLÉGIO AGRÍCOLA, A FIM DE CONSTRUIR UMA HORTA COMUNITÁRIA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ADQUIRIR, EM CARÁTER EMERGENCIAL, ÁREA DE TERRA PARA CONSTRUÇÃO DE NOVAS UNIDADES HABITACIONAIS JUNTO AO CDHU.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER CURSOS DE PEDREIRO, MECÂNICA E CARPINTEIRO, UTILIZANDO OS PROFIS-SIONAIS DA PREFEITURA COMO INSTRUTORES E REMUNERANDO-OS POR AULA MINISTRADA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE INSTALAR A POSSIBILIDADE DE INSTALAR CÂMERAS DE SEGURANÇA NAS PRAÇAS E JARDINS PÚBLICOS DE NOSSA CIDADE, BEM COMO NO INTERIOR DO POLIESPORTIVO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DESTINE PARTE DOS RECURSOS RECEBIDOS NA RENOVAÇÃO DO CONTRATO DA COMPANHIA DE SANEAMENTO BÁSICO &amp;#8211; SABESP, PARA DAR INÍCIO NAS OBRAS DO NOSSO TÃO SONHADO BALNEÁRIO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ESTUDAR A POSSIBILIDADE DE PERFURAR UM POÇO SEMI-ARTESIANO NO PARQUE DO SOL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE A POSSIBILIDADE NA ELABORAÇÃO DO PRÓXIMO ORÇAMENTO, VISANDO DESTINAR RECURSOS FINANCEIROS PARA A CONSTRUÇÃO DE UMA PEQUENA CRECHE NO BAIRRO LAGOA SECA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO, COLOCAR LUMINÁRIAS ATRÁS DA ANTIGA SAMBRA, PASSAGEM DE PEDESTRE NA LATERAL DA LINHA FÉRREA, ACESSO AO CAMPUS II DA FAI.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INCLUIR MANTEIGA NO CARDÁPIO DO CAFÉ DA MANHÃ, DISTRIBUÍDO AOS TRABALHADO-RES RURAIS E CORTADORES DE CANA ATENDIDOS PELA CASA DO TRABALHADOR.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA CONTATO COM A SECRETARIA ESTADUAL DO MEIO AMBIENTE, SOLICITANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS VISANDO ADQUIRIR UMA MÁQUINA TRITURA-DORA DE ENTULHOS PARA UTILIZAÇÃO DOS RESÍDUOS PARA FABRICAÇÃO DE TIJOLOS NA CONSTRUÇÃO DE CASAS ÀS PESSOAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc</t>
   </si>
   <si>
     <t>MANTER ENTENDIMENTO COM OS ORGANIZADORES DA EXPOVERDE 2011, NO SENTIDO DE PROGRAMAR UMA ARRECADAÇÃO VOLUNTÁRIA DE ALIMENTOS NA ENTRADA DO RECINTO NOS DIAS DA FESTA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROCEDER UMA COMPLETA REFORMA NO PRÉDIO DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR DE OBRAS E SERVIÇOS PÚBLICOS INCLUIR, NA SUA PROGRAMAÇÃO, UMA OPERAÇÃO TAPA-BURACOS NAS RUAS E AVENIDAS DO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE COLOCAR PLACA DE SINALIZAÇÃO NAS PRINCIPAIS AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA ENTRADA DOS BAIRROS JARDIM DOS POETAS E ESTÂNCIA DORIGO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, INCLUIR NA PROGRAMAÇÃO A COLOCAÇÃO DE NOVAS LUMINÁRIAS NOS POSTES DE ILUMINAÇÃO PÚBLICA NOS 3 POSTES EM FRENTE AO COLÉGIO OBJETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A IMPLANTAÇÃO DE FAIXA DE PEDESTRE NA AL. ARMANDO DE SALES OLIVEIRA, ALTURA DA ENTRADA DO AMBULATÓRIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MELHORIA DA ILUMINAÇÃO PÚBLICA NA AL. MARIA CÂNDIDA ROMANINI, NO TRECHO COMPREENDIDO ENTRE AV. ADHEMAR DE BARROS E RUA FIORAVANTE SPÓSITO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MELHORIA DA ILUMINAÇÃO PÚBLICA NA AL. SANTA CRUZ, NO TRECHO COMPREENDIDO ENTRE AS RUAS OSVALDO CRUZ E DEPUTADO SALLES FILHO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE REBAIXAMENTO DE CALÇADA COM RAMPA ACESSÍVEL DEFRONTE A TODOS OS TEMPLOS DE CULTOS RELIGIOSOS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA MANTER CONTATO COM A SECRETARIA MUNICIPAL COMPETENTE, VISANDO A ELABORAÇÃO DE PROJETO PARA A CONSTRUÇÃO DE UM PORTAL DE ENTRADA NA NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE AGRICULTURA, VISANDO A ELABORAÇÃO DE PROJETO PARA O PLANTIO DE ÁRVORES FRUTÍFERAS EM TODAS AS PRAÇAS PÚBLICAS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DETERMINAR À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA PROGRAMAÇÃO DE SERVIÇOS DE OPERAÇÃO TAPA-BURACOS, AS RUAS DOS JARDINS ADAMANTINA, BRASIL E PAULISTA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DETERMINAR AO SETOR RESPONSÁVEL PROCEDER A NOTIFICAÇÃO DE TODOS OS PROPRIETÁRIOS DE IMÓVEIS QUE TÊM SEUS PASSEIOS DANIFICADOS, PARA QUE SEJA EFETUADO CONSERTOS PRINCIPALMENTE NO CENTRO DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO AO SETOR COMPETENTE, OBJETIVANDO A PERFURAÇÃO DE UM POÇO SEMI-ARTESIANO NO BAIRRO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO MELHORAR AS CONDIÇÕES DA PRAÇA EUCLIDES ROMANINI (PRAÇA DOS PATOS).</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO DO MUNICÍPIO QUE DETERMINE À DIREÇÃO GERAL DA FAI INSTALAR UM STANDER NA FEIRA DO VERDE APROPRIADO PARA REALIZAR EXAMES DE DIABETES E COLESTEROL, BEM COMO MEDIR A PRESSÃO ARTERIAL DA POPULAÇÃO DURANTE A REALIZAÇÃO DO EVENTO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA MUNICIPAL DE EDUCAÇÃO NO SENTIDO DE ESTUDAR A POSSIBILIDADE DE CONTRATAR MONITOR PARA O TRANSPORTE ESCOLAR DE NOSSA CIDADE, A FIM DE ORIENTAR E ORGANIZAR O TRANSPORTE DAS CRIANÇAS NA REDE PÚBLICA DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE INSTALAR UM &amp;#8220;SEMÁFORO&amp;#8221; NA AV. ADHEMAR DE BARROS, ESQUINA COM A AL. PADRE NÓBREGA, PROXIMIDADES DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PROCEDER NOVAMENTE À SINALIZAÇÃO DE TRÂNSITO (PINTURA DE FAIXA E COLOCAÇÃO DE OBSTÁCULO) NA RUA PREFEITO ANTÔNIO CESCON, NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE INCLUIR RECURSOS NO ORÇAMENTO DE 2012 PARA AUMENTAR O VALOR MENSAL DA BOLSA DOS ESTAGIÁRIOS DA PREFEITURA QUE ESTUDAM NA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE ABRIGO DE ÔNIBUS NA CALÇADA EM FRENTE A ETEC PROF. EUDÉCIO LUIZ VICENTE PARA PROTEGER AS PESSOAS DO SOL E DA CHUVA NOTADAMENTE OS ALUNOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE RECURSOS NO ORÇAMENTO DE 2012 PARA REFORMA E AMPLIAÇÃO DO PRÉDIO DA PREFEITURA CEDIDO PARA FUNCIONAMENTO DA ARCA &amp;#8211; ASSOCIAÇÃO DOS RENAIS CRÔNICOS DE ADAMANTINA, CONFORME LEI COMPLEMENTAR Nº 110/08.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A VIABILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA RUA GOIÁS, NO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE ESPORTES, JUNTAMENTE COM O SETOR DE OBRAS, PROVIDENCIAR A CONSTRUÇÃO DO MURO VISANDO SEPARAR A QUADRA DO ANTIGO CEFAM.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE FAZER TODA DEMARCAÇÃO DE &amp;#8220;PARE&amp;#8221; E FAIXA DE PEDESTRES NAS RUAS DO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS A CONSTRUÇÃO DE CALÇADAS NA LATERAL DO TERRENO DA PREFEITURA LOCALIZADO NA AV. ANTÔNIO TIVERON, LOCAL QUE UTILIZA PARA ARMAR CIRCO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA PROCEDER UMA COMPLETA LIMPEZA NA LATERAL DA LINHA FINAL DA RUA CEARÁ, PASSAGEM DA RUA LAURINDO SIMONCELLI E PASSAGEM DA RUA PARAÍBA, NO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE COLOCAR 3 LUMINÁRIAS NA RUA GOIÁS, NA LATERAL DO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA COMPLETA LIMPEZA EM TODAS AS BOCAS-DE-LOBO DO JARDIM BRASIL, APROVEITANDO O PERÍODO DE ESTIAGEM.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS CONCLUIR OS SERVIÇOS DE PINTURA DAS COBERTURAS DOS PONTOS DE ÔNIBUS, PRINCIPALMENTE OS DO JARDIM BRASIL, EM FRENTE AO IAMA E RUA MATO GROSSO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONSTITUA, COM URGÊNCIA, UMA COMISSÃO DESTINADA EXCLUSIVAMENTE À ELABORAÇÃO DE DOCUMENTO A SER ENCAMINHADO AO GOVERNADOR GERALDO ALCKMIN E À PROFª. LAURA LAGANÁ, PRESIDENTA-SUPERINTENDENTE DA PAULA SOUZA, OBJETIVANDO-SE A INSTALAÇÃO DE UMA UNIDADE DA FATEC EM ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE ESPORTES SEJA, COM URGÊNCIA, DEVIDAMENTE COBERTO COM TELHAS ROMANAS O ESPAÇO EXISTENTE NO PARQUE DOS PIONEIROS DESTINADO AO JOGO DE DOMINÓ, TRUCO, DAMA E XADREZ.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE SEJA, COM URGÊNCIA, ENVIADO PROJETO DE LEI A ESTA CASA REESTRUTURANDO ADEQUADAMENTE O PLANO DE CARREIRA, CARGOS E SALÁRIOS DO MAGISTÉRIO LOCAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENVIE PROJETO DE LEI A ESTA CASA DESTINANDO RECURSO FINANCEIRO PARA A AQUISIÇÃO DOS EQUIPAMENTOS SOLICITADOS PELO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, QUE ESTA CASA PRODUZA DOCUMENTO DE APOIO À INSTALAÇÃO DA FATEC EM ADAMANTINA E O ENVIE AO GOVERNADOR GERALDO ALCKMIN E À PROFª. LAURA LAGANÁ, DIRETORA-SUPERINTENDENTE DA FUNDAÇÃO PAULA SOUZA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE CONSTRUIR UM OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA RUA FERNÃO DIAS, PROXIMIDADES DO COLÉGIO OBJETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROCEDER O ADITAMENTO DO CONVÊNIO REFERENTE ÀS OBRAS DA VICINAL JOSÉ BOCARDI, VISANDO O ASFALTAMENTO DOS 1.300 METROS QUE FALTAM PARA LIGAR A VICINAL PEDRO MÔNEGO NO BAIRRO TUPANZINHO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LIXEIRA COLETIVA NOS BLOCOS 247 E 259 DO CONJUNTO DAS AZALÉIAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MELHORIA DA ILUMINAÇÃO DA ALAMEDA SANTA CRUZ, ENTRE AS RUAS TSUNEKISHI SAKAI E RUI BARBOSA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACAS NAS PRINCIPAIS ENTRADAS DA CIDADE, INDICANDO A PROIBIÇÃO DE VENDA POR AMBULANTES SEM AUTORIZAÇÃO DOS ÓRGÃOS MUNICIPAIS COMPETENTES.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACAS INDICATIVAS COM OS NOMES DAS RUAS DO PARQUE RESIDENCIAL MILLENIUM.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE LUMINÁRIAS PARA CALÇADA NA RUA OSVALDO CRUZ, QUE CONDUZ AO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA REFEITA A PINTURA DE FAIXA DIVISÓRIA DE SINALIZAÇÃO DO PONTILHÃO DA RUA JOAQUIM NABUCO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA COLOCAR EM NÍVEL O CANALETÃO DA RUA ANTÔNIO S. VILELLA, ESQUINA COM A AL. SANTA CRUZ.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA RENOVADA A AREIA DAS CAIXAS EXISTENTES JUNTO AOS BRINQUEDOS PARA CRIANÇAS DO PARQUE INFANTIL DO JARDIM DA ESTAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE AUTORIZAR QUE O RECOLHIMENTO DE IMPOSTOS E TAXAS MUNICIPAIS POSSA SER EFETUADO POR TODOS OS ESTABELECIMENTOS BANCÁRIOS COM O OBJETIVO DE FACILITAR AO CONTRIBUINTE O CUMPRIMENTO DAS OBRIGAÇÕES FISCAIS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA COMPETENTE AGENDAR OS NOMES DOS SENHORES JOÃO GIMENEZ E KO WATANABE PARA DENOMINAR RUAS E AVENIDAS EM FUTUROS LOTEAMENTOS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE AGENDAR O NOME DO SENHOR DOMINGOS JORDÃO PARA DENOMINAR RUAS E AVENIDAS EM FUTUROS LOTEAMENTOS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSTALAÇÃO DE RAMPA ACESSÍVEL DEFRONTE TODAS ÀS FARMÁCIAS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SUBSTITUIÇÃO DOS BRAÇOS DE LUZ DOS POSTES DO CONJUNTO OITI.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DAS LIXEIRAS DO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE CAÇAMBAS COLETORAS DE LIXO DOMICILIAR E ENTULHO EM PONTOS ESTRATÉGICOS DA ZONA RURAL, BEM COMO A IMPLEMENTAÇÃO DA COLETA DOS RESÍDUOS SÓLIDOS DOMICILIAR PRODUZIDO NA RESPECTIVA ZONA CAMPESTRE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA TRAVESSA ALBERTO MAZZUCATO &amp;#8211; VILA JAMIL DE LIMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENCAMINHAR OFÍCIO À DIREÇÃO DAS FACULDADES ADAMANTINENSES INTEGRADAS - FAI, SOLICITANDO UTILIZAR PAPEL RECICLADO NO MATERIAL DE EXPEDIENTE DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO PROMOVER PARCERIA COM EMPRESAS DE NOSSA CIDADE, VISANDO ADQUIRIR BANCOS PARA SEREM COLOCADOS EM TODAS AS PRAÇAS PÚBLICAS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR COMPETENTE ESTUDAR A POSSIBILIDADE DE CONSTRUIR ESTACIONAMENTO PARA BICICLETAS E SIMILARES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE PERFURAR UM POÇO SEMIARTESIANO NO BAIRRO JARDIM BELA VISTA, VISANDO A INSTALAÇÃO PELA COMUNIDADE DE UMA GRANDE HORTA COMUNITÁRIA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR RESPONSÁVEL TOMAR PROVIDÊNCIAS PARA IMPEDIR O TRÁFEGO DE VEÍCULOS E PRINCIPALMENTE DE MOTOS NO INTERIOR DA PRAÇA PRESTES MAIA, ONDE SÃO REALIZADAS AS FEIRAS-LIVRES NAS SEXTAS-FEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA REABRIR A TORNEIRA EXISTENTE NA PRAÇA ÉLIO MICHELONI ENQUANTO NÃO FICA PRONTO O BEBEDOURO QUE SERÁ CONSTRUÍDO JUNTO AO NOVO PRÉDIO DA BIBLIOTECA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE UM PEQUENO BANHEIRO NO PARQUE DOS PIONEIROS PARA OS IDOSOS, PRÓXIMO À ACADEMIA DA 3ª IDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O INSTRUTOR DO TIRO DE GUERRA, OBJETIVANDO PROCEDER UM MUTIRÃO JUNTAMENTE COM OS FUNCIONÁRIOS DA PREFEITURA PARA FAZER A LIMPEZA DOS CÓRREGOS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A DIREÇÃO DA TV FRONTEIRA DE PRESIDENTE PRUDENTE, AFILIADA DA REDE GLOBO, OBJETIVANDO AGENDAR UMA DATA, AINDA NESTE ANO, PARA A REALIZAÇÃO EM NOSSA CIDADE DE MAIS UMA EDIÇÃO DO PROJETO INTERAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO PROMOVER ESTUDOS VISANDO A COLOCAÇÃO DE SEMÁFORO NO CRUZAMENTO DA AV. CAPITÃO JOSÉ ANTÔNIO DE OLIVEIRA COM A RUA DEPUTADO SALLES FILHO, A FIM DE ORGANIZAR E MELHORAR O TRÂNSITO NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/653/653_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À COMISSÃO MUNICIPAL DE TRÂNSITO PROMOVER ESTUDOS VISANDO CONSTRUIR UMA ROTATÓRIA NA RUA GOIÁS, ESQUINA DO BAR DO RIQUINHA, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/654/654_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO PROCEDER UMA REVISÃO EM TODAS AS LUMINÁRIAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/655/655_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA LIMPEZA GERAL NAS RUAS E AVENIDAS DO PARQUE ITAMARATY.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/656/656_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS FAZER A PINTURA DAS GUIAS NA ENTRADA DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/657/657_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SETOR RESPONSÁVEL ANOTAR O NOME DO SR. ANTÔNIO TEIXEIRA PARA DENOMINAR RUA DE NOSSA CIDADE QUE AINDA NÃO POSSUI DENOMINAÇÃO, OU EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/658/658_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/659/659_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS AGENDAR, NA SUA PROGRAMAÇÃO, O RECAPEAMENTO ASFÁLTICO DAS RUAS PARANÁ, SERGIPE, PARAÍBA E MATO GROSSO, TODAS NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA COMPLETA LIMPEZA E APLICAÇÃO DE VENENO EM TODAS AS BOCAS-DE-LOBO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O INSTRUTOR DO TIRO DE GUERRA LOCAL, A FIM DE FAZER UMA PARCERIA COM A PREFEITURA VISANDO PROMOVER PROCEDER À LIMPEZA EM TODAS AS LATERAIS DAS ESTRADAS RURAIS, RECOLHENDO OS LIXOS OFENSIVOS AO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA RESPONSÁVEL PELA CONFECÇÃO DOS UNIFORMES DOS FUNCIONÁRIOS DA PREFEITURA, PARA QUE SEJAM CONFECCIONADAS CAMISAS DE MANGA LONGA, A FIM DE PROTEGER OS TRABALHADORES DO SOL ESCALDANTE, EVITANDO POSSÍVEIS DOENÇAS CAUSADAS PELO SOL.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER AO RECAPEAMENTO ASFÁLTICO DAS RUAS E AVENIDAS DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A DIREÇÃO DA FAI COM A FINALIDADE DE SOLICITAR A ABERTURA DA PISCINA DO CAMPUS III PARA AS CRIANÇAS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR RESPONSÁVEL ANOTAR O NOME DO SR. HILÁRIO CONCEIÇÃO PARA DENOMINAR RUA DE NOSSA CIDADE QUE AINDA NÃO POSSUI DENOMINAÇÃO, OU EM FUTUROS LOTEAMENTOS QUE FOREM LANÇADOS EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE MAIS BANCOS NO TERMINAL RODOVIÁRIO TAMOTO MATUOKA PARA ACOMODAÇÃO DOS USUÁRIOS.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/671/671_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE FAIXA AMARELA CENTRAL NA ALAMEDA PORTO ALEGRE, A FIM DE CONTROLAR O FLUXO DE VEÍCULOS NO LOGRADOURO.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/672/672_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DISPONIBILIZAR UM MAIOR NÚMERO DE GUIAS MÉDICAS PARA CONSULTAS NOS POSTOS DE SAÚDE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/673/673_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER A &amp;#8220;QUEBRA DE BARRANCO&amp;#8221; NA ESTRADA DO BAIRRO TUCURUVI AO BAIRRO MOZINE, NO TRECHO COMPREENDIDO ENTRE A PROPRIEDADE DO SENHOR JOÃO TESTA À PROPRIEDADE DO SENHOR MUKUNO.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/674/674_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS NO SENTIDO DE AUMENTAR A ALTURA DO ALAMBRADO DO CAMPO DE FUTEBOL DAS ACÁCIAS, LADO DO RESIDENCIAL ELDORADO.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/675/675_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INCLUSÃO DE RECURSOS NO ORÇAMENTO DE 2012 PARA AQUISIÇÃO DE ÁREA DE TERRENO URBANA NECESSÁRIA À IMPLANTAÇÃO DE NOVO DISTRITO COMERCIAL, INDUSTRIAL E DE SERVIÇOS.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/676/676_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A CONSTRUÇÃO DE PONTE DE CONCRETO SOBRE O CÓRREGO DOS CALDEIRAS, A FIM DE PROPICIAR TRANQÜILIDADE E SEGURANÇA AOS CONDUTORES DE VEÍCULOS QUE UTILIZAM O PROLONGAMENTO DA AL. PADRE NÓBREGA NA LIGAÇÃO COM O RESIDENCIAL ELDORADO E OUTROS BAIRROS EM FRANCO DESENVOLVIMENTO.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/677/677_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER UMA COMPLETA REFORMA EM TODOS OS BRINQUEDOS DO PARQUE INFANTIL DA PRAÇA JOSÉ COSTA, PRÓXIMO AO LOCAL DA FEIRA LIVRE.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/835/835_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O PRESIDENTE DO CONDOMÍNIO DO CONJUNTO HABITACIONAL AZALÉIA, COM A FINALIDADE DE PROMOVER UMA PARCERIA VISANDO PROCEDER UMA COMPLETA REFORMA NO REFERIDO CONJUNTO.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/836/836_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, ESTUDAR A POSSIBILIDADE DE INSTALAR LUMINÁRIAS EM VOLTA DE TODAS AS ESCOLAS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/837/837_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE A VIABILIDADE DE CONSTRUIR UMA CALÇADA PARA PEDESTRES, BEM COMO UMA CICLOVIA NAS LATERAIS DA VICINAL MOYSÉS JUSTINO, ACESSO AO JARDIM DOS POETAS, JARDIM BELA VISTA E ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/838/838_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE ENCAMINHAR AO SETOR COMPETENTE, A FIM DE PROCEDER A RECUPERAÇÃO E LIMPEZA NO PARQUE INFANTIL (PRAÇA) EXISTENTE NO PARQUE RESIDENCIAL ITAMARATI.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/839/839_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O SETOR COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONSTRUIR, NO CEMITÉRIO MUNICIPAL, UM JAZIGO PARA SER UTILIZADO PELA CLÍNICA DE REPOUSO NOSSO LAR, A EXEMPLO DO CONSTRUÍDO AO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/840/840_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA PASSARELA PARA PEDESTRES SOBRE A CANALIZAÇÃO DO CÓRREGO CALDEIRAS, COM INÍCIO NA RUA PEDRO TORTURELO, NO JARDIM DAS ACÁCIAS, DANDO ACESSO AO PARQUE GIULIANO PELA RUA ESMERALDA.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/841/841_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/842/842_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA COMPETENTE A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA AV. XV DE NOVEMBRO E NO JARDIM PAULISTA, EM FRENTE À CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/843/843_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE, PROMOVER PARCERIA COM EMPRESAS PRIVADAS DE NOSSO MUNICÍPIO, OBJETIVANDO A COLOCAÇÃO DE COBERTURA E LIXEIRAS NOS PONTOS DE ÔNIBUS CIRCULAR DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/844/844_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE PERFURAR UM POÇO SEMIARTESIANO NO BAIRRO LAGOA SECA, VISANDO A INSTALAÇÃO PELA COMUNIDADE DE UMA GRANDE HORTA COMUNITÁRIA.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/845/845_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE A COLOCAÇÃO DE MAIS BANCOS NO INTERIOR DA PRAÇA EUCLIDES ROMANINI.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/846/846_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE SAÚDE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONSTRUIR UM POSTO DE SAÚDE NO BAIRRO LAGOA SECA, COM ATENDIMENTO EM PERÍODO INTEGRAL, DUAS VEZES POR SEMANA.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/847/847_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROCEDA UMA COMPLETA LIMPEZA NAS RUAS E PINTURA DE GUIAS NOS BAIRROS JARDIM ADAMANTINA, JARDIM PRIMAVERA, JARDIM BRASIL E JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/848/848_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, OBJETIVANDO PROCEDER A TROCA DE TODOS OS BRAÇOS DAS LUMINÁRIAS POR BRAÇOS MAIS LONGOS DAS RUAS E AVENIDAS DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/849/849_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE AGRICULTURA, OBJETIVANDO PROCEDER, COM URGÊNCIA, A PODA DE TODAS AS ÁRVORES DO JARDIM BRASIL, PRINCIPALMENTE AS QUE ATRAPALHAM A ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/850/850_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, ESTUDAR A POSSIBILIDADE DE COLOCAR AS NOVAS LUMINÁRIAS EM VOLTA DA ESCOLA, ANTIGO CEFAM, IAMA E ÁREA DE LAZER NO JARDIM BRASIL, BEM COMO A TROCA DE TODAS AS LÂMPADAS QUEIMADAS DO BAIRRO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/851/851_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, O RECAPEAMENTO ASFÁLTICO NO FINAL DA RUA RIO DE JANEIRO, NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/852/852_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA COMISSÃO MUNICIPAL DE TRÂNSITO, OBJETIVANDO PROCEDER A DEMARCAÇÃO DE ESTACIONAMENTO PARA IDOSOS E DEFICIENTES EM TODAS AS QUADRAS DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/853/853_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SABESP, OBJETIVANDO PROCEDER CONSERTO NA AV. IPIRANGA, DE FRENTE AO NÚMERO 353, POIS NO LOCAL ABRIU UM ENORME BURACO EM RAZÃO DE SERVIÇOS REALIZADOS PELA REFERIDA EMPRESA.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/854/854_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL COMPETENTE PROCEDER A COLOCAÇÃO DE UMA LIXEIRA ATRÁS DA CHURRASCARIA DO GAÚCHO, LOCALIZADA NO TREVO PRINCIPAL DA CIDADE (PARQUE DO SOL).</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/855/855_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/856/856_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/857/857_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER A ILUMINAÇÃO PÚBLICA NA PRAÇA DO PARQUE RESIDENCIAL IGUAÇU.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/858/858_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROVIDÊNCIAS PARA A INSTALAÇÃO DE UM QUEBRA-MOLAS NA RUA MATO GROSSO, NO TRECHO ENTRE AS RUAS GOIÁS E SERGIPE.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/868/868_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS CONSTRUIR, COM URGÊNCIA, UMA COBERTURA NO PONTO DE ÔNIBUS LOCALIZADO NA AVENIDA CUNHA BUENO, PROXIMIDADE DO NUMERO 1253.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/869/869_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER O RECAPEAMENTO ASFÁLTICO DE TODAS AS RUAS DO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ENTENDIMENTOS COM A SECRETARIA MUNICIPAL DE ESPORTES E TURISMO, OBJETIVANDO INCLUIR OS ATLETAS PARTICIPANTES DAS ESCOLINHAS DE VÔLEI E BASQUETE NO PROGRAMA BOLSA TALENTO ESPORTIVO.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE BANCOS EM AMBOS OS LADOS DO PORTÃO DE ENTRADA DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS PARA EFETUAR A COBERTURA DAS BANCAS DA FEIRA LIVRE DA ESTAÇÃO SEM BOX.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A COLOCAÇÃO DE PLACA COM O NOME PRAÇA MÁRIO BÉRGAMO, NA CONFLUÊNCIA DAS RUAS MINAS GERAIS, ESPÍRITO SANTO E JASMINS, ENTRE O JARDIM BRASIL E A VILA JARDIM.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A POSSIBILIDADE DE CONSTRUIR PEQUENAS COBERTURAS PRÓXIMAS À PISTA DE CAMINHADA DO PARQUE DOS PIONEIROS, A FIM DE PROTEGER AS PESSOAS, PRINCIPALMENTE OS IDOSOS QUANDO ESTÃO CAMINHANDO E SÃO SURPREENDIDOS COM CHUVAS.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SETOR COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE INSTALAR A POSSIBILIDADE DE INSTALAR CÂMERAS DE SEGURANÇA NAS PRAÇAS E JARDINS PÚBLICOS DE NOSSA CIDADE, BEM COMO NO INTERIOR DO POLIESPORTIVO.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO, COLOCAR LUMINÁRIAS ATRÁS DA ANTIGA SAMBRA, PASSAGEM DE PEDESTRE NA LATERAL DA LINHA FÉRREA, ACESSO AO CAMPUS II DA FAI.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O SETOR COMPETENTE AGENDAR O NOME DA SENHORA TEREZA BORDINHÃO MICHELLI PARA DENOMINAR RUA E AVENIDA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA E ABASTECIMENTO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE EFETUAR PLANTIO DE ÁRVORES FRUTÍFERAS AO REDOR DO CÓRREGO CALDEIRA.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS ESTUDAR A POSSIBILIDADE DE CONSTRUIR ALGUNS &amp;#8220;QUIOSQUES&amp;#8221; NO PARQUE DOS PIONEIROS, PARA SER UTILIZADO PELOS VENDEDORES AMBULANTES.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A DIREÇÃO GERAL DA FAI, NO SENTIDO DE ADQUIRIR UMA ÁREA DE TERRA OBJETIVANDO CONSTRUIR CASAS AOS FUNCIONÁRIOS QUE NÃO POSSUEM IMÓVEIS PRÓPRIOS, PARCELANDO EM VÁRIOS ANOS, COM DESCONTO NA FOLHA DE PAGAMENTO.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER O ASFALTAMENTO DOS DOIS ÚLTIMOS QUARTEIRÕES DA RUA JOÃO LATINI, QUE VAI ATÉ A HORTA COMUNITÁRIA DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA E ABASTECIMENTO FAZER PLANTIO DE ÁRVORES FRUTÍFERAS NAS ENCOSTAS DE TODAS AS ESTRADAS RURAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS COM AS SECRETARIAS COMPETENTES, VISANDO DESAPROPRIAR, COM ENCARGOS, A ÁREA DE TERRA ONDE ESTÁ LOCALIZADA A ANTIGA SAMBRA, CONCEDENDO AO CDHU PARA A CONSTRUÇÃO DE CASAS POPULARES ÀS FAMÍLIAS DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE COLOCAR UM OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA RUA SANTA CATARINA, NO TRECHO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>Antonio Granado</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS VERIFICAR O CALÇAMENTO DO PARQUE DOS PIONEIROS EM TODA A SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE O DIRETOR MUNICIPAL DE TRÂNSITO, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONSTRUIR UM REDUTOR DE VELOCIDADE NA RUA FERNÃO DIAS, ENTRE AS RUAS UCILDO GRESPI E RAMÃO MARTINS.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS VISANDO A CONSTRUÇÃO DE UM VIADUTO NA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, ALTURA DO KM 591, NO SENTIDO DE INTERLIGAR AS ÁREAS INDUSTRIAL E COMERCIAL VALENTIM GATTI E A ÁREA COMERCIAL LUIZ STECHI, NA RUA CARLOS PEGORARO.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/913/913_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A TELEFÔNICA, OBJETIVANDO A INSTALAÇÃO DE UM TELEFONE COMUNITÁRIO (ORELHÃO) NA PARTE INTERNA DO ESTÁDIO MUNICIPAL ANTÔNIO GOULART MARMO.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/914/914_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A RETIRADA DE PLACA E PINTURA NA GUIA &amp;#8220;ESTACIONAMENTO PERMITIDO&amp;#8221; NA AV. ADHEMAR DE BARROS, ALTURA DO NÚMERO 120.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/915/915_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE AGENDAR O NOME DO SENHOR MÁRIO KAVAGUTI PARA DENOMINAR O POSTO DE SAÚDE DA FAMÍLIA, QUE ESTÁ SENDO CONSTRUÍDO NO BAIRRO ESTÂNCIA DORIGO.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/916/916_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA QUE PROCEDA, COM URGÊNCIA, A PODA DE TODAS AS ÁRVORES DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/917/917_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM RETOMADAS, COM URGÊNCIA, AS OBRAS DA CRECHE DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/918/918_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, SETOR DE ILUMINAÇÃO PÚBLICA, PROCEDER REPAROS NA ILUMINAÇÃO PÚBLICA DO BAIRRO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/919/919_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS E CONSERVAÇÃO DA RUA GERMANO MEIRA VASCONCELOS, POIS A MESMA ENCONTRA-SE TOMADA POR VÁRIOS BURACOS.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/920/920_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA E ABASTECIMENTO ESTUDAR A POSSIBILIDADE DE PROCEDER O REPLANTIO DA GRAMA DO CAMPO DE FUTEBOL DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/921/921_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SETOR COMPETENTE SEJAM COLOCADAS LIXEIRAS ECOLÓGICAS ESPECIAIS NO JARDIM BELA VISTA, PRIORIZANDO-SE OS LOCAIS DE MAIOR FLUXO E CONCENTRAÇÃO DE PESSOAS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/922/922_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIAR A INSTALAÇÃO DE UM BEBEDOURO NA PRAÇA DE ESPORTES DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/923/923_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS INCLUIR, NA SUA PROGRAMAÇÃO DE ASFALTAMENTO, A RUA ÂNGELO STAFUZZA, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE DESTINAR AO POSTO DE BOMBEIROS UMA DAS QUATRO AMBULÂNCIAS NOVAS RECENTEMENTE ADQUIRIDAS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>EDUARDO FIORILLO, Amaro Silvestre da Silva</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O RECAPEAMENTO ASFÁLTICO DA AV. XV DE NOVEMBRO, A PARTIR DO CRUZAMENTO COM A RUA DA LIBERDADE ATÉ A AV. SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE AR CONDICIONADO EM TODAS AS SALAS DO VELÓRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE CANALETÃO NA CONFLUÊNCIA DA RUA WALTER MASSAFERRO COM A RUA BIRIGUI, NO PARQUE CECAP.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A DISTRIBUIÇÃO DE PROTETORES SOLAR PARA OS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE TRABALHAM EXPOSTOS AO SOL.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/891/891_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER O SERVIÇO DE PATROLAMENTO, CASACALHAMENTO E ENSAIBRAMENTO NOS PONTOS CRÍTICOS DA ESTRADA 14.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/892/892_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER O SERVIÇO DE PATROLAMENTO, CASACALHAMENTO E ENSAIBRAMENTO NOS PONTOS CRÍTICOS DA ESTRADA 15.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/893/893_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER O SERVIÇO DE PATROLAMENTO, CASACALHAMENTO E ENSAIBRAMENTO NOS PONTOS CRÍTICOS DA ESTRADA DO BAIRRO CÓRREGO DA ONÇA.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/894/894_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER O SERVIÇO DE PATROLAMENTO, CASACALHAMENTO E ENSAIBRAMENTO NOS PONTOS CRÍTICOS DA ESTRADA DO BAIRRO TUCURUVI.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/924/924_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO PROCEDER A RECOLOCAÇÃO DE PLACA DENOMINATIVA NO INÍCIO DA VICINAL MOYSÉS JUSTINO DA SILVA, COM AS INDICAÇÕES PARA OS BAIRROS JARDIM BELA VISTA E PARA O MUNICÍPIO DE LUCÉLIA.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/925/925_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS NO ASFALTO DA AV. VITÓRIO ROMANINI, PROXIMIDADES DO NÚMERO 311, EM DECORRÊNCIA DA OPERAÇÃO TAPA-BURACOS NO REFERIDO LOCAL.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA CONTACTAR O TÉCNICO DE SEGURANÇA DO TRABALHO PARA ELABORAR UM LAUDO, A FIM DE VERIFICAR AS CONDIÇÕES DE TRABALHO DAS EDUCADORAS DAS EMEIS (ANTIGAS MONITORAS) POR ESTAREM SOLICITANDO A IGUALDADE NO RECEBIMENTO DO AUXÍLIO DE INSALUBRIDADE, O QUAL AS AUXILIARES DE DESENVOLVIMENTO INFANTIL RECEBEM NOS SEUS VENCIMENTOS, POR EFETUAREM PRATICAMENTE TAREFAS IDÊNTICAS.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/932/932_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SE DIGNE ANOTAR O NOME DO SR. PLÍNIO HONÓRIO PARA DENOMINAR VIA OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS E /OU CONJUNTOS HABITACIONAIS.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/933/933_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ELABORAÇÃO DE PROJETO DE LEI COMPLEMENTAR CONCEDENDO REVISÃO SALARIAL A TODOS OS SERVIDORES, FUNCIONÁRIOS, APOSENTADOS E PENSIONISTAS DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS, CONFORME PREVISTO NO ART. 37, INCISO X DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/934/934_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA O REBAIXAMENTO DE GUIAS EM FRENTE A ENTRADA PRINCIPAL DA SEDE DO ROTARY CLUB DE ADAMANTINA, SITO NA RUA PAUL HARRIS, A FIM DE FACILITAR O ACESSO DE DEFICIENTES, IDOSOS E CARRINHOS DE BEBÊS.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/935/935_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE OBSTÁCULO, TIPO LOMBADA, NA RUA CARLOS PEGORARO, ZONA COMERCIAL LUIZ STECHI, NA BAIXADA EXISTENTE ENTRE OS NÚMEROS 430 E 500, A FIM DE ALERTAR OS MOTORISTAS DE QUE DEVEM DIMINUIR A VELOCIDADE DOS VEÍCULOS PARA EVITAR POSSÍVEIS ACIDENTES.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/936/936_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DA SENHORA MARLI RIBEIRO PINTO PARA DENOMINAR RUA EM NOSSO MUNICÍPIO QUE AINDA NÃO POSSUI DENOMINAÇÃO.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/937/937_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AGENDAR O NOME DO SENHOR WAGNER CASAS GARCIA PARA DENOMINAR RUA EM NOSSO MUNICÍPIO QUE AINDA NÃO POSSUI DENOMINAÇÃO.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/938/938_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/939/939_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A FISCALIZAÇÃO EXTRAORDINÁRIA, COM O ESCOPO DE VERIFICAR A PRESENÇA DE CÃES SOLTOS NAS PRAÇAS E LOGRADOUROS PÚBLICOS, CONFORME TIPIFICADO NO ART. 135 DA LEI Nº 2.449, DE 14 DE DEZEMBRO DE 1992 (CÓDIGO DE POSTURAS DO MUNICÍPIO DE ADAMANTINA).</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/940/940_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A MANUTENÇÃO DA PASSARELA DE PEDESTRES DO PONTILHÃO SOBRE A LINHA FÉRREA, NA RUA JOAQUIM NABUCO.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/941/941_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INSERIR JUNTO ÀS PLACAS E PINTURAS EM POSTES COM OS NOMES DE RUAS, A NUMERAÇÃO DO PRIMEIRO E DO ÚLTIMO IMÓVEL REFERENTE AO QUARTEIRÃO, COM O ESCOPO DE FACILITAR A LOCALIZAÇÃO DE ENDEREÇOS.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/942/942_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À COMISSÃO MUNICIPAL DE TRÂNSITO ESTUDAR A POSSIBILIDADE DE AUMENTAR A QUANTIDADE DE ESTACIONAMENTO DE MOTOS E SIMILARES NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/943/943_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/944/944_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM O SECRETÁRIO MUNICIPAL DE SAÚDE JUNTAMENTE COM O PROVEDOR DA SANTA CASA, VISANDO ANGARIAR RECURSOS FINANCEIROS QUE POSSIBILITEM A INSTALAÇÃO DE TELEVISORES EM TODOS OS QUARTOS, PRINCIPALMENTE NAQUELES ONDE SÃO INTERNADOS OS PACIENTES ATENDIDOS PELO SUS &amp;#8211; SISTEMA ÚNICO DE SAÚDE.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/945/945_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO ESTUDAR A POSSIBILIDADE DE COLOCAR GUARDA NOTURNO E ILUMINAÇÃO EM NOSSO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/946/946_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTO COM A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE PERFURAR UM POÇO SEMI-ARTESIANO NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/947/947_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/948/948_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA COMPLETA LIMPEZA E APLICAÇÃO DE VENENO EM TODAS AS BOCAS-DE-LOBO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/949/949_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA COMPETENTE A COLOCAÇÃO DE OBSTÁCULO OU OUTRO REDUTOR DE VELOCIDADE NA AV. XV DE NOVEMBRO E NO JARDIM PAULISTA, EM FRENTE À CRECHE MUNICIPAL.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/950/950_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/951/951_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/952/952_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE PROMOVA ESTUDOS JUNTO À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, A FIM DE AGENDAR NA PROGRAMAÇÃO DE OBRAS, UMA COMPLETA REFORMA E AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/953/953_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTOS COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, VISANDO INCLUIR, NO CURRÍCULO ESCOLAR DAS ESCOLAS MUNICIPAIS, AULA DE EDUCAÇÃO DE TRÂNSITO PARA AS NOSSAS CRIANÇAS.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/954/954_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS CONSTRUIR UMA COBERTURA EM FRENTE DE TODAS AS ESCOLAS, POSTOS DE SAÚDE E SANTA CASA, A FIM DE PROTEGER AS PESSOAS E ALUNOS DA CHUVA E DO SOL ESCALDANTE.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/984/984_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA PRESIDENTA DO FUNDO DE SOLIDARIEDADE LOCAL, PROFª. ANA MARIA ROMANINI MICHELONI, QUE VIABILIZE UM ESPAÇO PARA &amp;#8220;RUA DE LAZER&amp;#8221; NO CENTRO DA CIDADE, NO PERÍODO DE 19 DE DEZEMBRO A 02 DE JANEIRO PRÓXIMO.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/985/985_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DE ESPORTES, RONALDO PEREIRA DUTRA, QUE A PREFEITURA VIABILIZE, DURANTE O PERÍODO DE 19 DE DEZEMBRO A 02 DE JANEIRO PRÓXIMO, AS SEGUINTES ATIVIDADES: 1 &amp;#8211; PEDESTRIANISMO; 2 &amp;#8211; CICLISMO; 3 &amp;#8211; CAMPEONATO DE XADREZ, DAMAS, DOMINÓ E TRUCO.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/986/986_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A MUNICIPALIDADE VIABILIZE A CESSÃO DE ÔNIBUS PARA O TRANSPORTE GRATUITO DE PESSOAS RESIDENTES NAS VILAS MAIS DISTANTES DO CENTRO DA CIDADE, ENTRE 19H E 22H, NAS PROXIMIDADES DO NATAL E DO ANO NOVO.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/987/987_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR SECRETÁRIO MUNICIPAL DA CULTURA, ACÁCIO ROCHA, QUE VIABILIZE A APRESENTAÇÃO DA NOSSA BANDA MARCIAL À NOITE, PERÍODO DE 19 DE DEZEMBRO A 5 DE JANEIRO PRÓXIMO.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/988/988_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SECRETÁRIO MUNICIPAL DA CULTURA, ACÁCIO ROCHA, QUE CONTATE, COM URGÊNCIA, A PROFª. VERA LÚCIA GODOY CAZU, DIRIGENTE REGIONAL DA EDUCAÇÃO, VISANDO À APRESENTAÇÃO DE CORAIS DE UES LIGADAS À DRE DE ADAMANTINA, DURANTE O PERÍODO PRÉ-NATALINO.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/989/989_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PROFª. IVONE GONÇALVES RAMOS, QUE A SECRETARIA MUNICIPAL DA PROMOÇÃO SOCIAL PROMOVA UMA AÇÃO COM O OBJETIVO DE ASSISTÊNCIA A PEDINTES QUE FREQÜENTEMENTE ESTÃO LOCALIZADOS NA ÁREA CENTRAL DA CIDADE. E QUE ESTA SECRETARIA TAMBÉM REALIZE O ADEQUADO ENCAMINHAMENTO DOS MESMOS.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/990/990_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/991/991_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE AUTORIZAR QUE O RECOLHIMENTO DE IMPOSTOS E TAXAS MUNICIPAIS POSSA SER EFETUADO POR TODOS OS ESTABELECIMENTOS BANCÁRIOS COM O OBJETIVO DE FACILITAR AO CONTRIBUINTE O CUMPRIMENTO DAS OBRIGAÇÕES FISCAIS, INCLUSIVE COM O DÉBITO EM CONTA.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/992/992_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA CONTATO COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, VISANDO DESTINAR, NO PRÓXIMO ANO LETIVO, UNIFORMES, TÊNIS E MATERIAIS ESCOLARES AOS ALUNOS DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/993/993_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR MUNICIPAL COMPETENTE VISANDO A COLOCAÇÃO DE MAIS LIXEIRAS NO INTERIOR DA FEIRA-LIVRE, PÁTIO DA ANTIGA FEPASA E PRAÇA PRESTES MAIA.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/994/994_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL RESPONSÁVEL PELA CONSERVAÇÃO E MANUTENÇÃO DO POLIESPORTIVO, VISANDO A COLOCAÇÃO DE BANCOS NO SEU INTERIOR, PRINCIPALMENTE NA PRAÇA DE ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/995/995_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ENTENDIMENTOS COM O SETOR DE ILUMINAÇÃO PÚBLICA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS, OBJETIVANDO MELHORAR A ILUMINAÇÃO DO TREVO PRINCIPAL DE ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/996/996_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTUDE JUNTO À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO DESAPROPRIAR ÁREA DE TERRA COM ENCARGOS PARA A CONSTRUÇÃO DE CASAS POPULARES DO PROGRAMA MINHA CASA MINHA VIDA PARA OS TRABALHADORES DE BAIXA RENDA QUE NÃO SE ENQUADRAM NOS FINANCIAMENTOS DA CAIXA FEDERAL.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/997/997_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROCEDER A COLOCAÇÃO DE MAIS BANCOS NA PRAÇA PRESTES MAIA, BEM COMO A COLOCAÇÃO DE CÂMERAS DE SEGURANÇA, A FIM DE DIFICULTAR AÇÃO DOS VÂNDALOS NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/998/998_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE PROCEDER VISITA NA CRECHE PEQUENO POLEGAR PARA AVERIGUAÇÃO SOBRE O APARECIMENTO DE ESCORPIÕES NO QUINTAL DA CRECHE, A FIM DE EVITAR A SUA PROLIFERAÇÃO.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/999/999_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE ESPORTES QUE CONTATE A ASSOCIAÇÃO DOS MORADORES DO JARDIM BRASIL VISANDO DAR INÍCIO, EM JANEIRO DE 2012, ÀS ESCOLINHAS DE FUTEBOL DO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE PROMOÇÃO SOCIAL PROCEDER UM LEVANTAMENTO MINUCIOSO PARA CADASTRAR TODAS AS FAMÍLIAS EXTREMAMENTE CARENTES RESIDENTE NO JARDIM BRASIL, A FIM DE FACILITAR O TRABALHO DAS ASSOCIAÇÕES BENEFICENTES.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA EFETUAR UMA COMPLETA LIMPEZA NO TERRENO DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER, COM URGÊNCIA, OPERAÇÃO TAPA-BURACOS NA RUA PARANÁ, ENTRE AS RUAS GOIÁS E SERGIPE.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE SAÚDE PROMOVER UM MUTIRÃO DA SAÚDE NO JARDIM BRASIL COM A REALIZAÇÃO DE EXAMES DE DIABETES, COLESTEROL, AFERIÇÃO DE PRESSÃO E OUTROS.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR RESPONSÁVEL A POSSIBILIDADE DE RECONSTRUIR UMA COBERTURA COM BANCO QUE EXISTIA NO PONTO DE TÁXI LOCALIZADO NA RUA DEPUTADO SALLES FILHO, ESQUINA COM A AV. RIO BRANCO.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS INCLUIR, NA SUA PROGRAMAÇÃO DE SERVIÇOS, O ASFALTAMENTO DO PROLONGAMENTO DA AV. FRANCISCO BELLUSCI ATÉ O SEU FINAL, PROXIMIDADES DA EMPRESA TRELIART.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE AGENDAR O NOME DO MONSENHOR LUSO DA CUNHA LORNAS, A FIM DE DENOMINAR RUAS OU AVENIDAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM BUSTO E DE UMA PLACA COM A BIOGRAFIA DO EX-PREFEITO ÉLIO MICHELONI, NA RESPECTIVA PRAÇA QUE LEVA O SEU NOME.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM BUSTO E DE UMA PLACA COM A BIOGRAFIA DO EX-PREFEITO EUCLIDES ROMANINI, NA RESPECTIVA PRAÇA QUE LEVA O SEU NOME.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROMOVER ESTUDOS COM O ESCOPO DE SE CRIAR CARGO DE PORTEIRO OU CONTROLADOR DE ACESSO PARA ATENDER AS ESCOLAS DE COMPETÊNCIA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A LIMPEZA DOS BUEIROS E BOCAS-DE-LOBO DE NOSSA CIDADE, HAJA VISTA A CHEGADA DO PERÍODO DAS ÁGUAS.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A INSTALAÇÃO DE UM MONUMENTO NO PARQUE DOS PIONEIROS COM OS NOMES DE TODOS OS PIONEIROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER REPAROS NA RUA MARÍLIA, ESQUINA COM A AL. ARMANDO SALLES DE OLIVEIRA, VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO DIRETOR MUNICIPAL DE TRÂNSITO QUE ESTUDE A POSSIBILIDADE DE COLOCAR MAIS UM REDUTOR DE VELOCIDADE NA AV. FRANCISCO BELLUSCI.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE AGENDAR O NOME DO SENHOR JOÃO PADOAM, PARA DENOMINAR RUAS E AVENIDAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER UMA OPERAÇÃO TAPA-BURACOS, VISANDO MELHORAR O ESTADO DE CONSERVAÇÃO DA ESTRADA VICINAL QUE LIGA O BAIRRO TUCURUVI ATÉ A PROPRIEDADE DO BACHEGA, DIVISA COM O MUNICÍPIO DE FLÓRIDA PAULISTA.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER MANUTENÇÃO NO FINAL DA AL. PADRE NÓBREGA, APÓS A PONTE QUE NÃO FOI PAVIMENTADA JUNTO COM A INFRAESTRUTURA DO LOTEAMENTO.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PROCEDER A CONSTRUÇÃO DE UM PEQUENO BANHEIRO NO PARQUE DOS PIONEIROS PARA OS IDOSOS, PRÓXIMO À ACADEMIA DA 3ª IDADE.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA DE ASSISTÊNCIA E PROMOÇÃO SOCIAL DO MUNICÍPIO PROMOVER AÇÕES NO SENTIDO DE ADQUIRIR OU CONFECCIONAR FRALDAS, A FIM DE ATENDER AS FAMÍLIAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR RESPONSÁVEL A CONSTRUÇÃO DE UM QUEBRA-MOLAS NA RUA MIGUEL VEIGA, EM FRENTE À CRECHE RAIO DE SOL, A FIM DE COIBIR O EXCESSO DE VELOCIDADE PRATICADA NO LOCAL.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A SECRETARIA ESTADUAL COMPETENTE, OBJETIVANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, A FUNDO PERDIDO, PARA SER APLICADO EM REFORMA DE CASAS ÀS FAMÍLIAS EXTREMAMENTE CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO ESTUDAR A POSSIBILIDADE DE CONSTRUIR, EM PARCERIA COM OS MORADORES, UMA QUADRA DE AREIA NO CONJUNTO HABITACIONAL AZALÉIA.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE AO SETOR COMPETENTE ADQUIRIR UM APARELHO DE TV PARA SER INSTALADO NO REFEITÓRIO DO ALMOXARIFADO MUNICIPAL.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL DE AGRICULTURA, RESPONSÁVEL PELA MANUTENÇÃO E CONSERVAÇÃO DA PRAÇA ÉLIO MICHELONI, ESTUDAR A POSSIBILIDADE DE COLOCAR MAIS LIXEIRAS NO INTERIOR DA REFERIDA PRAÇA.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE DETERMINE À SECRETARIA MUNICIPAL COMPETENTE ESTUDAR A POSSIBILIDADE DE CONSTRUIR UMA QUADRA NA ÁREA DE LAZER DO BAIRRO JARDIM BELA VISTA, PARA A PRÁTICA DE FUTSAL E BASQUETE.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ESTA MUNICIPALIDADE NÃO PRATIQUE NENHUMA CORREÇÃO OU REAJUSTE EM RELAÇÃO AOS IMPOSTOS PREDIAL, TERRITORIAL URBANO E À TAXA DE LIMPEZA PÚBLICA A SEREM PAGOS EM 2012.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE ENCAMINHE, COM URGÊNCIA, PROJETO DE LEI A ESTA CASA DESTINANDO SUBVENÇÃO À CLÍNICA DE REPOUSO NOSSO LAR NO VALOR DE R$ 100 MIL.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE CONTATE A PROFª. IVONE RAMOS, OBJETIVANDO A AQUISIÇÃO DE BRINQUEDOS E DE LITERATURA INFANTIL A SEREM DESTINADOS PELA SECRETARIA MUNICIPAL DE PROMOÇÃO SOCIAL ÀS SEGUINTES ENTIDADES: IAMA, SOS BOMBEIROS &amp;#8211; MADRE CLÉLIA, LAR DAS MENINAS, APAE, IAMA, RAIO DE SOL, CASA DO GAROTO E PROJETO ASA.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DIRETOR GERAL DA FAI, PROF. DR. MÁRCIO CARDIM QUE, SE ENTENDIDO POSSÍVEL E RACIONAL, A INSTITUIÇÃO VIABILIZE AS SEGUINTES AÇÕES: 1 &amp;#8211; FUNCIONAMENTO DE LABORATÓRIO DE ANÁLISE DE SOLO, OTIMIZANDO, POR CONSEQÜÊNCIA, A QUALIDADE DO CURSO DE AGRONOMIA; 2 &amp;#8211; FUNCIONAMENTO DO 1º TERMO DOS CURSOS DE MATEMÁTICA, LETRAS, HISTÓRIA, GEOGRAFIA E GERONTOLOGIA; 3 &amp;#8211; REATIVAÇÃO DO &amp;#8220;JORNAL DA FAI&amp;#8221;; 4 &amp;#8211; REATIVAÇÃO DA LIVRARIA; 5 &amp;#8211; AQUISIÇÃO DE ÔNIBUS PARA O TRANSPORTE DE ALUNOS A EVENTOS CIENTÍFICOS, CULTURAIS E PEDAGÓGICOS; 6 &amp;#8211; AQUISIÇÃO DE NOVOS ACERVOS DE LIVROS PARA A BIBLIOTECA, CONSULTANDO-SE OS COORDENADORES PARA A SELEÇÃO DE TÍTULOS; 7 &amp;#8211; AUMENTO DO NÚMERO DE BOLSAS-FAMÍLIA.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETÁRIA MUNICIPAL DA ADMINISTRAÇÃO, VERA LÚCIA FIORILLO CABRERA, PROVIDÊNCIAS NECESSÁRIAS VISANDO A CONCESSÃO, A PARTIR DE 1º DE DEZEMBRO CORRENTE, DO VALE-ALIMENTAÇÃO AOS MEMBROS DO CONSELHO TUTELAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA MUNICIPAL DE EDUCAÇÃO SEJAM, COM A MAIOR URGÊNCIA POSSÍVEL, VIABILIZADAS AS SEGUINTES AÇÕES: 1 &amp;#8211; REFORMA COMPLETA, INCLUINDO COBERTURA E CONSTRUÇÃO DE VESTIÁRIOS E BEBEDOURO DA QUADRA DE ESPORTES DA ESCOLA NAVARRO DE ANDRADE; 2 &amp;#8211; AQUISIÇÃO DE, NO MÍNIMO, 4000 LIVROS DE LITERATURA INFANTIL, CUJOS TÍTULOS DEVEM SER SUGERIDOS PELOS PROFESSORES E COORDENADORES PEDAGÓGICOS, PARA ENRIQUECIMENTO DAS BIBLIOTECAS DAS ESCOLAS TERUYO KIKUTA, EURICO LEITE DE MORAES E NAVARRO DE ANDRADE; 3 &amp;#8211; REESTRUTURAÇÃO SALARIAL DA CARREIRA DE PROFESSOR MUNICIPAL E ALTERAÇÃO DO ESTATUTO DO MAGISTÉRIO, COM A PARTICIPAÇÃO DE PROFESSORES, DIRETORES E COORDENADORES PEDAGÓGICOS NO RESPECTIVO PROCESSO DE DISCUSSÃO. 4 &amp;#8211; AQUISIÇÃO DE 2000 BRINQUEDOS PARA TODAS AS EMEIS &amp;#8211; I E II.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE A SECRETARIA MUNICIPAL DE AGRICULTURA VIABILIZE A NECESSÁRIA REFORMA NA PRAÇA JOSÉ PARRILA, MELHORIA HÁ TEMPOS NECESSÁRIA E, HÁ MAIS DE 6 MESES, PROGRAMADA PARA SER REALIZADA.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA PROCEDER A COBERTURA DO PONTO DE ÔNIBUS LOCALIZADO EM FRENTE DA PADARIA SUPREMA, NA VILA INDUSTRIAL.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE ORGANIZAR O DEPARTAMENTO DE INDÚSTRIA E COMÉRCIO, COMO PARTE DA ESTRUTURA ADMINISTRATIVA DA LEI COMPLEMENTAR Nº 187/11.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A ELABORAÇÃO DO GUIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJAM AGILIZADAS AS PROVIDÊNCIAS PARA CONTRATAÇÃO DE AUXILIARES DE ENFERMAGEM E PSICÓLOGOS.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SE DIGNE ANOTAR O NOME DO SR. JAIR RODRIGUES DE OLIVEIRA PARA DENOMINAR RUA OU LOGRADOURO PÚBLICO DE NOVOS LOTEAMENTOS.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/789/789_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PROFESSOR DINIZ PARÚSSOLO MARTINS PELAS CONQUISTAS LIDERADAS POR ELE AO LONGO DOS 11 ANOS EM QUE PRESIDIU A DIREÇÃO DA APAE, PERÍODO 1999-2010.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/790/790_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS 9ª EDIÇÃO DA COPA UNIPEDRAS DE FUTSAL.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO JOVEM FERNANDO HENRIQUE PEREIRA, PELA CONQUISTA DO CAMPEONATO DE B. BOYS, REALIZADO NA CIDADE DE DRACENA.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO ADAMANTINENSE PAULO ROBERTO GRASSI, GERENTE TITULAR DA AGÊNCIA DO HSBC &amp;#8211; BANK BRASIL S/A DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/678/678_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SR. EDSON IWAO MATSUDA, RENOMADO JUIZ DE RODEIO E ORGANIZADOR POR VÁRIOS ANOS DA TRADICIONAL FESTA DO PEÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO DEPARTAMENTO DE ATLETISMO DA ASSOCIAÇÃO CULTURAL, RECREATIVA E ESPORTIVA DE ADAMANTINA - ACREA, PELA REALIZAÇÃO DO 41º SHINZEN TAIKAI.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/679/679_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO SENHOR JAIR CABRAL COUTINHO, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA SOCIAL E CULTURAL DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/791/791_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À CAMDA.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/792/792_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AOS PESQUISADORES DR. JOSÉ CARLOS CAVICHIOLLI, DIRETOR DO REFERIDO PÓLO, DENILSON BURKERT, AUGUSTO ZONTA, FERNANDO TAKAYUKI, MAURICIO DOMINGOS NASSER E FRANCISCO SEIITI KASSAY.(APTA)</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PODER JUDICIÁRIO DE ADAMANTINA PELO PROJETO DENOMINADO SUSTENTABILIDADE HUMANA - MÃES ESPECIAIS, PROMO-VIDO NA SEMANA QUE ANTECEDEU O DIA DAS MÃES.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/681/681_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO JORNAL DIÁRIO DO OESTE PELOS 45 ANOS DE EXISTÊNCIA, 12 DOS QUAIS SOB A DIREÇÃO DO CASAL ANTÔNIO VÍTOR E CLEONICE M. PASCHOALOTO VÍTOR.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/793/793_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO CONSEG.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/680/680_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO ILUSTRÍSSIMO SENHOR EDVALDO FRASSON TEIXEIRA, PELA SUA INESTIMÁVEL COLABORAÇÃO EM PROL DAS ENTIDADES ASSISTENCIAIS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/794/794_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO ESCRITÓRIO GRABOSKI ADVOGADOS ASSOCIADOS POSSUI 10 ANOS DE EXPERIÊNCIA COM RECONHECIDA ATUAÇÃO EM DIREITO ADMINISTRATIVO.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/795/795_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO ROTARY CLUB A NOTÓRIA CONTRIBUIÇÃO ÀS COMUNIDADES LOCAL, BRASILEIRA E INTERNACIONAL.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/796/796_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PRODUTOR HIROSHI KARIMATA, SÍMBOLO DO EMPREENDEDORISMO AGRÍCOLA LOCAL E REGIONAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS AO PASTOR ARISTEU DA SILVA, PRESIDENTE DA IGREJA ASSEMBLÉIA DE DEUS &amp;#8211; MINISTÉRIO DO BELÉM, CAMPO DE ADAMANTINA, PELO TRABALHO QUE VEM DESENVOLVENDO À FRENTE DA MENCIONADA IGREJA NA PARTE ESPIRITUAL E SOCIAL.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/927/927_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES E APLAUSOS À FISIOTERAPEUTA MARINA EMED JACINTO, PELA INAUGURAÇÃO DE SUA ACADEMIA ESPAÇO VIP.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA, EXERCÍCIO 2008&amp;#8221;_x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;DISPÕE SOBRE A APRECIAÇÃO DAS CONTAS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA EXERCÍCIO 2009&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/955/955_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>"CONCEDE AO ILUSTRÍSSIMO SENHOR ALDO CAVICHIOLI O TÍTULO DE CIDADÃO ADAMANTINENSE."</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>PRELO</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>Prefeito do Município</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/930/930_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 185 DA LEI ORGÂNICA DO MUNICÍPIO."</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mesa da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A REVISÃO DOS VENCIMENTOS, SALÁRIOS, SUBSÍDIOS, PROVENTOS E PENSÕES DOS SERVIDORES PÚBLICOS, INATIVOS, PENSIONISTAS E VEREADORES DA CÂMARA MUNICIPAL DE ADAMANTINA E DÁ OUTRAS PRO-VIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;CONCEDE AOS SERVIDORES E FUNCIONÁRIOS DA CÂMARA MUNICIPAL O VALE ALIMENTAÇÃO.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA DALL&amp;#8217;ÁQUA COMÉRCIO DE PRODUTOS ALIMENTÍCIOS LTDA.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA OFICINA PARA TRATORES J. M. LTDA. EPP.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO ALIENAR, POR DOAÇÃO, A FAZENDA PÚBLICA DO ESTADO DE SÃO PAULO, O IMÓVEL QUE ESPECIFICA, DESTINADO A INSTALAÇÃO DE SEDE PRÓPRIA DO INSTITUTO MÉDICO LEGAL - IML E INSTITUTO DE CRIMINALÍSTICA".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO DA LEI COMPLEMENTAR Nº 73, DE 26 DE DEZEMBRO DE 2005, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE USO DE IMÓVEL URBANO À EMPRESA BISCOITO PORTO ALEGRE".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DO ANEXO III DA LEI COMPLEMENTAR Nº 94, DE 22 DE NOVEMBRO DE 2007 - LEI DO MAGISTÉRIO, PLANO DE CARGOS E SALÁRIOS E A PROMOÇÃO HORIZONTAL DO MAGISTÉRIO MUNICIPAL DE ADAMANTINA".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REGULAMENTAÇÃO DO EXERCÍCIO DA FUNÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE, AMPLIA O NÚMERO DE EMPREGOS E REVOGA A LEI COMPLEMENTAR Nº 90, DE 18 DE JULHO DE 2007."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ANEXOS I, II, III, IV E V DA LEI Nº 2.289, DE 30 DE JULHO DE 1990 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ATRIBUIÇÃO DE GRATIFICAÇÃO DE FUNÇÃO PARA SERVIDORES QUE DESEMPENHAM ATIVIDADES DE SUPORTE AO DEPARTAMENTO DE LICITAÇÕES."</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/863/863_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE ALTERAÇÃO NO ANEXO II &amp;#8211; ESCALA DE VENCIMENTOS DOS EMPREGOS PÚBLICOS DE PROVIMENTO EFETIVO E DE PROVIMENTO EM COMISSÃO REGIDO PELA CLT DA LEI Nº 2.714, DE 16/05/97, ALTERADA PELAS LEIS COMPLEMENTARES NºS 16, DE 19/05/1997, 37, DE 15/03/2001, 40, DE 28/12/2001, 48, DE 28/02/2003, 67, DE 01/06/2005 E 95, DE 06/12/2007 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/864/864_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA ENG-VITA ENGENHARIA E ASSESSORAMENTO TÉCNICO S/S LTDA."</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/865/865_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA CONSTRUTORA CAMPOS &amp; MENDONÇA LTDA - ME."</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/866/866_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA QUE O CHEFE DO PODER EXECUTIVO POSSA OUTORGAR CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À EMPRESA ALTAIR MOREIRA DOS SANTOS ME."</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ANEXO II DA LEI COMPLEMENTAR 94 DE 22 DE NOVEMBRO DE 2007 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ANEXOS I, II, III, IV, V E VI DA LEI Nº 2.289, DE 30 DE JULHO DE 1990 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE PERMUTA DE ÁREAS QUE ESPECÍFICA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOUROS PÚBLICOS DO RESIDENCIAL NOVO HORIZONTE&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE NOTIFICAÇÃO DOS CASOS DE VIOLÊNCIA CONTRA O IDOSO E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS NO MUNICÍPIO DE ADAMANTINA, E DÁ PROVIDÊNCIAS CORRELATAS".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DISPONIBILIZAÇÃO DE CADEIRAS DE RODAS NAS AGÊNCIAS BANCÁRIAS DE ADAMANTINA&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A INSTALAÇÃO DE GUARDA-VOLUMES NOS ESTABELECIMENTOS BANCÁRIOS DO MUNICÍPIO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO DO RESIDENCIAL NOVO HORIZONTE.&amp;#8221;</t>
   </si>
   <si>
     <t>LUIZ CARLOS GALVÃO, Amaro Silvestre da Silva, Rudimar Bueno Soares</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DECLARA DE UTILIDADE PÚBLICA O GRUPO DE CAPOEIRA FILHOS DA BARRA.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;RESERVA NOS PROGRAMAS HABITACIONAIS POPULARES COTA DE UNIDADES PARA IDOSOS&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INSTITUI O DIA MUNICIPAL DE PREVENÇÃO E COMBATE À HIPERTENSÃO ARTERIAL E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/867/867_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;EXIGE, NOS ESTABELECIMENTOS QUE ESPECIFICA, RECIPIENTE PARA COLETA DE LÂMPADAS FLUORESCENTES INSERVÍVEIS&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR À IRMANDADE DE SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, SOB A FORMA DE SUBVENÇÃO SOCIAL, RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DE SAÚDE.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.469, DE 27 DE JUNHO DE 2011, QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO RECEBER EM DOAÇÃO ÁREA DE TERRA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.470, DE 27 DE JUNHO DE 2011, QUE DISPÕE SOBRE A AUTORIZAÇÃO PARA O CHEFE DO PODER EXECUTIVO RECEBER EM DOAÇÃO ÁREA DE TERRA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO MUNICIPAL CELEBRAR TERMOS DE CONVÊNIO E DE ADITAMENTOS COM O ESTADO DE SÃO PAULO, ATRAVÉS DA SECRETARIA DE ESTADO DE AGRICULTURA E ABASTECIMENTO".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR À APAE - ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS, RECURSO FINANCEIRO, SOB A FORMA DE AUXÍLIO, DESTINADO AO CENTRO DE EQUOTERAPIA".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A OBRIGATORIEDADE DE DEMARCAÇÃO, PELOS POSTOS DE SERVIÇOS E DE ABASTECIMENTO DE COMBUSTÍVEIS, DE FAIXA PARA PASSAGEM DE PEDESTRES NAS CALÇADAS.&amp;#8221;</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DA REDAÇÃO DO ARTIGO 10 DA LEI Nº 3.369, DE 14 DE SETEMBRO DE 2009, QUE DISPÕE SOBRE LOTEAMENTOS FECHADOS NO MUNICÍPIO".</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DA DA JUNTA ADMINISTRATIVA DE RECURSOS DE INFRAÇÃO - JARI E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CRIAÇÃO DO FUNDO MUNICIPAL DE TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR A APPRAR - ASSOCIAÇÃO PASSIFLORA   DOS PRODUTORES DE RURAIS DE ADAMANTINA, RECURSOS FINANCEIROS, SOB FORMA DE AUXÍLIO."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A COLETA E DESTINAÇÃO DE DEJETOS DE ANIMAIS DOMÉSTICOS NOS LOGRADOUROS PÚBLICOS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA OS ARTIGOS 1º  E 2º DA LEI Nº 3.277 DE 12 DE DEZEMBRO DE 2007 QUE AUTORIZA O DIRETOR GERAL DA FAI A CONCEDER BOLSAS DE ESTUDOS INTEGRAIS NOS CURSOS DE GRADUAÇÃO PARA OS SERVIDORES PÚBLICOS ATIVOS PERTENCENTES AOS QUADROS PERMANENTES DA FAI, DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA, DA CÂMARA MUNICIPAL E DA EMPRESA DE DESENVOLVIMENTO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ALTERA A REDAÇÃO DO ART. 1º DA LEI Nº 3.124, DE 08 DE ABRIL DE 2005, QUE DISPÕE SOBRE A CONCESSÃO DE BOLSAS DE ESTUDOS A ALUNOS DA FAI - FACULDADES ADAMANTINENSES INTEGRADAS."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ALTERAÇÃO DO ART. 8º DA LEI Nº 3.125, DE 08 DE ABRIL DE 2005, QUE REGULAMENTA O ESTÁGIO DOS ALUNOS DA FAI - FACULDADES ADAMANTINENSES INTEGRADAS, NO ÂMBITO DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE ADAMANTINA, E CRIA O ESTÁGIO SOCIAL."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REALIZAR A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL."</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE TAXAS DE INSCRIÇÃO PARA CONCURSO PÚBLICO MUNICIPAL PARA CANDIDATOS DESEMPREGADOS.&amp;#8221;</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO NO ARTIGO 4º, PARÁGRAFO 2º DA LEI Nº 2.794 DE 17 DE MARÇO DE 1998."</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/859/859_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REORGANIZAÇÃO DO SISTEMA MUNICIPAL DE ENSINO DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/860/860_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA A RECEBER, MEDIANTE REPASSE EFETUADO PELO GOVERNO DE ESTADO DE SÃO PAULO, RECURSOS FINANCEIROS A FUNDO PERDIDO."</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/861/861_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTIMA E RECEITA E FIXA A DESPESA DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA PARA O EXERCÍCIO DE 2012."</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/862/862_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CONCESSÃO DE SUBVENÇÕES E CONTRIBUIÇÕES."</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE PRAÇA NO PARQUE RESIDENCIAL TANGARÁ."</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DA ESCOLA MUNICIPAL DE ENSINO INFANTIL DO PARQUE ITAIPUS."</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DENOMINAÇÃO DE LOGRADOURO PÚBLICO E PROLOGAMENTO DA RUA JOSÉ BECHARA."</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/931/931_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOGAÇÃO DA LEI Nº 3.478, DE 07 DE JULHO DE 2011, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR A ASSOCIAÇÃO ANTIALCOÓLICA DE ADAMANTINA, RECURSOS FINANCEIROS, SOB A FORMA DE AUXÍLIO."</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/980/980_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE OS SUBSÍDIOS DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS PARA O MANDATO REFERENTE AO PERÍODO DE 2013 À 2016."</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/981/981_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;FIXA O SUBSÍDIO DOS VEREADORES PARA A 16ª LEGISLATURA - 2013/2016.&amp;#8221;</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/982/982_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ART. 4º DA LEI Nº 3.025, DE 11 DE NOVEMBRO DE 2002, QUE DISPÕE SOBRE A DENOMINAÇÃO DE PRÓPRIOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO DO PARQUE DOS LAGOS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DO POSTO DE SAÚDE DO JARDIM BRASIL."</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI 238/53 E SUAS ALTERAÇÕES, QUE DISPÕEM SOBRE ADICIONAL PARA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA A PREFEITURA DO MUNICÍPIO DE ADAMANTINA REPASSAR À IRMANDADE DE SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, SOB A FORMA DE SUBVENÇÃO SOCIAL, RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DE SAÚDE."</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI Nº 3.418, DE 07 DE JULHO DE 2011, QUE DISPÕE SOBRE O TRATAMENTO DIFERENCIADO ÀS MICROEMPRESAS (ME), EMPRESAS DE PEQUENO PORTE (EPP) E MICROEMPREENDEDOR INDIVIDUAL (MEI) DE QUE TRATA A LEI COMPLEMENTAR FEDERAL Nº 123/2006 E SUAS ALTERAÇÕES, EM ÂMBITO MUNICIPAL."</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AUTORIZAÇÃO PARA O PODER EXECUTIVO CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS EXCEPCIONAIS DE ADAMANTINA PARA A REALIZAÇÃO DE AÇÕES CONSIDERADAS COMO DE MANUTENÇÃO E DESENVOLVIMENTO DO ENSINO - MDE, MEDIANTE REPASSE DE RECURSOS DO FUNDEB - FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO."</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1071/1071_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1071/1071_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REVOGA A LEI MUNICIPAL Nº 3.237, DE 04 DE ABRIL DE 2007 E DÁ OUTRAS PROVIDÊNCIAS.&amp;#8221;</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1072/1072_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1072/1072_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;DENOMINA A UPA &amp;#8211; UNIDADE DE PRONTO ATENDIMENTO, DE DR. JOÃO SALVI.&amp;#8221;</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/928/928_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> &amp;#8220;CONCEDE LICENÇA AO VEREADOR LUIZ CARLOS GALVÃO.&amp;#8221;</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/929/929_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;PRORROGA LICENÇA AO VEREADOR LUIZ CARLOS GALVÃO.&amp;#8221;</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/507/507_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO ALCKMIN, VISANDO ELABORAR, COM URGÊNCIA, PROJETO QUE VISA INSTALAR, EM NOSSA REGIÃO, MAIS PRECISAMENTE EM ADAMANTINA, O HOSPITAL REGIONAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/508/508_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO GOVERNADOR DO ESTADO DE SÃO PAULO, GERALDO ALCKMIN, VISANDO AGILIZAR A PROGRAMAÇÃO DA CONSTRUÇÃO E ADEQUAÇÃO DA DUPLICAÇÃO DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, NO TRECHO PARAPUÃ ATÉ TUPI PAULISTA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/509/509_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, OBJETIVANDO APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO VISANDO DESTINAR, AO NOSSO MUNICÍPIO, RECURSOS NO VALOR DE R$ 500 MIL REAIS PARA SER CONTRUÍDO UM NOVO GINÁSIO DE ESPORTES NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/510/510_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, OBJETIVANDO APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO VISANDO DESTINAR, AO NOSSO MUNICÍPIO, RECURSOS NO VALOR DE R$ 150 MIL REAIS PARA COMPRA DE UM TRATOR PARA O SINDICATO DOS TRABALHADORES RURAIS.</t>
   </si>
   <si>
     <t>FÁBIO ROBERTO AMADIO, Cleusa Marquetti Francisco</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/511/511_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ALGUMAS INFORMAÇÕES SOBRE QUAL ESTÁGIO SE ENCONTRA ALGUMAS EMENDAS, FRUTOS DA NOSSA SOLICITAÇÃO JUNTO AO GOVERNO FEDERAL E EMPENHADAS NO ANO DE 2010.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/512/512_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA FIRMADO CONVÊNIO COM O MINISTÉRIO DO DESENVOLVIMENTO, INDÚSTRIA E COMÉRCIO EXTERIOR, COM OBJETIVO DE LOGRAR APOIO PARA A CONSTRUÇÃO DE BARRACÃO INDUSTRIAL, PARA A INSTALAÇÃO FÍSICA E O DESENVOLVIMENTO DE MICROS, PEQUENOS E MÉDIOS EMPREENDIMENTOS ORGANIZADOS EM APLS (ARRANJOS PRODUTIVOS LOCAIS) E/OU DISPONIBILIZAÇÃO A ESSES EMPREENDEDORES LOCAIS, DE UM CENTRO DE SERVIÇOS VOLTADOS ÀS ATIVIDADES PRODUTIVAS CARACTERÍSTICAS DA REGIÃO, COM VISTAS À GERAÇÃO DE EMPREGO E RENDA, REDUÇÃO DAS DESIGUALDADES REGIONAIS E DESENVOLVIMENTO LOCAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/513/513_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXECUTIVO LOCAL A SEGUINTE INFORMAÇÃO: - POR QUE, HÁ MAIS DE UM ANO, NÃO FOI CONCLUÍDA A REFORMA DA QUADRA DE ESPORTES DA ESCOLA EURICO LEITE DE MORAES, NO JARDIM ADAMANTINA?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/514/514_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA INFORMADO O SR. ADAUTO BUENO DE OLIVEIRA, DIRETOR REGIONAL DA SABESP, DE QUE A ÁGUA QUE CHEGA AO JARDIM BELA VISTA, SEGUNDO OS MORADORES DESTA LOCALIDADE, NÃO POSSUI PRESSÃO SUFICIENTE CAPAZ DE POSSIBILITAR SERVIÇOS BÁSICOS COMO LAVAR UM CÔMODO, REGAR PLANTAS, ENCHER DEPÓSITOS, ETC.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/515/515_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOÍSIO NUNES, INTERFERÊNCIA NO GOVERNO PAULISTA, VISANDO A QUE SEJAM, VIA EMENDA DE BANCADA, ÁREA DA SAÚDE, DESTINADOS 300 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS MÉDICO-HOSPITALARES A SEREM UTILIZADOS PELA SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/516/516_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETARIA DE AGRICULTURA E MEIO AMBIENTE, VISANDO ELABORAR ESTUDOS PARA IMPLANTAÇÃO DE PROJETO DE ARBORIZAÇÃO DAS MARGENS DO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/517/517_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA NA LIBERAÇÃO DE EMENDAS PARLAMENTARES APRESENTADAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/518/518_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À PRESIDENTA DO FUNDO SOCIAL DE SOLIDARIEDADE DO ESTADO DE SÃO PAULO, SOLICITANDO A DESTINAÇÃO DE UMA MÁQUINA DE CONFECCIONAR FRALDAS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/519/519_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETARIA ESTADUAL COMPETENTE, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER UTILIZADO NA RECUPERAÇÃO DA MALHA ASFÁLTICA DE VÁRIAS RUAS EM BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO MINISTÉRIO DO TURISMO, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 1.000.000,00 (UM MILHÃO DE REAIS), VISANDO A CONSTRUÇÃO DO NOSSO BALNEÁRIO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES PEREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA A NOSSA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/522/522_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES PEREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA COMPRA DE UM MICRO ÔNIBUS PARA A CLINICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/523/523_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL AFONSO LOBATO, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 100.000,00 PARA AQUISIÇÃO DE UMA PERUA KOMBI 0KM PARA O IAMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/524/524_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL CAMILO GAVA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA A APAE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/525/525_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL CHICO SARDELLI, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 100.000,00 PARA REFORMA DA PRAÇA DE ESPORTE DA VILA JOAQUINA (CAMPO DO MARROCO).</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/526/526_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL FELICIANO FILHO, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 100.000,00 PARA AQUISIÇÃO DE UMA PERUA KOMBI 0KM PARA A CASA DO GAROTO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/527/527_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL GUILHERME MUSSI, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 QUE SERÁ DESTINADO EM OBRAS DE INFRA-ESTRUTURA NO JARDIM BRASIL, MAIS PRECISAMENTE, NA RUA PERNAMBUCO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/528/528_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL RICARDO IZAR, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA REFORMA DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/529/529_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ROBERTO DE LUCENA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA REFORMA DO CENTRO COMUNITÁRIO DA CECAP.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/530/530_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ROBERTO SANTIAGO, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 PARA SER UTILIZADO NA REFORMA DO CENTRO COMUNITÁRIO DA VILA CICMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/531/531_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO, OBJETIVANDO DISPONIBILIZAR UM TERRENO NA ÁREA DA ANTIGA FEPASA, ONDE JÁ FOI DOADO PARA VÁRIAS INSTITUIÇÕES, PARA QUE SEJA CONSTRUÍDA A BASE DA POLICIA AMBIENTAL DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/532/532_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DONIZETE BRAGA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 PARA SEREM ALOCADOS NA CONSTRUÇÃO DE PRÉDIO PARA ABRIGAR AS DEPENDÊNCIAS DA BASE DA POLICIA AMBIENTAL DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/533/533_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA ESTADUAL DA CULTURA UM ACERVO DE LIVROS PARADIDÁTICOS PARA A BIBLIOTECA MUNICIPAL &amp;#8220;CONEGO JOÃO BATISTA DE AQUINO&amp;#8221;, DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/534/534_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL VAZ DE LIMA NA CÂMARA DOS DEPUTADOS, VISANDO A QUE SEJAM DESTINADOS 300 EXEMPLARES DA CONSTITUIÇÃO DO BRASIL, 300 DO CÓDIGO DO CONSUMIDOR E 200 DO NOVO CÓDIGO CIVIL, PARA ALUNOS DOS CURSOS DE DIREITO, ADMINISTRAÇÃO E CIÊNCIAS ECONÔMICAS DA FAI &amp;#8211; FACULDADES ADAMANTINENSES INTEGRADAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/535/535_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA SECRETARIA ESTADUAL DA EDUCAÇÃO A DESTINAÇÃO DE UM LOTE DE ALIMENTOS PARA REFORÇO DA MERENDA ESCOLAR DE ADAMANTINA AOS ESTUDANTES DE ENSINO FUNDAMENTAL E MÉDIO, INCLUSIVE AJA E SUPLETIVOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/536/536_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA NOS TERMOS DO ARTIGO 286, PARÁGRAFO 1º, 2º E 3º, DO REGIMENTO INTERNO DESTA CASA, A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE FINANÇAS PARA PRESTAR ESCLARECIMENTOS DA COMPOSIÇÃO DOS VALORES DO IPTU/2011, PLANILHA DE CUSTO DA LIMPEZA PÚBLICA, LANÇAMENTO DE ADICIONAL E CONTRIBUIÇÃO DE INCÊNDIO NO &amp;#8220;CARNÊ&amp;#8221; DE 2011</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/537/537_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DIRETOR DO DER PROVIDÊNCIAS A QUE SEJA CONSTRUÍDO UM TREVO LIGANDO A VICINAL MOYSÉS JUSTINO À ESTÂNCIA DORIGO</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO GERENTE REGIONAL DA CAIUÁ DISTRIBUIÇÃO DE ENERGIA S.A NO SENTIDO DE QUE SEJA ADEQUADA A POTÊNCIA DA ENERGIA ELÉTRICA DISPONÍVEL NO JARDIM BELA VISTA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DR. HERMAN JACOBUS CORNELIS VOORWALD, SECRETÁRIO ESTADUAL DE EDUCAÇÃO, DESTINE UM ACERVO DE PARADIDÁTICOS PARA AS ESCOLAS E.E &amp;#8220;HELEN KELLER&amp;#8221;, E.E FLEURIDES CAVALINI MENECHINO, E.E DURVALINO GRION.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SECRETÁRIO ESTADUAL DE AGRICULTURA E ABASTECIMENTO, SOLICITANDO SUA INTERFERÊNCIA VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 250.000,00, PARA SER UTILIZADO NA AQUISIÇÃO DE UM TRATOR PARA EQUIPAR A PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/541/541_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM ALOCADOS EM OBRAS DE INFRAESTRUTURA</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/542/542_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 PARA SEREM ALOCADOS NA COMPRA DE EQUIPAMENTOS DA PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/543/543_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 PARA SEREM UTILIZADOS NA RECUPERAÇÃO DE NOSSA MALHA ASFALTICA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/544/544_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 PARA REFORMA E AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA COM FUNDAMENTO NO ART. 17, INCISO IX, PARA QUE OFICIE O SENHOR PREFEITO MUNICIPAL, A FIM DE ENVIAR A ESTA CASA, DENTRO DO PRAZO DO ART. 74, XVI DA LOMA AS SEGUINTES INFORMAÇÕES: DE QUE FORMA SÃO REEMBOLSADOS OS MEDICAMENTOS, MATERIAL DE CURATIVO, GASTOS COM RADIOLOGIA, LABORATÓRIO, DENTRE OUTROS DA SANTA CASA LOCAL, NO CASO DE CONSULTAS PARTICULARES ATENDIDAS NAQUELE NOSOCÔMIO; QUAL O PERCENTUAL DAS CONSULTAS PAGAS É DESTINADO À ENTIDADE?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITA SEJA ENCAMINHADO OFICIO AO PREFEITO MUNICIPAL, SOLICITANDO INFORMAÇÕES SOBRE A COBRANÇA DE CONTRIBUIÇÃO DE ILUMINAÇÃO &amp;#8211; CI, JUNTO COM O I.P.T.U., JÁ QUE E A CONCESSIONÁRIA DE ENERGIA ELÉTRICA CAIUÁ DISTRIBUIÇÃO DE ENERGIA S/A COBRA A CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA &amp;#8211; CIP, JUNTO COM A FATURA DE ENERGIA ELÉTRICA. </t>
   </si>
   <si>
     <t>Israel Pereira Coutinho, Cleusa Marquetti Francisco</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/547/547_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAM SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO A INSTAURAÇÃO DE PROCEDIMENTO PERTINENTE COM O ESCOPO DE LEVAR A CABO A APURAÇÃO DOS FATOS, QUANTO AS DENÚNCIAS TRAZIDAS A LUME ATRAVÉS DO PROTOCOLADO DO SENHOR JOSÉ MARIA HADAD.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/548/548_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SR. PREFEITO DO MUNICÍPIO NO SENTIDO DE MANTER ESTUDOS JUNTO A SECRETARIA MUNICIPAL COMPETENTE, OBJETIVANDO FORMALIZAR UM CONVÊNIO COM A REDE FEMININA DE COMBATE AO CÂNCER DE ADAMANTINA, VISANDO O PAGAMENTO DAS DESPESAS PROVENIENTES DO PAGAMENTO DA ENFERMEIRA QUE PRESTA SERVIÇOS PARA A REFERIDA ENTIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/549/549_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA IMEDIATA E PRECISA INTERFERÊNCIA DA TELEFÔNICA, VISANDO A QUE SEJA DEVIDAMENTE MELHORADO O SERVIÇO DE TELEFONIA OFERECIDO PELA EMPRESA ATRAVÉS DOS &amp;#8220;ORELHÕES&amp;#8221; INSTALADOS EM ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/550/550_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DOS EXCELENTÍSSIMOS SECRETÁRIOS ESTADUAIS DE EDUCAÇÃO, DR. HERMAN JÁCOBUS CORNELIS VOORWALD, DE SAÚDE, DR. GIOVANNI GUIDO CERRI, DE AGRICULTURA, DR. JOÃO DE ALMEIDA SAMPAIO FILHO E DE SEGURANÇA PÚBLICA, DR. ANTÔNIO FERREIRA PINTO, NO SENTIDO DE O EXCELENTÍSSIMO GOVERNADOR GERALDO ALCKMIN DETERMINAR, COM URGÊNCIA, AUMENTO REAL PARA OS SERVIDORES ESTADUAIS DESTAS SECRETARIAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/551/551_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA SAÚDE, DR. GIOVANNI GUIDO CERRI, VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 250 MIL PARA REFORMA E PINTURA DO PRÉDIO DA SANTA CASA LOCAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/552/552_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA DIRETORA SUPERINTENDENTE DA FUNDAÇÃO PAULA SOUZA, VISANDO A DESTINAÇÃO DE UM ACERVO DE LIVROS TÉCNICOS E PARADIDÁTICOS ÀS ESCOLAS TÉCNICAS &amp;#8220;EUDÉCIO LUIZ VICENTE&amp;#8221; E &amp;#8220;HERVALL BELLUSCI&amp;#8221;.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/553/553_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO, SE DIGNE MANTER ENTENDIMENTOS COM A SÃO PAULO PREVIDÊNCIA &amp;#8211; SPPREV NO SENTIDO DE ESTUDAR A POSSIBILIDADE DE INSTALAR UM POSTO REGIONAL NO MUNICÍPIO E COMARCA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/554/554_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA RELAÇÃO DE TODOS OS FUNCIONÁRIOS E OS DEVIDOS CARGOS QUE PRESTAM SERVIÇOS NA ESCOLA INFANTIL DO JARDIM BRASIL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/555/555_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUAIS FORAM OS MOTIVOS QUE LEVARAM A SECRETARIA MUNICIPAL DE EDUCAÇÃO A INTERROMPER A DISTRIBUIÇÃO DE PASSES ESCOLARES AOS ALUNOS DA REDE ESTADUAL E MUNICIPAL RESIDENTES NO JARDIM BRASIL?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/556/556_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, OBJETIVANDO ADOTAR MEDIDAS URGENTES NO SENTIDO DE MELHORAR O ACOSTAMENTO DA RODOVIA VICINAL JOSÉ MARIA DA SILVA, PRINCIPAL ACESSO DE ADAMANTINA À CIDADE DE MARIÁPOLIS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/557/557_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DIRETOR REGIONAL DO DER DE PRESIDENTE PRUDENTE, OBJETIVANDO ADOTAR MEDIDAS URGENTES NO SENTIDO DE MELHORAR A MALHA ASFÁLTICA DA RODOVIA PLÁCIDO ROCHA, QUE LIGA ADAMANTINA A VALPARAÍSO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/558/558_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM ALOCADOS NAS OBRAS DE AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/559/559_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL, SOLICITANDO CÓPIA DE TODO O DIPLOMA LEGAL QUE DISPONHA SOBRE CONSELHOS NO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/560/560_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DONIZETE BRAGA, NO SENTIDO DE AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER UTILIZADO NA COMPRA DE NOVOS EQUIPAMENTOS PARA A APAE DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/561/561_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SER UTILIZADO NA COMPRA DE NOVOS EQUIPAMENTOS PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/562/562_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ZICO PRADO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO DE SÃO PAULO, VISANDO DESTINAR, EM CARÁTER EMERGENCIAL, RECUSO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) DESTINADO AO LAR DOS VELHOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/563/563_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DIRETOR REGIONAL DO DER &amp;#8211; PRESIDENTE PRUDENTE, SR. JOÃO AUGUSTO RIBEIRO, SOLICITANDO PROCEDER COM URGÊNCIA UMA OPERAÇÃO VISANDO A LIMPEZA GERAL NAS LATERAIS DA RODOVIA COMANDANTE JOÃO RIBEIRO DE BARROS, NOS TRECHOS PARAPUÃ &amp;#8211; ADAMANTINA E ADAMANTINA - JUNQUEIRÓPOLIS</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/564/564_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO A APRESENTAÇÃO DE EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), QUE SERÁ UTILIZADO NA COMPRA DE UM NOVO APARELHO DE &amp;#8220;RAIO-X&amp;#8221; PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/565/565_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O PRESIDENTE DA CÂMARA DOS DEPUTADOS E TODOS OS LÍDERES PARTIDÁRIOS, SOLICITANDO INTERFERÊNCIA NO SENTIDO DE PROMOVER ESTUDOS VISANDO PRORROGAR O PRAZO PARA ELIMINAÇÃO TOTAL DO CORTE MANUAL DE CANA PREVISTO PARA ACONTECER NO ANO DE 2014.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/566/566_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O GOVERNADOR DO ESTADO DE SÃO PAULO, EXCELENTÍSSIMO SENHOR GERALDO ALCKMIN, NO SENTIDO DE AGILIZAR ESTUDOS JUNTO À SECRETARIA ESTADUAL COMPETENTE, VISANDO A ISENÇÃO DA TAXA DE PEDÁGIO DOS CAMINHÕES PESADOS EM TODAS AS RODOVIAS PAULISTAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/567/567_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE OFICIE O PRESIDENTE DA CÂMARA DOS DEPUTADOS E TODOS OS LÍDERES PARTIDÁRIOS, SOLICITANDO INTERFERÊNCIA NO SENTIDO DE APRESENTAR PROJETO DE LEI DE EMENDA CONSTITUCIONAL, QUE VISA REGULAMENTAR A OBRIGATORIEDADE DE DESTINAR PARTE DA ÁREA DE NO MÍNIMO 15% (QUINZE POR CENTO), UTILIZADOS COM O PLANTIO DE CANA-DE-AÇÚCAR PARA O CULTIVO DE OUTROS PRODUTOS, PRINCIPALMENTE AQUELES QUE FAZEM PARTE DA CESTA BÁSICA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/568/568_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; JÁ FOI ESTABELECIDO O NECESSÁRIO CONVÊNIO ENTRE ESTA INSTITUIÇÃO E O IAMSPE PARA USO DO TOMÓGRAFO NELA EXISTENTE? 2 &amp;#8211; EM CASO NEGATIVO, QUE AÇÕES A SANTA CASA PRETENDE PROMOVER PARA QUE O REFERIDO CONVÊNIO SEJA, COM A MAIOR URGÊNCIA POSSÍVEL, ESTABELECIDO?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/569/569_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA SAÚDE, DR. GIOVANNI GUIDO CERRI, INTERFERÊNCIA VISANDO A QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/570/570_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA SRª. ELAINE ROSÁRIO VERGÍLIO, GERENTE LOCAL DA AGÊNCIA ITAÚ, NA FUNDAÇÃO ITAÚ, VISANDO A QUE ESTA MODELAR INSTITUIÇÃO DESTINE UM ACERVO DE LIVROS INFANTIS AO EDUCANDÁRIO MADRE CLÉLIA, DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/571/571_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, VISANDO A QUE SEJA REALIZADA REFORMA E ADEQUAÇÃO NO PRÉDIO DA UE &amp;#8220;PROF. DURVALINO GRION.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/572/572_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, DR. PAULO ALEXANDRE BARBOSA, VISANDO A QUE SEJAM, COM URGÊNCIA, DEVIDAMENTE REAJUSTADOS OS REPASSES &amp;#8220;PER CAPTA&amp;#8221; DESTINADOS ÀS ENTIDADES ASSISTENCIAIS DE ADAMANTINA POR ESTA SECRETARIA (IAMA, LAR CRISTÃO INSTITUIÇÃO SOLIDÁRIA CARLOS PEGORARO, PROJETO ASA E LAR DOS VELHOS).</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/573/573_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO DA DIREÇÃO DA FAI: - QUE AÇÕES A INSTITUIÇÃO ESTÁ PROMOVENDO PARA QUE OS ALUNOS POSSAM PARTICIPAR, AINDA ESTE ANO, DO FIES?</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/574/574_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SEREM ALOCADOS NAS OBRAS DE INFRAESTRUTURA URBANA (COLOCAÇÃO DE GUIAS, SARJETAS E ASFALTO) NOS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/575/575_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQÜENTA MIL REAIS), PARA CONSTRUÇÃO DE CRECHES NO JARDIM IPIRANGA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/576/576_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA OBRAS DE INFRAESTRUTURA URBANA (COLOCAÇÃO DE GUIAS, SARJETAS E ASFALTO) EM BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/577/577_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - POR QUE NÃO FOI TROCADO O PISO DA CRECHE DO JARDIM BRASIL (COZINHA E PÁTIO), JÁ DETERMINADO EM RELATÓRIO DA VIGILÂNCIA SANITÁRIA?</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/578/578_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL REINALDO ALGUZ, SOLICITANDO AGENDAR EMENDA AO ORÇAMENTO DO ESTADO AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER UTILIZADO NA REFORMA DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/579/579_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DR. DONALDO CERCI DA CUNHA, DIRETOR REGIONAL DA DRS-IX&amp;#8211;MARÍLIA, VISANDO A QUE A SECRETARIA ESTADUAL DA SAÚDE VIABILIZE A AMPLIAÇÃO DO CTI DA SANTA CASA LOCAL, BEM COMO DESTINE NOVOS EQUIPAMENTOS PARA ESTA UNIDADE.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/580/580_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA CÉLIA LEÃO QUE APRESENTE EMENDA DESTINANDO R$ 80 MIL PARA REFORMA DO PRÉDIO ONDE FUNCIONA A APAE DE ADAMANTINA, MODELAR INSTITUIÇÃO QUE ATENDE 183 PACIENTES DE ADAMANTINA E CIDADES CIRCUNVIZINHAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/581/581_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAUÊ MACRIS QUE VIABILIZE NO ESTADO A DESTINAÇÃO DE R$ 80.000,00 PARA REFORMA DO PRÉDIO ONDE FUNCIONA A REDE DE COMBATE AO CÂNCER DE ADAMANTINA, MODELAR INSTITUIÇÃO QUE ATENDE 270 PACIENTES DE ADAMANTINA E CIDADES CIRCUNVIZINHAS.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/582/582_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL BARROS MUNHOZ QUE VIABILIZE NO ESTADO RECURSO FINANCEIRO NO VALOR DE R$ 80.000,00 DESTINADO À REALIZAÇÃO DE REFORMA NO PRÉDIO ONDE FUNCIONA A CASA DO GAROTO DE ADAMANTINA, QUE ATENDE MODELARMENTE 6 CRIANÇAS DE 0 A 18 ANOS NO ABRIGO E 150 CRIANÇAS DE 0 A 6 ANOS, NA CRECHE.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/583/583_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS QUE APRESENTE PROPOSIÇÃO DESTINANDO R$ 80 MIL PARA REFORMA DO PRÉDIO DO &amp;#8220;LAR DOS VELHOS&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/584/584_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL FERNANDO CAPEZ QUE, POR ESPECIAL CONTRIBUIÇÃO À NOSSA COMUNIDADE, VIABILIZE RECURSO FINANCEIRO NO VALOR DE R$ 80 MIL PARA REFORMA DO PRÉDIO DO IAMA.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/585/585_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ALDO DEMARQUE QUE, POR ESPECIAL CONTRIBUIÇÃO À NOSSA COMUNIDADE, VIABILIZE NO GOVERNO ESTADUAL RECURSO FINANCEIRO NO VALOR DE R$ 100 MIL PARA REFORMA DO PRÉDIO DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/586/586_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, DR. PAULO ALEXANDRE BARBOSA, VISANDO A QUE ESTA SECRETARIA DESTINE, POR ESPECIAL CONTRIBUIÇÃO À NOSSA COMUNIDADE, 1610 KITS DE MATERIAL ESCOLAR.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/587/587_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA SAÚDE, DR. GIOVANNI GUIDO CERRI, COM O OBJETIVO DE SER DESTINADA UMA AMBULÂNCIA EQUIPADA PARA A SANTA CASA LOCAL.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/588/588_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM OS ÓRGÃOS COMPETENTES, NO SENTIDO DE DESTINAR R$140.000,00 (CENTO E QUARENTA MIL REAIS) PARA A QUADRA POLIESPORTIVA DA E. E. PROFª. FLEURIDES CAVALLINI MENECHINO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/589/589_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQÜENTA MIL REAIS), PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/590/590_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA CONSTRUÇÃO DE PORTAL NA ENTRADA DA CIDADE.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/591/591_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER CONTATO COM A SECRETARIA ESTADUAL DE SAÚDE NO SENTIDO DE CONCEDER ATRAVÉS DE EMENDA, RECURSO FINANCEIRO NO MONTANTE DE R$ 100.000,00 (CEM MIL REAIS) PARA A AQUISIÇÃO DE UM VEÍCULO VAN PARA O TRANSPORTE DOS PACIENTES DO CAPS - CENTRO DE ATENÇÃO PSICOSSOCIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/592/592_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER CONTATO COM A SECRETARIA ESTADUAL DE ESPORTES NO SENTIDO DE CONCEDER ATRAVÉS DE EMENDA, RECURSO FINANCEIRO NO MONTANTE DE R$ 100.000,00 (CEM MIL REAIS) PARA A IMPLANTAÇÃO DE UMA PISTA OFICIAL DE CORRIDA; ÁREAS PARA SALTO COM VARA, CORREDOR DO DARDO, SALTO EM ALTURA E SALTO COM VARA; E GAIOLA PARA LANÇAMENTO DE DISCO E MARTELO, NA PRAÇA WALDEMAR ROMANINI, NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/593/593_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO PREFEITO MUNICIPAL COM O ESCOPO DE SOLICITAR QUE SEJA CONTATADA A COORDENADORIA DE POLÍTICAS PARA POPULAÇÃO NEGRA E INDÍGENA, DA SECRETARIA DA JUSTIÇA E DA DEFESA DA CIDADANIA DO ESTADO DE SÃO PAULO, SOLICITANDO FIRMAR UM PROTOCOLO DE INTENÇÕES, PARA QUE NOSSA CIDADE POSSA SE TORNAR UM PÓLO REGIONAL NAS QUESTÕES ÉTNICO-RACIAIS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/594/594_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE MANTENHA ESTUDOS JUNTO À SECRETARIA JURÍDICA, VISANDO A ELABORAÇÃO DE PROJETO DE LEI, A FIM DE BENEFICIAR OS SERVIDORES APOSENTADOS E PENSIONISTAS QUE POSSUEM A CONTA FGTS NÃO OPTANTE, VISANDO A PREFEITURA A SACAR ESTAS CONTAS E REPASSAR AOS SERVIDORES E PENSIONISTAS, POIS QUANDO DO SEU DESLIGAMENTO NÃO HOUVE QUALQUER TIPO DE INDENIZAÇÃO POR PARTE DA PREFEITURA EM RELAÇÃO AOS ANOS EM QUE NÃO OPTARAM PELO FGTS, JUSTO SE FAZ, POR ESTA NÃO OPTANTE CONTA ESTAR PARALISADA JUNTO À CAIXA ECONÔMICA FEDERAL EM NOME DOS SERVIDORES.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/595/595_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, COM A FINALIDADE DE SOLICITAR SUA INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO DE SÃO PAULO, OBJETIVANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO PARA SEREM REPASSADOS AO LAR CRISTÃO DE ADAMANTINA, PARA AQUISIÇÃO DE UM NOVO VEÍCULO VW/KOMBI.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/596/596_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL JOSÉ BITENCOURT QUE VIABILIZE RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL DESTINADO À REFORMA DO CENTRO COMUNITÁRIO DOS CONJUNTOS HABITACIONAIS CECAP I E II.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/597/597_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA DEPUTADA ESTADUAL MARIA LÚCIA AMARY, QUE VIABILIZE RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL DESTINADO À REFORMA DO CENTRO COMUNITÁRIO DO JARDIM DAS PRIMAVERAS.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/598/598_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL PEDRO TOBIAS, VISANDO À VIABILIZAÇÃO DE R$ 100 MIL PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DOS CONJUNTOS HABITACIONAIS OITI - TIPUANAS.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/599/599_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL SAMUEL MOREIRA QUE VIABILIZE, NO GOVERNO ESTADUAL, RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL DESTINADO À REFORMA DO CENTRO COMUNITÁRIO DO JARDIM DAS ACÁCIAS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/600/600_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, VISANDO A QUE O BÔNUS ATUALMENTE DESTINADO AO PESSOAL DA EDUCAÇÃO SEJA TRANSFORMADO, NESTE ANO, EM AUMENTO REAL.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/601/601_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SR. ADAUTO BUENO DE OLIVEIRA, DIRETOR REGIONAL DA SABESP, COM O OBJETIVO DE ESTA INSTITUIÇÃO VIABILIZAR O REPOVOAMENTO DOS CÓRREGOS ORIENTE, LAMBARI, RANCHO, PAVÃO, TOCANTINS, CALDEIRAS, TUCURUVI, EMBOSCADA, BOCAÍNA, CANA VERDE E DA ONÇA.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/602/602_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, BRUNO COVAS, A FIM DE QUE SEJAM ENVIADOS &amp;#8220;KITS&amp;#8221; DO MATERIAL PEDAGÓGICO PRODUZIDO PELA COORDENADORIA ESTADUAL DO MEIO AMBIENTE, PARA SEREM DISTRIBUÍDAS A ALUNOS DA FAI, HELEN KELLER, DURVALINO GRION, EUDÉCIO LUIZ VICENTE, HERVAL BELLUSCI, FLEURIDES CAVALLINI MENECHINO, NAVARRO DE ANDRADE, TERUYO KIKUTA E EURICO LEITE DE MORAES.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/603/603_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; ESTA MUNICIPALIDADE ESTÁ REPASSANDO AOS AGENTES COMUNITÁRIOS DE SAÚDE O PAGAMENTO DE INCENTIVO COM BASE NA PORTARIA Nº 674//MS/GM, DE 03 DE JUNHO DE 2003? 2 &amp;#8211; DESDE QUANDO O FUNDO NACIONAL DE SAÚDE &amp;#8211; MS/GF VEM REALIZANDO O PAGAMENTO DE INCENTIVO A ESTA PREFEITURA? QUANTO JÁ FOI REPASSADO? 3 &amp;#8211; QUAIS OS AGENTES COMUNITÁRIOS LOCAIS QUE NÃO RECEBERAM O ALUDIDO REPASSE EM 2009 E 2010?</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/604/604_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SE DIGNE CONCEDER, ATRAVÉS DE EMENDA, O MONTANTE DE R$100.000,00 (CEM MIL REAIS) PARA A CONSTRUÇÃO DE UMA PISCINA NA CHÁCARA DA ASSOCIAÇÃO DE PAIS E AMIGOS DE EXCEPCIONAIS - APAE DE ADAMANTINA, PARA MELHORAR AS CONDIÇÕES DE TRATAMENTO DAS PESSOAS ATENDIDAS PELA ENTIDADE.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/605/605_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO EXCELENTÍSSIMO GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN, SOLICITANDO EMPENHO NA AGILIZAÇÃO DA TRAMITAÇÃO DOS CONCURSOS PÚBLICOS REGIONALIZADOS, PARA QUE OS NOVOS CONCURSANDO POSSAM, EM BREVE, ASSUMIR SUAS FUNÇÕES EM DELEGACIAS DA REGIÃO.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/606/606_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO A EXCELENTÍSSIMA DRª. REGINA DE LUCA MIKI, SECRETÁRIA NACIONAL DE SEGURANÇA PÚBLICA, SOLICITANDO EMPENHO PARA IMPLANTAÇÃO DE CURSO SOBRE BULLYING E CYBERBULLYING NA GRADE CURRICULAR DA SECRETARIA.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/607/607_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DIRETOR GERAL DA FAI, SOLICITANDO SE DIGNE IMPLANTAR CURSOS NA MODALIDADE DE GRADUAÇÃO E PÓS-GRADUAÇÃO A DISTÂNCIA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/608/608_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO EXCELENTÍSSIMO GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN, SOLICITANDO EMPENHO NA INSTAURAÇÃO DE NOVOS CERTAMES PARA QUE AS UNIDADES POLICIAIS CIVIS POSSAM MANTER A QUALIDADE NA PRESTAÇÃO DO SERVIÇO PÚBLICO.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/609/609_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO A EXCELENTÍSSIMA DRª. REGINA DE LUCA MIKI, SECRETÁRIA NACIONAL DE SEGURANÇA PÚBLICA, SOLICITANDO EMPENHO PARA IMPLANTAÇÃO DE CURSO SOBRE VIOLÊNCIAS NAS ESCOLAS.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/610/610_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL BARROS MUNHOS, NO SENTIDO DE SER VIABILIZADO RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL PARA ILUMINAÇÃO E CONSTRUÇÃO DE ARQUIBANCADA DO CAMPO DE FUTEBOL DA VILA FREITAS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/611/611_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ANTÔNIO SALIN CURIATTI NO GOVERNO ESTADUAL, VISANDO A QUE SEJA VIABILIZADO RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS DESTINADOS AO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/612/612_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXEMPLAR DEPUTADO ROBERTO ENGLER QUE VIABILIZE NO GOVERNO ESTADUAL RECURSO NO VALOR DE R$ 50 MIL DESTINADO A REFORMA DO CENTRO COMUNITÁRIO DO PARQUE RESIDENCIAL IGUAÇU.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/613/613_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ORLANDO MORANDO INTERFERÊNCIA NO GOVERNO ESTADUAL, OBJETIVANDO-SE A DESTINAÇÃO DE R$ 50 MIL PARA UMA ADEQUADA REFORMA NO ESPAÇO INTERNO DO CONJUNTO AZALÉIAS.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/614/614_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM O GOVERNADOR GERALDO ALCKMIN NO SENTIDO DE ATUALIZAR O VALOR DIÁRIO DO AUXÍLIO-ALIMENTAÇÃO PARA OS SERVIDORES ESTADUAIS.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/615/615_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETARIA DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 10.000,00 (DEZ MIL REAIS) PARA SER UTILIZADO NA COMPRA DE MÁQUINA DE CONFECCIONAR FRALDAS.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/682/682_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNADOR DO ESTADO, VISANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/683/683_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO SUA INTERFERÊNCIA JUNTO À SECRETARIA ESTADUAL COMPETENTE, OBJETIVANDO A DESTINAÇÃO, AO NOSSO MUNICÍPIO, DE UM NOVO CAMINHÃO TOTALMENTE EQUIPADO PARA O BOMBEIRO DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/684/684_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SEREM ALOCADOS NA COMPRA DE EQUIPAMENTOS DA PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/685/685_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/686/686_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ED THOMAS, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DO ESTADO, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER UTILIZADO NA COMPRA DE MICROÔNIBUS PARA O TRANSPORTE DOS ALUNOS DO IAMA.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/687/687_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL BETO TRÍCOLI, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DO ESTADO, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA REFORMA E AMPLIAÇÃO DO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/688/688_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SEREM UTILIZADOS EM OBRAS DE INFRAESTRUTURA DO JARDIM BRASIL, MAIS PRECISAMENTE NA RUA PERNAMBUCO.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/689/689_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, OBJETIVANDO AGENDAR EMENDA PARLAMENTAR PARA O PRÓXIMO ORÇAMENTO DA UNIÃO, NO SENTIDO DE DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA A CLÍNICA DE REPOUSO NOSSO LAR, PARA COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/690/690_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN, SOLICITANDO A INSTALAÇÃO DE UM CENTRO HOSPITALAR DO SISTEMA PENITENCIÁRIO NA REGIÃO.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/691/691_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE AGENDAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) À PREFEITURA DO MUNICÍPIO DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS DA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/692/692_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE AGENDAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) À PREFEITURA DO MUNICÍPIO DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS DA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/693/693_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE AGENDAR EMENDA AO ORÇAMENTO DO ESTADO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) À PREFEITURA DO MUNICÍPIO DE ADAMANTINA, PARA SEREM APLICADOS EM OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/694/694_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE AGENDAR EMENDA AO ORÇAMENTO DO ESTADO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$100.000,00 (CEM MIL REAIS) À PREFEITURA DO MUNICÍPIO DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO MINISTRO DA SAÚDE, DR. ALEXANDRE PADILHA, VISANDO A QUE SEJAM DESTINADAS À SANTA CASA DE ADAMANTINA 10 NOVAS MÁQUINAS PARA HEMODIÁLISE, ALÉM DE QUE SEJA DEVIDAMENTE ATUALIZADO O MONTANTE DESTINADO À MANUTENÇÃO IDEAL DO SERVIÇO DE HEMODIÁLISE.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DR. LATIF ABRÃO JÚNIOR, SUPERINTENDENTE DO IAMSPE &amp;#8211; INSTITUTO DE ASSISTÊNCIA MÉDICA AO SERVIDOR PÚBLICO ESTADUAL DE SÃO PAULO, VISANDO A QUE SEJA, DEVIDAMENTE, ATUALIZADO O TETO DE R$ 55 MIL QUE ESTA INSTITUIÇÃO REPASSA MENSALMENTE À SANTA CASA DE ADAMANTINA PARA, NO MÍNIMO, R$ 80 MIL.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/697/697_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DINÂMICO DEPUTADO ESTADUAL ALDO DEMARCHI NO GOVERNO ESTADUAL, A FIM DE QUE SEJA DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 80 MIL, PARA PROJETO NA ÁREA DO ESPORTE NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/699/699_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL BETO TRÍCOLI, SOLICITANDO AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, QUE SERÁ DESTINADO AO LAR DOS VELHOS PARA REFORMA E AMPLIAÇÃO.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/700/700_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL FELICIANO CAPEZ, SOLICITANDO AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, QUE SERÁ DESTINADO À REFORMA DO CENTRO COMUNITÁRIO DO PARQUE CECAP.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/701/701_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL REINALDO ALGUZ, SOLICITANDO QUE AGENDE EMENDA PARA O PRÓXIMO ORÇAMENTO DO ESTADO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER DESTINADO À APAE DE ADAMANTINA, QUE SERÁ UTILIZADO NA CONSTRUÇÃO DE PISCINA ESPECIALIZADA AOS ALUNOS PORTADORES DE NECESSIDADES ESPECIAIS.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/698/698_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: &amp;#8211; POR QUE OS AGENTES COMUNITÁRIOS DE SAÚDE DO NOSSO MUNICÍPIO NÃO RECEBEM O &amp;#8220;INCENTIVO ADICIONAL&amp;#8221; DISCIPLINADO NO ARTIGO 3º, PARÁGRAFOS 1º, 2º E 3º DA PORTARIA Nº 674/GM, DE 03 DE JUNHO DE 2003?</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/702/702_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN, SOLICITANDO OS SEGUINTES EQUIPAMENTOS: - CAPACETES DE PROTEÇÃO BALÍSTICA COM A RESPECTIVA VISEIRA BALÍSTICA; - ESCUDOS DE PROTEÇÃO BALÍSTICA.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/703/703_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - O SISTEMA DE PONTO DIGITAL DA PREFEITURA MUNICIPAL É DEVASSÁVEL? - O SERVIDOR PÚBLICO MUNICIPAL TEM ACESSO AO RELATÓRIO DE CONTROLE DE FALTAS?</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/704/704_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - APONTAR AS RAZÕES DE FATO E DE DIREITO PARA O ÔNIBUS DE TRANSPORTE DE ALUNOS NÃO PASSAR PRÓXIMO À CHÁCARA NOSSA SENHORA DE APARECIDA, PROPRIEDADE SERVIDA POR ESTRADA MUNICIPAL, SENDO QUE LÁ RESIDEM OS ESTUDANTES JÚLIO CÉSAR FERREIRA DO NASCIMENTO E RAFAEL GILBERTONI, ALUNOS DA REDE PÚBLICA DE ENSINO, QUE SÃO OBRIGADOS A CAMINHAR CERCA DE 1.200 METRO PARA CHEGAR ATÉ O PONTO DE ÔNIBUS.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/705/705_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA SAÚDE, DR. GIOVANNI GUIDO CERRI, VISANDO A QUE O GOVERNO DESTINE R$ 100 MIL PARA A AQUISIÇÃO DE EQUIPAMENTOS A SEREM USADOS AO PSF DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/706/706_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL OLÍMPIO GOMES, VISANDO A QUE O GOVERNO DESTINE R$ 80 MIL PARA A CONSTRUÇÃO DE OBRAS (VESTUÁRIOS E ARQUIBANCADAS) NO CONJUNTO ESPORTIVO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/707/707_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, BRUNO COVAS, VISANDO A QUE SEJA DESTINADO UM CAMINHÃO COMPACTADOR PARA RECOLHIMENTO DE LIXO.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/708/708_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO PRESIDENTE DA CÂMARA DOS DEPUTADOS, DR. MARCO AURÉLIO SPALL MAIA, NO SENTIDO DE SEREM DESTINADOS 300 EXEMPLARES DA OBRA &amp;#8220;LEGISLAÇÃO BRASILEIRA DE PROTEÇÃO E DEFESA DO CONSUMIDOR&amp;#8221;, A SEREM DISTRIBUÍDOS, CONSOANTE OFÍCIO ANEXO DO SR. LUIZ TRINTINÁLIA, PRESIDENTE DESTA INSTITUIÇÃO, PELA ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E AGROPECUÁRIA DE ADAMANTINA, A MICROS E PEQUENOS COMERCIANTES LOCAIS.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/709/709_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SE DIGNE MANTER ENTENDIMENTOS COM O SECRETÁRIO ESTADUAL DA SAÚDE NO SENTIDO DE DESTINAR RECURSOS À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA A IMPLANTAÇÃO DE UM LECO &amp;#8211; LITOTRIPSIA EXTRACORPÓREA POR ONDA DE CHOQUE.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/710/710_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ELABORADO NA PRÓXIMA SESSÃO, PROJETO DE RESOLUÇÃO, DE AUTORIA DA MESA, QUE VISA A CRIAÇÃO DE COMISSÃO ESPECIAL PARA PROCEDER ESTUDOS NA MATÉRIA E POSSIVELMENTE RESOLVER DEFINITIVAMENTE ESTA QUESTÃO, QUE EXCLUI DO ROL DE BENEFICIADOS PELO AUXILIO ALIMENTAÇÃO OS APOSENTADOS E PENSIONISTAS QUE RECEBEM SEUS PROVENTOS DA PREFEITURA DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/711/711_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA QUE SEJAM TOMADAS AS PROVIDÊNCIAS CABÍVEIS NO SENTIDO DE QUE SEJA REALIZADA A REVERSÃO AO PATRIMÔNIO MUNICIPAL A ÁREA DE TERRA COM 4.361,21 METROS QUADRADOS, LOCALIZADA NO LOTEAMENTO DENOMINADO DISTRITO INDUSTRIAL OTÁVIO GAVAZZI.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/712/712_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ELEUSES PAIVA, VISANDO A DESTINAÇÃO, PELO GOVERNO FEDERAL, DE RECURSOS FINANCEIROS NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA A NOSSA SANTA CASA DE MISERICÓRDIA, QUE SERÁ UTILIZADA PARA COMPRA DE EQUIPAMENTOS, CUSTEIO E REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/713/713_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO FEDERAL ELEUSES PAIVA JUNTO AO SUS &amp;#8211; SISTEMA ÚNICO DE SAÚDE, VISANDO O AUMENTO DO REPASSE PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/714/714_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL MAURO BRAGATO, QUE VIABILIZE JUNTO AO GOVERNO DO ESTADO RECURSOS FINANCEIROS NO VALOR DE R$ 100 MIL PARA REFORMA E CUSTEIO DO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/715/715_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, QUE VIABILIZE JUNTO AO GOVERNO ESTADUAL RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS, QUE SERÃO DESTINADOS À CONSTRUÇÃO DO CENTRO COMUNITÁRIO NO PARQUE DO SOL.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/716/716_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOYSIO NUNES FERREIRA QUE VIABILIZE, JUNTO AO GOVERNO FEDERAL, RECURSOS FINANCEIROS NO VALOR DE R$ 300 MIL REAIS PARA SEREM APLICADOS EM OBRAS E INFRAESTRUTURA EM BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/717/717_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AOS DEPUTADOS FEDERAIS, LÍDERES PARTIDÁRIOS, A FIM DE ESTUDAR A ELABORAÇÃO DE PROJETO DE LEI QUE VISA CONCEDER BENEFÍCIOS FISCAIS A TODAS AS EMPRESAS QUE IMPLANTAREM PROGRAMA DE RESSOCIALIZAÇÃO A TODOS OS PRESIDIÁRIOS QUE CUMPREM SUAS PENAS E QUE, EM MUITOS CASOS, SOFREM GRANDE PRECONCEITO, PRINCIPALMENTE NA BUSCA DE POSTOS DE TRABALHO.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/718/718_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL FRANCISCO EVERARDO DE OLIVEIRA SILVA QUE VIABILIZE, NO GOVERNO FEDERAL, RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS, DESTINADO À CONSTRUÇÃO DE UMA CRECHE-ESCOLA NO JARDIM IPIRANGA.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/719/719_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO QUE VIABILIZE JUNTO AO GOVERNO ESTADUAL RECURSOS FINANCEIROS NO VALOR DE R$ 50 MIL REAIS, DESTINADO À REFORMA E AMPLIAÇÃO DA CRECHE-ESCOLA PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/720/720_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - ALGUM DISPOSITIVO LEGAL AUTORIZA O DESCONTO NA REMUNERAÇÃO DE ESTUDANTES BENEFICIADOS PELO ESTÁGIO REMUNERADO NO MUNICÍPIO, EM CASO DE FALTA POR PROBLEMAS DE SAÚDE, DEVIDAMENTE ATESTADO POR MÉDICO?</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/721/721_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA ELABORAÇÃO DE DIPLOMA LEGAL QUE DISCIPLINE AS INCORPORAÇÕES EM EPÍGRAFE, NO CASO EM QUE O SERVIDOR MUNICIPAL ESTEJA RECEBENDO PELO PERÍODO MÍNIMO DE CINCO ANOS ININTERRUPTOS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/722/722_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - QUANTAS MULTAS FORAM APLICADAS AOS CIDADÃOS NO CASO DA PODA IRREGULAR DE ÁRVORES? - EM QUAIS REGIÕES DA CIDADE FORAM APLICADAS AS MULTAS? E - QUAL CRITÉRIO DE FISCALIZAÇÃO E MULTA?</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/723/723_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DINÂMICO DEPUTADO ESTADUAL BALEIA ROSSI, VISANDO À DESTINAÇÃO DE R$ 80 MIL PARA REFORMA DO CENTRO COMUNITÁRIO DOS JARDINS PAULISTA, SAN FERNANDO E VILA NILZA.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/724/724_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA EXCELENTÍSSIMA SECRETÁRIA ESTADUAL DA AGRICULTURA, DRª. MÔNICA BERGAMASCHI, NO SENTIDO DE O ESTADO VIABILIZAR, PARA ADAMANTINA, A DESTINAÇÃO DE UMA CÂMARA PARA CONSERVAÇÃO DE FRUTAS E HORTALIÇAS.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/725/725_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA O DR. BRUNO COVAS, EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, CONVIDANDO A PRESTIGIAR A XXIII FEIRA DO VERDE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/726/726_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO DA HABITAÇÃO, SILVIO TORRES, NA CASA CIVIL, VISANDO A QUE O ESTADO DESTINE RECURSO FINANCEIRO NO VALOR DE R$150 MIL PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/727/727_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DOS TRANSPORTES, DR. SAULO DE CASTRO ABREU FILHO, VISANDO A QUE ESTE ÓRGÃO LIBERE, COM A MAIOR URGÊNCIA POSSÍVEL, RECURSO FINANCEIRO NO VALOR DE R$ 110 MIL DESTINADO À REFORMA DO TERMINAL RODOVIÁRIO TAMOTO MATUOKA.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/728/728_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA EDUCAÇÃO, DR. HERMAN JACOBUS CORNELIS VOORWALD, VISANDO A QUE ESTE ÓRGÃO NOS DESTINE NOVO LOTE DE ALIMENTOS PARA A MERENDA ESCOLAR.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/729/729_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MAURO BRAGATO, VISANDO A QUE O GOVERNO DO ESTADO DESTINE UM VEÍCULO 0 KM, MODELO KOMBI, PARA O LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/730/730_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA EDUCAÇÃO, NO SENTIDO DE CONTEMPLAR O NOSSO MUNICÍPIO COM UM ÔNIBUS QUE SERÁ UTILIZADO PARA O TRANSPORTE ESCOLAR DA ZONA URBANA E RURAL.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/731/731_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO MINISTÉRIO DA EDUCAÇÃO, NO SENTIDO DE CONTEMPLAR O NOSSO MUNICÍPIO COM UM ÔNIBUS QUE SERÁ UTILIZADO PARA O TRANSPORTE ESCOLAR DA ZONA URBANA E RURAL.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/732/732_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL CÂNDIDO VACCAREZA, NO SENTIDO DE DESTINAR, AO NOSSO MUNICÍPIO, UMA UNIDADE DE EDUCAÇÃO INFANTIL (CRECHE PRÓ-INFÂNCIA), PROGRAMA DO GOVERNO FEDERAL, QUE VISA OFERECER EDUCAÇÃO ÀS CRIANÇAS ATÉ 05 (CINCO) ANOS DE IDADE.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/733/733_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL DEVANIR RIBEIRO, NO SENTIDO DE DESTINAR, AO NOSSO MUNICÍPIO, UMA QUADRA ESPORTIVA COBERTA ATRAVÉS DO PROGRAMA NACIONAL DE REESTRUTURAÇÃO E AQUISIÇÃO DE EQUIPAMENTOS PARA A REDE ESCOLAR DE EDUCAÇÃO INFANTIL.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/734/734_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL EVERARDO OLIVEIRA SILVA, AGENDAR EMENDA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 NO VALOR DE R$200 MIL REAIS PARA AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/735/735_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR EDUARDO SUPLICY, AGENDAR EMENDA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 NO VALOR DE R$200 MIL REAIS PARA CONSTRUÇÃO DE CRECHE NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/736/736_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOYSIO NUNES FERREIRA, AGENDAR EMENDA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 NO VALOR DE R$200 MIL REAIS PARA AMPLIAÇÃO DA CASA DO TRABALHADOR E COMPRA DE PRODUTOS ALIMENTÍCIOS PARA A MESMA.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/737/737_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOYSIO NUNES FERREIRA, AGENDAR EMENDA ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2012 NO VALOR DE R$200 MIL REAIS PARA SER UTILIZADO NA COMPRA DE EQUIPAMENTOS DE GINÁSTICA PARA SER COLOCADO NA PRAÇA DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/738/738_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, QUE VIABILIZE, JUNTO AO GOVERNO ESTADUAL, RECURSOS FINANCEIROS NO VALOR DE R$ 200 MIL REAIS PARA SER UTILIZADO NO RECAPEAMENTO ASFÁLTICO DAS RUAS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/739/739_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETÁRIA ESTADUAL DE AGRICULTURA, MÔNICA BERGAMASCHI, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO ESTADUAL, OBJETIVANDO DESTINAR UM TRATOR COM TOMBADOR E PLANTADEIRA, DEVIDAMENTE EQUIPADO, PARA SER INTEGRADO AO PATRIMÔNIO DA PATRULHA AGRÍCOLA DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/740/740_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, OBJETIVANDO DESTINAR AO NOSSO MUNICÍPIO, UM NOVO CAMINHÃO EQUIPADO PARA O NOSSO CORPO DE BOMBEIROS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/741/741_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETARIA DE DESENVOLVIMENTO SOCIAL, PAULO ALEXANDRE BARBOSA, OBJETIVANDO A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 15.000,00 (QUINZE MIL REAIS) PARA SER UTILIZADO NA COMPRA DE MÁQUINA DE CONFECCIONAR FRALDAS, A FIM DE ATENDER AS FAMÍLIAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/742/742_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL GILSON DE SOUZA, VISANDO A QUE O GOVERNO DESTINE R$ 100 MIL REAIS PARA COMPRA DE EQUIPAMENTOS E CUSTEIO DE NOSSA SANTA CASA DE MISERICÓRDIA.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/743/743_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL CHICO SARDELLI, VISANDO A QUE O GOVERNO DESTINE R$ 100 MIL REAIS PARA REFORMA DE PRAÇAS ESPORTIVAS.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/744/744_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL MILTON VIEIRA, VISANDO INCLUIR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 PARA A APAE DE ADAMANTINA NO VALOR DE R$ 80 MIL REAIS, QUE SERÁ UTILIZADO NA REFORMA E AMPLIAÇÃO DA ENTIDADE.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/745/745_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ULYSSES TASSINARI, VISANDO INCLUIR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 80 MIL REAIS, PARA COMPRA DE EQUIPAMENTOS PARA O PSF DO RESIDENCIAL DORIGO.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/746/746_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR A COMPANHIA DE POLÍCIA MILITAR AMBIENTAL QUE ATENDE A REGIÃO, PARA INDICAÇÃO DE UM MEMBRO PARA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/747/747_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O CONSELHO REGIONAL DE MEDICINA VETERINÁRIA PARA INDICAÇÃO DE UM MEMBRO PARA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/748/748_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O CONSELHO MUNICIPAL DE SAÚDE PARA INDICAÇÃO DE UM MEMBRO PARA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/749/749_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DOS RESPECTIVOS MEMBROS PARA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/750/750_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/751/751_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O SINDICATO MUNICIPAL PATRONAL PARA INDICAÇÃO DE UM MEMBRO PARA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/752/752_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL REINALDO ALGUZ, NO SENTIDO DE VIABILIZAR RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SER UTILIZADO NO ASFALTAMENTO DA RUA IRACEMA NAIR BAESSA ROMBALDI, LOCALIZADA NA VILA NILZA.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/753/753_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO SENHOR PREFEITO QUE PROMOVA ESTUDOS JUNTO À SECRETARIA MUNICIPAL COMPETENTE VISANDO ANALISAR A LEGALIDADE JURÍDICA E FINANCEIRA PARA A AQUISIÇÃO DE UM IMÓVEL RESIDENCIAL NAS PROXIMIDADES DO HOSPITAL AMARAL CARVALHO, NA CIDADE DE JAÚ, OBJETIVANDO IMPLANTAR UMA CASA DE REPOUSO AOS PACIENTES DE NOSSA CIDADE QUE FAZEM TRATAMENTO NO REFERIDO HOSPITAL.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/755/755_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO DO MUNICÍPIO SOLICITANDO SUA INTERFERÊNCIA JUNTO À DIREÇÃO REGIONAL DOS CORREIOS E TELÉGRAFOS E TELEFÔNICA, OBJETIVANDO RESOLVER DEFINITIVAMENTE OS TRANSTORNOS QUE VÊM OCORRENDO NA ENTREGA DE CORRESPONDÊNCIA E NO ATENDIMENTO DOS SERVIÇOS TELEFÔNICOS NOS BAIRROS NOVOS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/756/756_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO DO MUNICÍPIO SOLICITANDO SUA INTERFERÊNCIA JUNTO À DIREÇÃO REGIONAL DA CAIXA ECONÔMICA FEDERAL, NO SENTIDO DE ESTUDAR A POSSIBILIDADE DE ESTENDER O HORÁRIO DE ATENDIMENTO DOS CAIXAS ELETRÔNICOS NO PERÍODO NOTURNO ATÉ AS 22 HORAS, BEM COMO PRESTAR UMA MANUTENÇÃO MINUCIOSA NOS TERMINAIS QUE CONSTANTEMENTE APRESENTAM DEFEITOS E UM ACOMPANHAMENTO RIGOROSO DOS FUNCIONÁRIOS RESPONSÁVEIS PELO ABASTECIMENTO DE NUMERÁRIOS NOS TERMINAIS PARA NÃO PREJUDICAR O ATENDIMENTO DO CLIENTE NOS SAQUES, PRINCIPALMENTE NO HORÁRIO EM QUE A AGÊNCIA SE ENCONTRA FECHADA.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/757/757_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DOS TRANSPORTES, DR. SAULO DE CASTRO ABREU FILHO, VISANDO A QUE, QUANDO DA REALIZAÇÃO DAS OBRAS NA MALHA ASFÁLTICA DA SP 294, TRECHO ADAMANTINA &amp;#8211; TUPI PAULISTA, SEJAM ATENDIDAS ALGUMAS REIVINDICAÇÕES.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DA CULTURA, DR. ANDREA MATARAZZO, VISANDO A QUE ESTE ÓRGÃO DESTINE UM ACERVO DE LIVROS PARA A BIBLIOTECA PÚBLICA MUNICIPAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DINÂMICO DEPUTADO ESTADUAL OLÍMPIO GOMES NO GOVERNO PAULISTA, A FIM DE QUE O ESTADO DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA CONSTRUÇÃO DE CENTRO COMUNITÁRIO NA VILA FÁTIMA.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/760/760_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, DR. BRUNO COVAS, INTERFERÊNCIA NA COORDENADORIA ESTADUAL DO MEIO AMBIENTE, VISANDO A QUE SEJAM DESTINADOS 2.000 KITS DA COLEÇÃO CADERNOS DO MEIO AMBIENTE A ADAMANTINA.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/761/761_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DR. DONALDO CERCI DA CUNHA, DIRETOR REGIONAL DA DRS-IX DE MARÍLIA, VISANDO A QUE SEJAM DESTINADAS 8 CADEIRAS DE RODAS PARA USO DE INTERNADOS DO &amp;#8220;LAR DOS VELHOS DE ADAMANTINA&amp;#8221;.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/762/762_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR EDUARDO SUPLICY, SOLICITANDO AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, VISANDO A AQUISIÇÃO DE UM ÔNIBUS COM TODOS OS EQUIPAMENTOS DE ACESSIBILIDADE AO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/763/763_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA, SOLICITANDO AGENDAR EMENDA PARA O PRÓXIMO ORÇAMENTO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA O RECAPEAMENTO ASFÁLTICO.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/764/764_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), QUE SERÁ UTILIZADO NA COMPRA DE EQUIPAMENTOS DE EXERCÍCIOS FÍSICOS PARA IDOSOS, DEVENDO SER INSTALADOS NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/765/765_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA OFICIADO O DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/754/754_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO DO MUNICÍPIO, SOLICITANDO MANTER ESTUDOS JUNTO À SECRETARIA MUNICIPAL DE ASSUNTOS JURÍDICOS, NO SENTIDO DE ELABORAR PROJETO DE LEI VISANDO REVERTER AO PATRIMÔNIO MUNICIPAL ÁREA DE TERRA COM 2.436,00 M² LOCALIZADO NO JARDIM ORIENTE, ONDE ESTÁ EDIFICADO A SEDE SOCIAL DO CENTRO DE CONVIVÊNCIA DOS IDOSOS, HOJE PERTENCENTE AO PATRIMÔNIO DA UNIÃO FEDERAL.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/766/766_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APOIO DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO MEIO AMBIENTE, BRUNO COVAS, VISANDO A QUE SEJAM DESTINADOS &amp;#8220;KITS&amp;#8221; CONTENDO OS CADERNOS DE EDUCAÇÃO AMBIENTAL, COM ÊNFASE EM &amp;#8220;MUDANÇAS CLIMÁTICAS&amp;#8221;, &amp;#8220;AGRICULTURA SUSTENTÁVEL&amp;#8221;, ECOCIDADANIA, MATAS CILIARES, RECURSOS HÍDRICOS E GUIA PEDAGÓGICO DO LIXO, &amp;#8220;DESASTRES NATURAIS&amp;#8221;, &amp;#8220;ETANOL E BIODIESEL&amp;#8221; E BIODIVERSIDADE.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/767/767_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA PROFª. VERA CAZU, DIRETORA REGIONAL DA EDUCAÇÃO, VISANDO A QUE SEJA OTIMIZADA A MERENDA ESCOLAR SERVIDA AOS ESTUDANTES DA REDE ESTADUAL DE ADAMANTINA QUE FREQÜENTAM O PERÍODO NOTURNO.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/768/768_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DR. SAULO DE CASTRO ABREU FILHO, SECRETÁRIO ESTADUAL DOS TRANSPORTES, VISANDO A QUE O ESTADO CONSTRUA UMA PASSARELA NA VICINAL MOYSÉS JUSTINO DA SILVA, PROXIMIDADES DO JARDIM BELA VISTA E DA ESTÂNCIA DORIGO, OBJETIVANDO A LIGAÇÃO DOS PONTOS DE ÔNIBUS LOCALIZADOS À MARGEM DA REFERIDA VIA.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/769/769_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SECRETÁRIO ESTADUAL DE HABITAÇÃO, SILVIO TORRES, QUE MANTENHA ENTENDIMENTO COM A CDHU INCLUIR, NOS PRÓXIMOS PROJETOS DE CONSTRUÇÃO DE UNIDADES HABITACIONAIS EM NOSSO MUNICÍPIO, O SISTEMA PADRÃO DE CAPTAR ÁGUAS PLUVIAIS EM CAIXAS APROPRIADAS.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/770/770_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE SAÚDE, DR. GIOVANNI GUIDO CERRI, NO SENTIDO DE VIABILIZAR AO NOSSO MUNICÍPIO A DESTINAÇÃO DE CADEIRAS DE RODAS E MULETAS PARA SEREM DISTRIBUÍDAS ÀS ENTIDADES E SANTA CASA.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/771/771_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SENADOR ALOYSIO NUNES FERREIRA, NO SENTIDO DE VIABILIZAR EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL REAIS) AO NOSSO MUNICÍPIO, QUE SERÁ REPASSADO À NOSSA SANTA CASA PARA COMPRA DE EQUIPAMENTOS, A FIM DE AUMENTAR OS LEITOS DA UTI, POIS OS EXISTENTES NÃO TÊM ATENDIDO À GRANDE DEMANDA.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/772/772_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE APRESENTAR EMENDA PARA O PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER UTILIZADO EM OBRAS DE RECAPEAMENTO ASFÁLTICO NAS RUAS DOS BAIRROS CARENTES DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/773/773_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO QUE VIABILIZE RECURSOS FINANCEIROS NO VALOR DE R$ 80 MIL REAIS DESTINADOS À COMPRA DE EQUIPAMENTOS DE MUSCULAÇÃO PARA SEREM INSTALADOS NO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/774/774_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO APRESENTAR EMENDA NO PRÓXIMO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200 MIL REAIS, PARA SEREM UTILIZADOS EM OBRAS DE INFRAESTRUTURA EM BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/775/775_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL LUIZ CLÁUDIO MARCOLINO, QUE FAÇA CONSIGNAR, NO ORÇAMENTO ESTADUAL DE 2012, EMENDA NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, QUE SERÁ DESTINADO À ASSOCIAÇÃO DOS PRODUTORES DE LEITE DE ADAMANTINA, PARA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/776/776_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PELA ADMINISTRAÇÃO MUNICIPAL EM RAZÃO DA PARALISAÇÃO DAS OBRAS PELAS EMPRESAS GANHADORAS DOS PROCESSOS LICITATÓRIOS PARA A EXECUÇÃO DOS SERVIÇOS?</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/777/777_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA CASA PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/778/778_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA RESPECTIVA CHEFIA DE GABINETE, PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/779/779_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O COORDENADOR DO COLETIVO ANTIRRACISMO, COM O ESCOPO DE SE INDICAR DOIS REPRESENTANTES, PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/780/780_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR A DIREÇÃO DAS FACULDADES ADAMANTINENSES INTEGRADAS, COM O ESCOPO DE SE INDICAR DOIS REPRESENTANTES, PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/781/781_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR A DIREÇÃO DAS FACULDADES ADAMANTINENSES INTEGRADAS, COM O ESCOPO DE INDICAR UM REPRESENTANTE DO CURSO DE MEDICINA VETERINÁRIA, PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/782/782_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O PRESIDENTE DA 59ª SUBSEÇÃO DA ORDEM DOS ADVOGADOS DO BRASIL, COM O ESCOPO DE SE INDICAR UM REPRESENTANTE PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/783/783_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/784/784_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA SECRETARIA MUNICIPAL DE ESPORTES PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/785/785_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA SECRETARIA MUNICIPAL DE PLANEJAMENTO PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/786/786_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA SECRETARIA MUNICIPAL DE SAÚDE PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/787/787_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A INDICAÇÃO DE UM REPRESENTANTE DA SECRETARIA MUNICIPAL DE PROMOÇÃO SOCIAL PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/788/788_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO OFICIAR O PRESIDENTE DO SINDICATO DOS TRABALHADORES MUNICIPAIS, COM O ESCOPO DE SE INDICAR UM REPRESENTANTE PARA A COMPOSIÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO E PARTICIPAÇÃO DA COMUNIDADE NEGRA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ DESTINADO PARA CONSTRUÇÃO DO CENTRO COMU-NITÁRIO NO PARQUE ITAMARATY.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ DESTINADO PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO NO PARQUE DO SOL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SECRETARIA DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL, SOLICITANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO NO VALOR DE R$ 20.000,00 (VINTE MIL REAIS), PARA AQUISIÇÃO DE VÁRIAS MÁQUINAS DE CORTE E COSTURA PARA SEREM ADMINISTRADAS AULAS ÀS PESSOAS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL JOSÉ ZICO PRADO, SOLICITANDO SUA INTERFERÊNCIA, OBJETIVANDO, DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, ATRAVÉS DE EMENDA ORÇAMENTÁRIA NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER DESTINADO À NOSSA SANTA CASA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL DONIZETE BRAGA, SOLICITANDO SUA INTERFERÊNCIA, OBJETIVANDO, DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, ATRAVÉS DE EMENDA ORÇAMENTÁRIA NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER DESTINADO A APAE &amp;#8211; ASSOCIAÇÃO PAIS E AMIGOS EXCEPCIONAIS, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ANTONIO MENTOR, SOLICITANDO SUA INTERFERÊNCIA, OBJETIVANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, ATRAVÉS DE EMENDA ORÇAMENTÁRIA NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SEREM UTILIZADOS EM OBRAS DE INFRAESTRUTURA (RECAPEAMENTO ASFALTICO) NA AV. CARLOS PEGORARO, ÁREA COMERCIAL E INDUSTRIAL, COM APROXIMADAMENTE 700 METROS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL JOSÉ CÂNDIDO, SOLICITANDO SUA INTERFERÊNCIA, OBJETIVANDO DESTINAR RECURSOS FINANCEIROS AO NOSSO MUNICÍPIO, ATRAVÉS DE EMENDA ORÇAMENTÁRIA NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SEREM UTILIZADOS EM OBRAS DE INFRAESTRUTURA (PAVIMENTAÇÃO ASFALTICA) DO PROLONGAMENTO DA RUA JOÃO LATINI NO JARDIM ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL DONIZETE BRAGA, SOLICITANDO SUA INTERFERÊNCIA, NO SENTIDO DE CONVALIDAR A EMENDA APRESENTADA NO ORÇAMENTO DO ESTADO Nº 999.023.008-0 RET. NO VALOR DE R$ 80.000,00 (OITENTA MIL REAIS), QUE SERIA DESTINADA A PAVIMENTAÇÃO, GUIAS E ASFALTO EM BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO À SENADORA MARTA SUPLICY, SOLICITANDO COM ESPECIAL EMPENHO APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA CONSTRUÇÃO DE BARRACÃO NO POLIESPORTIVO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO APRESENTAR EMENDA AO ORÇAMENTO DO ESTADO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, PARA AQUISIÇÃO DE UMA PERUA KOMBI 0 KM PARA A CLINICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO APRESENTAR EMENDA AO ORÇAMENTO DO ESTADO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, PARA PAVIMENTAÇÃO ASFALTICA DA RUA PERNAMBUCO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO SENADOR ALOÍSIO NUNES, SOLICITANDO COM ESPECIAL EMPENHO APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA OBRAS DE INFRAESTRURA NOS BAIRROS JARDIM BRASIL E JARDIM ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA CUSTEIO E COMPRA DE EQUIPAMENTOS DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, NO SENTIDO DE APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA 2012, DESTINANDO RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA COMPRA DE MICROÔNIBUS AO IAMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; QUANDO A MUNICIPALIDADE PRETENDE INICIAR A REFORMA DA QUADRA ESPORTIVA DA UE &amp;#8220;NAVARRO DE ANDRADE&amp;#8221;? 2 &amp;#8211; QUANDO A MUNICIPALI-DADE PRETENDE INICIAR A REFORMA DO PRÉDIO DO TERMINAL RODOVIÁRIO &amp;#8220;TAMOTO MATUO-KA&amp;#8221;? 3 &amp;#8211; POR QUE O RECURSO FINANCEIRO DESTINADO HÁ QUASE TRÊS ANOS PELO GOVERNO FEDE-RAL NO VALOR DE R$ 100.800,00 PARA CONSTRUÇÃO DE PRAÇAS NO JARDIM ITAMARATI, CONSEQUÊNCIA DE EMENDA APRESENTADA PELO EX-SENADOR ROMEU TUMA E DEPOSITADO, HÁ DOIS ANOS, EM CONTA NO NOSSO MUNICÍPIO, AINDA NÃO FOI UTILIZADO? 4 &amp;#8211; QUANDO O RECURSO ACIMA MENCIONADO SERÁ UTILIZADO? 5 &amp;#8211; POR QUE ESTA MUNICIPALIDADE, EMBORA TENHA RECEBIDO DO MINISTÉRIO DA SAÚDE, DESDE 2005, GRATIFICAÇÃO DE INCENTIVO DESTINADA AOS NOSSOS AGENTES COMUNITÁRIOS, NUNCA A REPASSOU A NENHUM DELES? QUANDO FARÁ ISTO? 6 &amp;#8211; A PREFEITURA TENCIONA PROMOVER ALGUMA REESTRUTURAÇÃO RELATIVA A MUDANÇAS NO QUADRO DE REFERÊNCIAS E FUNÇÕES AINDA ESTE ANO? EM CASO AFIRMATIVO, QUANDO ISTO OCORRERÁ E QUE CARGOS E FUNÇÕES SERÃO REESTRUTURADOS?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA PROFª. LÚ ALCKMIN, PRESIDENTA DO FUNDO SOCIAL DE SOLIDARIE-DADE DE SÃO PAULO, INTERFERÊNCIA VISANDO À DESTINAÇÃO DE COBERTORES, LENÇÓIS, TRAVES-SEIROS, FRONHAS E TALHERES PARA O LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SENHOR DAVID ZAIA, SECRETÁRIO ESTADUAL DO EMPREGO E RELAÇÃO DO TRABALHO, VISANDO A SUA INTERFERÊNCIA NESTE ÓRGÃO COM O OBJETIVO DE O BANCO DO POVO RECRIAR O PROGRAMA DESTINADO À LINHA DE CRÉDITO ESPECIAL PARA REFORMA E AMPLIAÇÃO DE CASA COM ATÉ 100M².</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: - QUANDO SERÃO INICIADAS AS OBRAS DA REFORMA DA PRAÇA ESPORTIVA DO JARDIM BRASIL? - QUANDO SERÁ FEITA A DIVISÓRIA DA QUADRA DA ANTIGA ESCOLA CEFAM PARA UTILIZAÇÃO A COMUNIDADE DO JARDIM BRASIL?</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - ENVIAR RELAÇÃO DE TODOS OS FUNCIONÁRIOS DAS EMEIS, INFORMANDO NOME, CARGO E RELAÇÃO DE TODAS AS CRIANÇAS ATENDIDAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL PAULO MALUF, APRESENTANDO EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$100.000,00 (CEM MIL REAIS), PARA SER UTILIZADO NA REFORMA E AMPLIAÇÃO DO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ARNALDO JARDIM, APRESENTANDO EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$100.000,00 (CEM MIL REAIS), PARA CUSTEIO E COMPRA DE EQUIPAMENTOS DA CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ED THOMAS, QUE VIABILIZE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, QUE SERÁ UTILIZADO NA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DA VILA CICMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL ROQUE BARBIERI, QUE VIABILIZE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA COMPRA DE EQUIPAMENTOS À APAE DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO ESTADUAL CAMPOS MACHADO, QUE VIABILIZE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA A REFORMA DO CENTRO COMUNITÁRIO DO PARQUE CECAP.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MANOEL SALVIANO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA SER UTILIZADO NA CONSTRUÇÃO DE CRECHE NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL LUIZ FERNANDO MACHADO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA OBRAS DE INFRAESTRUTURA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL NELSON MARQUEZIN, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA O CENTRO COMUNITÁRIO DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO CAMPOS, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012, CONFORME SEGUE: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA (GUIAS, SARJETA E ASFALTO) EM BAIRROS CARENTES DE NOSSA CIDADE; - R$ 100.000,00 (CEM MIL REAIS) PARA SER UTILIZADO NA CONSTRUÇÃO DE QUADRA DE FUTEBOL DE SALÃO E CAMPO DE BOCHA E MALHA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO CAMPOS, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012, NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER UTILIZADO NAS OBRAS DE AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012, CONFORME SEGUE: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER DESTINADA À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA AMPLIAÇÃO DAS SALAS DA UTI; - R$ 100.000,00 (CEM MIL REAIS) PARA SER UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA ACADEMIA PARA A 3ª IDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA SER UTILIZADO NA AQUISIÇÃO DE UM ÔNIBUS COM ACESSIBILIDADE PARA O TRANSPORTE DE IDOSOS DO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DA EXCELENTÍSSIMA DEPUTADA ESTADUAL CÉLIA LEÃO, VISANDO A QUE O GOVERNO ESTADUAL DESTINE RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS, A SEREM UTILIZADOS PELO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL PAULO FREIRE QUE APRESENTE EMENDA AO ORÇAMENTO DA UNIÃO/2012 DESTINANDO R$ 200 MIL PARA CUSTEIO E AQUISIÇÃO DE EQUIPAMENTOS EM BENEFÍCIO DA SANTA CASA LOCAL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DO TURISMO, MÁRCIO FRANÇA, OBJETIVANDO-SE A AGILIZAÇÃO DO PROJETO REFERENTE À VIABILIZAÇÃO DO &amp;#8220;TREM DO TURISMO&amp;#8221;, TRECHO TUPÃ &amp;#8211; PANORAMA, ÀS SEXTAS, SÁBADOS E DOMINGOS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO DEPUTADO FEDERAL VAZ DE LIMA QUE APRESENTE EMENDA AO ORÇAMENTO DA UNIÃO 2012, DESTINANDO R$ 100 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS A SEREM UTILIZADOS PELA REDE DE COMBATE AO CÂNCER DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO SENADOR ALOYSIO NUNES QUE APRESENTE EMENDA AO ORÇAMENTO DA UNIÃO/2012 DESTINANDO R$ 200 MIL PARA AQUISIÇÃO DE EQUIPAMENTOS E CUSTEIO DA SANTA CASA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO SECRETÁRIO ESTADUAL DA HABITAÇÃO, SILVIO TORRES, SOLICITANDO RECURSO FINANCEIRO NO VALOR DE R$ 50 MIL PARA CONSTRUÇÃO DE QUADRA DE AREIA E INSTALAÇÃO DE &amp;#8220;ACADEMIA DE GINÁSTICA&amp;#8221; NO CONJUNTO HABITACIONAL BANDEIRANTES, JARDIM BELA VISTA, ALÉM DE UM CAMPO DE FUTEBOL NO JARDIM DOS POETAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ESTADUAL ED THOMAS NA SECRETARIA ESTADUAL DO TURISMO, VISANDO AO SEGUINTE: 1 &amp;#8211; INCLUSÃO DE ADAMANTINA NO PROJETO &amp;#8220;CAMINHOS DO SABER&amp;#8221;, DESTINANDO 60 VAGAS PARA CRIANÇAS DE 8 A 10 ANOS QUE NÃO CONHECEM O LITORAL PAULISTA; 2 &amp;#8211; DESTINAÇÃO DE RECURSO FINANCEIRO NO VALOR DE R$ 70 MIL PARA REALIZAÇÃO DE CARNAVAL POPULAR EM 2012.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO MUNICIPAL, SOLICITANDO A EDIÇÃO DE DECRETO REGULAMENTADOR E DEMAIS MEDIDAS NECESSÁRIAS À EXECUÇÃO DA LEI 3.402, DE 30 DE MARÇO DE 2010.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO À SENADORA MARTA SUPLICY, SOLICITANDO R$ 200.000,00 (DUZENTOS MIL REAIS) PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE DO SOL.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL PEDRO SIMÃO, SOLICITANDO R$ 100.000,00 (CEM MIL REAIS) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO R$ 200.000,00 (DUZENTOS MIL REAIS) PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE ITAMARATI.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ANTÔNIO MENTOR, SOLICITANDO R$ 200.000,00 (DUZENTOS MIL REAIS) PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO FEDERAL JOSÉ MENTOR, SOLICITANDO R$ 100.000,00 (CEM MIL REAIS) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENHOR PREFEITO DO MUNICÍPIO, QUE MANTENHA ESTUDOS VISANDO A CONSTRUÇÃO E ADEQUAÇÃO DE UM CENTRO DE DISTRIBUIÇÃO E ABASTECIMENTO DOS PRODUTOS PRODUZIDOS EM NOSSA CIDADE E REGIÃO, COM A FINALIDADE DE DESENVOLVER A CAPACIDADE DE COMERCIALIZAÇÃO E, CONSEQÜENTEMENTE, AUMENTAR A RENDA DOS NOSSOS PRODUTORES.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, COM O ESCOPO DE INTERCEDER JUNTO À SUPERINTENDÊNCIA DO DEPARTAMENTO DE ESTRADAS E RODAGENS DO ESTADO DE SÃO PAULO &amp;#8211; DER, A FIM DE SE LOGRAR A REPARAÇÃO DO ACESSO RODOVIÁRIO ADAMANTINA/MARIÁPOLIS (18,9 KM).</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER ENTENDIMENTOS COM O GOVERNADOR GERALDO ALCKMIN NO SENTIDO DE AUTORIZAR A INCLUSÃO DE ADAMANTINA NO PROGRAMA DE CONSTRUÇÃO DE CRECHE PARA 70 VAGAS.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL NELSON MARQUEZELLI, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA SEREM ALOCADOS NA CONSTRUÇÃO DE CRECHE DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO NOS BAIRROS DA CIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, VIANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 300.000,00, A SER UTILIZADO NA COMPRA DE UM NOVO APARELHO DE RAIO-X PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, VIANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO NO VALOR DE R$ 200.000,00, A SER UTILIZADO NA COMPRA DE UM NOVO APARELHO DE ULTRASSON PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/617/617_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER UTILIZADO EM OBRAS DE INFRAESTRUTURA EM BAIRROS CARENTES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/618/618_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/619/619_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ABELARDO CAMARINHA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ UTILIZADO EM OBRAS DE INFRAESTRUTURA NOS BAIRROS DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/620/620_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL EDINHO ARAÚJO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/621/621_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL AFONSO LOBATO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), QUE SERÁ UTILIZADO NA COMPRA DE EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/622/622_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL BETO TRÍCOLI, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA AMPLIAÇÃO DA ESCOLA DA APAE.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/623/623_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DILMO DOS SANTOS, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA REFORMA E AMPLIAÇÃO DO IAMA.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/624/624_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL ANA DO CARMO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA SER APLICADO EM OBRAS DE INFRAESTRUTURA NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/625/625_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL ANA PERUGINI, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA AQUISIÇÃO DE EQUIPAMENTOS À UNIDADE DE ATENÇÃO ESPECIALIZADA EM SAÚDE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/626/626_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ALENCAR SANTANA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR, A FIM DE ATENDER PACIENTES COM NECESSIDADES ESPECIAIS DA CIDADE E REGIÃO.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/627/627_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DONIZETE BRAGA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA RECUPERAÇÃO DA PRAÇA DE ESPORTES E LAZER DO JARDIM ITAMARATY.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/628/628_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL EDINHO SILVA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA REVITALIZAÇÃO DO CAMPO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/629/629_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ CÂNDIDO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA INFRAESTRUTURA, SANEAMENTO BÁSICO, RECAPEAMENTO, ASFALTO, GUIAS E SARJETAS NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/630/630_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ ZICO PRADO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA CONSTRUÇÃO DE PRÉDIO PARA INSTALAR O CENTRO COMUNITÁRIO DA ASSOCIAÇÃO DE MORADORES DO CONJUNTO HABITACIONAL MÁRIO COVAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/631/631_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL LUIZ CLÁUDIO MARCOLINO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DO CENTRO COMUNITÁRIO DA ASSOCIAÇÃO DE MORADORES DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/632/632_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MARCOS MARTINS, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS &amp;#8220;LAR CRISTÃO DE MENINAS&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/633/633_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA AQUISIÇÃO DE EQUIPAMENTOS HOSPITALARES.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/634/634_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL TELMA DE SOUZA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS &amp;#8220;LAR DOS VELHOS&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/635/635_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL DEVANIR RIBEIRO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO DA SAÚDE DA CLÍNICA DE REPOUSO NOSSO LAR, QUE ATENDE PACIENTES ESPECIAIS DA CIDADE E REGIÃO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/636/636_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA FEDERAL JANETE ROCHA PIETÁ, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA REVITALIZAÇÃO DE PRAÇAS E DO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/637/637_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA AQUISIÇÃO DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/638/638_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOSÉ MENTOR, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA INFRAESTRUTURA, SANEAMENTO BÁSICO, RECAPEAMENTO, ASFALTO, GUIAS E SARJETAS NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/639/639_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL RICARDO BERZOINI, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS &amp;#8220;REDE DE COMBATE AO CÂNCER&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/640/640_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À SENADORA MARTA SUPLICY, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA CONSTRUÇÃO DE PRÉDIO PARA INSTALAÇÃO DE CENTRO COMUNITÁRIO DA ASSOCIAÇÃO DE MORADORES DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/641/641_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS), PARA CONSTRUÇÃO DE PONTE NA AL. PADRE NÓBREGA, ACESSO AO RESIDENCIAL ELDORADO II.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/642/642_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL CÂNDIDO VACCAREZZA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA AQUISIÇÃO DE EQUIPAMENTOS PARA A UNIDADE DE ATENÇÃO ESPECIALIZADA EM SAÚDE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/643/643_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA - HÁ FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE FAZEM JUS AO ADICIONAL DE INSALUBRIDADE? - EM CASO POSITIVO, QUAL O NÚMERO DE FUNCIONÁRIOS E DE QUAIS SETORES?</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/644/644_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO REFERENTE À PREFEITURA MUNICIPAL: - NO QUE TANGE AO PONTO DIGITAL, DE QUE FORMA É REGISTRADO O HORÁRIO DE SAÍDA NO CASO EM QUE O FUNCIONÁRIO ULTRAPASSA O HORÁRIO PERMITIDO PARA REGISTRO?</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/645/645_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL DONISETE BRAGA, SOLICITANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DO ESTADO PARA 2012: - R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA SER UTILIZADO NA COBERTURA DE QUADRA ESPORTIVA NO CCI &amp;#8211; CENTRO DE CONVIVÊNCIA DO IDOSO DE ADAMANTINA; - R$ 100.000,00 (CEM MIL REAIS) PARA CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/646/646_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL RUI FALCÃO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS), PARA AQUISIÇÃO DE UMA UTI MÓVEL À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/647/647_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO DEPUTADO ESTADUAL ANTÔNIO MENTOR, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA COMPRA DE EQUIPAMENTOS E CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/648/648_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA 2012: - R$ 100.000,00 (CEM MIL REAIS) PARA CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; - R$ 300.000,00 (TREZENTOS MIL REAIS) PARA OBRAS DE INFRAESTRUTURA (PAVIMENTAÇÃO ASFÁLTICA) NOS BAIRROS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/649/649_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO À SENADORA MARTA SUPLICY, SOLICITANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA 2012: - R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA REFORMA E CUSTEIO DA APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/650/650_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO DADO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE APRESENTAR EMENDA AO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 DESTINANDO R$150.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AUXILIAR NAS DESPESAS DE CUSTEIO.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/651/651_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR ALOYSIO NUNES FERREIRA SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE APRESENTAR EMENDA AO ORÇAMENTO FEDERAL PARA O EXERCÍCIO DE 2012 DESTINANDO R$ 120.000,00 À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA AQUISIÇÃO DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/652/652_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO GOVERNADOR GERALDO ALCKMIN, BEM COMO AO DEPUTADO ESTADUAL MAURO BRAGATO, ASSINADO POR TODOS OS DEMAIS VEREADORES, DIGNOS REPRESENTANTES DE NOSSA COMUNIDADE, AGRADECENDO PELA ESCOLHA DE NOSSA CIDADE PARA RECEBER A INSTALAÇÃO DA UNIDADE DA FATEC &amp;#8211; FACULDADE DE TECNOLOGIA DE SÃO PAULO, QUE IRÁ ATENDER NOSSOS ALUNOS E TODA A REGIÃO DA NOVA ALTA PAULISTA, CONSOLIDANDO ADAMANTINA COMO PÓLO EDUCACIONAL.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL RICARDO TRÍPOLI, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS) AO NOSSO MUNICÍPIO, PARA SER DESTINADO NA CONSTRUÇÃO DE UMA CRECHE NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/803/803_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, NO SENTIDO DE VIABILIZAR A LIBERAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) AO NOSSO MUNICÍPIO, PARA SEREM DESTINADOS À APAE DE ADAMANTINA PARA CUSTEIO E COMPRA DE EQUIPAMENTOS DO PROJETO DE EQUOTERAPIA.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/804/804_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA JUNTO À SECRETARIA ESTADUAL DE ASSISTÊNCIA E DESENVOLVIMENTO SOCIAL VISANDO REAJUSTAR, PARA O PRÓXIMO ANO, AS VERBAS REPASSADAS ÀS ENTIDADES DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/805/805_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SUA INTERFERÊNCIA NA LIBERAÇÃO DAS EMENDAS ABAIXO RELACIONADAS: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA OBRAS DE INFRAESTRUTURA URBANA EM BAIRROS DE NOSSA CIDADE; - R$ 100.000,00 (CEM MIL REAIS) PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO BAIRRO JARDIM DAS ACÁCIAS; - R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA CUSTEIO E COMPRA DE EQUIPAMENTOS PARA A NOSSA SANTA CASA.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/806/806_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012, CONFORME SEGUE: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA INFRAESTRUTURA URBANA (RECAPEAMENTO ASFÁLTICO) EM VÁRIOS BAIRROS DE NOSSA CIDADE; - R$ 300.000,00 (TREZENTOS MIL REAIS) PARA SEREM DESTINADOS À NOSSA SANTA CASA, PARA CONSTRUÇÃO DE SALA PARA IMPLANTAÇÃO DE MAIS UMA UTI.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/807/807_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SEREM ALOCADOS NA CONSTRUÇÃO DE ROTATÓRIA NA ENTRADA DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/808/808_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA SER DESTINADO À SANTA CASA DE MISERICÓRDIA DE NOSSA CIDADE, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/809/809_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO: - QUANDO SERÁ INICIADA AS OBRAS DE CANALIZAÇÃO NA CHÁCARA DO SR. VANDERLEI GASPAROTO (IN MEMORIAN), LOCALIZADA NOS FUNDOS DO BAIRRO JARDIM BRASIL?</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/810/810_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFICIO AO SECRETÁRIO ESTADUAL DE HABITAÇÃO, SR. SILVIO TORRES, SOLICITANDO AGILIZAR A LIBERAÇÃO DOS RECURSOS ATRAVÉS DO BANCO DO POVO, A FIM DE ATENDER OS CONTEMPLADOS COM AS CASAS DO CDHU DO CONJUNTO HABITACIONAL DO JARDIM DOS BANDEIRANTES PARA QUE POSSAM AMPLIAR AS SUAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/811/811_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À BANCADA DO PT NA ASSEMBLÉIA LEGISLATIVA DO ESTADO DE SÃO PAULO, SOLICITANDO APRESENTAR PROJETO DE MUDANÇA NOS CRITÉRIOS PARA AUTUAÇÕES E APLICAÇÕES DAS INFRAÇÕES DE TRÂNSITO NO ESTADO, IMPLANTANDO A IDENTIFICAÇÃO COM FOTO DO VEÍCULO INFRATOR CASO NÃO SEJA ABORDADO, OU O CONDUTOR DEVENDO SER PARADO, ABORDADO E IDENTIFICADO.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/812/812_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL CARLINHOS ALMEIDA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CONSTRUÇÃO DE CICLOVIAS NAS VICINAIS E NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/813/813_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL CARLOS ZARATTINI, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO DA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, QUE ATENDE, ALÉM DAS CIDADES DA REGIÃO E À POPULAÇÃO CARCERÁRIA.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/814/814_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JILMAR TATTO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CONSTRUÇÃO DE CICLOVIAS NAS VICINAIS E NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/815/815_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOSÉ DE FILIPPI JÚNIOR, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA AQUISIÇÃO DE AMBULÂNCIA PARA TRANSPORTE DE PACIENTES A OUTRAS UNIDADES DE SAÚDE DA REGIÃO.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/816/816_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL NEWTON LIMA NETO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS &amp;#8220;LAR DOS VELHOS&amp;#8221; DE ADAMANTINA.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/817/817_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL PAULO TEIXEIRA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DA APAE DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/818/818_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL VICENTE CÂNDIDO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DO IAMA DE NOSSA CIDADE.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/819/819_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL PAULO DA SILVA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DO LAR CRISTÃO DE MENINAS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/820/820_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO SENADOR EDUARDO SUPLICY, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA CUSTEIO DE SAÚDE E AQUISIÇÃO DE EQUIPAMENTOS PARA A NOSSA SANTA CASA, QUE ATENDE AS CIDADES DA REGIÃO, ALÉM DA POPULAÇÃO CARCERÁRIA.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/821/821_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ADRIANO DIOGO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA REVITALIZAÇÃO DE PRAÇAS E DO CÓRREGO CALDEIRAS.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/822/822_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ANTÔNIO MENTOR, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA REVITALIZAÇÃO DO CAMPO DO MARROCO.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/823/823_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL CARLOS GRANA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO DA CLÍNICA DE REPOUSO NOSSO LAR DE ADAMANTINA.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/824/824_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ENIO TATTO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CUSTEIO DE SAÚDE DA SANTA CASA DE ADAMANTINA, QUE ATENDE AS CIDADES DA REGIÃO, ALÉM DA POPULAÇÃO CARCERÁRIA.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/825/825_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL GERALDO CRUZ, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CONSTRUÇÃO DO VESTIÁRIO DA PRAÇA DE ESPORTES DO CONJUNTO MÁRIO COVAS.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/826/826_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL GERSON BITTENCOURT, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA AQUISIÇÃO DE AMBULÂNCIA PARA O TRANSPORTE DE PACIENTES A OUTRAS UNIDADES DE SAÚDE DA REGIÃO.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/827/827_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ISAC REIS, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), A SER DESTINADA AO SETOR DE AGRICULTURA &amp;#8211; PASSIFLORA.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/828/828_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL HAMILTON PEREIRA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DA REDE DE COMBATE AO CÂNCER DE ADAMANTINA.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/829/829_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOÃO ANTÔNIO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CONSTRUÇÃO DE CICLOVIA NAS VICINAIS E NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/830/830_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL LUIZ MOURA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL REAIS), PARA CONSTRUÇÃO DE CICLOVIA NAS VICINAIS E NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/831/831_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MARCO AURÉLIO DE SOUZA, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DO IAMA.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/832/832_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOÃO PAULO RILLO, SOLICITANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), PARA CUSTEIO E MANUTENÇÃO DAS AÇÕES ASSISTENCIAIS DA APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/833/833_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO SOLICITANDO, COM ESPECIAL EMPENHO, SE DIGNE MANTER CONTATO COM A SECRETARIA ESTADUAL DE SAÚDE, NO SENTIDO DE CONCEDER, ATRAVÉS DE EMENDA, RECURSO FINANCEIRO NO MONTANTE DE R$ 100.000,00 (CEM MIL REAIS), PARA A AQUISIÇÃO DE UM VEÍCULO VAN PARA O TRANSPORTE DOS PACIENTES DO CAPS - CENTRO DE ATENÇÃO PSICOSSOCIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/834/834_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL DR. ELEUSES PAIVA, SOLICITANDO, ESPECIAL EMPENHO, NO SENTIDO DE CONCEDER, ATRAVÉS DE EMENDA PARA O EXERCÍCIO DE 2012, RECURSO FINANCEIRO NO MONTANTE DE R$300.000,00 (TREZENTOS MIL REAIS) PARA A CONSTRUÇÃO DE UMA NOVA SEDE PARA O TIRO DE GUERRA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO GOVERNADOR DO ESTADO DE SÃO PAULO, DR. GERALDO ALCKMIN DETERMINAR A REALIZAÇÃO DE ESTUDOS NO SENTIDO DE ALTERAR A LEI COMPLEMENTAR Nº 988/2006, QUE CRIOU A DEFENSORIA PÚBLICA, PARA QUE O CONVÊNIO DE ASSISTÊNCIA JUDICIÁRIA PASSE A SER ADMINISTRADO PELA SECRETARIA DA JUSTIÇA E DA DEFESA DA CIDADANIA, E NÃO MAIS PELA DEFENSORIA PÚBLICA.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À FUNDAÇÃO ITAÚ, SOLICITANDO UM ACERVO DE LIVROS INFANTIS PARA A BIBLIOTECA DO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT AS SEGUINTES EMENDAS: - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA RECAPEAMENTO ASFÁLTICO EM BAIRROS CARENTES DE NOSSA CIDADE; - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA AMPLIAÇÃO DA CRECHE PEQUENO PRÍNCIPE; - R$ 200.000,00 (DUZENTOS MIL REAIS) PARA AQUISIÇÃO DE UM ÔNIBUS EQUIPADO COM ACESSIBILIDADE PARA O LAR DOS VELHOS; - R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA AQUISIÇÃO DE UM TRATOR EQUIPADO COM TOMBADOR PARA A PATRULHA AGRÍCOLA.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ROBERTO SANTIAGO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ DESTINADO AO RECAPEAMENTO ASFÁLTICO E CONSTRUÇÃO DE UMA QUADRA DE ESPORTES NO CCI &amp;#8211; CENTRO DE CONVIVÊNCIA DOS IDOSOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQÜENTA MIL REAIS), PARA AQUISIÇÃO DE CADEIRAS DE RODAS, CADEIRAS MOTORIZADAS, ENTRE OUTROS EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL WALTER IHOSHI, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), QUE SERÁ DESTINADO AO RECAPEAMENTO ASFÁLTICO DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL GUILHERME CAMPOS, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPUTADO FEDERAL JEFERSON CAMPOS, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/926/926_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 01) CÓPIA DO CONVÊNIO Nº 002/2009 DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, PARA VERIFICAÇÃO DE DADOS E ESTUDOS; 02) QUAIS SÃO AS ENTIDA-DES QUE ATENDEM CRIANÇAS DE ATÉ 3 ANOS DE IDADE NO NOSSO MUNICÍPIO? 03) QUANTOS PROFESSORES TRABALHAM NESSAS ENTIDADES? 04) QUAIS SÃO OS VALORES REPASSADOS? 05) QUAL O NÚMERO DE CRIANÇAS ATENDIDAS?</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA A SEGUINTE INFORMAÇÃO REFERENTE À PREFEITURA MUNICIPAL: - ENVIAR CÓPIA A ESTA CASA DE LAUDO TÉCNICO QUE COMPROVE A QUALIDADE DO ASFALTO NO CASO DOS REPAROS NA VIA PÚBLICA, PELA EMPRESA TERCEIRIZADA, QUE PRESTA SERVIÇO PARA A CONCESSIONÁRIA SABESP, CONSOANTE AO QUE ESTABELECE NO PLANO MUNICIPAL DE SANEAMENTO.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/956/956_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO ESPECIAL EMPENHO NO SENTIDO DE CONCEDER, ATRAVÉS DE EMENDA PARA O EXERCÍCIO DE 2012, RECURSO FINANCEIRO NO MONTANTE DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA RECAPEAMENTO DAS RUAS DO JARDIM ADAMANTINA.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/957/957_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA A CONSTRUÇÃO DE 3 UTIS NA SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/958/958_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA A CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO PARQUE ITAMARATI.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/959/959_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ED THOMAS, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS), PARA A CONSTRUÇÃO DO CENTRO COMUNITÁRIO DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/960/960_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL VINÍCIUS CAMARINHA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 300.000,00 (TREZENTOS MIL REAIS), PARA RECAPEAMENTO ASFÁLTICO NOS BAIRROS DA CIDADE.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/961/961_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL DONISETE BRAGA, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 100.000,00 (CEM MIL) PARA AQUISIÇÃO DE MÁQUINAS DE HEMODIÁLISE PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO PARQUE DO SOL; &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/962/962_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ANTÔNIO MENTOR, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 100.000,00 (CEM MIL) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; &amp;#8594; R$ 100.000,00 (CEM MIL) PARA AMPLIAÇÕES E AQUISIÇÕES DE DIVERSOS APARELHOS PARA A APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/963/963_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL EDINHO SILVA, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 100.000,00 (CEM MIL) PARA AQUISIÇÃO DE AMBULÂNCIA UTI PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; &amp;#8594; R$ 100.000,00 (CEM MIL) PARA AMPLIAÇÃO DO PRÉDIO DO LAR DOS VELHOS.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/964/964_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ÊNIO TATTO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/965/965_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL GERSON BITTENCOURT, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/966/966_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOÃO PAULO RILLO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL) PARA COMPRA DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA..</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/967/967_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ CÂNDIDO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 130.000,00 (CENTO E TRINTA MIL) PARA COMPRA DE EQUIPAMENTOS À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/968/968_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ ZICO PRADO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 100.000,00 (CEM MIL) PARA PAVIMENTAÇÃO ASFÁLTICA NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/969/969_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL LUIZ CLÁUDIO MARCOLINO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 100.000,00 (CEM MIL) PARA AQUISIÇÃO DE UM TRATOR PARA O SETOR AGRÍCOLA DO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/970/970_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL RUI FALCÃO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 120.000,00 (CENTO E VINTE MIL) PARA PAVIMENTAÇÃO ASFÁLTICA NO MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/971/971_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL SIMÃO PEDRO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DO ESTADO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA AQUISIÇÃO DE EQUIPAMENTOS E AMPLIAÇÃO DA APAE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/972/972_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ARLINDO CHINAGLIA, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 200.000,00 (DUZENTOS MIL) PARA AMPLIAÇÃO E COMPRA DE EQUIPAMENTOS PARA A APAE DE ADAMANTINA; &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA AMPLIAÇÃO DO LAR DOS VELHOS; &amp;#8594; R$ 200.000,00 (DUZENTOS MIL) PARA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/973/973_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL CÂNDIDO VACCAREZZA, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA AQUISIÇÃO DE EQUIPAMENTOS PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA; &amp;#8594; R$ 100.000,00 (CEM MIL) PARA COMPRA DE AMBULÂNCIA UTI PARA A SANTA CASA.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/974/974_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL DEVANIR RIBEIRO, OBJETIVANDO APRESENTAR AS SEGUINTES EMENDAS NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012: &amp;#8594; R$ 200.000,00 (DUZENTOS MIL) PARA AMPLIAÇÃO DO LAR DOS VELHOS; &amp;#8594; R$ 150.000,00 (CENTO E CINQÜENTA MIL) PARA PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/975/975_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JILMAR TATTO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA AQUISIÇÃO DE UM VEÍCULO PERUA KOMBI AO LAR CRISTÃO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/976/976_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOÃO PAULO CUNHA, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 500.000,00 (QUINHENTOS MIL REAIS) PARA CONSTRUÇÃO DE UM GINÁSIO DE ESPORTES NO PARQUE DOS PIONEIROS.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/977/977_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JOSÉ MENTOR, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA INFRAESTRUTURA E PAVIMENTAÇÃO ASFÁLTICA.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/978/978_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL RICARDO BERZOINI, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA AMPLIAÇÃO E COMPRA DE EQUIPAMENTOS À USINA DE LEITE DE ADAMANTINA.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/979/979_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL VICENTE CÂNDIDO, OBJETIVANDO APRESENTAR EMENDA NO ORÇAMENTO DA UNIÃO PARA O EXERCÍCIO DE 2012 NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA AQUISIÇÃO DE VEÍCULO PERUA KOMBI AO LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO CHEFE DA CASA CIVIL, DR. SIDNEY BERALDO, VISANDO A QUE O ESTADO INSTALE UMA UNIDADE DO POUPATEMPO EM ADAMANTINA.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AS SEGUINTES INFORMAÇÕES: 1 &amp;#8211; DO MONTANTE JÁ DEPOSITADO PELA SABESP REFERENTE AO CONTRATO DE CONCESSÃO ESTABELECIDO EM 2010 ENTRE A EMPRESA E ESTA MUNICIPALIDADE, QUANTO FOI DESTINADO À SANTA CASA LOCAL PARA INVESTIMENTOS DE CUSTEIO E AQUISIÇÃO DE EQUIPAMENTOS? 2 &amp;#8211; POR QUE O EXECUTIVO AINDA NÃO ENCAMINHOU AO LEGISLATIVO, PROJETO DE LEI REFERENTE À VALORIZAÇÃO SALARIAL DOS PROFESSORES MUNICIPAIS E ÀS MUDANÇAS QUE SE FAZEM NECESSÁRIAS NO ESTATUTO DO MAGISTÉRIO? 3 &amp;#8211; QUAL A RAZÃO DE O MUNICÍPIO NÃO TER VIABILIZADO ATÉ ESTA DATA, NENHUMA MERENDEIRA PARA ATUAR, NO PERÍODO NOTURNO, NAS ESCOLAS HELEN KELLER, FLEURIDES CAVALLINI MENECHINO E DURVALINO GRION, A DESPEITO DE REITERADAS SOLICITAÇÕES DOS DIRETORES DESTAS UNIDADES ESCOLARES? 4 &amp;#8211; QUANDO O EXECUTIVO PRETENDE INICIAR A REFORMA COMPLETA, INCLUINDO A COBERTURA DA QUADRA DE ESPORTES DA ESCOLA NAVARRO DE ANDRADE, JUSTA E ANTIGA REIVINDICAÇÃO DESTA MODELAR INSTITUIÇÃO, REITERADA DEZENAS DE VEZES PELA DIREÇÃO, CORPOS DOCENTES, DISCENTE, ALÉM DA ASSOCIAÇÃO DE PAIS E MESTRES?</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA DE SÃO PAULO, DEPUTADO ESTADUAL BARROS MUNHOZ, VISANDO A QUE SEJAM DESTINADAS 300 EXEMPLARES DA CONSTITUIÇÃO FEDERAL, A SEREM DOADAS A ESTUDANTES DO CURSO DE DIREITO DA FAI, ALÉM DE ESTAGIÁRIOS E DE ALUNOS DE CURSO PREPARATÓRIO DESTA ÁREA.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO PRESIDENTE DA CÂMARA DOS DEPUTADOS, DEPUTADO FEDERAL MARCO MAIA, VISANDO A QUE SEJAM DESTINADAS 300 EXEMPLARES DAS CONSTITUIÇÕES FEDERAL, A SEREM DOADAS A ESTUDANTES DO CURSO DE DIREITO DA FAI, ALÉM DE ESTAGIÁRIOS E DE ALUNOS DE CURSO PREPARATÓRIO DESTA ÁREA.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER REPASSADO À SANTA CASA DE ADAMANTINA PARA SUA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER REPASSADO À CLÍNICA DE REPOUSO NOSSO LAR, PARA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JEFFERSON CAMPOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER REPASSADO AO LAR DOS VELHOS, PARA MANUTENÇÃO E REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL JUNJI ABE, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER REPASSADO AO LAR DAS CRIANÇAS, PARA COMPRA DE EQUIPAMENTOS E REFORMA DO PRÉDIO.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JOSÉ BITTENCOURT, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA SER REPASSADO À SANTA CASA DE MISERICÓRDIA DE ADAMANTINA PARA SUA MANUTENÇÃO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MILTON VIEIRA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA SER REPASSADO À APAE DE ADAMANTINA PARA COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO À DEPUTADA ESTADUAL RITA PASSOS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 100.000,00 (CEM MIL REAIS) PARA SER REPASSADO AO IAMA DE ADAMANTINA, PARA CUSTEIO E COMPRA DE EQUIPAMENTOS.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL MAURO BRAGATO, SOLICITANDO SE DIGNE APRESENTAR PROJETO DE LEI DENOMINANDO DE &amp;#8220;EUCLIDES RAVAZI&amp;#8221; O TREVO DO DISPOSITIVO DE SEGURANÇA SPD 596/294 ROD. COMANDANTE JOÃO RIBEIRO DE BARROS, MUNICÍPIO DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ADILSON ROSSI, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 50.000,00 (CINQÜENTA MIL REAIS) PARA CONSTRUÇÃO DO CENTRO COMUNITÁRIO DA VILA JAMIL DE LIMA.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL ED THOMAS, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQÜENTA MIL REAIS) PARA COMPRA DE EQUIPAMENTOS E CUSTEIO DA ENTIDADE LAR DOS VELHOS DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO ESTADUAL JONAS DONIZETE, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO DO ESTADO, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS PARA OBRAS DE RECAPEAMENTO ASFÁLTICO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 200.000,00 (DUZENTOS MIL REAIS) PARA SER REPASSADO À CRERES &amp;#8211; CENTRO DE RECUPERAÇÃO E REINTEGRAÇÃO SOCIAL DE ADAMANTINA.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL ELEUSES PAIVA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA A SANTA CASA DE MISERICÓRDIA DE ADAMANTINA, PARA COMPRA DE EQUIPAMENTOS E MANUTENÇÃO.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL MENDES THAME, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO GOVERNO FEDERAL, VISANDO A DESTINAÇÃO DE RECURSOS FINANCEIROS NO VALOR DE R$ 150.000,00 (CENTO E CINQÜENTA MIL REAIS) PARA AMPLIAÇÃO DA CRECHE DO CONJUNTO HABITACIONAL MÁRIO COVAS, EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO FEDERAL OTONIEL CARLOS DE LIMA, SOLICITANDO SUA INTERFERÊNCIA JUNTO AO LÍDER DO PRB, COM A FINALIDADE DE INCLUIR NA EMENDA DA BANCADA DO REFERIDO PARTIDO O MUNICÍPIO DE ADAMANTINA, VISANDO DESTINAR RECURSOS FINANCEIROS NO VALOR DE R$ 1.200.000,00 (UM MILHÃO E DUZENTOS MIL REAIS) PARA SER APLICADO EM OBRAS DE RECAPEAMENTO ASFÁLTICO E INFRAESTRUTURA URBANA NA VIA DE ACESSO MARECHAL CASTELO BRANCO, AV. ADHEMAR DE BARROS, AV. XV DE NOVEMBRO, AV. FRANCISCO BELLUSCI E RUA PAUL HARRIS.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO LICENCIADO E SECRETÁRIO ESTADUAL DA HABITAÇÃO, SILVIO TORRES, NO GOVERNO ESTADUAL, OBJETIVANDO-SE A DESTINAÇÃO DE R$ 120.000,00 (CENTO E VINTE MIL REAIS) PARA AQUISIÇÃO DE EQUIPAMENTOS (COMPUTADORES, TV, FREEZER, CADEIRAS, LOUSA DIGITAL, FOGÃO INDUSTRIAL, RETROPROJETOR, FILMADORA E CÂMERA FOTOGRÁFICA), A SEREM UTILIZADOS NO CENTRO COMUNITÁRIO DO JARDIM BELA VISTA.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1066/1066_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1066/1066_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO DEPUTADO ED THOMAS NO GOVERNO ESTADUAL, COM O OBJETIVO DE SER DESTINADO RECURSO FINANCEIRO NO VALOR DE R$ 150 MIL PARA REFORMA E AMPLIAÇÃO DO CENTRO COMUNITÁRIO DO JARDIM BRASIL.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1067/1067_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1067/1067_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INTERFERÊNCIA DO EXCELENTÍSSIMO SECRETÁRIO BRUNO COVAS, VISANDO A QUE A SECRETARIA ESTADUAL DO MEIO AMBIENTE DESTINE UM ÔNIBUS A SER UTILIZADO PELO CENTRO DE EDUCAÇÃO AMBIENTAL DE ADAMANTINA, QUE POSSUI CASA ECOLÓGICA, LITERATURA ESPECÍFICA E BOSQUE EM ADIANTADA FORMAÇÃO.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1068/1068_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1068/1068_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO EXCELENTÍSSIMO SECRETÁRIO ESTADUAL DE DESENVOLVIMENTO SOCIAL, PAULO ALEXANDRE BARBOSA, VISANDO A QUE SEJAM DESTINADAS 3000 &amp;#8220;KITS&amp;#8221; DE MATERIAL DIDÁTICO (CADERNO, LÁPIS PRETO E DE COR, BORRACHA, PAPEL SULFITE, APONTADOR, PINCÉIS, GIZ DE CERA E CANETINHAS) PARA SEREM DISTRIBUÍDOS ÀS CRIANÇAS DAS CRECHES E EMEIS MUNICIPAIS, ALÉM DAQUELAS QUE FREQÜENTAM O PROJETO ASA, O LAR DAS MENINAS, A CASA DO GAROTO, O MADRE CLÉLIA, A APAE, O IAMA E O RAIO DE SOL.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1069/1069_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1069/1069_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DA PRESIDENTA DO FUSESP, PROFESSORA LÚ ALCKMIN, INTERFERÊNCIA NESTE ÓRGÃO, VISANDO A QUE SEJAM DESTINADOS PARA A SANTA CASA DE ADAMANTINA OS SEGUINTES RECURSOS: 1 &amp;#8211; 200 COBERTORES; 2 &amp;#8211; 100 COLCHÕES; 3 &amp;#8211; 200 TRAVESSEIROS; 4 &amp;#8211; PEÇAS DE TECIDOS PARA A CONFECÇÃO DE LENÇÓIS E FRONHAS; 5 &amp;#8211; 200 TOALHAS PARA BANHO; 6 &amp;#8211; TALHERES (PRATOS, GARFO E COLHERES).</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1070/1070_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1070/1070_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA SEJA ENCAMINHADO OFÍCIO AO DEPUTADO MAURO BRAGATO SOLICITANDO SE DIGNE ENVIDAR ESFORÇOS NO SENTIDO DE VIABILIZAR A DESTINAÇÃO DE RECURSOS FINANCEIROS À PREFEITURA DE ADAMANTINA PARA COMPRA DE UM CAMINHÃO BASCULANTE.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1073/1073_texto_integral.pdf</t>
+    <t>http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1073/1073_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;ALTERA O ART. 4º DA LEI Nº 3.025, DE 11 DE NOVEMBRO DE 2002, QUE DISPÕE SOBRE A DENOMINA-ÇÃO DE PRÓPRIOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -9961,67 +9961,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1073/1073_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/228/228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/264/264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/5/5_texto_integral.doc" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1071/1071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1072/1072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1066/1066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1067/1067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1068/1068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1069/1069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1070/1070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.adamantina.sp.leg.br/media/./sapl/public/materialegislativa/2011/1073/1073_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1058"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="62.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>